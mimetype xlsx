--- v0 (2025-10-07)
+++ v1 (2025-11-06)
@@ -642,51 +642,51 @@
       </c>
       <c r="O2" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>IRS/2025/5823/FGAS</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>14 February 2025 09:45</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Douglas DA Platform</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>DOUGLAS</t>
         </is>
       </c>
       <c r="G3" t="n">
         <v>53.0</v>
       </c>
@@ -703,53 +703,74 @@
       </c>
       <c r="K3" t="n">
         <v>3.0</v>
       </c>
       <c r="L3" t="n">
         <v>34.0</v>
       </c>
       <c r="M3" t="n">
         <v>42.0</v>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
+      <c r="Q3" t="inlineStr">
+        <is>
+          <t>3 (1)</t>
+        </is>
+      </c>
+      <c r="R3" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S3" t="inlineStr">
+        <is>
+          <t>HFC227ae</t>
+        </is>
+      </c>
+      <c r="T3" t="n">
+        <v>162.5</v>
+      </c>
+      <c r="U3" t="n">
+        <v>523.25</v>
+      </c>
       <c r="V3" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>IRS/2025/5890/FGAS</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>03 March 2025 19:30</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Douglas</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">