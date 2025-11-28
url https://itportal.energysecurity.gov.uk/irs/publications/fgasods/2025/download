--- v1 (2025-11-06)
+++ v2 (2025-11-28)
@@ -478,51 +478,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:V6"/>
+  <dimension ref="A2:V7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="14" max="14" customWidth="true" width="17.28515625"/>
     <col min="15" max="15" customWidth="true" width="17.7109375"/>
     <col min="16" max="22" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>21</v>
       </c>
@@ -960,50 +960,125 @@
       <c r="K6" t="n">
         <v>1.0</v>
       </c>
       <c r="L6" t="n">
         <v>22.0</v>
       </c>
       <c r="M6" t="n">
         <v>59.06</v>
       </c>
       <c r="N6" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="V6" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>IRS/2025/6869/FGAS</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>20 October 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>VALARIS PLC</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Valaris 72</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>HAMILTON</t>
+        </is>
+      </c>
+      <c r="G7" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H7" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="I7" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K7" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="L7" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="M7" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O7" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="V7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>