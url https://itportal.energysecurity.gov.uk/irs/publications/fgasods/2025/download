--- v2 (2025-11-28)
+++ v3 (2025-12-24)
@@ -567,51 +567,51 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>IRS/2025/5757/FGAS</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>05 February 2025 15:00</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>LOMOND</t>
         </is>
       </c>
       <c r="G2" t="n">
         <v>57.0</v>
       </c>
@@ -626,50 +626,60 @@
           <t>North</t>
         </is>
       </c>
       <c r="K2" t="n">
         <v>2.0</v>
       </c>
       <c r="L2" t="n">
         <v>10.0</v>
       </c>
       <c r="M2" t="n">
         <v>41.51</v>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t>4 (1)</t>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>IRS/2025/5823/FGAS</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>14 February 2025 09:45</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">