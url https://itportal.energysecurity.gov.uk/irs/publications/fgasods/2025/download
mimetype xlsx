--- v3 (2025-12-24)
+++ v4 (2026-01-27)
@@ -983,51 +983,51 @@
       </c>
       <c r="O6" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="V6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>IRS/2025/6869/FGAS</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>20 October 2025 09:00</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>VALARIS PLC</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Valaris 72</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>HAMILTON</t>
         </is>
       </c>
       <c r="G7" t="n">
         <v>53.0</v>
       </c>
@@ -1043,50 +1043,71 @@
         </is>
       </c>
       <c r="K7" t="n">
         <v>3.0</v>
       </c>
       <c r="L7" t="n">
         <v>27.0</v>
       </c>
       <c r="M7" t="n">
         <v>11.0</v>
       </c>
       <c r="N7" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
           <t>13</t>
         </is>
+      </c>
+      <c r="Q7" t="inlineStr">
+        <is>
+          <t>13 (3)</t>
+        </is>
+      </c>
+      <c r="R7" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S7" t="inlineStr">
+        <is>
+          <t>R-407C</t>
+        </is>
+      </c>
+      <c r="T7" t="n">
+        <v>200.0</v>
+      </c>
+      <c r="U7" t="n">
+        <v>354.8</v>
       </c>
       <c r="V7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>