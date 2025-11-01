--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -466,51 +466,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:R14"/>
+  <dimension ref="A2:R15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="10" max="10" customWidth="true" width="17.28515625"/>
     <col min="11" max="11" customWidth="true" width="17.7109375"/>
     <col min="12" max="12" customWidth="true" width="18.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.5703125"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -540,1022 +540,1102 @@
       <c r="L1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>IRS/2025/6636/GENERAL</t>
+          <t>IRS/2025/6773/GENERAL</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>20 August 2025 17:31</t>
+          <t>19 September 2025 07:15</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Davy North Subsea Completion</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>NORTH DAVY</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="G2" t="n">
-        <v>27.0</v>
+        <v>5.0</v>
       </c>
       <c r="H2" t="n">
-        <v>41.655</v>
+        <v>4.0</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J2" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="K2" t="n">
-        <v>15.0</v>
+        <v>49.0</v>
       </c>
       <c r="L2" t="n">
-        <v>4.867</v>
+        <v>9.0</v>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>Exceedance of completion date as detailed in ML.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>IRS/2025/6540/GENERAL</t>
+          <t>IRS/2025/6636/GENERAL</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>08 August 2025 14:37</t>
+          <t>20 August 2025 17:31</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Ramform Atlas Seismic Vessel</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>CS007</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>54.0</v>
+        <v>58.0</v>
       </c>
       <c r="G3" t="n">
-        <v>1.0</v>
+        <v>27.0</v>
       </c>
       <c r="H3" t="n">
-        <v>54.352</v>
+        <v>41.655</v>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J3" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="K3" t="n">
-        <v>53.0</v>
+        <v>15.0</v>
       </c>
       <c r="L3" t="n">
-        <v>32.01</v>
+        <v>4.867</v>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>25</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>17</t>
         </is>
       </c>
       <c r="Q3" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>Non compliance against JNCC guidelines during survey work. Guidelines reiterated to vessel technical team.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>IRS/2025/6539/GENERAL</t>
+          <t>IRS/2025/6540/GENERAL</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>04 August 2025 15:00</t>
+          <t>08 August 2025 14:37</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Durango WHPS</t>
+          <t>Ramform Atlas Seismic Vessel</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>DURANGO</t>
+          <t>CS007</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>53.0</v>
+        <v>54.0</v>
       </c>
       <c r="G4" t="n">
-        <v>17.0</v>
+        <v>1.0</v>
       </c>
       <c r="H4" t="n">
-        <v>24.04</v>
+        <v>54.352</v>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J4" t="n">
         <v>1.0</v>
       </c>
       <c r="K4" t="n">
-        <v>6.0</v>
+        <v>53.0</v>
       </c>
       <c r="L4" t="n">
-        <v>38.03</v>
+        <v>32.01</v>
       </c>
       <c r="M4" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N4" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>43</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>25</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R4" t="inlineStr">
         <is>
-          <t>Retrievable Bridge plug set at 92.6m instead of below 100m against requirements of marine licence. Better comms between operational and environmental teams to prevent reoccurence.</t>
+          <t>Non compliance against JNCC guidelines during survey work. Guidelines reiterated to vessel technical team.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>IRS/2025/6430/GENERAL</t>
+          <t>IRS/2025/6539/GENERAL</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>10 July 2025 15:00</t>
+          <t>04 August 2025 15:00</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Durango WHPS</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>DURANGO</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="G5" t="n">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
       <c r="H5" t="n">
-        <v>40.86</v>
+        <v>24.04</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J5" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="K5" t="n">
-        <v>15.0</v>
+        <v>6.0</v>
       </c>
       <c r="L5" t="n">
-        <v>3.83</v>
+        <v>38.03</v>
       </c>
       <c r="M5" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>48</t>
         </is>
       </c>
       <c r="O5" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P5" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="Q5" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R5" t="inlineStr">
+        <is>
+          <t>Retrievable Bridge plug set at 92.6m instead of below 100m against requirements of marine licence. Better comms between operational and environmental teams to prevent reoccurence.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>IRS/2025/6359/GENERAL</t>
+          <t>IRS/2025/6430/GENERAL</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>25 June 2025 14:00</t>
+          <t>10 July 2025 15:00</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Ocean Reseracher</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="G6" t="n">
-        <v>42.0</v>
+        <v>27.0</v>
       </c>
       <c r="H6" t="n">
-        <v>9.004</v>
+        <v>40.86</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J6" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="K6" t="n">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
       <c r="L6" t="n">
-        <v>40.737</v>
+        <v>3.83</v>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>17</t>
         </is>
       </c>
       <c r="Q6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>IRS/2025/6348/GENERAL</t>
+          <t>IRS/2025/6359/GENERAL</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>20 June 2025 12:00</t>
+          <t>25 June 2025 14:00</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Deep Explorer</t>
+          <t>Ocean Reseracher</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>ROSEBANK</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="G7" t="n">
-        <v>0.0</v>
+        <v>42.0</v>
       </c>
       <c r="H7" t="n">
-        <v>4.0</v>
+        <v>9.004</v>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J7" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="K7" t="n">
-        <v>45.0</v>
+        <v>30.0</v>
       </c>
       <c r="L7" t="n">
-        <v>37.0</v>
+        <v>40.737</v>
       </c>
       <c r="M7" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
-          <t>213</t>
+          <t>206</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>7</t>
         </is>
       </c>
       <c r="Q7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>IRS/2025/6212/GENERAL</t>
+          <t>IRS/2025/6348/GENERAL</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>16 May 2025 11:30</t>
+          <t>20 June 2025 12:00</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Deep Explorer</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Gannet</t>
+          <t>ROSEBANK</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="G8" t="n">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="H8" t="n">
-        <v>3.752</v>
+        <v>4.0</v>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J8" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="K8" t="n">
-        <v>59.0</v>
+        <v>45.0</v>
       </c>
       <c r="L8" t="n">
-        <v>53.329</v>
+        <v>37.0</v>
       </c>
       <c r="M8" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="N8" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>213</t>
         </is>
       </c>
       <c r="O8" t="inlineStr">
         <is>
-          <t>25</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>27</t>
         </is>
       </c>
       <c r="Q8" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>No further action.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>IRS/2025/6203/GENERAL</t>
+          <t>IRS/2025/6212/GENERAL</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>12 May 2025 09:00</t>
+          <t>16 May 2025 11:30</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Balmoral Template</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>BALMORAL</t>
+          <t>Gannet</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="G9" t="n">
         <v>11.0</v>
       </c>
       <c r="H9" t="n">
-        <v>45.0</v>
+        <v>3.752</v>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J9" t="n">
         <v>0.0</v>
       </c>
       <c r="K9" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="L9" t="n">
-        <v>24.0</v>
+        <v>53.329</v>
       </c>
       <c r="M9" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N9" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>21</t>
         </is>
       </c>
       <c r="O9" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="P9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R9" t="inlineStr">
         <is>
-          <t>Operation subject to ML started 2 days earlier than ML date.  No impact.</t>
+          <t>No further action.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>IRS/2025/6176/GENERAL</t>
+          <t>IRS/2025/6203/GENERAL</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>07 May 2025 15:00</t>
+          <t>12 May 2025 09:00</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>MacCulloch Manifold</t>
+          <t>Balmoral Template</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>MACCULLOCH</t>
+          <t>BALMORAL</t>
         </is>
       </c>
       <c r="F10" t="n">
         <v>58.0</v>
       </c>
       <c r="G10" t="n">
-        <v>19.0</v>
+        <v>11.0</v>
       </c>
       <c r="H10" t="n">
-        <v>26.91</v>
+        <v>45.0</v>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J10" t="n">
         <v>0.0</v>
       </c>
       <c r="K10" t="n">
-        <v>41.0</v>
+        <v>58.0</v>
       </c>
       <c r="L10" t="n">
-        <v>52.86</v>
+        <v>24.0</v>
       </c>
       <c r="M10" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="O10" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="P10" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="Q10" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R10" t="inlineStr">
+        <is>
+          <t>Operation subject to ML started 2 days earlier than ML date.  No impact.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>IRS/2025/5907/GENERAL</t>
+          <t>IRS/2025/6176/GENERAL</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>07 March 2025 15:00</t>
+          <t>07 May 2025 15:00</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Talbot DC1 Manifold</t>
+          <t>MacCulloch Manifold</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>TALBOT</t>
+          <t>MACCULLOCH</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="G11" t="n">
-        <v>34.0</v>
+        <v>19.0</v>
       </c>
       <c r="H11" t="n">
-        <v>59.55</v>
+        <v>26.91</v>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J11" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="K11" t="n">
-        <v>28.0</v>
+        <v>41.0</v>
       </c>
       <c r="L11" t="n">
-        <v>20.87</v>
+        <v>52.86</v>
       </c>
       <c r="M11" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O11" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>24</t>
         </is>
       </c>
       <c r="Q11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>IRS/2025/5834/GENERAL</t>
+          <t>IRS/2025/5907/GENERAL</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>11 February 2025 23:16</t>
+          <t>07 March 2025 15:00</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Murlach Subsea</t>
+          <t>Talbot DC1 Manifold</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>MURLACH [pt of MARNOCK-SKUA]</t>
+          <t>TALBOT</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="G12" t="n">
-        <v>14.0</v>
+        <v>34.0</v>
       </c>
       <c r="H12" t="n">
-        <v>7.832</v>
+        <v>59.55</v>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J12" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="K12" t="n">
-        <v>37.0</v>
+        <v>28.0</v>
       </c>
       <c r="L12" t="n">
-        <v>45.73</v>
+        <v>20.87</v>
       </c>
       <c r="M12" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>30</t>
         </is>
       </c>
       <c r="O12" t="inlineStr">
         <is>
-          <t>24</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>13</t>
         </is>
       </c>
       <c r="Q12" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>submission received at the request of OEI management. discussed with operator re use of technologies for early indication of oil release and timely coms reports of such releases</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>IRS/2025/5822/GENERAL</t>
+          <t>IRS/2025/5834/GENERAL</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>17 February 2025 15:00</t>
+          <t>11 February 2025 23:16</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Balmoral FPV</t>
+          <t>Murlach Subsea</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>BRENDA</t>
+          <t>MURLACH [pt of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="G13" t="n">
-        <v>11.0</v>
+        <v>14.0</v>
       </c>
       <c r="H13" t="n">
-        <v>45.78</v>
+        <v>7.832</v>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J13" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="K13" t="n">
-        <v>58.0</v>
+        <v>37.0</v>
       </c>
       <c r="L13" t="n">
-        <v>24.45</v>
+        <v>45.73</v>
       </c>
       <c r="M13" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>22</t>
         </is>
       </c>
       <c r="O13" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>24</t>
         </is>
       </c>
       <c r="P13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R13" t="inlineStr">
         <is>
-          <t>items removed from seabed as part of decom ops that weren't listed in the ML.</t>
+          <t>submission received at the request of OEI management. discussed with operator re use of technologies for early indication of oil release and timely coms reports of such releases</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>IRS/2025/5721/GENERAL</t>
+          <t>IRS/2025/5822/GENERAL</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>28 January 2025 16:16</t>
+          <t>17 February 2025 15:00</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Scapa Template</t>
+          <t>Balmoral FPV</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>SCAPA</t>
+          <t>BRENDA</t>
         </is>
       </c>
       <c r="F14" t="n">
         <v>58.0</v>
       </c>
       <c r="G14" t="n">
-        <v>25.0</v>
+        <v>11.0</v>
       </c>
       <c r="H14" t="n">
-        <v>39.02</v>
+        <v>45.78</v>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J14" t="n">
         <v>0.0</v>
       </c>
       <c r="K14" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="L14" t="n">
+        <v>24.45</v>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="O14" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P14" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Q14" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R14" t="inlineStr">
+        <is>
+          <t>items removed from seabed as part of decom ops that weren't listed in the ML.</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>IRS/2025/5721/GENERAL</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>28 January 2025 16:16</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>Scapa Template</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>SCAPA</t>
+        </is>
+      </c>
+      <c r="F15" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G15" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="H15" t="n">
+        <v>39.02</v>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="J15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K15" t="n">
         <v>19.0</v>
       </c>
-      <c r="L14" t="n">
+      <c r="L15" t="n">
         <v>4.49</v>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M15" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N15" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="O14" t="inlineStr">
+      <c r="O15" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="P14" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R14" t="inlineStr">
+      <c r="P15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Q15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R15" t="inlineStr">
         <is>
           <t>OPRED have been made aware of the location of the EEMS submissions for this operation.
 Repsol have indicated this was human error and have a remedial action to ensure this does not happen in the future.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>