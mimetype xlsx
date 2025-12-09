--- v1 (2025-11-01)
+++ v2 (2025-12-09)
@@ -466,51 +466,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:R15"/>
+  <dimension ref="A2:R18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="10" max="10" customWidth="true" width="17.28515625"/>
     <col min="11" max="11" customWidth="true" width="17.7109375"/>
     <col min="12" max="12" customWidth="true" width="18.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.5703125"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -540,1102 +540,1322 @@
       <c r="L1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>IRS/2025/6773/GENERAL</t>
+          <t>IRS/2025/6947/GENERAL</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>19 September 2025 07:15</t>
+          <t>06 November 2025 10:30</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Davy North Subsea Completion</t>
+          <t>Murlach</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>NORTH DAVY</t>
+          <t>Murlach</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="G2" t="n">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
       <c r="H2" t="n">
-        <v>4.0</v>
+        <v>39.07</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J2" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="K2" t="n">
-        <v>49.0</v>
+        <v>39.0</v>
       </c>
       <c r="L2" t="n">
-        <v>9.0</v>
+        <v>42.49</v>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>22</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>30</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>24</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>Exceedance of completion date as detailed in ML.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>IRS/2025/6636/GENERAL</t>
+          <t>IRS/2025/6811/GENERAL</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>20 August 2025 17:31</t>
+          <t>06 October 2025 13:00</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Western Isles</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>HARRIS</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="G3" t="n">
-        <v>27.0</v>
+        <v>13.0</v>
       </c>
       <c r="H3" t="n">
-        <v>41.655</v>
+        <v>0.8548</v>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J3" t="n">
         <v>0.0</v>
       </c>
       <c r="K3" t="n">
-        <v>15.0</v>
+        <v>42.0</v>
       </c>
       <c r="L3" t="n">
-        <v>4.867</v>
+        <v>11.8502</v>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>210</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>24</t>
         </is>
       </c>
       <c r="Q3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>IRS/2025/6540/GENERAL</t>
+          <t>IRS/2025/6794/GENERAL</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>08 August 2025 14:37</t>
+          <t>03 October 2025 21:00</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Ramform Atlas Seismic Vessel</t>
+          <t>Siem Stingray</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>CS007</t>
+          <t>TRITON</t>
         </is>
       </c>
       <c r="F4" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="G4" t="n">
         <v>54.0</v>
       </c>
-      <c r="G4" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H4" t="n">
-        <v>54.352</v>
+        <v>58.9519</v>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J4" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="K4" t="n">
         <v>53.0</v>
       </c>
       <c r="L4" t="n">
-        <v>32.01</v>
+        <v>11.188</v>
       </c>
       <c r="M4" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N4" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>21</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R4" t="inlineStr">
         <is>
-          <t>Non compliance against JNCC guidelines during survey work. Guidelines reiterated to vessel technical team.</t>
+          <t>No further action required, commitment to review similar operations in future to prevent reoccurrence.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>IRS/2025/6539/GENERAL</t>
+          <t>IRS/2025/6773/GENERAL</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>04 August 2025 15:00</t>
+          <t>19 September 2025 07:15</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Durango WHPS</t>
+          <t>Davy North Subsea Completion</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>DURANGO</t>
+          <t>NORTH DAVY</t>
         </is>
       </c>
       <c r="F5" t="n">
         <v>53.0</v>
       </c>
       <c r="G5" t="n">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
       <c r="H5" t="n">
-        <v>24.04</v>
+        <v>4.0</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J5" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="K5" t="n">
-        <v>6.0</v>
+        <v>49.0</v>
       </c>
       <c r="L5" t="n">
-        <v>38.03</v>
+        <v>9.0</v>
       </c>
       <c r="M5" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O5" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P5" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q5" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R5" t="inlineStr">
         <is>
-          <t>Retrievable Bridge plug set at 92.6m instead of below 100m against requirements of marine licence. Better comms between operational and environmental teams to prevent reoccurence.</t>
+          <t>Exceedance of completion date as detailed in ML.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>IRS/2025/6430/GENERAL</t>
+          <t>IRS/2025/6636/GENERAL</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>10 July 2025 15:00</t>
+          <t>20 August 2025 17:31</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Piper B Platform</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>PIPER</t>
         </is>
       </c>
       <c r="F6" t="n">
         <v>58.0</v>
       </c>
       <c r="G6" t="n">
         <v>27.0</v>
       </c>
       <c r="H6" t="n">
-        <v>40.86</v>
+        <v>41.655</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J6" t="n">
         <v>0.0</v>
       </c>
       <c r="K6" t="n">
         <v>15.0</v>
       </c>
       <c r="L6" t="n">
-        <v>3.83</v>
+        <v>4.867</v>
       </c>
       <c r="M6" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="Q6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>IRS/2025/6359/GENERAL</t>
+          <t>IRS/2025/6540/GENERAL</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>25 June 2025 14:00</t>
+          <t>08 August 2025 14:37</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Ocean Reseracher</t>
+          <t>Ramform Atlas Seismic Vessel</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>CS007</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>60.0</v>
+        <v>54.0</v>
       </c>
       <c r="G7" t="n">
-        <v>42.0</v>
+        <v>1.0</v>
       </c>
       <c r="H7" t="n">
-        <v>9.004</v>
+        <v>54.352</v>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J7" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="K7" t="n">
-        <v>30.0</v>
+        <v>53.0</v>
       </c>
       <c r="L7" t="n">
-        <v>40.737</v>
+        <v>32.01</v>
       </c>
       <c r="M7" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>43</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="Q7" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R7" t="inlineStr">
+        <is>
+          <t>Non compliance against JNCC guidelines during survey work. Guidelines reiterated to vessel technical team.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>IRS/2025/6348/GENERAL</t>
+          <t>IRS/2025/6539/GENERAL</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>20 June 2025 12:00</t>
+          <t>04 August 2025 15:00</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Deep Explorer</t>
+          <t>Durango WHPS</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>ROSEBANK</t>
+          <t>DURANGO</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="G8" t="n">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="H8" t="n">
-        <v>4.0</v>
+        <v>24.04</v>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J8" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="K8" t="n">
-        <v>45.0</v>
+        <v>6.0</v>
       </c>
       <c r="L8" t="n">
-        <v>37.0</v>
+        <v>38.03</v>
       </c>
       <c r="M8" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="N8" t="inlineStr">
         <is>
-          <t>213</t>
+          <t>48</t>
         </is>
       </c>
       <c r="O8" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P8" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="Q8" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R8" t="inlineStr">
+        <is>
+          <t>Retrievable Bridge plug set at 92.6m instead of below 100m against requirements of marine licence. Better comms between operational and environmental teams to prevent reoccurence.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>IRS/2025/6212/GENERAL</t>
+          <t>IRS/2025/6430/GENERAL</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>16 May 2025 11:30</t>
+          <t>10 July 2025 15:00</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Gannet</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="G9" t="n">
-        <v>11.0</v>
+        <v>27.0</v>
       </c>
       <c r="H9" t="n">
-        <v>3.752</v>
+        <v>40.86</v>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J9" t="n">
         <v>0.0</v>
       </c>
       <c r="K9" t="n">
-        <v>59.0</v>
+        <v>15.0</v>
       </c>
       <c r="L9" t="n">
-        <v>53.329</v>
+        <v>3.83</v>
       </c>
       <c r="M9" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N9" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O9" t="inlineStr">
         <is>
-          <t>25</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>17</t>
         </is>
       </c>
       <c r="Q9" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>No further action.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>IRS/2025/6203/GENERAL</t>
+          <t>IRS/2025/6359/GENERAL</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>12 May 2025 09:00</t>
+          <t>25 June 2025 14:00</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Balmoral Template</t>
+          <t>Ocean Reseracher</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>BALMORAL</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="G10" t="n">
-        <v>11.0</v>
+        <v>42.0</v>
       </c>
       <c r="H10" t="n">
-        <v>45.0</v>
+        <v>9.004</v>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J10" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="K10" t="n">
-        <v>58.0</v>
+        <v>30.0</v>
       </c>
       <c r="L10" t="n">
-        <v>24.0</v>
+        <v>40.737</v>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>206</t>
         </is>
       </c>
       <c r="O10" t="inlineStr">
         <is>
-          <t>25</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>7</t>
         </is>
       </c>
       <c r="Q10" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>Operation subject to ML started 2 days earlier than ML date.  No impact.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>IRS/2025/6176/GENERAL</t>
+          <t>IRS/2025/6348/GENERAL</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>07 May 2025 15:00</t>
+          <t>20 June 2025 12:00</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>MacCulloch Manifold</t>
+          <t>Deep Explorer</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>MACCULLOCH</t>
+          <t>ROSEBANK</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="G11" t="n">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
       <c r="H11" t="n">
-        <v>26.91</v>
+        <v>4.0</v>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J11" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="K11" t="n">
-        <v>41.0</v>
+        <v>45.0</v>
       </c>
       <c r="L11" t="n">
-        <v>52.86</v>
+        <v>37.0</v>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>213</t>
         </is>
       </c>
       <c r="O11" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>27</t>
         </is>
       </c>
       <c r="Q11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>IRS/2025/5907/GENERAL</t>
+          <t>IRS/2025/6212/GENERAL</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>07 March 2025 15:00</t>
+          <t>16 May 2025 11:30</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Talbot DC1 Manifold</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>TALBOT</t>
+          <t>Gannet</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="G12" t="n">
-        <v>34.0</v>
+        <v>11.0</v>
       </c>
       <c r="H12" t="n">
-        <v>59.55</v>
+        <v>3.752</v>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J12" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="K12" t="n">
-        <v>28.0</v>
+        <v>59.0</v>
       </c>
       <c r="L12" t="n">
-        <v>20.87</v>
+        <v>53.329</v>
       </c>
       <c r="M12" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>21</t>
         </is>
       </c>
       <c r="O12" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="P12" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="Q12" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R12" t="inlineStr">
+        <is>
+          <t>No further action.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>IRS/2025/5834/GENERAL</t>
+          <t>IRS/2025/6203/GENERAL</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>11 February 2025 23:16</t>
+          <t>12 May 2025 09:00</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Murlach Subsea</t>
+          <t>Balmoral Template</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>MURLACH [pt of MARNOCK-SKUA]</t>
+          <t>BALMORAL</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="G13" t="n">
-        <v>14.0</v>
+        <v>11.0</v>
       </c>
       <c r="H13" t="n">
-        <v>7.832</v>
+        <v>45.0</v>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J13" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="K13" t="n">
-        <v>37.0</v>
+        <v>58.0</v>
       </c>
       <c r="L13" t="n">
-        <v>45.73</v>
+        <v>24.0</v>
       </c>
       <c r="M13" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O13" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>25</t>
         </is>
       </c>
       <c r="P13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R13" t="inlineStr">
         <is>
-          <t>submission received at the request of OEI management. discussed with operator re use of technologies for early indication of oil release and timely coms reports of such releases</t>
+          <t>Operation subject to ML started 2 days earlier than ML date.  No impact.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>IRS/2025/5822/GENERAL</t>
+          <t>IRS/2025/6176/GENERAL</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>17 February 2025 15:00</t>
+          <t>07 May 2025 15:00</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Balmoral FPV</t>
+          <t>MacCulloch Manifold</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>BRENDA</t>
+          <t>MACCULLOCH</t>
         </is>
       </c>
       <c r="F14" t="n">
         <v>58.0</v>
       </c>
       <c r="G14" t="n">
-        <v>11.0</v>
+        <v>19.0</v>
       </c>
       <c r="H14" t="n">
-        <v>45.78</v>
+        <v>26.91</v>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J14" t="n">
         <v>0.0</v>
       </c>
       <c r="K14" t="n">
-        <v>58.0</v>
+        <v>41.0</v>
       </c>
       <c r="L14" t="n">
-        <v>24.45</v>
+        <v>52.86</v>
       </c>
       <c r="M14" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O14" t="inlineStr">
         <is>
-          <t>21</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>24</t>
         </is>
       </c>
       <c r="Q14" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>items removed from seabed as part of decom ops that weren't listed in the ML.</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
+          <t>IRS/2025/5907/GENERAL</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>07 March 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>Talbot DC1 Manifold</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>TALBOT</t>
+        </is>
+      </c>
+      <c r="F15" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="G15" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="H15" t="n">
+        <v>59.55</v>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="J15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K15" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="L15" t="n">
+        <v>20.87</v>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="O15" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="Q15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>IRS/2025/5834/GENERAL</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>11 February 2025 23:16</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>Murlach Subsea</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>MURLACH [pt of MARNOCK-SKUA]</t>
+        </is>
+      </c>
+      <c r="F16" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G16" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="H16" t="n">
+        <v>7.832</v>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="J16" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K16" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="L16" t="n">
+        <v>45.73</v>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="O16" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="P16" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Q16" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R16" t="inlineStr">
+        <is>
+          <t>submission received at the request of OEI management. discussed with operator re use of technologies for early indication of oil release and timely coms reports of such releases</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>IRS/2025/5822/GENERAL</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>17 February 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>Balmoral FPV</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>BRENDA</t>
+        </is>
+      </c>
+      <c r="F17" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G17" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="H17" t="n">
+        <v>45.78</v>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="J17" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K17" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="L17" t="n">
+        <v>24.45</v>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="O17" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P17" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Q17" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R17" t="inlineStr">
+        <is>
+          <t>items removed from seabed as part of decom ops that weren't listed in the ML.</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
           <t>IRS/2025/5721/GENERAL</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>28 January 2025 16:16</t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>Scapa Template</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t>SCAPA</t>
         </is>
       </c>
-      <c r="F15" t="n">
+      <c r="F18" t="n">
         <v>58.0</v>
       </c>
-      <c r="G15" t="n">
+      <c r="G18" t="n">
         <v>25.0</v>
       </c>
-      <c r="H15" t="n">
+      <c r="H18" t="n">
         <v>39.02</v>
       </c>
-      <c r="I15" t="inlineStr">
+      <c r="I18" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
-      <c r="J15" t="n">
+      <c r="J18" t="n">
         <v>0.0</v>
       </c>
-      <c r="K15" t="n">
+      <c r="K18" t="n">
         <v>19.0</v>
       </c>
-      <c r="L15" t="n">
+      <c r="L18" t="n">
         <v>4.49</v>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="O15" t="inlineStr">
+      <c r="O18" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="P15" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R15" t="inlineStr">
+      <c r="P18" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Q18" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R18" t="inlineStr">
         <is>
           <t>OPRED have been made aware of the location of the EEMS submissions for this operation.
 Repsol have indicated this was human error and have a remedial action to ensure this does not happen in the future.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>