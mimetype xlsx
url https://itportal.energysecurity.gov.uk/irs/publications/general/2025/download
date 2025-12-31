--- v2 (2025-12-09)
+++ v3 (2025-12-31)
@@ -466,51 +466,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:R18"/>
+  <dimension ref="A2:R22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="10" max="10" customWidth="true" width="17.28515625"/>
     <col min="11" max="11" customWidth="true" width="17.7109375"/>
     <col min="12" max="12" customWidth="true" width="18.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.5703125"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -540,1322 +540,1622 @@
       <c r="L1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>IRS/2025/6947/GENERAL</t>
+          <t>IRS/2025/7044/GENERAL</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>06 November 2025 10:30</t>
+          <t>01 December 2025 07:41</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Murlach</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Murlach</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="G2" t="n">
-        <v>17.0</v>
+        <v>27.0</v>
       </c>
       <c r="H2" t="n">
-        <v>39.07</v>
+        <v>41.461</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J2" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="K2" t="n">
-        <v>39.0</v>
+        <v>15.0</v>
       </c>
       <c r="L2" t="n">
-        <v>42.49</v>
+        <v>4.956</v>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>17</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>IRS/2025/6811/GENERAL</t>
+          <t>IRS/2025/7002/GENERAL</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>06 October 2025 13:00</t>
+          <t>18 November 2025 11:00</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Western Isles</t>
+          <t>Amethyst A2D Platform</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>HARRIS</t>
+          <t>AMETHYST EAST</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="G3" t="n">
-        <v>13.0</v>
+        <v>37.0</v>
       </c>
       <c r="H3" t="n">
-        <v>0.8548</v>
+        <v>24.0</v>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J3" t="n">
         <v>0.0</v>
       </c>
       <c r="K3" t="n">
-        <v>42.0</v>
+        <v>47.0</v>
       </c>
       <c r="L3" t="n">
-        <v>11.8502</v>
+        <v>26.0</v>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>47</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="P3" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="Q3" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R3" t="inlineStr">
+        <is>
+          <t>Discussed with environmental manager. Mis-communication regarding fate of anodes from decom operations.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>IRS/2025/6794/GENERAL</t>
+          <t>IRS/2025/6985/GENERAL</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>03 October 2025 21:00</t>
+          <t>18 November 2025 13:00</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Siem Stingray</t>
+          <t>Hoton 49/07b-8</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>TRITON</t>
+          <t>WEST SOLE</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="G4" t="n">
-        <v>54.0</v>
+        <v>48.0</v>
       </c>
       <c r="H4" t="n">
-        <v>58.9519</v>
+        <v>31.36</v>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J4" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="K4" t="n">
-        <v>53.0</v>
+        <v>12.0</v>
       </c>
       <c r="L4" t="n">
-        <v>11.188</v>
+        <v>45.09</v>
       </c>
       <c r="M4" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N4" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R4" t="inlineStr">
         <is>
-          <t>No further action required, commitment to review similar operations in future to prevent reoccurrence.</t>
+          <t>Operator advised to investigate and implement any corrective actions. Discussed with EMT and no major environmental concerns identified</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>IRS/2025/6773/GENERAL</t>
+          <t>IRS/2025/6966/GENERAL</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>19 September 2025 07:15</t>
+          <t>12 November 2025 12:00</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Davy North Subsea Completion</t>
+          <t>Western Isles</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>NORTH DAVY</t>
+          <t>HARRIS</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="G5" t="n">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
       <c r="H5" t="n">
-        <v>4.0</v>
+        <v>52.107</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J5" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="K5" t="n">
-        <v>49.0</v>
+        <v>45.0</v>
       </c>
       <c r="L5" t="n">
-        <v>9.0</v>
+        <v>12.983</v>
       </c>
       <c r="M5" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>210</t>
         </is>
       </c>
       <c r="O5" t="inlineStr">
         <is>
-          <t>30</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>24</t>
         </is>
       </c>
       <c r="Q5" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>Exceedance of completion date as detailed in ML.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>IRS/2025/6636/GENERAL</t>
+          <t>IRS/2025/6947/GENERAL</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>20 August 2025 17:31</t>
+          <t>06 November 2025 10:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Murlach</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>Murlach</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="G6" t="n">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
       <c r="H6" t="n">
-        <v>41.655</v>
+        <v>39.07</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J6" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="K6" t="n">
-        <v>15.0</v>
+        <v>39.0</v>
       </c>
       <c r="L6" t="n">
-        <v>4.867</v>
+        <v>42.49</v>
       </c>
       <c r="M6" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>22</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>24</t>
         </is>
       </c>
       <c r="Q6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>IRS/2025/6540/GENERAL</t>
+          <t>IRS/2025/6811/GENERAL</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>08 August 2025 14:37</t>
+          <t>06 October 2025 13:00</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Ramform Atlas Seismic Vessel</t>
+          <t>Western Isles</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>CS007</t>
+          <t>HARRIS</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>54.0</v>
+        <v>61.0</v>
       </c>
       <c r="G7" t="n">
-        <v>1.0</v>
+        <v>13.0</v>
       </c>
       <c r="H7" t="n">
-        <v>54.352</v>
+        <v>0.8548</v>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J7" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="K7" t="n">
-        <v>53.0</v>
+        <v>42.0</v>
       </c>
       <c r="L7" t="n">
-        <v>32.01</v>
+        <v>11.8502</v>
       </c>
       <c r="M7" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>210</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
-          <t>25</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>24</t>
         </is>
       </c>
       <c r="Q7" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>Non compliance against JNCC guidelines during survey work. Guidelines reiterated to vessel technical team.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>IRS/2025/6539/GENERAL</t>
+          <t>IRS/2025/6794/GENERAL</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>04 August 2025 15:00</t>
+          <t>03 October 2025 21:00</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Durango WHPS</t>
+          <t>Siem Stingray</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>DURANGO</t>
+          <t>TRITON</t>
         </is>
       </c>
       <c r="F8" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="G8" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="H8" t="n">
+        <v>58.9519</v>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="J8" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K8" t="n">
         <v>53.0</v>
       </c>
-      <c r="G8" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="L8" t="n">
-        <v>38.03</v>
+        <v>11.188</v>
       </c>
       <c r="M8" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N8" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>21</t>
         </is>
       </c>
       <c r="O8" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R8" t="inlineStr">
         <is>
-          <t>Retrievable Bridge plug set at 92.6m instead of below 100m against requirements of marine licence. Better comms between operational and environmental teams to prevent reoccurence.</t>
+          <t>No further action required, commitment to review similar operations in future to prevent reoccurrence.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>IRS/2025/6430/GENERAL</t>
+          <t>IRS/2025/6773/GENERAL</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>10 July 2025 15:00</t>
+          <t>19 September 2025 07:15</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Davy North Subsea Completion</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>NORTH DAVY</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="G9" t="n">
-        <v>27.0</v>
+        <v>5.0</v>
       </c>
       <c r="H9" t="n">
-        <v>40.86</v>
+        <v>4.0</v>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J9" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="K9" t="n">
-        <v>15.0</v>
+        <v>49.0</v>
       </c>
       <c r="L9" t="n">
-        <v>3.83</v>
+        <v>9.0</v>
       </c>
       <c r="M9" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N9" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O9" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P9" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="Q9" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R9" t="inlineStr">
+        <is>
+          <t>Exceedance of completion date as detailed in ML.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>IRS/2025/6359/GENERAL</t>
+          <t>IRS/2025/6636/GENERAL</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>25 June 2025 14:00</t>
+          <t>20 August 2025 17:31</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Ocean Reseracher</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="G10" t="n">
-        <v>42.0</v>
+        <v>27.0</v>
       </c>
       <c r="H10" t="n">
-        <v>9.004</v>
+        <v>41.655</v>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J10" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="K10" t="n">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
       <c r="L10" t="n">
-        <v>40.737</v>
+        <v>4.867</v>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O10" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>17</t>
         </is>
       </c>
       <c r="Q10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>IRS/2025/6348/GENERAL</t>
+          <t>IRS/2025/6540/GENERAL</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>20 June 2025 12:00</t>
+          <t>08 August 2025 14:37</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Deep Explorer</t>
+          <t>Ramform Atlas Seismic Vessel</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>ROSEBANK</t>
+          <t>CS007</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>61.0</v>
+        <v>54.0</v>
       </c>
       <c r="G11" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="H11" t="n">
-        <v>4.0</v>
+        <v>54.352</v>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J11" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="K11" t="n">
-        <v>45.0</v>
+        <v>53.0</v>
       </c>
       <c r="L11" t="n">
-        <v>37.0</v>
+        <v>32.01</v>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>213</t>
+          <t>43</t>
         </is>
       </c>
       <c r="O11" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="P11" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="Q11" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R11" t="inlineStr">
+        <is>
+          <t>Non compliance against JNCC guidelines during survey work. Guidelines reiterated to vessel technical team.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>IRS/2025/6212/GENERAL</t>
+          <t>IRS/2025/6539/GENERAL</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>16 May 2025 11:30</t>
+          <t>04 August 2025 15:00</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Durango WHPS</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Gannet</t>
+          <t>DURANGO</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="G12" t="n">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
       <c r="H12" t="n">
-        <v>3.752</v>
+        <v>24.04</v>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J12" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="K12" t="n">
-        <v>59.0</v>
+        <v>6.0</v>
       </c>
       <c r="L12" t="n">
-        <v>53.329</v>
+        <v>38.03</v>
       </c>
       <c r="M12" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr">
+        <is>
           <t>21</t>
         </is>
       </c>
-      <c r="O12" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P12" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q12" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R12" t="inlineStr">
         <is>
-          <t>No further action.</t>
+          <t>Retrievable Bridge plug set at 92.6m instead of below 100m against requirements of marine licence. Better comms between operational and environmental teams to prevent reoccurence.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>IRS/2025/6203/GENERAL</t>
+          <t>IRS/2025/6430/GENERAL</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>12 May 2025 09:00</t>
+          <t>10 July 2025 15:00</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Balmoral Template</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>BALMORAL</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="F13" t="n">
         <v>58.0</v>
       </c>
       <c r="G13" t="n">
-        <v>11.0</v>
+        <v>27.0</v>
       </c>
       <c r="H13" t="n">
-        <v>45.0</v>
+        <v>40.86</v>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J13" t="n">
         <v>0.0</v>
       </c>
       <c r="K13" t="n">
-        <v>58.0</v>
+        <v>15.0</v>
       </c>
       <c r="L13" t="n">
-        <v>24.0</v>
+        <v>3.83</v>
       </c>
       <c r="M13" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="O13" t="inlineStr">
         <is>
-          <t>25</t>
-[...4 lines deleted...]
-          <t>No</t>
+          <t>17</t>
         </is>
       </c>
       <c r="Q13" t="inlineStr">
         <is>
           <t>No</t>
-        </is>
-[...3 lines deleted...]
-          <t>Operation subject to ML started 2 days earlier than ML date.  No impact.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>IRS/2025/6176/GENERAL</t>
+          <t>IRS/2025/6359/GENERAL</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>07 May 2025 15:00</t>
+          <t>25 June 2025 14:00</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>MacCulloch Manifold</t>
+          <t>Ocean Reseracher</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>MACCULLOCH</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="G14" t="n">
-        <v>19.0</v>
+        <v>42.0</v>
       </c>
       <c r="H14" t="n">
-        <v>26.91</v>
+        <v>9.004</v>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J14" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="K14" t="n">
-        <v>41.0</v>
+        <v>30.0</v>
       </c>
       <c r="L14" t="n">
-        <v>52.86</v>
+        <v>40.737</v>
       </c>
       <c r="M14" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>206</t>
         </is>
       </c>
       <c r="O14" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>7</t>
         </is>
       </c>
       <c r="Q14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>IRS/2025/5907/GENERAL</t>
+          <t>IRS/2025/6348/GENERAL</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>07 March 2025 15:00</t>
+          <t>20 June 2025 12:00</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Talbot DC1 Manifold</t>
+          <t>Deep Explorer</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>TALBOT</t>
+          <t>ROSEBANK</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="G15" t="n">
-        <v>34.0</v>
+        <v>0.0</v>
       </c>
       <c r="H15" t="n">
-        <v>59.55</v>
+        <v>4.0</v>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J15" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="K15" t="n">
-        <v>28.0</v>
+        <v>45.0</v>
       </c>
       <c r="L15" t="n">
-        <v>20.87</v>
+        <v>37.0</v>
       </c>
       <c r="M15" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>213</t>
         </is>
       </c>
       <c r="O15" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>27</t>
         </is>
       </c>
       <c r="Q15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>IRS/2025/5834/GENERAL</t>
+          <t>IRS/2025/6212/GENERAL</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>11 February 2025 23:16</t>
+          <t>16 May 2025 11:30</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Murlach Subsea</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>MURLACH [pt of MARNOCK-SKUA]</t>
+          <t>Gannet</t>
         </is>
       </c>
       <c r="F16" t="n">
         <v>57.0</v>
       </c>
       <c r="G16" t="n">
-        <v>14.0</v>
+        <v>11.0</v>
       </c>
       <c r="H16" t="n">
-        <v>7.832</v>
+        <v>3.752</v>
       </c>
       <c r="I16" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J16" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="K16" t="n">
-        <v>37.0</v>
+        <v>59.0</v>
       </c>
       <c r="L16" t="n">
-        <v>45.73</v>
+        <v>53.329</v>
       </c>
       <c r="M16" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N16" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>21</t>
         </is>
       </c>
       <c r="O16" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>25</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R16" t="inlineStr">
         <is>
-          <t>submission received at the request of OEI management. discussed with operator re use of technologies for early indication of oil release and timely coms reports of such releases</t>
+          <t>No further action.</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>IRS/2025/5822/GENERAL</t>
+          <t>IRS/2025/6203/GENERAL</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>17 February 2025 15:00</t>
+          <t>12 May 2025 09:00</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Balmoral FPV</t>
+          <t>Balmoral Template</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>BRENDA</t>
+          <t>BALMORAL</t>
         </is>
       </c>
       <c r="F17" t="n">
         <v>58.0</v>
       </c>
       <c r="G17" t="n">
         <v>11.0</v>
       </c>
       <c r="H17" t="n">
-        <v>45.78</v>
+        <v>45.0</v>
       </c>
       <c r="I17" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J17" t="n">
         <v>0.0</v>
       </c>
       <c r="K17" t="n">
         <v>58.0</v>
       </c>
       <c r="L17" t="n">
-        <v>24.45</v>
+        <v>24.0</v>
       </c>
       <c r="M17" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N17" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O17" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>25</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R17" t="inlineStr">
         <is>
-          <t>items removed from seabed as part of decom ops that weren't listed in the ML.</t>
+          <t>Operation subject to ML started 2 days earlier than ML date.  No impact.</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>IRS/2025/5721/GENERAL</t>
+          <t>IRS/2025/6176/GENERAL</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>28 January 2025 16:16</t>
+          <t>07 May 2025 15:00</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>Scapa Template</t>
+          <t>MacCulloch Manifold</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>SCAPA</t>
+          <t>MACCULLOCH</t>
         </is>
       </c>
       <c r="F18" t="n">
         <v>58.0</v>
       </c>
       <c r="G18" t="n">
-        <v>25.0</v>
+        <v>19.0</v>
       </c>
       <c r="H18" t="n">
-        <v>39.02</v>
+        <v>26.91</v>
       </c>
       <c r="I18" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="J18" t="n">
         <v>0.0</v>
       </c>
       <c r="K18" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="L18" t="n">
+        <v>52.86</v>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="O18" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="Q18" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>IRS/2025/5907/GENERAL</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>07 March 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>Talbot DC1 Manifold</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>TALBOT</t>
+        </is>
+      </c>
+      <c r="F19" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="G19" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="H19" t="n">
+        <v>59.55</v>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="J19" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K19" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="L19" t="n">
+        <v>20.87</v>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="O19" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="Q19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>IRS/2025/5834/GENERAL</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>11 February 2025 23:16</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>Murlach Subsea</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>MURLACH [pt of MARNOCK-SKUA]</t>
+        </is>
+      </c>
+      <c r="F20" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G20" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="H20" t="n">
+        <v>7.832</v>
+      </c>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="J20" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K20" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="L20" t="n">
+        <v>45.73</v>
+      </c>
+      <c r="M20" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="N20" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="O20" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="P20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Q20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R20" t="inlineStr">
+        <is>
+          <t>submission received at the request of OEI management. discussed with operator re use of technologies for early indication of oil release and timely coms reports of such releases</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>IRS/2025/5822/GENERAL</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>17 February 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>Balmoral FPV</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>BRENDA</t>
+        </is>
+      </c>
+      <c r="F21" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G21" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="H21" t="n">
+        <v>45.78</v>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="J21" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K21" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="L21" t="n">
+        <v>24.45</v>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="O21" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P21" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Q21" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R21" t="inlineStr">
+        <is>
+          <t>items removed from seabed as part of decom ops that weren't listed in the ML.</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>IRS/2025/5721/GENERAL</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>28 January 2025 16:16</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>Scapa Template</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>SCAPA</t>
+        </is>
+      </c>
+      <c r="F22" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G22" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="H22" t="n">
+        <v>39.02</v>
+      </c>
+      <c r="I22" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="J22" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K22" t="n">
         <v>19.0</v>
       </c>
-      <c r="L18" t="n">
+      <c r="L22" t="n">
         <v>4.49</v>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="O18" t="inlineStr">
+      <c r="O22" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="P18" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R18" t="inlineStr">
+      <c r="P22" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Q22" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R22" t="inlineStr">
         <is>
           <t>OPRED have been made aware of the location of the EEMS submissions for this operation.
 Repsol have indicated this was human error and have a remedial action to ensure this does not happen in the future.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>