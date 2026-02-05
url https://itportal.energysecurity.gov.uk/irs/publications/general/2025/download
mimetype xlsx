--- v3 (2025-12-31)
+++ v4 (2026-02-05)
@@ -1745,51 +1745,51 @@
       </c>
       <c r="P17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R17" t="inlineStr">
         <is>
           <t>Operation subject to ML started 2 days earlier than ML date.  No impact.</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>IRS/2025/6176/GENERAL</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>07 May 2025 15:00</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>MacCulloch Manifold</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>MACCULLOCH</t>
         </is>
       </c>
       <c r="F18" t="n">
         <v>58.0</v>
       </c>
       <c r="G18" t="n">
         <v>19.0</v>
       </c>
       <c r="H18" t="n">
         <v>26.91</v>
@@ -1801,65 +1801,75 @@
       </c>
       <c r="J18" t="n">
         <v>0.0</v>
       </c>
       <c r="K18" t="n">
         <v>41.0</v>
       </c>
       <c r="L18" t="n">
         <v>52.86</v>
       </c>
       <c r="M18" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N18" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="O18" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
+      <c r="P18" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
       <c r="Q18" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R18" t="inlineStr">
+        <is>
+          <t>review of submission where excess mattresses lifted from seabed contrary to MCAA consented activities. Measures considered to prevent reoccurrence</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>IRS/2025/5907/GENERAL</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>07 March 2025 15:00</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Talbot DC1 Manifold</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>TALBOT</t>
         </is>
       </c>
       <c r="F19" t="n">
         <v>56.0</v>
       </c>
       <c r="G19" t="n">
         <v>34.0</v>
       </c>
       <c r="H19" t="n">
         <v>59.55</v>
@@ -1871,53 +1881,63 @@
       </c>
       <c r="J19" t="n">
         <v>2.0</v>
       </c>
       <c r="K19" t="n">
         <v>28.0</v>
       </c>
       <c r="L19" t="n">
         <v>20.87</v>
       </c>
       <c r="M19" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N19" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="O19" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
       <c r="Q19" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R19" t="inlineStr">
+        <is>
+          <t>issues with deposits on seabed. discussed with operator on methods to strengthen procedures and oversight</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>IRS/2025/5834/GENERAL</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>11 February 2025 23:16</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Murlach Subsea</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">