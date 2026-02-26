--- v4 (2026-02-05)
+++ v5 (2026-02-26)
@@ -775,51 +775,51 @@
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Q4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R4" t="inlineStr">
         <is>
           <t>Operator advised to investigate and implement any corrective actions. Discussed with EMT and no major environmental concerns identified</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>IRS/2025/6966/GENERAL</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>12 November 2025 12:00</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Western Isles</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>HARRIS</t>
         </is>
       </c>
       <c r="F5" t="n">
         <v>61.0</v>
       </c>
       <c r="G5" t="n">
         <v>12.0</v>
       </c>
       <c r="H5" t="n">
         <v>52.107</v>
@@ -831,53 +831,63 @@
       </c>
       <c r="J5" t="n">
         <v>0.0</v>
       </c>
       <c r="K5" t="n">
         <v>45.0</v>
       </c>
       <c r="L5" t="n">
         <v>12.983</v>
       </c>
       <c r="M5" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
           <t>210</t>
         </is>
       </c>
       <c r="O5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
+      <c r="P5" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
       <c r="Q5" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R5" t="inlineStr">
+        <is>
+          <t>No further action.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>IRS/2025/6947/GENERAL</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>06 November 2025 10:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Murlach</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
@@ -903,63 +913,63 @@
         <v>1.0</v>
       </c>
       <c r="K6" t="n">
         <v>39.0</v>
       </c>
       <c r="L6" t="n">
         <v>42.49</v>
       </c>
       <c r="M6" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="Q6" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>IRS/2025/6811/GENERAL</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>06 October 2025 13:00</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Western Isles</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>HARRIS</t>
         </is>
       </c>
       <c r="F7" t="n">
         <v>61.0</v>
       </c>
       <c r="G7" t="n">
         <v>13.0</v>
       </c>
       <c r="H7" t="n">
         <v>0.8548</v>
@@ -971,53 +981,63 @@
       </c>
       <c r="J7" t="n">
         <v>0.0</v>
       </c>
       <c r="K7" t="n">
         <v>42.0</v>
       </c>
       <c r="L7" t="n">
         <v>11.8502</v>
       </c>
       <c r="M7" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
           <t>210</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
       <c r="Q7" t="inlineStr">
         <is>
           <t>No</t>
+        </is>
+      </c>
+      <c r="R7" t="inlineStr">
+        <is>
+          <t>No further action.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>IRS/2025/6794/GENERAL</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>03 October 2025 21:00</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Siem Stingray</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">