--- v0 (2025-10-07)
+++ v1 (2026-01-08)
@@ -8984,51 +8984,51 @@
       </c>
       <c r="Y75" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z75" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AA75" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>IRS/2024/5218/OCR</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>30 October 2024 14:00</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>Armada Platform</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>FLEMING</t>
         </is>
       </c>
       <c r="G76" t="n">
         <v>57.0</v>
       </c>
@@ -9043,50 +9043,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K76" t="n">
         <v>1.0</v>
       </c>
       <c r="L76" t="n">
         <v>50.0</v>
       </c>
       <c r="M76" t="n">
         <v>42.26</v>
       </c>
       <c r="N76" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O76" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P76" t="inlineStr">
         <is>
           <t>5</t>
+        </is>
+      </c>
+      <c r="Q76" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R76" t="inlineStr">
+        <is>
+          <t>5 Approved Chemicals</t>
+        </is>
+      </c>
+      <c r="T76" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U76" t="inlineStr">
+        <is>
+          <t>ZOK MX</t>
+        </is>
+      </c>
+      <c r="V76" t="n">
+        <v>255.85</v>
+      </c>
+      <c r="W76" t="n">
+        <v>255.85</v>
+      </c>
+      <c r="X76" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y76" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z76" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA76" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>IRS/2024/5264/OCR</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>04 November 2024 06:00</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">