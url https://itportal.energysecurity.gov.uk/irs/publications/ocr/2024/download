--- v1 (2026-01-08)
+++ v2 (2026-02-09)
@@ -8043,51 +8043,51 @@
       </c>
       <c r="Y66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AA66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>IRS/2024/4966/OCR</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>04 September 2024 08:30</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>Island Constructor</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>TONI</t>
         </is>
       </c>
       <c r="G67" t="n">
         <v>58.0</v>
       </c>
@@ -8102,67 +8102,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K67" t="n">
         <v>1.0</v>
       </c>
       <c r="L67" t="n">
         <v>17.0</v>
       </c>
       <c r="M67" t="n">
         <v>19.0</v>
       </c>
       <c r="N67" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O67" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="P67" t="inlineStr">
         <is>
           <t>17</t>
+        </is>
+      </c>
+      <c r="Q67" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R67" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T67" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U67" t="inlineStr">
+        <is>
+          <t>HW443ND</t>
+        </is>
+      </c>
+      <c r="V67" t="n">
+        <v>51.36</v>
+      </c>
+      <c r="W67" t="n">
+        <v>51.36</v>
+      </c>
+      <c r="X67" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Y67" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z67" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AA67" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>IRS/2024/4969/OCR</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>05 September 2024 12:01</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>CLAIR</t>
         </is>
       </c>
       <c r="G68" t="n">
         <v>60.0</v>
       </c>
@@ -8177,50 +8218,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K68" t="n">
         <v>2.0</v>
       </c>
       <c r="L68" t="n">
         <v>32.0</v>
       </c>
       <c r="M68" t="n">
         <v>40.0</v>
       </c>
       <c r="N68" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="O68" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="P68" t="inlineStr">
         <is>
           <t>8</t>
+        </is>
+      </c>
+      <c r="Q68" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R68" t="inlineStr">
+        <is>
+          <t>Condition 4</t>
+        </is>
+      </c>
+      <c r="T68" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U68" t="inlineStr">
+        <is>
+          <t>TEG</t>
+        </is>
+      </c>
+      <c r="V68" t="n">
+        <v>112.0</v>
+      </c>
+      <c r="W68" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X68" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y68" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z68" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>IRS/2024/4999/OCR</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>11 September 2024 12:00</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">