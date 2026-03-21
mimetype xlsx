--- v2 (2026-02-09)
+++ v3 (2026-03-21)
@@ -9699,51 +9699,51 @@
       </c>
       <c r="Y81" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z81" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AA81" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>IRS/2024/5529/OCR</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>16 December 2024 11:00</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Bruce PUQ Platform</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>BRUCE</t>
         </is>
       </c>
       <c r="G82" t="n">
         <v>59.0</v>
       </c>
@@ -9758,50 +9758,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K82" t="n">
         <v>1.0</v>
       </c>
       <c r="L82" t="n">
         <v>40.0</v>
       </c>
       <c r="M82" t="n">
         <v>22.0</v>
       </c>
       <c r="N82" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O82" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P82" t="inlineStr">
         <is>
           <t>8</t>
+        </is>
+      </c>
+      <c r="Q82" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R82" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="T82" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U82" t="inlineStr">
+        <is>
+          <t>Oceanic HW 740 R v4</t>
+        </is>
+      </c>
+      <c r="V82" t="n">
+        <v>2148.0</v>
+      </c>
+      <c r="W82" t="n">
+        <v>2148.0</v>
+      </c>
+      <c r="X82" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y82" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z82" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA82" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>IRS/2024/5546/OCR</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>28 September 2024 12:00</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">