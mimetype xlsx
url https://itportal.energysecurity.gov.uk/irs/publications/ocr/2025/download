--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -493,51 +493,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AA50"/>
+  <dimension ref="A2:AA64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3735,51 +3735,51 @@
       </c>
       <c r="O31" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="AA31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>IRS/2025/6147/OCR</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>29 April 2025 16:00</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>MARINER</t>
         </is>
       </c>
       <c r="G32" t="n">
         <v>59.0</v>
       </c>
@@ -3794,50 +3794,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K32" t="n">
         <v>1.0</v>
       </c>
       <c r="L32" t="n">
         <v>3.0</v>
       </c>
       <c r="M32" t="n">
         <v>17.314</v>
       </c>
       <c r="N32" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O32" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
           <t>11</t>
+        </is>
+      </c>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R32" t="inlineStr">
+        <is>
+          <t>Condition 2:The permit holder shall ensure that only chemicals detailed in the permit application are used or discharged during the operations covered by the permit and in accordance with the conditions detailed in the permit.</t>
+        </is>
+      </c>
+      <c r="T32" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U32" t="inlineStr">
+        <is>
+          <t>safe-scav HSN</t>
+        </is>
+      </c>
+      <c r="V32" t="n">
+        <v>325.0</v>
+      </c>
+      <c r="W32" t="n">
+        <v>325.0</v>
+      </c>
+      <c r="X32" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y32" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z32" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA32" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>IRS/2025/6182/OCR</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>09 May 2025 09:00</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
@@ -5371,50 +5412,1141 @@
       <c r="K50" t="n">
         <v>1.0</v>
       </c>
       <c r="L50" t="n">
         <v>57.0</v>
       </c>
       <c r="M50" t="n">
         <v>19.22</v>
       </c>
       <c r="N50" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O50" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P50" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="AA50" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>IRS/2025/6687/OCR</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>13 September 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>Dunbar Platform</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>JURA</t>
+        </is>
+      </c>
+      <c r="G51" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H51" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="I51" t="n">
+        <v>41.1</v>
+      </c>
+      <c r="J51" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K51" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L51" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="M51" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="N51" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O51" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P51" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="AA51" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>IRS/2025/6708/OCR</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>20 February 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>LOMOND</t>
+        </is>
+      </c>
+      <c r="G52" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H52" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I52" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J52" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K52" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L52" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M52" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N52" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O52" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P52" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="AA52" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>IRS/2025/6708/OCR</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>20 February 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>LOMOND</t>
+        </is>
+      </c>
+      <c r="G53" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H53" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I53" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J53" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K53" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L53" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M53" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N53" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O53" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P53" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="AA53" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>IRS/2025/6708/OCR</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>20 February 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>LOMOND</t>
+        </is>
+      </c>
+      <c r="G54" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H54" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I54" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J54" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K54" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L54" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M54" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N54" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O54" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P54" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="AA54" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>IRS/2025/6708/OCR</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>20 February 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>LOMOND</t>
+        </is>
+      </c>
+      <c r="G55" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H55" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I55" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J55" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K55" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L55" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M55" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N55" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O55" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P55" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="AA55" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>IRS/2025/6708/OCR</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>20 February 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>LOMOND</t>
+        </is>
+      </c>
+      <c r="G56" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H56" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I56" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K56" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L56" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M56" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N56" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O56" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P56" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="AA56" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>IRS/2025/6708/OCR</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>20 February 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>LOMOND</t>
+        </is>
+      </c>
+      <c r="G57" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H57" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I57" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K57" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L57" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M57" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N57" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O57" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P57" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="AA57" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>IRS/2025/6721/OCR</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>20 September 2025 23:00</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>Dunbar Platform</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>FORVIE NORTH</t>
+        </is>
+      </c>
+      <c r="G58" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H58" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="I58" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="J58" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K58" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L58" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="M58" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="N58" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O58" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P58" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="Q58" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R58" t="inlineStr">
+        <is>
+          <t>Alwyn area chemical permit details a batch use of 205kg during a 24hr period for Oceanic HW443R - During the 24hr period of 20th September this was exceeded by 36 kg</t>
+        </is>
+      </c>
+      <c r="T58" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U58" t="inlineStr">
+        <is>
+          <t>Oceanic HW443R</t>
+        </is>
+      </c>
+      <c r="V58" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="W58" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="X58" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y58" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z58" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA58" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>IRS/2025/6731/OCR</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>21 September 2025 23:00</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>Penguins FPSO</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>PENGUIN WEST</t>
+        </is>
+      </c>
+      <c r="G59" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H59" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="I59" t="n">
+        <v>1.02</v>
+      </c>
+      <c r="J59" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K59" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L59" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M59" t="n">
+        <v>54.06</v>
+      </c>
+      <c r="N59" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O59" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P59" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="AA59" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>IRS/2025/6734/OCR</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>22 September 2025 20:00</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>Penguins FPSO</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>PENGUIN WEST</t>
+        </is>
+      </c>
+      <c r="G60" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H60" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="I60" t="n">
+        <v>1.02</v>
+      </c>
+      <c r="J60" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K60" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L60" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M60" t="n">
+        <v>54.06</v>
+      </c>
+      <c r="N60" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O60" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P60" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="AA60" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>IRS/2025/6737/OCR</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>18 September 2025 07:00</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>ERSKINE</t>
+        </is>
+      </c>
+      <c r="G61" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H61" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I61" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J61" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K61" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L61" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M61" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N61" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O61" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P61" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="AA61" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>IRS/2025/6741/OCR</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>19 September 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>Armada Platform</t>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>FLEMING</t>
+        </is>
+      </c>
+      <c r="G62" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H62" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="I62" t="n">
+        <v>26.76</v>
+      </c>
+      <c r="J62" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K62" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L62" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="M62" t="n">
+        <v>42.26</v>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O62" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P62" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AA62" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>IRS/2025/6741/OCR</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>19 September 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>Armada Platform</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>FLEMING</t>
+        </is>
+      </c>
+      <c r="G63" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H63" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="I63" t="n">
+        <v>26.76</v>
+      </c>
+      <c r="J63" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K63" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L63" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="M63" t="n">
+        <v>42.26</v>
+      </c>
+      <c r="N63" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O63" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P63" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AA63" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>IRS/2025/6741/OCR</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>19 September 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>Armada Platform</t>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>FLEMING</t>
+        </is>
+      </c>
+      <c r="G64" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H64" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="I64" t="n">
+        <v>26.76</v>
+      </c>
+      <c r="J64" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K64" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L64" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="M64" t="n">
+        <v>42.26</v>
+      </c>
+      <c r="N64" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O64" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P64" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AA64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>