--- v1 (2025-10-27)
+++ v2 (2025-11-18)
@@ -493,51 +493,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AA64"/>
+  <dimension ref="A2:AA67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -4177,51 +4177,51 @@
       </c>
       <c r="Y35" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z35" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AA35" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>IRS/2025/6282/OCR</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>04 June 2025 16:00</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Andrew Platform</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>ANDREW</t>
         </is>
       </c>
       <c r="G36" t="n">
         <v>58.0</v>
       </c>
@@ -4236,50 +4236,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K36" t="n">
         <v>1.0</v>
       </c>
       <c r="L36" t="n">
         <v>24.0</v>
       </c>
       <c r="M36" t="n">
         <v>15.552</v>
       </c>
       <c r="N36" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O36" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
           <t>28</t>
+        </is>
+      </c>
+      <c r="Q36" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R36" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="T36" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U36" t="inlineStr">
+        <is>
+          <t>SCAL16157A</t>
+        </is>
+      </c>
+      <c r="V36" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="W36" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X36" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y36" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z36" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>IRS/2025/6355/OCR</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>24 June 2025 17:00</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
@@ -6503,50 +6544,275 @@
       <c r="K64" t="n">
         <v>1.0</v>
       </c>
       <c r="L64" t="n">
         <v>50.0</v>
       </c>
       <c r="M64" t="n">
         <v>42.26</v>
       </c>
       <c r="N64" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O64" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P64" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="AA64" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>IRS/2025/6755/OCR</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>30 September 2025 10:30</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>APACHE NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>Forties FA Platform</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>FORTIES</t>
+        </is>
+      </c>
+      <c r="G65" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H65" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="I65" t="n">
+        <v>55.01</v>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K65" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L65" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="M65" t="n">
+        <v>21.79</v>
+      </c>
+      <c r="N65" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O65" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P65" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="AA65" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>IRS/2025/6757/OCR</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>29 September 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>Everest North Platform</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>EVEREST</t>
+        </is>
+      </c>
+      <c r="G66" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H66" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="I66" t="n">
+        <v>30.99</v>
+      </c>
+      <c r="J66" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K66" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L66" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="M66" t="n">
+        <v>5.96</v>
+      </c>
+      <c r="N66" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O66" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P66" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="AA66" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>IRS/2025/6851/OCR</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>14 October 2025 16:00</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>West Sole WA Main Platform</t>
+        </is>
+      </c>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>WEST SOLE</t>
+        </is>
+      </c>
+      <c r="G67" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H67" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I67" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="J67" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K67" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L67" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="M67" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N67" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O67" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="P67" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AA67" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>