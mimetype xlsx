--- v2 (2025-11-18)
+++ v3 (2026-02-09)
@@ -493,51 +493,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AA67"/>
+  <dimension ref="A2:AA88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -674,51 +674,51 @@
       </c>
       <c r="O2" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="AA2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>IRS/2025/5675/OCR</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>20 January 2025 09:00</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>LOMOND</t>
         </is>
       </c>
       <c r="G3" t="n">
         <v>57.0</v>
       </c>
@@ -733,67 +733,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K3" t="n">
         <v>2.0</v>
       </c>
       <c r="L3" t="n">
         <v>10.0</v>
       </c>
       <c r="M3" t="n">
         <v>41.51</v>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q3" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R3" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="T3" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U3" t="inlineStr">
+        <is>
+          <t>CORR11526A</t>
+        </is>
+      </c>
+      <c r="V3" t="n">
+        <v>486.3</v>
+      </c>
+      <c r="W3" t="n">
+        <v>486.3</v>
+      </c>
+      <c r="X3" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y3" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z3" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>IRS/2025/5675/OCR</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>20 January 2025 09:00</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>LOMOND</t>
         </is>
       </c>
       <c r="G4" t="n">
         <v>57.0</v>
       </c>
@@ -808,50 +849,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K4" t="n">
         <v>2.0</v>
       </c>
       <c r="L4" t="n">
         <v>10.0</v>
       </c>
       <c r="M4" t="n">
         <v>41.51</v>
       </c>
       <c r="N4" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q4" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="T4" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U4" t="inlineStr">
+        <is>
+          <t>SCAL16359A</t>
+        </is>
+      </c>
+      <c r="V4" t="n">
+        <v>4332.0</v>
+      </c>
+      <c r="W4" t="n">
+        <v>4332.0</v>
+      </c>
+      <c r="X4" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y4" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z4" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>IRS/2025/5679/OCR</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>08 January 2024 00:00</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
@@ -3660,51 +3742,51 @@
       </c>
       <c r="Y30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AA30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>IRS/2025/6139/OCR</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>28 April 2025 14:00</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G31" t="n">
         <v>57.0</v>
       </c>
@@ -3719,50 +3801,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K31" t="n">
         <v>1.0</v>
       </c>
       <c r="L31" t="n">
         <v>57.0</v>
       </c>
       <c r="M31" t="n">
         <v>19.22</v>
       </c>
       <c r="N31" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O31" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
           <t>30</t>
+        </is>
+      </c>
+      <c r="Q31" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R31" t="inlineStr">
+        <is>
+          <t>Condition 3 - The permit holder shall ensure that the quantities of all chemicals used or discharged during the course of the operations covered by the permit do not exceed by more than 10% the quantities detailed in the permit application.</t>
+        </is>
+      </c>
+      <c r="T31" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U31" t="inlineStr">
+        <is>
+          <t>BIOC12090A</t>
+        </is>
+      </c>
+      <c r="V31" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W31" t="n">
+        <v>594.04</v>
+      </c>
+      <c r="X31" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y31" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z31" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>IRS/2025/6147/OCR</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>29 April 2025 16:00</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
@@ -5541,51 +5664,51 @@
       </c>
       <c r="O51" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P51" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="AA51" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>IRS/2025/6708/OCR</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>20 February 2025 12:00</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>LOMOND</t>
         </is>
       </c>
       <c r="G52" t="n">
         <v>57.0</v>
       </c>
@@ -5600,67 +5723,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K52" t="n">
         <v>2.0</v>
       </c>
       <c r="L52" t="n">
         <v>10.0</v>
       </c>
       <c r="M52" t="n">
         <v>41.51</v>
       </c>
       <c r="N52" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O52" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P52" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q52" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R52" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T52" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U52" t="inlineStr">
+        <is>
+          <t>CORR11011B</t>
+        </is>
+      </c>
+      <c r="V52" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="W52" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X52" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y52" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z52" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AA52" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>IRS/2025/6708/OCR</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>20 February 2025 12:00</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>LOMOND</t>
         </is>
       </c>
       <c r="G53" t="n">
         <v>57.0</v>
       </c>
@@ -5675,67 +5839,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K53" t="n">
         <v>2.0</v>
       </c>
       <c r="L53" t="n">
         <v>10.0</v>
       </c>
       <c r="M53" t="n">
         <v>41.51</v>
       </c>
       <c r="N53" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O53" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P53" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q53" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R53" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T53" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U53" t="inlineStr">
+        <is>
+          <t>CORR11071A</t>
+        </is>
+      </c>
+      <c r="V53" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="W53" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X53" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y53" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z53" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AA53" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>IRS/2025/6708/OCR</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>20 February 2025 12:00</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>LOMOND</t>
         </is>
       </c>
       <c r="G54" t="n">
         <v>57.0</v>
       </c>
@@ -5750,67 +5955,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K54" t="n">
         <v>2.0</v>
       </c>
       <c r="L54" t="n">
         <v>10.0</v>
       </c>
       <c r="M54" t="n">
         <v>41.51</v>
       </c>
       <c r="N54" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O54" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P54" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q54" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R54" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T54" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U54" t="inlineStr">
+        <is>
+          <t>CORR11526A</t>
+        </is>
+      </c>
+      <c r="V54" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="W54" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X54" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y54" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z54" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AA54" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>IRS/2025/6708/OCR</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>20 February 2025 12:00</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>LOMOND</t>
         </is>
       </c>
       <c r="G55" t="n">
         <v>57.0</v>
       </c>
@@ -5825,67 +6071,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K55" t="n">
         <v>2.0</v>
       </c>
       <c r="L55" t="n">
         <v>10.0</v>
       </c>
       <c r="M55" t="n">
         <v>41.51</v>
       </c>
       <c r="N55" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O55" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P55" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q55" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R55" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T55" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U55" t="inlineStr">
+        <is>
+          <t>OSCV21007A</t>
+        </is>
+      </c>
+      <c r="V55" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="W55" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X55" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y55" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z55" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AA55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>IRS/2025/6708/OCR</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>20 February 2025 12:00</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>LOMOND</t>
         </is>
       </c>
       <c r="G56" t="n">
         <v>57.0</v>
       </c>
@@ -5900,67 +6187,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K56" t="n">
         <v>2.0</v>
       </c>
       <c r="L56" t="n">
         <v>10.0</v>
       </c>
       <c r="M56" t="n">
         <v>41.51</v>
       </c>
       <c r="N56" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O56" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P56" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q56" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R56" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T56" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U56" t="inlineStr">
+        <is>
+          <t>PAO82730</t>
+        </is>
+      </c>
+      <c r="V56" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="W56" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X56" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y56" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z56" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AA56" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>IRS/2025/6708/OCR</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>20 February 2025 12:00</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>LOMOND</t>
         </is>
       </c>
       <c r="G57" t="n">
         <v>57.0</v>
       </c>
@@ -5975,50 +6303,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K57" t="n">
         <v>2.0</v>
       </c>
       <c r="L57" t="n">
         <v>10.0</v>
       </c>
       <c r="M57" t="n">
         <v>41.51</v>
       </c>
       <c r="N57" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O57" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P57" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q57" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R57" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T57" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U57" t="inlineStr">
+        <is>
+          <t>SCAL16359A</t>
+        </is>
+      </c>
+      <c r="V57" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="W57" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X57" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y57" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z57" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AA57" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>IRS/2025/6721/OCR</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>20 September 2025 23:00</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
@@ -6257,51 +6626,51 @@
       </c>
       <c r="O60" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P60" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="AA60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>IRS/2025/6737/OCR</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>18 September 2025 07:00</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ERSKINE</t>
         </is>
       </c>
       <c r="G61" t="n">
         <v>57.0</v>
       </c>
@@ -6316,67 +6685,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K61" t="n">
         <v>2.0</v>
       </c>
       <c r="L61" t="n">
         <v>10.0</v>
       </c>
       <c r="M61" t="n">
         <v>41.51</v>
       </c>
       <c r="N61" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O61" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P61" t="inlineStr">
         <is>
           <t>21</t>
+        </is>
+      </c>
+      <c r="Q61" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R61" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T61" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U61" t="inlineStr">
+        <is>
+          <t>CORR11071A</t>
+        </is>
+      </c>
+      <c r="V61" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W61" t="n">
+        <v>59.5</v>
+      </c>
+      <c r="X61" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y61" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z61" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA61" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>IRS/2025/6741/OCR</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>19 September 2025 09:00</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Armada Platform</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>FLEMING</t>
         </is>
       </c>
       <c r="G62" t="n">
         <v>57.0</v>
       </c>
@@ -6391,67 +6801,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K62" t="n">
         <v>1.0</v>
       </c>
       <c r="L62" t="n">
         <v>50.0</v>
       </c>
       <c r="M62" t="n">
         <v>42.26</v>
       </c>
       <c r="N62" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O62" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P62" t="inlineStr">
         <is>
           <t>5</t>
+        </is>
+      </c>
+      <c r="Q62" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R62" t="inlineStr">
+        <is>
+          <t>2. Permitted Chemicals. Not using and/or discharging offshore chemicals as detailed in the Permit application.</t>
+        </is>
+      </c>
+      <c r="T62" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U62" t="inlineStr">
+        <is>
+          <t>CLAR26036A</t>
+        </is>
+      </c>
+      <c r="V62" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W62" t="n">
+        <v>0.77</v>
+      </c>
+      <c r="X62" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y62" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z62" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA62" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>IRS/2025/6741/OCR</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>19 September 2025 09:00</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Armada Platform</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>FLEMING</t>
         </is>
       </c>
       <c r="G63" t="n">
         <v>57.0</v>
       </c>
@@ -6466,67 +6917,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K63" t="n">
         <v>1.0</v>
       </c>
       <c r="L63" t="n">
         <v>50.0</v>
       </c>
       <c r="M63" t="n">
         <v>42.26</v>
       </c>
       <c r="N63" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O63" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P63" t="inlineStr">
         <is>
           <t>5</t>
+        </is>
+      </c>
+      <c r="Q63" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R63" t="inlineStr">
+        <is>
+          <t>2. Permitted Chemicals. Not using and/or discharging offshore chemicals as detailed in the Permit application.</t>
+        </is>
+      </c>
+      <c r="T63" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U63" t="inlineStr">
+        <is>
+          <t>CORR11526A</t>
+        </is>
+      </c>
+      <c r="V63" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W63" t="n">
+        <v>12.94</v>
+      </c>
+      <c r="X63" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y63" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z63" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA63" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>IRS/2025/6741/OCR</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>19 September 2025 09:00</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Armada Platform</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>FLEMING</t>
         </is>
       </c>
       <c r="G64" t="n">
         <v>57.0</v>
       </c>
@@ -6541,50 +7033,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K64" t="n">
         <v>1.0</v>
       </c>
       <c r="L64" t="n">
         <v>50.0</v>
       </c>
       <c r="M64" t="n">
         <v>42.26</v>
       </c>
       <c r="N64" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O64" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P64" t="inlineStr">
         <is>
           <t>5</t>
+        </is>
+      </c>
+      <c r="Q64" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R64" t="inlineStr">
+        <is>
+          <t>2. Permitted Chemicals. Not using and/or discharging offshore chemicals as detailed in the Permit application.</t>
+        </is>
+      </c>
+      <c r="T64" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U64" t="inlineStr">
+        <is>
+          <t>PI-7595</t>
+        </is>
+      </c>
+      <c r="V64" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W64" t="n">
+        <v>7.19</v>
+      </c>
+      <c r="X64" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y64" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z64" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>IRS/2025/6755/OCR</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>30 September 2025 10:30</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
@@ -6632,51 +7165,51 @@
       </c>
       <c r="O65" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P65" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="AA65" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>IRS/2025/6757/OCR</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>29 September 2025 12:00</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Everest North Platform</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>EVEREST</t>
         </is>
       </c>
       <c r="G66" t="n">
         <v>57.0</v>
       </c>
@@ -6691,50 +7224,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K66" t="n">
         <v>1.0</v>
       </c>
       <c r="L66" t="n">
         <v>48.0</v>
       </c>
       <c r="M66" t="n">
         <v>5.96</v>
       </c>
       <c r="N66" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O66" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
           <t>10</t>
+        </is>
+      </c>
+      <c r="Q66" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R66" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T66" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U66" t="inlineStr">
+        <is>
+          <t>CORR11526A</t>
+        </is>
+      </c>
+      <c r="V66" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W66" t="n">
+        <v>2.46</v>
+      </c>
+      <c r="X66" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y66" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z66" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>IRS/2025/6851/OCR</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>14 October 2025 16:00</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
@@ -6769,50 +7343,1956 @@
       <c r="K67" t="n">
         <v>1.0</v>
       </c>
       <c r="L67" t="n">
         <v>9.0</v>
       </c>
       <c r="M67" t="n">
         <v>0.0</v>
       </c>
       <c r="N67" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O67" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="P67" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="AA67" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>IRS/2025/7003/OCR</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>23 November 2025 07:00</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>Arbroath Platform</t>
+        </is>
+      </c>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>ARBROATH</t>
+        </is>
+      </c>
+      <c r="G68" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H68" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="I68" t="n">
+        <v>29.84</v>
+      </c>
+      <c r="J68" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K68" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L68" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="M68" t="n">
+        <v>59.06</v>
+      </c>
+      <c r="N68" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O68" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P68" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="Q68" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R68" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T68" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U68" t="inlineStr">
+        <is>
+          <t>Pelagic 100H</t>
+        </is>
+      </c>
+      <c r="V68" t="n">
+        <v>273.0</v>
+      </c>
+      <c r="W68" t="n">
+        <v>273.0</v>
+      </c>
+      <c r="X68" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y68" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z68" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA68" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>IRS/2025/7012/OCR</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>26 November 2025 15:30</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>Andrew Platform</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>ANDREW</t>
+        </is>
+      </c>
+      <c r="G69" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H69" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I69" t="n">
+        <v>51.122</v>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K69" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L69" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="M69" t="n">
+        <v>15.552</v>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O69" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="P69" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="AA69" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>IRS/2025/7017/OCR</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>27 November 2025 14:00</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>Andrew Platform</t>
+        </is>
+      </c>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>ANDREW</t>
+        </is>
+      </c>
+      <c r="G70" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H70" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I70" t="n">
+        <v>51.122</v>
+      </c>
+      <c r="J70" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K70" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L70" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="M70" t="n">
+        <v>15.552</v>
+      </c>
+      <c r="N70" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O70" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="P70" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="AA70" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>IRS/2025/7019/OCR</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>13 November 2025 00:00</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>BW Catcher</t>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>CATCHER</t>
+        </is>
+      </c>
+      <c r="G71" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H71" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="I71" t="n">
+        <v>12.43</v>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K71" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L71" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="M71" t="n">
+        <v>46.93</v>
+      </c>
+      <c r="N71" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O71" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="P71" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="Q71" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R71" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T71" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U71" t="inlineStr">
+        <is>
+          <t>CORR12452A</t>
+        </is>
+      </c>
+      <c r="V71" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="W71" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>IRS/2025/7037/OCR</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>18 February 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>ERSKINE</t>
+        </is>
+      </c>
+      <c r="G72" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H72" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I72" t="n">
+        <v>23.524</v>
+      </c>
+      <c r="J72" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K72" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L72" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="M72" t="n">
+        <v>16.957</v>
+      </c>
+      <c r="N72" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O72" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P72" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="Q72" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R72" t="inlineStr">
+        <is>
+          <t>1.
+Regulation 3(1): Requirement for permit to use or discharge offshore chemicals (CP/160):</t>
+        </is>
+      </c>
+      <c r="T72" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U72" t="inlineStr">
+        <is>
+          <t>CORR11071A (CORROSION INHIBITOR)</t>
+        </is>
+      </c>
+      <c r="V72" t="n">
+        <v>1.0E-4</v>
+      </c>
+      <c r="W72" t="n">
+        <v>1.0E-4</v>
+      </c>
+      <c r="X72" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y72" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z72" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA72" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>IRS/2025/7037/OCR</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>18 February 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>ERSKINE</t>
+        </is>
+      </c>
+      <c r="G73" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H73" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I73" t="n">
+        <v>23.524</v>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K73" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L73" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="M73" t="n">
+        <v>16.957</v>
+      </c>
+      <c r="N73" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O73" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P73" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="Q73" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R73" t="inlineStr">
+        <is>
+          <t>1.
+Regulation 3(1): Requirement for permit to use or discharge offshore chemicals (CP/160):</t>
+        </is>
+      </c>
+      <c r="T73" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U73" t="inlineStr">
+        <is>
+          <t>PAO82730 (WAX INHIBITOR)</t>
+        </is>
+      </c>
+      <c r="V73" t="n">
+        <v>1.0E-4</v>
+      </c>
+      <c r="W73" t="n">
+        <v>1.0E-4</v>
+      </c>
+      <c r="X73" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y73" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z73" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA73" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>IRS/2025/7037/OCR</t>
+        </is>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>18 February 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>ERSKINE</t>
+        </is>
+      </c>
+      <c r="G74" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H74" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I74" t="n">
+        <v>23.524</v>
+      </c>
+      <c r="J74" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K74" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L74" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="M74" t="n">
+        <v>16.957</v>
+      </c>
+      <c r="N74" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O74" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P74" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="Q74" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R74" t="inlineStr">
+        <is>
+          <t>1.
+Regulation 3(1): Requirement for permit to use or discharge offshore chemicals (CP/160):</t>
+        </is>
+      </c>
+      <c r="T74" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U74" t="inlineStr">
+        <is>
+          <t>SCAL16359A (SCALE INHIBITOR)</t>
+        </is>
+      </c>
+      <c r="V74" t="n">
+        <v>1.0E-4</v>
+      </c>
+      <c r="W74" t="n">
+        <v>1.0E-4</v>
+      </c>
+      <c r="X74" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y74" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z74" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA74" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>IRS/2025/7043/OCR</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>01 December 2025 07:41</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="G75" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H75" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I75" t="n">
+        <v>41.461</v>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K75" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L75" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M75" t="n">
+        <v>4.956</v>
+      </c>
+      <c r="N75" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O75" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P75" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="AA75" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>IRS/2025/7043/OCR</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>01 December 2025 07:41</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="G76" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H76" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I76" t="n">
+        <v>41.461</v>
+      </c>
+      <c r="J76" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K76" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L76" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M76" t="n">
+        <v>4.956</v>
+      </c>
+      <c r="N76" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O76" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P76" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="AA76" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>IRS/2025/7043/OCR</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>01 December 2025 07:41</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="G77" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H77" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I77" t="n">
+        <v>41.461</v>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K77" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L77" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M77" t="n">
+        <v>4.956</v>
+      </c>
+      <c r="N77" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O77" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P77" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="AA77" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>IRS/2025/7043/OCR</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>01 December 2025 07:41</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="G78" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H78" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I78" t="n">
+        <v>41.461</v>
+      </c>
+      <c r="J78" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K78" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L78" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M78" t="n">
+        <v>4.956</v>
+      </c>
+      <c r="N78" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O78" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P78" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="AA78" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>IRS/2025/7043/OCR</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>01 December 2025 07:41</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="G79" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H79" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I79" t="n">
+        <v>41.461</v>
+      </c>
+      <c r="J79" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K79" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L79" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M79" t="n">
+        <v>4.956</v>
+      </c>
+      <c r="N79" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O79" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P79" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="AA79" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>IRS/2025/7043/OCR</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>01 December 2025 07:41</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="G80" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H80" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I80" t="n">
+        <v>41.461</v>
+      </c>
+      <c r="J80" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K80" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L80" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M80" t="n">
+        <v>4.956</v>
+      </c>
+      <c r="N80" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O80" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P80" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="AA80" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>IRS/2025/7043/OCR</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>01 December 2025 07:41</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="G81" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H81" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I81" t="n">
+        <v>41.461</v>
+      </c>
+      <c r="J81" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K81" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L81" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M81" t="n">
+        <v>4.956</v>
+      </c>
+      <c r="N81" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O81" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P81" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="AA81" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>IRS/2025/7043/OCR</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>01 December 2025 07:41</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="G82" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H82" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I82" t="n">
+        <v>41.461</v>
+      </c>
+      <c r="J82" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K82" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L82" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M82" t="n">
+        <v>4.956</v>
+      </c>
+      <c r="N82" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O82" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P82" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="AA82" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>IRS/2025/7052/OCR</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>04 December 2025 09:23</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>Glen Lyon FPSO</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>SCHIEHALLION</t>
+        </is>
+      </c>
+      <c r="G83" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H83" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I83" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K83" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="L83" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="M83" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N83" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O83" t="inlineStr">
+        <is>
+          <t>204</t>
+        </is>
+      </c>
+      <c r="P83" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="AA83" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>IRS/2025/7098/OCR</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>03 November 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G84" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H84" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I84" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K84" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L84" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M84" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N84" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O84" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P84" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="Q84" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R84" t="inlineStr">
+        <is>
+          <t>condition 2</t>
+        </is>
+      </c>
+      <c r="T84" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U84" t="inlineStr">
+        <is>
+          <t>Castrol Brayco Micronic SV/3</t>
+        </is>
+      </c>
+      <c r="V84" t="n">
+        <v>3510.0</v>
+      </c>
+      <c r="W84" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X84" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y84" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z84" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA84" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>IRS/2025/7098/OCR</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>03 November 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G85" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H85" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I85" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K85" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L85" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M85" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N85" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O85" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P85" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="Q85" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R85" t="inlineStr">
+        <is>
+          <t>condition 2</t>
+        </is>
+      </c>
+      <c r="T85" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U85" t="inlineStr">
+        <is>
+          <t>Castrol Brayco Micronic SV/4</t>
+        </is>
+      </c>
+      <c r="V85" t="n">
+        <v>18346.0</v>
+      </c>
+      <c r="W85" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X85" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y85" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z85" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA85" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>IRS/2025/7113/OCR</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>04 December 2025 08:00</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>ADURA OPERATIONS LIMITED</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="G86" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H86" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="I86" t="n">
+        <v>18.315</v>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K86" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L86" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="M86" t="n">
+        <v>17.314</v>
+      </c>
+      <c r="N86" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O86" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P86" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="AA86" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>IRS/2025/7118/OCR</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>18 December 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>ADURA OPERATIONS LIMITED</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="G87" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H87" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="I87" t="n">
+        <v>18.315</v>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K87" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L87" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="M87" t="n">
+        <v>17.314</v>
+      </c>
+      <c r="N87" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O87" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P87" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="AA87" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>IRS/2025/7143/OCR</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>25 December 2025 01:00</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>BW Catcher</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>CATCHER</t>
+        </is>
+      </c>
+      <c r="G88" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H88" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="I88" t="n">
+        <v>12.43</v>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K88" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L88" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="M88" t="n">
+        <v>46.93</v>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="P88" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="Q88" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R88" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T88" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U88" t="inlineStr">
+        <is>
+          <t>CORR12452A</t>
+        </is>
+      </c>
+      <c r="V88" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="W88" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X88" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y88" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z88" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA88" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>