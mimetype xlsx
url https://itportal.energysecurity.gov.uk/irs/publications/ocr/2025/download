--- v3 (2026-02-09)
+++ v4 (2026-03-01)
@@ -599,51 +599,51 @@
       </c>
       <c r="W1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Z1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AA1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>IRS/2025/5620/OCR</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>03 January 2025 16:45</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G2" t="n">
         <v>58.0</v>
       </c>
@@ -658,50 +658,81 @@
           <t>North</t>
         </is>
       </c>
       <c r="K2" t="n">
         <v>0.0</v>
       </c>
       <c r="L2" t="n">
         <v>15.0</v>
       </c>
       <c r="M2" t="n">
         <v>11.554</v>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>19</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>8 - Maintenance of records &amp; 
+11 - Permit returns and reporting</t>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>IRS/2025/5675/OCR</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>20 January 2025 09:00</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
@@ -5297,51 +5328,51 @@
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>IRS/2025/6547/OCR</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>12 August 2025 01:35</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>Dunbar</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>FORVIE NORTH</t>
         </is>
       </c>
       <c r="G48" t="n">
         <v>60.0</v>
       </c>
       <c r="H48" t="n">
         <v>31.0</v>
       </c>
       <c r="I48" t="n">
         <v>24.4</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K48" t="n">
         <v>1.0</v>
       </c>
       <c r="L48" t="n">
@@ -7281,51 +7312,51 @@
       </c>
       <c r="Y66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AA66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>IRS/2025/6851/OCR</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>14 October 2025 16:00</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>West Sole WA Main Platform</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>WEST SOLE</t>
         </is>
       </c>
       <c r="G67" t="n">
         <v>53.0</v>
       </c>
@@ -7340,50 +7371,82 @@
           <t>North</t>
         </is>
       </c>
       <c r="K67" t="n">
         <v>1.0</v>
       </c>
       <c r="L67" t="n">
         <v>9.0</v>
       </c>
       <c r="M67" t="n">
         <v>0.0</v>
       </c>
       <c r="N67" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O67" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="P67" t="inlineStr">
         <is>
           <t>6</t>
+        </is>
+      </c>
+      <c r="Q67" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R67" t="inlineStr">
+        <is>
+          <t>Permit Condition 2. The permit holder shall ensure that all chemicals used or discharged during the course of the operations covered by the permit are detailed in the permit application and that the chemicals are used or discharged in accordance with the conditions detailed in the permit application. In the event of an incident involving the accidental
+release of any chemical, the permit holder must notify the Department of Energy &amp; Climate Change (hereinafter called the Department) immediately using Petroleum Operations Notice No. 1 (PON1). In the event of an unscheduled operational discharge, or a discharge that is not undertaken in accordance with the conditions detailed in the permit application, or a discharge that is undertaken for the purpose of
+securing the safety of any person (force majeure), the permit holder must submit a non-compliance report to the Department within two working days of the discharge.</t>
+        </is>
+      </c>
+      <c r="T67" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="X67" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y67" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z67" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA67" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>IRS/2025/7003/OCR</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>23 November 2025 07:00</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
@@ -7472,51 +7535,51 @@
       </c>
       <c r="Y68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AA68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>IRS/2025/7012/OCR</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>26 November 2025 15:30</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>Andrew Platform</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ANDREW</t>
         </is>
       </c>
       <c r="G69" t="n">
         <v>58.0</v>
       </c>
@@ -7531,67 +7594,110 @@
           <t>North</t>
         </is>
       </c>
       <c r="K69" t="n">
         <v>1.0</v>
       </c>
       <c r="L69" t="n">
         <v>24.0</v>
       </c>
       <c r="M69" t="n">
         <v>15.552</v>
       </c>
       <c r="N69" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O69" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="P69" t="inlineStr">
         <is>
           <t>28</t>
+        </is>
+      </c>
+      <c r="Q69" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R69" t="inlineStr">
+        <is>
+          <t>Condition 2 Permitted chemicals.
+OPRED PON1 Guidance Appendix E: 'Non-compliant discharges from subsea hydraulic control system include: 
+• control valves seized or stuck in position that results in an emission of hydraulic fluid from the location intended to discharge hydraulic fluid'</t>
+        </is>
+      </c>
+      <c r="T69" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U69" t="inlineStr">
+        <is>
+          <t>Castrol Transaqua HT2</t>
+        </is>
+      </c>
+      <c r="V69" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W69" t="n">
+        <v>610.0</v>
+      </c>
+      <c r="X69" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y69" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z69" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>IRS/2025/7017/OCR</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>27 November 2025 14:00</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Andrew Platform</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ANDREW</t>
         </is>
       </c>
       <c r="G70" t="n">
         <v>58.0</v>
       </c>
@@ -7606,50 +7712,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K70" t="n">
         <v>1.0</v>
       </c>
       <c r="L70" t="n">
         <v>24.0</v>
       </c>
       <c r="M70" t="n">
         <v>15.552</v>
       </c>
       <c r="N70" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O70" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="P70" t="inlineStr">
         <is>
           <t>28</t>
+        </is>
+      </c>
+      <c r="Q70" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R70" t="inlineStr">
+        <is>
+          <t>condition 3 and 4</t>
+        </is>
+      </c>
+      <c r="T70" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U70" t="inlineStr">
+        <is>
+          <t>Castrol Transaqua HT2</t>
+        </is>
+      </c>
+      <c r="V70" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W70" t="n">
+        <v>327.21</v>
+      </c>
+      <c r="X70" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y70" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z70" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA70" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>IRS/2025/7019/OCR</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>13 November 2025 00:00</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">