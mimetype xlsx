--- v4 (2026-03-01)
+++ v5 (2026-03-21)
@@ -4447,51 +4447,51 @@
       </c>
       <c r="Y36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AA36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>IRS/2025/6355/OCR</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>24 June 2025 17:00</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>Penguins FPSO</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>PENGUIN WEST</t>
         </is>
       </c>
       <c r="G37" t="n">
         <v>61.0</v>
       </c>
@@ -4506,50 +4506,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K37" t="n">
         <v>1.0</v>
       </c>
       <c r="L37" t="n">
         <v>32.0</v>
       </c>
       <c r="M37" t="n">
         <v>54.06</v>
       </c>
       <c r="N37" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O37" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P37" t="inlineStr">
         <is>
           <t>13</t>
+        </is>
+      </c>
+      <c r="Q37" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R37" t="inlineStr">
+        <is>
+          <t>The use of the chemical AFMR20400A was not as per the applications in the permit.</t>
+        </is>
+      </c>
+      <c r="T37" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U37" t="inlineStr">
+        <is>
+          <t>AFMR20400A</t>
+        </is>
+      </c>
+      <c r="V37" t="n">
+        <v>2155.1</v>
+      </c>
+      <c r="W37" t="n">
+        <v>2155.1</v>
+      </c>
+      <c r="X37" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y37" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z37" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA37" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>IRS/2025/6386/OCR</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>01 July 2025 11:00</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
@@ -4863,51 +4904,51 @@
       </c>
       <c r="O41" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P41" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="AA41" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>IRS/2025/6397/OCR</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>02 July 2025 15:00</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Penguins FPSO</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>PENGUIN WEST</t>
         </is>
       </c>
       <c r="G42" t="n">
         <v>61.0</v>
       </c>
@@ -4922,67 +4963,108 @@
           <t>North</t>
         </is>
       </c>
       <c r="K42" t="n">
         <v>1.0</v>
       </c>
       <c r="L42" t="n">
         <v>32.0</v>
       </c>
       <c r="M42" t="n">
         <v>54.06</v>
       </c>
       <c r="N42" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O42" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P42" t="inlineStr">
         <is>
           <t>13</t>
+        </is>
+      </c>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R42" t="inlineStr">
+        <is>
+          <t>During the quarterly chemicals tracking review it was identified that EMBR13433A  dosage rate exceeded the maximum dosage of 50 ppm (as per CRA) and appeared to be at 50.6ppm on 17 of June. There was a production drop over that day, which led to the daily dosage exceedance.</t>
+        </is>
+      </c>
+      <c r="T42" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U42" t="inlineStr">
+        <is>
+          <t>EMBR13433A</t>
+        </is>
+      </c>
+      <c r="V42" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="W42" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="X42" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y42" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z42" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>IRS/2025/6412/OCR</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>07 July 2025 10:00</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>Penguins FPSO</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>PENGUIN WEST</t>
         </is>
       </c>
       <c r="G43" t="n">
         <v>61.0</v>
       </c>
@@ -4997,50 +5079,91 @@
           <t>North</t>
         </is>
       </c>
       <c r="K43" t="n">
         <v>1.0</v>
       </c>
       <c r="L43" t="n">
         <v>32.0</v>
       </c>
       <c r="M43" t="n">
         <v>54.06</v>
       </c>
       <c r="N43" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O43" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P43" t="inlineStr">
         <is>
           <t>13</t>
+        </is>
+      </c>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R43" t="inlineStr">
+        <is>
+          <t>During the quarterly chemicals tracking review it was identified that in the last few months, as Penguins was starting up new wells and also experiencing some production trips, there was an exceedance of a daily dosage of CORR12542A. This was due to the production fluid rates fluctuations. The target dosage of CORR12542A was exceeded on the following days: 02.02, 14-17.03, 25-31.03, 02-07.04, 09-10.04, 12-16.04, 22-24.04, 26-27.04, 29-30.04, 01.05, 04.05, 06.05, 07.05, 09.05, 13.05 and 15.05.</t>
+        </is>
+      </c>
+      <c r="T43" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U43" t="inlineStr">
+        <is>
+          <t>CORR12452A</t>
+        </is>
+      </c>
+      <c r="V43" t="n">
+        <v>4842.59</v>
+      </c>
+      <c r="W43" t="n">
+        <v>4842.59</v>
+      </c>
+      <c r="X43" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y43" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z43" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AA43" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>IRS/2025/6417/OCR</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>06 July 2025 21:00</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">