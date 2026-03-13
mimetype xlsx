--- v0 (2026-02-19)
+++ v1 (2026-03-13)
@@ -493,51 +493,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AA4"/>
+  <dimension ref="A2:AA13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -811,50 +811,889 @@
       <c r="K4" t="n">
         <v>1.0</v>
       </c>
       <c r="L4" t="n">
         <v>57.0</v>
       </c>
       <c r="M4" t="n">
         <v>19.22</v>
       </c>
       <c r="N4" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="AA4" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>IRS/2026/7225/OCR</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>21 January 2026 23:00</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>ADURA OPERATIONS LIMITED</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Penguins FPSO</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>PENGUIN WEST</t>
+        </is>
+      </c>
+      <c r="G5" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H5" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="I5" t="n">
+        <v>1.02</v>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K5" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L5" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M5" t="n">
+        <v>54.06</v>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O5" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P5" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="AA5" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>IRS/2026/7226/OCR</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>21 January 2026 20:00</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>PIERCE PRODUCTION COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Haewene Brim</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>PIERCE</t>
+        </is>
+      </c>
+      <c r="G6" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H6" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="I6" t="n">
+        <v>38.834</v>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K6" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L6" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M6" t="n">
+        <v>35.13</v>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O6" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P6" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="AA6" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>IRS/2026/7227/OCR</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>22 January 2026 09:00</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Alwyn North NAB Platform</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>FORVIE NORTH</t>
+        </is>
+      </c>
+      <c r="G7" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H7" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="I7" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K7" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L7" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="M7" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O7" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="Q7" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R7" t="inlineStr">
+        <is>
+          <t>Alwyn area chemical permits details a batch use of 205kg (225kg -110%) during a 24hrs period for Macdermid HW-443R / HW-443-ND  - During the 24hr period of 22nd January the amount used and discharged was 263.1 kg. Amount used and discharged in breach of permit - 37.6 kg</t>
+        </is>
+      </c>
+      <c r="T7" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U7" t="inlineStr">
+        <is>
+          <t>Macdermid HW-443R / HW-443-ND</t>
+        </is>
+      </c>
+      <c r="V7" t="n">
+        <v>37.6</v>
+      </c>
+      <c r="W7" t="n">
+        <v>37.6</v>
+      </c>
+      <c r="X7" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y7" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z7" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA7" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>IRS/2026/7231/OCR</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>23 January 2026 10:35</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Dunbar Platform</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>JURA</t>
+        </is>
+      </c>
+      <c r="G8" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H8" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I8" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K8" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L8" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M8" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O8" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P8" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="AA8" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>IRS/2026/7244/OCR</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>26 January 2026 11:28</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Seven Atlantic</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>GANNET E</t>
+        </is>
+      </c>
+      <c r="G9" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H9" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="I9" t="n">
+        <v>31.52</v>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K9" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L9" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="M9" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O9" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P9" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="Q9" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R9" t="inlineStr">
+        <is>
+          <t>Use and discharge of chemical not permitted on the chemical permit</t>
+        </is>
+      </c>
+      <c r="T9" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U9" t="inlineStr">
+        <is>
+          <t>RX-9022</t>
+        </is>
+      </c>
+      <c r="V9" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="W9" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="X9" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y9" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z9" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA9" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>IRS/2026/7247/OCR</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>24 January 2026 14:14</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>ADURA OPERATIONS LIMITED</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Gannet A Platform</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>GANNET A</t>
+        </is>
+      </c>
+      <c r="G10" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H10" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="I10" t="n">
+        <v>3.752</v>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K10" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L10" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="M10" t="n">
+        <v>54.329</v>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O10" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P10" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="AA10" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>IRS/2026/7300/OCR</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>10 February 2025 08:10</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Clair Phase 1 Platform</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>CLAIR</t>
+        </is>
+      </c>
+      <c r="G11" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H11" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I11" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K11" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L11" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M11" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O11" t="inlineStr">
+        <is>
+          <t>206</t>
+        </is>
+      </c>
+      <c r="P11" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AA11" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>IRS/2026/7303/OCR</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>10 February 2026 14:00</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>ANASURIA OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Anasuria FPSO</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>TEAL</t>
+        </is>
+      </c>
+      <c r="G12" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H12" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="I12" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K12" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L12" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="M12" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P12" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="Q12" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R12" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T12" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U12" t="inlineStr">
+        <is>
+          <t>HSCV40610A</t>
+        </is>
+      </c>
+      <c r="V12" t="n">
+        <v>3532.8</v>
+      </c>
+      <c r="W12" t="n">
+        <v>3532.8</v>
+      </c>
+      <c r="X12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>IRS/2026/7303/OCR</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>10 February 2026 14:00</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>ANASURIA OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Anasuria FPSO</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>TEAL</t>
+        </is>
+      </c>
+      <c r="G13" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H13" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="I13" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K13" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L13" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="M13" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P13" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="Q13" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R13" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="T13" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="U13" t="inlineStr">
+        <is>
+          <t>SCAL16359A</t>
+        </is>
+      </c>
+      <c r="V13" t="n">
+        <v>2675.0</v>
+      </c>
+      <c r="W13" t="n">
+        <v>2675.0</v>
+      </c>
+      <c r="X13" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y13" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z13" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AA13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>