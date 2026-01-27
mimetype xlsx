--- v0 (2025-10-07)
+++ v1 (2026-01-27)
@@ -16882,51 +16882,51 @@
         </is>
       </c>
       <c r="AC145" t="n">
         <v>0.0</v>
       </c>
       <c r="AD145" t="n">
         <v>0.0</v>
       </c>
       <c r="AE145" t="n">
         <v>0.0</v>
       </c>
       <c r="AF145" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>IRS/2022/1067/OPPC</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>13 April 2022 06:00</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>TEAL</t>
         </is>
       </c>
       <c r="G146" t="n">
         <v>57.0</v>
       </c>
@@ -16941,50 +16941,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K146" t="n">
         <v>0.0</v>
       </c>
       <c r="L146" t="n">
         <v>48.0</v>
       </c>
       <c r="M146" t="n">
         <v>29.0</v>
       </c>
       <c r="N146" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O146" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P146" t="inlineStr">
         <is>
           <t>25</t>
+        </is>
+      </c>
+      <c r="R146" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S146" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T146" t="n">
+        <v>6.39</v>
+      </c>
+      <c r="U146" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V146" t="inlineStr">
+        <is>
+          <t>Maximum concentration, Maximum load</t>
+        </is>
+      </c>
+      <c r="W146" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y146" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB146" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AC146" t="n">
         <v>215.0</v>
       </c>
       <c r="AD146" t="n">
         <v>10.0</v>
       </c>
       <c r="AE146" t="n">
         <v>2.5</v>
       </c>
       <c r="AF146" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>IRS/2022/1069/OPPC</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
@@ -32151,51 +32189,51 @@
       </c>
       <c r="Z281" t="inlineStr">
         <is>
           <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB281" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF281" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
           <t>IRS/2022/1705/OPPC</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
           <t>30 April 2022 23:59</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
           <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
           <t>TEAL</t>
         </is>
       </c>
       <c r="G282" t="n">
         <v>57.0</v>
       </c>
@@ -32210,50 +32248,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K282" t="n">
         <v>0.0</v>
       </c>
       <c r="L282" t="n">
         <v>48.0</v>
       </c>
       <c r="M282" t="n">
         <v>29.0</v>
       </c>
       <c r="N282" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O282" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P282" t="inlineStr">
         <is>
           <t>25</t>
+        </is>
+      </c>
+      <c r="R282" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S282" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T282" t="n">
+        <v>7.3021</v>
+      </c>
+      <c r="U282" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V282" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W282" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y282" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB282" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF282" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
           <t>IRS/2022/1706/OPPC</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>01 September 2022 00:00</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">