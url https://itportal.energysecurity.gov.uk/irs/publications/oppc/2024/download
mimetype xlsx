--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -33218,51 +33218,51 @@
       </c>
       <c r="Y292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>IRS/2024/5058/OPPC</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>21 September 2024 12:00</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
           <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
           <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G293" t="n">
         <v>60.0</v>
       </c>
@@ -33277,50 +33277,85 @@
           <t>North</t>
         </is>
       </c>
       <c r="K293" t="n">
         <v>1.0</v>
       </c>
       <c r="L293" t="n">
         <v>44.0</v>
       </c>
       <c r="M293" t="n">
         <v>7.0</v>
       </c>
       <c r="N293" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O293" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P293" t="inlineStr">
         <is>
           <t>9</t>
+        </is>
+      </c>
+      <c r="R293" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S293" t="inlineStr">
+        <is>
+          <t>4.2 d)</t>
+        </is>
+      </c>
+      <c r="U293" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W293" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X293" t="inlineStr">
+        <is>
+          <t>Circumstances of use</t>
+        </is>
+      </c>
+      <c r="Y293" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB293" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AC293" t="n">
         <v>0.0</v>
       </c>
       <c r="AD293" t="n">
         <v>4.0</v>
       </c>
       <c r="AE293" t="n">
         <v>10.0</v>
       </c>
       <c r="AF293" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
           <t>IRS/2024/5061/OPPC</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>