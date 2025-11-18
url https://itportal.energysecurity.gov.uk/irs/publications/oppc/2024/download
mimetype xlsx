--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -3709,51 +3709,51 @@
       </c>
       <c r="Z29" t="inlineStr">
         <is>
           <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>IRS/2024/3959/OPPC</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>23 January 2024 09:00</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>DUNBAR</t>
         </is>
       </c>
       <c r="G30" t="n">
         <v>60.0</v>
       </c>
@@ -3768,50 +3768,81 @@
           <t>North</t>
         </is>
       </c>
       <c r="K30" t="n">
         <v>1.0</v>
       </c>
       <c r="L30" t="n">
         <v>39.0</v>
       </c>
       <c r="M30" t="n">
         <v>9.0</v>
       </c>
       <c r="N30" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O30" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P30" t="inlineStr">
         <is>
           <t>14</t>
+        </is>
+      </c>
+      <c r="R30" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S30" t="inlineStr">
+        <is>
+          <t>3.1	
+The Permit Holder shall only undertake Oil Discharge Operations in accordance with the arrangements described within the Permit Application, the Permit and the Standard Industry Conditions</t>
+        </is>
+      </c>
+      <c r="U30" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W30" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y30" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB30" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>IRS/2024/3961/OPPC</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>21 January 2024 19:40</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">