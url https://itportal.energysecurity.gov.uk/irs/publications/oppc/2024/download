--- v2 (2025-11-18)
+++ v3 (2025-12-12)
@@ -21305,51 +21305,51 @@
       </c>
       <c r="Y184" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB184" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF184" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>IRS/2024/4519/OPPC</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>21 May 2024 11:00</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>MARINER</t>
         </is>
       </c>
       <c r="G185" t="n">
         <v>59.0</v>
       </c>
@@ -21364,50 +21364,85 @@
           <t>North</t>
         </is>
       </c>
       <c r="K185" t="n">
         <v>1.0</v>
       </c>
       <c r="L185" t="n">
         <v>3.0</v>
       </c>
       <c r="M185" t="n">
         <v>17.0</v>
       </c>
       <c r="N185" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O185" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P185" t="inlineStr">
         <is>
           <t>11</t>
+        </is>
+      </c>
+      <c r="R185" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S185" t="inlineStr">
+        <is>
+          <t>Exceeded maximum concentration allowance for drainage sample</t>
+        </is>
+      </c>
+      <c r="U185" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V185" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W185" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y185" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB185" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF185" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>IRS/2024/4520/OPPC</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>01 April 2024 08:00</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">