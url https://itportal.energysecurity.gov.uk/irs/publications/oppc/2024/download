--- v3 (2025-12-12)
+++ v4 (2026-01-02)
@@ -29982,51 +29982,51 @@
       </c>
       <c r="Y262" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB262" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF262" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>IRS/2024/4927/OPPC</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <t>01 August 2024 08:00</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
           <t>BW Catcher</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
           <t>CATCHER</t>
         </is>
       </c>
       <c r="G263" t="n">
         <v>56.0</v>
       </c>
@@ -30041,50 +30041,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K263" t="n">
         <v>0.0</v>
       </c>
       <c r="L263" t="n">
         <v>42.0</v>
       </c>
       <c r="M263" t="n">
         <v>46.93</v>
       </c>
       <c r="N263" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O263" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="P263" t="inlineStr">
         <is>
           <t>9</t>
+        </is>
+      </c>
+      <c r="R263" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S263" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T263" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="U263" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V263" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W263" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y263" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB263" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF263" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>IRS/2024/4933/OPPC</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>30 August 2024 17:00</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
@@ -38100,51 +38138,51 @@
       </c>
       <c r="Y335" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB335" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF335" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
           <t>IRS/2024/5213/OPPC</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
           <t>02 August 2024 14:57</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
           <t>BW Catcher</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
           <t>CATCHER</t>
         </is>
       </c>
       <c r="G336" t="n">
         <v>56.0</v>
       </c>
@@ -38159,50 +38197,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K336" t="n">
         <v>0.0</v>
       </c>
       <c r="L336" t="n">
         <v>42.0</v>
       </c>
       <c r="M336" t="n">
         <v>46.93</v>
       </c>
       <c r="N336" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O336" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="P336" t="inlineStr">
         <is>
           <t>9</t>
+        </is>
+      </c>
+      <c r="R336" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S336" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T336" t="n">
+        <v>3.0E-4</v>
+      </c>
+      <c r="U336" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V336" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W336" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y336" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB336" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF336" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
           <t>IRS/2024/5216/OPPC</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
           <t>30 October 2024 05:00</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
@@ -41120,51 +41196,51 @@
       </c>
       <c r="Y362" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB362" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF362" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
           <t>IRS/2024/5329/OPPC</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
           <t>31 October 2024 15:51</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
           <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E363" t="inlineStr">
         <is>
           <t>BW Catcher</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
           <t>CATCHER</t>
         </is>
       </c>
       <c r="G363" t="n">
         <v>56.0</v>
       </c>
@@ -41179,50 +41255,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K363" t="n">
         <v>0.0</v>
       </c>
       <c r="L363" t="n">
         <v>42.0</v>
       </c>
       <c r="M363" t="n">
         <v>46.93</v>
       </c>
       <c r="N363" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O363" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="P363" t="inlineStr">
         <is>
           <t>9</t>
+        </is>
+      </c>
+      <c r="R363" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S363" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T363" t="n">
+        <v>2.0E-4</v>
+      </c>
+      <c r="U363" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V363" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W363" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y363" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB363" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF363" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
           <t>IRS/2024/5330/OPPC</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
           <t>15 November 2024 15:00</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">