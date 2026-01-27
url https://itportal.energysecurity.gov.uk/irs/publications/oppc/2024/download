--- v4 (2026-01-02)
+++ v5 (2026-01-27)
@@ -27468,51 +27468,51 @@
       </c>
       <c r="Y239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>IRS/2024/4801/OPPC</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>28 July 2024 06:00</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G240" t="n">
         <v>60.0</v>
       </c>
@@ -27527,50 +27527,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K240" t="n">
         <v>1.0</v>
       </c>
       <c r="L240" t="n">
         <v>28.0</v>
       </c>
       <c r="M240" t="n">
         <v>9.6</v>
       </c>
       <c r="N240" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O240" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P240" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R240" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S240" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T240" t="n">
+        <v>0.0967</v>
+      </c>
+      <c r="U240" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V240" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W240" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y240" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB240" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>IRS/2024/4804/OPPC</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>29 July 2024 13:00</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
@@ -32786,51 +32824,51 @@
       </c>
       <c r="Y287" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB287" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF287" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>IRS/2024/5032/OPPC</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>18 September 2024 06:00</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
           <t>Clyde Platform</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
           <t>CLYDE</t>
         </is>
       </c>
       <c r="G288" t="n">
         <v>56.0</v>
       </c>
@@ -32845,50 +32883,85 @@
           <t>North</t>
         </is>
       </c>
       <c r="K288" t="n">
         <v>2.0</v>
       </c>
       <c r="L288" t="n">
         <v>17.0</v>
       </c>
       <c r="M288" t="n">
         <v>18.0</v>
       </c>
       <c r="N288" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O288" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P288" t="inlineStr">
         <is>
           <t>17</t>
+        </is>
+      </c>
+      <c r="R288" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S288" t="inlineStr">
+        <is>
+          <t>Discharge Condition 4.2 (d)</t>
+        </is>
+      </c>
+      <c r="U288" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W288" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y288" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z288" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB288" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AC288" t="n">
         <v>33.0</v>
       </c>
       <c r="AD288" t="n">
         <v>6.0</v>
       </c>
       <c r="AE288" t="n">
         <v>0.4</v>
       </c>
       <c r="AF288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>IRS/2024/5034/OPPC</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>