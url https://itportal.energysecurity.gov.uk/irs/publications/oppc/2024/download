--- v5 (2026-01-27)
+++ v6 (2026-02-17)
@@ -45104,51 +45104,51 @@
       </c>
       <c r="Y396" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB396" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF396" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
           <t>IRS/2024/5460/OPPC</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
           <t>05 December 2024 12:00</t>
         </is>
       </c>
       <c r="D397" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E397" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G397" t="n">
         <v>60.0</v>
       </c>
@@ -45163,50 +45163,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K397" t="n">
         <v>1.0</v>
       </c>
       <c r="L397" t="n">
         <v>28.0</v>
       </c>
       <c r="M397" t="n">
         <v>8.73</v>
       </c>
       <c r="N397" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O397" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P397" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R397" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S397" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T397" t="n">
+        <v>0.494</v>
+      </c>
+      <c r="U397" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V397" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
+        </is>
+      </c>
+      <c r="W397" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y397" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB397" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AC397" t="n">
         <v>150.0</v>
       </c>
       <c r="AD397" t="n">
         <v>14.0</v>
       </c>
       <c r="AE397" t="n">
         <v>4.7</v>
       </c>
       <c r="AF397" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
           <t>IRS/2024/5461/OPPC</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
@@ -45301,51 +45339,51 @@
       </c>
       <c r="Y398" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB398" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF398" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
           <t>IRS/2024/5464/OPPC</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
           <t>05 December 2024 06:00</t>
         </is>
       </c>
       <c r="D399" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E399" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G399" t="n">
         <v>60.0</v>
       </c>
@@ -45360,50 +45398,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K399" t="n">
         <v>1.0</v>
       </c>
       <c r="L399" t="n">
         <v>28.0</v>
       </c>
       <c r="M399" t="n">
         <v>8.73</v>
       </c>
       <c r="N399" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O399" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P399" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R399" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S399" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T399" t="n">
+        <v>1.116</v>
+      </c>
+      <c r="U399" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V399" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
+        </is>
+      </c>
+      <c r="W399" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y399" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB399" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF399" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
           <t>IRS/2024/5465/OPPC</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
           <t>05 December 2024 12:00</t>
         </is>
       </c>
       <c r="D400" t="inlineStr">
@@ -46054,51 +46130,51 @@
       </c>
       <c r="Y405" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB405" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF405" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
           <t>IRS/2024/5494/OPPC</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
           <t>08 December 2024 13:00</t>
         </is>
       </c>
       <c r="D406" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E406" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
           <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G406" t="n">
         <v>60.0</v>
       </c>
@@ -46113,50 +46189,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K406" t="n">
         <v>1.0</v>
       </c>
       <c r="L406" t="n">
         <v>28.0</v>
       </c>
       <c r="M406" t="n">
         <v>8.73</v>
       </c>
       <c r="N406" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O406" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P406" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R406" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S406" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T406" t="n">
+        <v>0.1365</v>
+      </c>
+      <c r="U406" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V406" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W406" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y406" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB406" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF406" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
           <t>IRS/2024/5504/OPPC</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
           <t>09 December 2024 07:30</t>
         </is>
       </c>
       <c r="D407" t="inlineStr">
@@ -46468,51 +46582,51 @@
       </c>
       <c r="Y409" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB409" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF409" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
           <t>IRS/2024/5524/OPPC</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
           <t>12 December 2024 11:20</t>
         </is>
       </c>
       <c r="D410" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E410" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
           <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G410" t="n">
         <v>60.0</v>
       </c>
@@ -46527,50 +46641,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K410" t="n">
         <v>1.0</v>
       </c>
       <c r="L410" t="n">
         <v>28.0</v>
       </c>
       <c r="M410" t="n">
         <v>8.73</v>
       </c>
       <c r="N410" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O410" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P410" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R410" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S410" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T410" t="n">
+        <v>0.226</v>
+      </c>
+      <c r="U410" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V410" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W410" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y410" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB410" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF410" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
           <t>IRS/2024/5527/OPPC</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
           <t>08 December 2024 10:45</t>
         </is>
       </c>
       <c r="D411" t="inlineStr">
@@ -46658,51 +46810,51 @@
       </c>
       <c r="Y411" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB411" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF411" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
           <t>IRS/2024/5536/OPPC</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
           <t>16 December 2024 12:00</t>
         </is>
       </c>
       <c r="D412" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E412" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
           <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G412" t="n">
         <v>60.0</v>
       </c>
@@ -46717,50 +46869,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K412" t="n">
         <v>1.0</v>
       </c>
       <c r="L412" t="n">
         <v>28.0</v>
       </c>
       <c r="M412" t="n">
         <v>8.73</v>
       </c>
       <c r="N412" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O412" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P412" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R412" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S412" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T412" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="U412" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V412" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W412" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y412" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB412" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF412" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
           <t>IRS/2024/5540/OPPC</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
           <t>17 December 2024 04:40</t>
         </is>
       </c>
       <c r="D413" t="inlineStr">