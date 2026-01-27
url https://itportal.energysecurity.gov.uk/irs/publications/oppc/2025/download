--- v3 (2026-01-06)
+++ v4 (2026-01-27)
@@ -508,51 +508,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AF355"/>
+  <dimension ref="A2:AF363"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="14" max="14" customWidth="true" width="17.28515625"/>
     <col min="15" max="15" customWidth="true" width="17.7109375"/>
     <col min="16" max="32" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>29</v>
       </c>
@@ -622,776 +622,732 @@
       <c r="Z1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AA1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AD1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AE1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AF1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>IRS/2025/7076/OPPC</t>
+          <t>IRS/2025/7079/OPPC</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>06 December 2025 15:00</t>
+          <t>06 December 2025 06:30</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Cleeton CPQ Platform</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>CLEETON</t>
         </is>
       </c>
       <c r="G2" t="n">
-        <v>56.0</v>
+        <v>54.0</v>
       </c>
       <c r="H2" t="n">
-        <v>41.0</v>
+        <v>2.0</v>
       </c>
       <c r="I2" t="n">
-        <v>48.3</v>
+        <v>0.0</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K2" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L2" t="n">
-        <v>20.0</v>
+        <v>43.0</v>
       </c>
       <c r="M2" t="n">
-        <v>13.35</v>
+        <v>39.9</v>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>42</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>4.3</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB2" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>IRS/2025/5595/OPPC</t>
+          <t>IRS/2025/7102/OPPC</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>31 December 2024 00:00</t>
+          <t>01 December 2025 00:00</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="G3" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H3" t="n">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="I3" t="n">
-        <v>2.1</v>
+        <v>55.13</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K3" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L3" t="n">
-        <v>53.0</v>
+        <v>8.0</v>
       </c>
       <c r="M3" t="n">
-        <v>32.8</v>
+        <v>19.54</v>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R3" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S3" t="inlineStr">
         <is>
-          <t>Exceeded monthly average 30mg/l</t>
-[...3 lines deleted...]
-        <v>0.1325</v>
+          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U3" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y3" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z3" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>IRS/2025/5596/OPPC</t>
+          <t>IRS/2025/7111/OPPC</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>01 January 2025 00:00</t>
+          <t>17 December 2025 17:20</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>ANASURIA OPERATING COMPANY LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Anasuria FPSO</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>TEAL</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G4" t="n">
         <v>57.0</v>
       </c>
       <c r="H4" t="n">
-        <v>15.0</v>
+        <v>43.0</v>
       </c>
       <c r="I4" t="n">
-        <v>23.0</v>
+        <v>55.01</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K4" t="n">
         <v>0.0</v>
       </c>
       <c r="L4" t="n">
-        <v>48.0</v>
+        <v>58.0</v>
       </c>
       <c r="M4" t="n">
-        <v>29.0</v>
+        <v>21.78</v>
       </c>
       <c r="N4" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>10</t>
         </is>
       </c>
       <c r="AF4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>IRS/2025/5597/OPPC</t>
+          <t>IRS/2025/7124/OPPC</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>31 January 2024 16:15</t>
+          <t>21 December 2025 12:00</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G5" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H5" t="n">
-        <v>37.0</v>
+        <v>48.0</v>
       </c>
       <c r="I5" t="n">
-        <v>12.45</v>
+        <v>36.0</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K5" t="n">
         <v>1.0</v>
       </c>
       <c r="L5" t="n">
-        <v>18.0</v>
+        <v>44.0</v>
       </c>
       <c r="M5" t="n">
-        <v>25.96</v>
+        <v>7.0</v>
       </c>
       <c r="N5" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O5" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P5" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF5" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>IRS/2025/5598/OPPC</t>
+          <t>IRS/2025/7125/OPPC</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>01 January 2025 12:00</t>
+          <t>18 December 2025 05:40</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="G6" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H6" t="n">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
       <c r="I6" t="n">
-        <v>6.0</v>
+        <v>57.099</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K6" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L6" t="n">
-        <v>31.0</v>
+        <v>46.0</v>
       </c>
       <c r="M6" t="n">
-        <v>43.0</v>
+        <v>40.8</v>
       </c>
       <c r="N6" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
-          <t>18</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>22</t>
         </is>
       </c>
       <c r="AF6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>IRS/2025/5600/OPPC</t>
+          <t>IRS/2025/7127/OPPC</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>01 January 2025 12:00</t>
+          <t>23 December 2025 05:55</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>ADURA OPERATIONS LIMITED</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G7" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H7" t="n">
-        <v>37.0</v>
+        <v>1.0</v>
       </c>
       <c r="I7" t="n">
-        <v>12.45</v>
+        <v>53.58</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K7" t="n">
         <v>1.0</v>
       </c>
       <c r="L7" t="n">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="M7" t="n">
-        <v>25.96</v>
+        <v>19.22</v>
       </c>
       <c r="N7" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R7" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S7" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Max OiW conc.</t>
         </is>
       </c>
       <c r="T7" t="n">
-        <v>0.0045</v>
+        <v>7.0E-4</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V7" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB7" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>IRS/2025/5601/OPPC</t>
+          <t>IRS/2025/7140/OPPC</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>02 January 2025 04:00</t>
+          <t>23 December 2025 12:00</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G8" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H8" t="n">
-        <v>37.0</v>
+        <v>51.0</v>
       </c>
       <c r="I8" t="n">
-        <v>12.45</v>
+        <v>24.42</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K8" t="n">
         <v>1.0</v>
       </c>
       <c r="L8" t="n">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="M8" t="n">
-        <v>25.96</v>
+        <v>8.73</v>
       </c>
       <c r="N8" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O8" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R8" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S8" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T8" t="n">
-        <v>0.0482</v>
+        <v>0.3866</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB8" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>IRS/2025/5602/OPPC</t>
+          <t>IRS/2025/7141/OPPC</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>03 January 2025 12:00</t>
+          <t>27 November 2025 15:00</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G9" t="n">
         <v>56.0</v>
       </c>
       <c r="H9" t="n">
         <v>41.0</v>
       </c>
       <c r="I9" t="n">
         <v>48.3</v>
@@ -1414,2595 +1370,2703 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O9" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P9" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R9" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S9" t="inlineStr">
         <is>
           <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T9" t="n">
-        <v>1.772</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V9" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>IRS/2025/5603/OPPC</t>
+          <t>IRS/2025/5595/OPPC</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>01 January 2025 00:01</t>
+          <t>31 December 2024 00:00</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G10" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H10" t="n">
-        <v>37.0</v>
+        <v>5.0</v>
       </c>
       <c r="I10" t="n">
-        <v>12.45</v>
+        <v>2.1</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K10" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L10" t="n">
-        <v>18.0</v>
+        <v>53.0</v>
       </c>
       <c r="M10" t="n">
-        <v>25.96</v>
+        <v>32.8</v>
       </c>
       <c r="N10" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O10" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P10" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R10" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S10" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Exceeded monthly average 30mg/l</t>
         </is>
       </c>
       <c r="T10" t="n">
-        <v>3.8075</v>
+        <v>0.1325</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>IRS/2025/5605/OPPC</t>
+          <t>IRS/2025/5596/OPPC</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>03 January 2025 04:00</t>
+          <t>01 January 2025 00:00</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>TEAL</t>
         </is>
       </c>
       <c r="G11" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H11" t="n">
-        <v>37.0</v>
+        <v>15.0</v>
       </c>
       <c r="I11" t="n">
-        <v>12.45</v>
+        <v>23.0</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K11" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L11" t="n">
-        <v>18.0</v>
+        <v>48.0</v>
       </c>
       <c r="M11" t="n">
-        <v>25.96</v>
+        <v>29.0</v>
       </c>
       <c r="N11" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O11" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P11" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>25</t>
         </is>
       </c>
       <c r="R11" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S11" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T11" t="n">
-        <v>0.0049</v>
+        <v>0.0459</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V11" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>IRS/2025/5616/OPPC</t>
+          <t>IRS/2025/5597/OPPC</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>01 January 2025 00:00</t>
+          <t>31 January 2024 16:15</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>STRATHSPEY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G12" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H12" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I12" t="n">
-        <v>34.4</v>
+        <v>12.45</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K12" t="n">
         <v>1.0</v>
       </c>
       <c r="L12" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M12" t="n">
-        <v>9.6</v>
+        <v>25.96</v>
       </c>
       <c r="N12" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O12" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P12" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R12" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S12" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T12" t="n">
+        <v>0.0703</v>
+      </c>
+      <c r="U12" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V12" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB12" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF12" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>IRS/2025/5622/OPPC</t>
+          <t>IRS/2025/5598/OPPC</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>05 January 2025 20:40</t>
+          <t>01 January 2025 12:00</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G13" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H13" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
       <c r="I13" t="n">
-        <v>36.0</v>
+        <v>6.0</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K13" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L13" t="n">
-        <v>44.0</v>
+        <v>31.0</v>
       </c>
       <c r="M13" t="n">
-        <v>7.0</v>
+        <v>43.0</v>
       </c>
       <c r="N13" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O13" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P13" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R13" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S13" t="inlineStr">
         <is>
-          <t>Discharge of Produced Water overboard with concentration greater than 100mg/l</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T13" t="n">
-        <v>0.0016</v>
+        <v>0.2633</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>IRS/2025/5624/OPPC</t>
+          <t>IRS/2025/5600/OPPC</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>06 January 2025 12:20</t>
+          <t>01 January 2025 12:00</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G14" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H14" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I14" t="n">
-        <v>36.0</v>
+        <v>12.45</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K14" t="n">
         <v>1.0</v>
       </c>
       <c r="L14" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="M14" t="n">
-        <v>7.0</v>
+        <v>25.96</v>
       </c>
       <c r="N14" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O14" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P14" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R14" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S14" t="inlineStr">
         <is>
-          <t>Discharge condition 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T14" t="n">
-        <v>3.0E-4</v>
+        <v>0.0045</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V14" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>IRS/2025/5625/OPPC</t>
+          <t>IRS/2025/5601/OPPC</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>06 January 2025 11:00</t>
+          <t>02 January 2025 04:00</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G15" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H15" t="n">
-        <v>55.0</v>
+        <v>37.0</v>
       </c>
       <c r="I15" t="n">
-        <v>31.635</v>
+        <v>12.45</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K15" t="n">
         <v>1.0</v>
       </c>
       <c r="L15" t="n">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
       <c r="M15" t="n">
-        <v>34.315</v>
+        <v>25.96</v>
       </c>
       <c r="N15" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O15" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P15" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R15" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S15" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T15" t="n">
-        <v>0.1144</v>
+        <v>0.0482</v>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V15" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>IRS/2025/5626/OPPC</t>
+          <t>IRS/2025/5602/OPPC</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>06 January 2025 11:00</t>
+          <t>03 January 2025 12:00</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G16" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H16" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I16" t="n">
-        <v>31.635</v>
+        <v>48.3</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K16" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L16" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M16" t="n">
-        <v>34.315</v>
+        <v>13.35</v>
       </c>
       <c r="N16" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O16" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R16" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S16" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T16" t="n">
-        <v>0.0177</v>
+        <v>1.772</v>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V16" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>IRS/2025/5627/OPPC</t>
+          <t>IRS/2025/5603/OPPC</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>06 January 2025 12:14</t>
+          <t>01 January 2025 00:01</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G17" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="H17" t="n">
-        <v>19.0</v>
+        <v>37.0</v>
       </c>
       <c r="I17" t="n">
-        <v>25.12</v>
+        <v>12.45</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K17" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L17" t="n">
-        <v>34.0</v>
+        <v>18.0</v>
       </c>
       <c r="M17" t="n">
-        <v>29.68</v>
+        <v>25.96</v>
       </c>
       <c r="N17" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O17" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R17" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S17" t="inlineStr">
         <is>
-          <t>4.3. Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T17" t="n">
+        <v>3.8075</v>
       </c>
       <c r="U17" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V17" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y17" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>IRS/2025/5628/OPPC</t>
+          <t>IRS/2025/5605/OPPC</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>06 January 2025 15:53</t>
+          <t>03 January 2025 04:00</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>Hyde Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>HYDE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G18" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="H18" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I18" t="n">
-        <v>26.53</v>
+        <v>12.45</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K18" t="n">
         <v>1.0</v>
       </c>
       <c r="L18" t="n">
-        <v>1.0</v>
+        <v>18.0</v>
       </c>
       <c r="M18" t="n">
-        <v>43.3</v>
+        <v>25.96</v>
       </c>
       <c r="N18" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O18" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P18" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R18" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S18" t="inlineStr">
         <is>
-          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T18" t="n">
+        <v>0.0049</v>
       </c>
       <c r="U18" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V18" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W18" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y18" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB18" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF18" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
+          <t>IRS/2025/5616/OPPC</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>01 January 2025 00:00</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>Ninian Central Platform</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>STRATHSPEY</t>
+        </is>
+      </c>
+      <c r="G19" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H19" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="I19" t="n">
+        <v>34.4</v>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K19" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L19" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="M19" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O19" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AF19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>IRS/2025/5622/OPPC</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>05 January 2025 20:40</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>Alwyn North NAB Platform</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>ALWYN NORTH</t>
+        </is>
+      </c>
+      <c r="G20" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H20" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I20" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K20" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L20" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M20" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N20" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O20" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P20" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="R20" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S20" t="inlineStr">
+        <is>
+          <t>Discharge of Produced Water overboard with concentration greater than 100mg/l</t>
+        </is>
+      </c>
+      <c r="T20" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="U20" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V20" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>IRS/2025/5624/OPPC</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>06 January 2025 12:20</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>Alwyn North NAB Platform</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>ALWYN NORTH</t>
+        </is>
+      </c>
+      <c r="G21" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H21" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I21" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K21" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L21" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M21" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O21" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P21" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="R21" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S21" t="inlineStr">
+        <is>
+          <t>Discharge condition 4.1.</t>
+        </is>
+      </c>
+      <c r="T21" t="n">
+        <v>3.0E-4</v>
+      </c>
+      <c r="U21" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V21" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W21" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y21" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB21" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF21" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>IRS/2025/5625/OPPC</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>06 January 2025 11:00</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>BUMI ARMADA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>Kraken FPSO</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>KRAKEN</t>
+        </is>
+      </c>
+      <c r="G22" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H22" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I22" t="n">
+        <v>31.635</v>
+      </c>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K22" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L22" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M22" t="n">
+        <v>34.315</v>
+      </c>
+      <c r="N22" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O22" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P22" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R22" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S22" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T22" t="n">
+        <v>0.1144</v>
+      </c>
+      <c r="U22" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V22" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W22" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y22" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB22" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF22" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>IRS/2025/5626/OPPC</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>06 January 2025 11:00</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>BUMI ARMADA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>Kraken FPSO</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>KRAKEN</t>
+        </is>
+      </c>
+      <c r="G23" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H23" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I23" t="n">
+        <v>31.635</v>
+      </c>
+      <c r="J23" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K23" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L23" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M23" t="n">
+        <v>34.315</v>
+      </c>
+      <c r="N23" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O23" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P23" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R23" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S23" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T23" t="n">
+        <v>0.0177</v>
+      </c>
+      <c r="U23" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V23" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W23" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y23" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB23" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF23" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>IRS/2025/5627/OPPC</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>06 January 2025 12:14</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>Inde AC Platform (PERENCO)</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="G24" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H24" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="I24" t="n">
+        <v>25.12</v>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K24" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L24" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M24" t="n">
+        <v>29.68</v>
+      </c>
+      <c r="N24" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O24" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="P24" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="R24" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S24" t="inlineStr">
+        <is>
+          <t>4.3. Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
+      </c>
+      <c r="U24" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W24" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y24" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z24" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB24" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF24" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>IRS/2025/5628/OPPC</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>06 January 2025 15:53</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>Hyde Platform</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>HYDE</t>
+        </is>
+      </c>
+      <c r="G25" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H25" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I25" t="n">
+        <v>26.53</v>
+      </c>
+      <c r="J25" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K25" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L25" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M25" t="n">
+        <v>43.3</v>
+      </c>
+      <c r="N25" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O25" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="P25" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="R25" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S25" t="inlineStr">
+        <is>
+          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
+      </c>
+      <c r="U25" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W25" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y25" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z25" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB25" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF25" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
           <t>IRS/2025/5629/OPPC</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t>06 January 2025 12:14</t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
-      <c r="E19" t="inlineStr">
+      <c r="E26" t="inlineStr">
         <is>
           <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
-      <c r="F19" t="inlineStr">
+      <c r="F26" t="inlineStr">
         <is>
           <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
-      <c r="G19" t="n">
+      <c r="G26" t="n">
         <v>53.0</v>
       </c>
-      <c r="H19" t="n">
+      <c r="H26" t="n">
         <v>19.0</v>
       </c>
-      <c r="I19" t="n">
+      <c r="I26" t="n">
         <v>25.12</v>
       </c>
-      <c r="J19" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
-      <c r="K19" t="n">
+      <c r="K26" t="n">
         <v>2.0</v>
       </c>
-      <c r="L19" t="n">
+      <c r="L26" t="n">
         <v>34.0</v>
       </c>
-      <c r="M19" t="n">
+      <c r="M26" t="n">
         <v>29.68</v>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="O19" t="inlineStr">
+      <c r="O26" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
-      <c r="P19" t="inlineStr">
+      <c r="P26" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
-      <c r="R19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S19" t="inlineStr">
+      <c r="R26" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S26" t="inlineStr">
         <is>
           <t>4 Discharge Conditions
 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the
 parameters specified in that Table.</t>
         </is>
       </c>
-      <c r="U19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V19" t="inlineStr">
+      <c r="U26" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V26" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
-      <c r="W19" t="inlineStr">
-[...14 lines deleted...]
-      <c r="AC19" t="n">
+      <c r="W26" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y26" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB26" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC26" t="n">
         <v>256.0</v>
       </c>
-      <c r="AD19" t="n">
+      <c r="AD26" t="n">
         <v>20.0</v>
       </c>
-      <c r="AE19" t="n">
+      <c r="AE26" t="n">
         <v>1.8</v>
-      </c>
-[...719 lines deleted...]
-        </is>
       </c>
       <c r="AF26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>IRS/2025/5666/OPPC</t>
+          <t>IRS/2025/5630/OPPC</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>18 January 2025 00:00</t>
+          <t>07 January 2025 03:00</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G27" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H27" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I27" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K27" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L27" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M27" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N27" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R27" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S27" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T27" t="n">
-        <v>0.1429</v>
+        <v>0.0033</v>
       </c>
       <c r="U27" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V27" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W27" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y27" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB27" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF27" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>IRS/2025/5670/OPPC</t>
+          <t>IRS/2025/5639/OPPC</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>17 January 2025 12:00</t>
+          <t>07 January 2025 12:00</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G28" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H28" t="n">
-        <v>51.0</v>
+        <v>5.0</v>
       </c>
       <c r="I28" t="n">
-        <v>24.42</v>
+        <v>2.1</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K28" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L28" t="n">
-        <v>28.0</v>
+        <v>53.0</v>
       </c>
       <c r="M28" t="n">
-        <v>8.73</v>
+        <v>32.8</v>
       </c>
       <c r="N28" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O28" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P28" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="R28" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S28" t="inlineStr">
+        <is>
+          <t>Failure to collect H2 biannual PW samples</t>
+        </is>
+      </c>
+      <c r="U28" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W28" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y28" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z28" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB28" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF28" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>IRS/2025/5672/OPPC</t>
+          <t>IRS/2025/5653/OPPC</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>18 January 2025 16:30</t>
+          <t>13 January 2025 07:00</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G29" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H29" t="n">
-        <v>35.0</v>
+        <v>51.0</v>
       </c>
       <c r="I29" t="n">
-        <v>18.315</v>
+        <v>24.42</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K29" t="n">
         <v>1.0</v>
       </c>
       <c r="L29" t="n">
-        <v>3.0</v>
+        <v>28.0</v>
       </c>
       <c r="M29" t="n">
-        <v>17.314</v>
+        <v>8.73</v>
       </c>
       <c r="N29" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O29" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P29" t="inlineStr">
         <is>
-          <t>11</t>
-[...35 lines deleted...]
-        </is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AC29" t="n">
+        <v>208.0</v>
+      </c>
+      <c r="AD29" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="AE29" t="n">
+        <v>5.0</v>
       </c>
       <c r="AF29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>IRS/2025/5673/OPPC</t>
+          <t>IRS/2025/5656/OPPC</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>19 January 2025 21:00</t>
+          <t>13 January 2025 06:00</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G30" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H30" t="n">
-        <v>41.0</v>
+        <v>51.0</v>
       </c>
       <c r="I30" t="n">
-        <v>48.3</v>
+        <v>24.42</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K30" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L30" t="n">
-        <v>20.0</v>
+        <v>28.0</v>
       </c>
       <c r="M30" t="n">
-        <v>13.35</v>
+        <v>8.73</v>
       </c>
       <c r="N30" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O30" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P30" t="inlineStr">
         <is>
-          <t>7</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>IRS/2025/5682/OPPC</t>
+          <t>IRS/2025/5658/OPPC</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>22 January 2025 07:00</t>
+          <t>13 January 2025 15:00</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G31" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H31" t="n">
-        <v>51.0</v>
+        <v>41.0</v>
       </c>
       <c r="I31" t="n">
-        <v>24.42</v>
+        <v>48.3</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K31" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L31" t="n">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
       <c r="M31" t="n">
-        <v>8.73</v>
+        <v>13.35</v>
       </c>
       <c r="N31" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O31" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
-          <t>3</t>
-[...9 lines deleted...]
-        <v>2.0</v>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R31" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S31" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T31" t="n">
+        <v>3.0E-4</v>
+      </c>
+      <c r="U31" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V31" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W31" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y31" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB31" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>IRS/2025/5686/OPPC</t>
+          <t>IRS/2025/5660/OPPC</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>22 January 2025 16:00</t>
+          <t>14 January 2025 05:00</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G32" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H32" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I32" t="n">
-        <v>12.45</v>
+        <v>15.15</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K32" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L32" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M32" t="n">
-        <v>25.96</v>
+        <v>41.51</v>
       </c>
       <c r="N32" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O32" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R32" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S32" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T32" t="n">
-        <v>0.0802</v>
+        <v>0.4046</v>
       </c>
       <c r="U32" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V32" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W32" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y32" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB32" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF32" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>IRS/2025/5688/OPPC</t>
+          <t>IRS/2025/5662/OPPC</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>22 January 2025 06:00</t>
+          <t>15 January 2025 19:00</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G33" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H33" t="n">
-        <v>51.0</v>
+        <v>41.0</v>
       </c>
       <c r="I33" t="n">
-        <v>34.4</v>
+        <v>48.3</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K33" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L33" t="n">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
       <c r="M33" t="n">
-        <v>9.6</v>
+        <v>13.35</v>
       </c>
       <c r="N33" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O33" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P33" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R33" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S33" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T33" t="n">
+        <v>0.0827</v>
+      </c>
+      <c r="U33" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V33" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W33" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y33" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB33" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF33" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>IRS/2025/5697/OPPC</t>
+          <t>IRS/2025/5666/OPPC</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>23 January 2025 20:00</t>
+          <t>18 January 2025 00:00</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G34" t="n">
         <v>61.0</v>
       </c>
       <c r="H34" t="n">
         <v>37.0</v>
       </c>
       <c r="I34" t="n">
         <v>12.45</v>
@@ -4025,549 +4089,479 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O34" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P34" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R34" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S34" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T34" t="n">
-        <v>0.0059</v>
+        <v>0.1429</v>
       </c>
       <c r="U34" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V34" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W34" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y34" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB34" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF34" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>IRS/2025/5698/OPPC</t>
+          <t>IRS/2025/5670/OPPC</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>24 January 2025 11:30</t>
+          <t>17 January 2025 12:00</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G35" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H35" t="n">
-        <v>37.0</v>
+        <v>51.0</v>
       </c>
       <c r="I35" t="n">
-        <v>12.45</v>
+        <v>24.42</v>
       </c>
       <c r="J35" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K35" t="n">
         <v>1.0</v>
       </c>
       <c r="L35" t="n">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="M35" t="n">
-        <v>25.96</v>
+        <v>8.73</v>
       </c>
       <c r="N35" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O35" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P35" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF35" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>IRS/2025/5701/OPPC</t>
+          <t>IRS/2025/5672/OPPC</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>25 January 2025 04:00</t>
+          <t>18 January 2025 16:30</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="G36" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H36" t="n">
-        <v>37.0</v>
+        <v>35.0</v>
       </c>
       <c r="I36" t="n">
-        <v>12.45</v>
+        <v>18.315</v>
       </c>
       <c r="J36" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K36" t="n">
         <v>1.0</v>
       </c>
       <c r="L36" t="n">
-        <v>18.0</v>
+        <v>3.0</v>
       </c>
       <c r="M36" t="n">
-        <v>25.96</v>
+        <v>17.314</v>
       </c>
       <c r="N36" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O36" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="R36" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S36" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.0136</v>
+          <t>Condition 4.1: No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
+        </is>
       </c>
       <c r="U36" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V36" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>IRS/2025/5708/OPPC</t>
+          <t>IRS/2025/5673/OPPC</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>25 January 2025 12:00</t>
+          <t>19 January 2025 21:00</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G37" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H37" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I37" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J37" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K37" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L37" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M37" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N37" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O37" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P37" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R37" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S37" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T37" t="n">
-        <v>0.2486</v>
+        <v>0.0052</v>
       </c>
       <c r="U37" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V37" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W37" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y37" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB37" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF37" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>IRS/2025/5712/OPPC</t>
+          <t>IRS/2025/5682/OPPC</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>26 January 2025 16:50</t>
+          <t>22 January 2025 07:00</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G38" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H38" t="n">
-        <v>37.0</v>
+        <v>51.0</v>
       </c>
       <c r="I38" t="n">
-        <v>12.45</v>
+        <v>24.42</v>
       </c>
       <c r="J38" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K38" t="n">
         <v>1.0</v>
       </c>
       <c r="L38" t="n">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="M38" t="n">
-        <v>25.96</v>
+        <v>8.73</v>
       </c>
       <c r="N38" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O38" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P38" t="inlineStr">
         <is>
-          <t>12</t>
-[...38 lines deleted...]
-        </is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AC38" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="AD38" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AE38" t="n">
+        <v>2.0</v>
       </c>
       <c r="AF38" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>IRS/2025/5722/OPPC</t>
+          <t>IRS/2025/5686/OPPC</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>28 January 2025 07:45</t>
+          <t>22 January 2025 16:00</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G39" t="n">
         <v>61.0</v>
       </c>
       <c r="H39" t="n">
         <v>37.0</v>
       </c>
       <c r="I39" t="n">
         <v>12.45</v>
@@ -4586,176 +4580,176 @@
       <c r="M39" t="n">
         <v>25.96</v>
       </c>
       <c r="N39" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O39" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P39" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R39" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S39" t="inlineStr">
         <is>
-          <t>.4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T39" t="n">
-        <v>0.0034</v>
+        <v>0.0802</v>
       </c>
       <c r="U39" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V39" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W39" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y39" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB39" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF39" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>IRS/2025/5726/OPPC</t>
+          <t>IRS/2025/5688/OPPC</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>30 January 2025 08:00</t>
+          <t>22 January 2025 06:00</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G40" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="H40" t="n">
-        <v>26.0</v>
+        <v>51.0</v>
       </c>
       <c r="I40" t="n">
-        <v>58.0</v>
+        <v>34.4</v>
       </c>
       <c r="J40" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K40" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L40" t="n">
-        <v>15.0</v>
+        <v>28.0</v>
       </c>
       <c r="M40" t="n">
-        <v>13.0</v>
+        <v>9.6</v>
       </c>
       <c r="N40" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O40" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P40" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF40" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>IRS/2025/5732/OPPC</t>
+          <t>IRS/2025/5697/OPPC</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>29 January 2025 16:00</t>
+          <t>23 January 2025 20:00</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G41" t="n">
         <v>61.0</v>
       </c>
       <c r="H41" t="n">
         <v>37.0</v>
       </c>
       <c r="I41" t="n">
         <v>12.45</v>
@@ -4778,4226 +4772,4229 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O41" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P41" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R41" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S41" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T41" t="n">
-        <v>0.3402</v>
+        <v>0.0059</v>
       </c>
       <c r="U41" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V41" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W41" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y41" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB41" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF41" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>IRS/2025/5734/OPPC</t>
+          <t>IRS/2025/5698/OPPC</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>01 February 2025 01:00</t>
+          <t>24 January 2025 11:30</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>NELSON</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G42" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H42" t="n">
-        <v>39.0</v>
+        <v>37.0</v>
       </c>
       <c r="I42" t="n">
-        <v>44.0</v>
+        <v>12.45</v>
       </c>
       <c r="J42" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K42" t="n">
         <v>1.0</v>
       </c>
       <c r="L42" t="n">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="M42" t="n">
-        <v>39.0</v>
+        <v>25.96</v>
       </c>
       <c r="N42" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O42" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P42" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R42" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S42" t="inlineStr">
         <is>
-          <t>Permit condition 4) Discharge condition: 4.1 No discharge(s) specified in table 1 shall exceed the limits for the parameters specified in that table. Table 1: monthly average (mg/L)</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T42" t="n">
-        <v>0.0698</v>
+        <v>0.0048</v>
       </c>
       <c r="U42" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V42" t="inlineStr">
         <is>
-          <t>Average concentration for the operation</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>IRS/2025/5743/OPPC</t>
+          <t>IRS/2025/5701/OPPC</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>03 February 2025 09:30</t>
+          <t>25 January 2025 04:00</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G43" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H43" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I43" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J43" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K43" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L43" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M43" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N43" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O43" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P43" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R43" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S43" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T43" t="n">
-        <v>0.5452</v>
+        <v>0.0136</v>
       </c>
       <c r="U43" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V43" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W43" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y43" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB43" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF43" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>IRS/2025/5746/OPPC</t>
+          <t>IRS/2025/5708/OPPC</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>01 February 2025 00:00</t>
+          <t>25 January 2025 12:00</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G44" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H44" t="n">
-        <v>35.0</v>
+        <v>37.0</v>
       </c>
       <c r="I44" t="n">
-        <v>18.315</v>
+        <v>12.45</v>
       </c>
       <c r="J44" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K44" t="n">
         <v>1.0</v>
       </c>
       <c r="L44" t="n">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
       <c r="M44" t="n">
-        <v>17.314</v>
+        <v>25.96</v>
       </c>
       <c r="N44" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O44" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P44" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R44" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S44" t="inlineStr">
         <is>
-          <t>4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T44" t="n">
+        <v>0.2486</v>
       </c>
       <c r="U44" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V44" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W44" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y44" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB44" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF44" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>IRS/2025/5747/OPPC</t>
+          <t>IRS/2025/5712/OPPC</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>31 January 2025 23:59</t>
+          <t>26 January 2025 16:50</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G45" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H45" t="n">
-        <v>11.0</v>
+        <v>37.0</v>
       </c>
       <c r="I45" t="n">
-        <v>3.752</v>
+        <v>12.45</v>
       </c>
       <c r="J45" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K45" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L45" t="n">
-        <v>59.0</v>
+        <v>18.0</v>
       </c>
       <c r="M45" t="n">
-        <v>54.329</v>
+        <v>25.96</v>
       </c>
       <c r="N45" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O45" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P45" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R45" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S45" t="inlineStr">
         <is>
-          <t>The monthly average concentration limit
-exceeded for January 2025.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T45" t="n">
-        <v>1.7196</v>
+        <v>0.011</v>
       </c>
       <c r="U45" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V45" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W45" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y45" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB45" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF45" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>IRS/2025/5754/OPPC</t>
+          <t>IRS/2025/5722/OPPC</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>05 February 2025 15:55</t>
+          <t>28 January 2025 07:45</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G46" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="H46" t="n">
-        <v>2.0</v>
+        <v>37.0</v>
       </c>
       <c r="I46" t="n">
-        <v>55.13</v>
+        <v>12.45</v>
       </c>
       <c r="J46" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K46" t="n">
         <v>1.0</v>
       </c>
       <c r="L46" t="n">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="M46" t="n">
-        <v>19.54</v>
+        <v>25.96</v>
       </c>
       <c r="N46" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O46" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P46" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R46" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S46" t="inlineStr">
         <is>
-          <t>Discharge conditions 4.1</t>
+          <t>.4.1</t>
         </is>
       </c>
       <c r="T46" t="n">
-        <v>1.0E-4</v>
+        <v>0.0034</v>
       </c>
       <c r="U46" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V46" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W46" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y46" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB46" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF46" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>IRS/2025/5755/OPPC</t>
+          <t>IRS/2025/5726/OPPC</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>03 February 2025 09:00</t>
+          <t>30 January 2025 08:00</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G47" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H47" t="n">
-        <v>17.0</v>
+        <v>26.0</v>
       </c>
       <c r="I47" t="n">
-        <v>15.15</v>
+        <v>58.0</v>
       </c>
       <c r="J47" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K47" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L47" t="n">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="M47" t="n">
-        <v>41.51</v>
+        <v>13.0</v>
       </c>
       <c r="N47" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O47" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P47" t="inlineStr">
         <is>
-          <t>21</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>19</t>
         </is>
       </c>
       <c r="AF47" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>IRS/2025/5756/OPPC</t>
+          <t>IRS/2025/5732/OPPC</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>06 February 2025 00:00</t>
+          <t>29 January 2025 16:00</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G48" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H48" t="n">
-        <v>17.0</v>
+        <v>37.0</v>
       </c>
       <c r="I48" t="n">
-        <v>15.15</v>
+        <v>12.45</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K48" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L48" t="n">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="M48" t="n">
-        <v>41.51</v>
+        <v>25.96</v>
       </c>
       <c r="N48" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O48" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P48" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R48" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S48" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T48" t="n">
-        <v>0.0203</v>
+        <v>0.3402</v>
       </c>
       <c r="U48" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V48" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W48" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y48" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB48" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF48" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>IRS/2025/5758/OPPC</t>
+          <t>IRS/2025/5734/OPPC</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>02 February 2025 13:28</t>
+          <t>01 February 2025 01:00</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>NELSON</t>
         </is>
       </c>
       <c r="G49" t="n">
         <v>57.0</v>
       </c>
       <c r="H49" t="n">
-        <v>43.0</v>
+        <v>39.0</v>
       </c>
       <c r="I49" t="n">
-        <v>55.01</v>
+        <v>44.0</v>
       </c>
       <c r="J49" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K49" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L49" t="n">
-        <v>58.0</v>
+        <v>8.0</v>
       </c>
       <c r="M49" t="n">
-        <v>21.79</v>
+        <v>39.0</v>
       </c>
       <c r="N49" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O49" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P49" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="R49" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S49" t="inlineStr">
         <is>
-          <t>Condition 4 - Discharge Conditions</t>
-        </is>
+          <t>Permit condition 4) Discharge condition: 4.1 No discharge(s) specified in table 1 shall exceed the limits for the parameters specified in that table. Table 1: monthly average (mg/L)</t>
+        </is>
+      </c>
+      <c r="T49" t="n">
+        <v>0.0698</v>
       </c>
       <c r="U49" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V49" t="inlineStr">
+        <is>
+          <t>Average concentration for the operation</t>
         </is>
       </c>
       <c r="W49" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Discharge height(s)</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Y49" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB49" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>2.5</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF49" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>IRS/2025/5759/OPPC</t>
+          <t>IRS/2025/5743/OPPC</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>07 February 2025 12:00</t>
+          <t>03 February 2025 09:30</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G50" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H50" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I50" t="n">
-        <v>31.635</v>
+        <v>48.3</v>
       </c>
       <c r="J50" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K50" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L50" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M50" t="n">
-        <v>34.315</v>
+        <v>13.35</v>
       </c>
       <c r="N50" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O50" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P50" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R50" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S50" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T50" t="n">
-        <v>0.2771</v>
+        <v>0.5452</v>
       </c>
       <c r="U50" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V50" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W50" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y50" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB50" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF50" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>IRS/2025/5760/OPPC</t>
+          <t>IRS/2025/5746/OPPC</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>07 February 2025 12:00</t>
+          <t>01 February 2025 00:00</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="G51" t="n">
         <v>59.0</v>
       </c>
       <c r="H51" t="n">
-        <v>55.0</v>
+        <v>35.0</v>
       </c>
       <c r="I51" t="n">
-        <v>31.635</v>
+        <v>18.315</v>
       </c>
       <c r="J51" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K51" t="n">
         <v>1.0</v>
       </c>
       <c r="L51" t="n">
-        <v>17.0</v>
+        <v>3.0</v>
       </c>
       <c r="M51" t="n">
-        <v>34.315</v>
+        <v>17.314</v>
       </c>
       <c r="N51" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O51" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P51" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>11</t>
         </is>
       </c>
       <c r="R51" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S51" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
-[...3 lines deleted...]
-        <v>0.0174</v>
+          <t>4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
+        </is>
       </c>
       <c r="U51" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V51" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W51" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y51" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB51" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF51" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>IRS/2025/5772/OPPC</t>
+          <t>IRS/2025/5747/OPPC</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>09 February 2025 00:00</t>
+          <t>31 January 2025 23:59</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G52" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H52" t="n">
-        <v>37.0</v>
+        <v>11.0</v>
       </c>
       <c r="I52" t="n">
-        <v>12.45</v>
+        <v>3.752</v>
       </c>
       <c r="J52" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K52" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L52" t="n">
-        <v>18.0</v>
+        <v>59.0</v>
       </c>
       <c r="M52" t="n">
-        <v>25.96</v>
+        <v>54.329</v>
       </c>
       <c r="N52" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O52" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P52" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>25</t>
         </is>
       </c>
       <c r="R52" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S52" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>The monthly average concentration limit
+exceeded for January 2025.</t>
         </is>
       </c>
       <c r="T52" t="n">
-        <v>0.0029</v>
+        <v>1.7196</v>
       </c>
       <c r="U52" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V52" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W52" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y52" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB52" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF52" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>IRS/2025/5773/OPPC</t>
+          <t>IRS/2025/5754/OPPC</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>09 February 2025 16:00</t>
+          <t>05 February 2025 15:55</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="G53" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="H53" t="n">
-        <v>37.0</v>
+        <v>2.0</v>
       </c>
       <c r="I53" t="n">
-        <v>12.45</v>
+        <v>55.13</v>
       </c>
       <c r="J53" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K53" t="n">
         <v>1.0</v>
       </c>
       <c r="L53" t="n">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
       <c r="M53" t="n">
-        <v>25.96</v>
+        <v>19.54</v>
       </c>
       <c r="N53" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O53" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P53" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R53" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S53" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Discharge conditions 4.1</t>
         </is>
       </c>
       <c r="T53" t="n">
-        <v>0.0017</v>
+        <v>1.0E-4</v>
       </c>
       <c r="U53" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V53" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W53" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y53" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB53" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF53" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>IRS/2025/5774/OPPC</t>
+          <t>IRS/2025/5755/OPPC</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>10 February 2025 11:45</t>
+          <t>03 February 2025 09:00</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G54" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H54" t="n">
-        <v>48.0</v>
+        <v>17.0</v>
       </c>
       <c r="I54" t="n">
-        <v>36.0</v>
+        <v>15.15</v>
       </c>
       <c r="J54" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K54" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L54" t="n">
-        <v>44.0</v>
+        <v>10.0</v>
       </c>
       <c r="M54" t="n">
-        <v>7.0</v>
+        <v>41.51</v>
       </c>
       <c r="N54" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O54" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P54" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R54" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S54" t="inlineStr">
         <is>
-          <t>Discharge condition 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T54" t="n">
-        <v>0.0021</v>
+        <v>0.3821</v>
       </c>
       <c r="U54" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V54" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W54" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y54" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB54" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF54" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>IRS/2025/5779/OPPC</t>
+          <t>IRS/2025/5756/OPPC</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>11 February 2025 09:00</t>
+          <t>06 February 2025 00:00</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G55" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H55" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="I55" t="n">
-        <v>48.3</v>
+        <v>15.15</v>
       </c>
       <c r="J55" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K55" t="n">
         <v>2.0</v>
       </c>
       <c r="L55" t="n">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="M55" t="n">
-        <v>13.35</v>
+        <v>41.51</v>
       </c>
       <c r="N55" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O55" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P55" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R55" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S55" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T55" t="n">
-        <v>0.0014</v>
+        <v>0.0203</v>
       </c>
       <c r="U55" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V55" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>IRS/2025/5786/OPPC</t>
+          <t>IRS/2025/5758/OPPC</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>11 February 2025 16:00</t>
+          <t>02 February 2025 13:28</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G56" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H56" t="n">
-        <v>37.0</v>
+        <v>43.0</v>
       </c>
       <c r="I56" t="n">
-        <v>12.45</v>
+        <v>55.01</v>
       </c>
       <c r="J56" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K56" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L56" t="n">
-        <v>18.0</v>
+        <v>58.0</v>
       </c>
       <c r="M56" t="n">
-        <v>25.96</v>
+        <v>21.79</v>
       </c>
       <c r="N56" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O56" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P56" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R56" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S56" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.0102</v>
+          <t>Condition 4 - Discharge Conditions</t>
+        </is>
       </c>
       <c r="U56" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W56" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X56" t="inlineStr">
+        <is>
+          <t>Discharge height(s)</t>
         </is>
       </c>
       <c r="Y56" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB56" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC56" t="n">
+        <v>189.0</v>
+      </c>
+      <c r="AD56" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="AE56" t="n">
+        <v>2.5</v>
       </c>
       <c r="AF56" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>IRS/2025/5787/OPPC</t>
+          <t>IRS/2025/5759/OPPC</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>12 February 2025 00:00</t>
+          <t>07 February 2025 12:00</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G57" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H57" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I57" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J57" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K57" t="n">
         <v>1.0</v>
       </c>
       <c r="L57" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M57" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N57" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O57" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P57" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R57" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S57" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T57" t="n">
-        <v>0.0195</v>
+        <v>0.2771</v>
       </c>
       <c r="U57" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V57" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W57" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y57" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB57" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF57" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>IRS/2025/5788/OPPC</t>
+          <t>IRS/2025/5760/OPPC</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>12 February 2025 08:00</t>
+          <t>07 February 2025 12:00</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G58" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H58" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I58" t="n">
+        <v>31.635</v>
+      </c>
+      <c r="J58" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K58" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L58" t="n">
         <v>17.0</v>
       </c>
-      <c r="I58" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="M58" t="n">
-        <v>41.51</v>
+        <v>34.315</v>
       </c>
       <c r="N58" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O58" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P58" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R58" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S58" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T58" t="n">
-        <v>0.1411</v>
+        <v>0.0174</v>
       </c>
       <c r="U58" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V58" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W58" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y58" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB58" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF58" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>IRS/2025/5789/OPPC</t>
+          <t>IRS/2025/5772/OPPC</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>13 February 2025 20:01</t>
+          <t>09 February 2025 00:00</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G59" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="H59" t="n">
-        <v>50.0</v>
+        <v>37.0</v>
       </c>
       <c r="I59" t="n">
-        <v>4.4</v>
+        <v>12.45</v>
       </c>
       <c r="J59" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K59" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L59" t="n">
-        <v>26.0</v>
+        <v>18.0</v>
       </c>
       <c r="M59" t="n">
-        <v>34.8</v>
+        <v>25.96</v>
       </c>
       <c r="N59" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O59" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P59" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R59" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S59" t="inlineStr">
         <is>
-          <t>Condition 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T59" t="n">
-        <v>0.0257</v>
+        <v>0.0029</v>
       </c>
       <c r="U59" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V59" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W59" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y59" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB59" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF59" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>IRS/2025/5791/OPPC</t>
+          <t>IRS/2025/5773/OPPC</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>12 February 2025 20:00</t>
+          <t>09 February 2025 16:00</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>MARIA</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G60" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H60" t="n">
-        <v>57.0</v>
+        <v>37.0</v>
       </c>
       <c r="I60" t="n">
-        <v>26.76</v>
+        <v>12.45</v>
       </c>
       <c r="J60" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K60" t="n">
         <v>1.0</v>
       </c>
       <c r="L60" t="n">
-        <v>50.0</v>
+        <v>18.0</v>
       </c>
       <c r="M60" t="n">
-        <v>42.26</v>
+        <v>25.96</v>
       </c>
       <c r="N60" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O60" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P60" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R60" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S60" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T60" t="n">
-        <v>8.0E-4</v>
+        <v>0.0017</v>
       </c>
       <c r="U60" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V60" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>IRS/2025/5794/OPPC</t>
+          <t>IRS/2025/5774/OPPC</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>14 February 2025 22:30</t>
+          <t>10 February 2025 11:45</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G61" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H61" t="n">
-        <v>50.0</v>
+        <v>48.0</v>
       </c>
       <c r="I61" t="n">
-        <v>4.4</v>
+        <v>36.0</v>
       </c>
       <c r="J61" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K61" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L61" t="n">
-        <v>26.0</v>
+        <v>44.0</v>
       </c>
       <c r="M61" t="n">
-        <v>34.8</v>
+        <v>7.0</v>
       </c>
       <c r="N61" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O61" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P61" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R61" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S61" t="inlineStr">
         <is>
-          <t>Condition 4.1</t>
+          <t>Discharge condition 4.1.</t>
         </is>
       </c>
       <c r="T61" t="n">
-        <v>0.08</v>
+        <v>0.0021</v>
       </c>
       <c r="U61" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V61" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W61" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y61" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB61" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF61" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>IRS/2025/5797/OPPC</t>
+          <t>IRS/2025/5779/OPPC</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>13 February 2025 12:00</t>
+          <t>11 February 2025 09:00</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G62" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H62" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I62" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K62" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L62" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M62" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N62" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O62" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P62" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R62" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S62" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T62" t="n">
-        <v>0.0677</v>
+        <v>0.0014</v>
       </c>
       <c r="U62" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V62" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W62" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y62" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB62" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>2.5</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF62" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>IRS/2025/5803/OPPC</t>
+          <t>IRS/2025/5786/OPPC</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>15 February 2025 19:00</t>
+          <t>11 February 2025 16:00</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G63" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H63" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I63" t="n">
-        <v>24.42</v>
+        <v>12.45</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K63" t="n">
         <v>1.0</v>
       </c>
       <c r="L63" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M63" t="n">
-        <v>8.73</v>
+        <v>25.96</v>
       </c>
       <c r="N63" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O63" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P63" t="inlineStr">
         <is>
-          <t>3</t>
-[...9 lines deleted...]
-        <v>2.3</v>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R63" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S63" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T63" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="U63" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V63" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W63" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y63" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB63" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF63" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>IRS/2025/5804/OPPC</t>
+          <t>IRS/2025/5787/OPPC</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>15 February 2025 19:14</t>
+          <t>12 February 2025 00:00</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G64" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="H64" t="n">
-        <v>50.0</v>
+        <v>37.0</v>
       </c>
       <c r="I64" t="n">
-        <v>4.4</v>
+        <v>12.45</v>
       </c>
       <c r="J64" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K64" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L64" t="n">
-        <v>26.0</v>
+        <v>18.0</v>
       </c>
       <c r="M64" t="n">
-        <v>34.8</v>
+        <v>25.96</v>
       </c>
       <c r="N64" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O64" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P64" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R64" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S64" t="inlineStr">
         <is>
-          <t>Condition 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T64" t="n">
-        <v>0.0281</v>
+        <v>0.0195</v>
       </c>
       <c r="U64" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V64" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>IRS/2025/5815/OPPC</t>
+          <t>IRS/2025/5788/OPPC</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>15 February 2025 16:00</t>
+          <t>12 February 2025 08:00</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G65" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H65" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I65" t="n">
-        <v>12.45</v>
+        <v>15.15</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K65" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L65" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M65" t="n">
-        <v>25.96</v>
+        <v>41.51</v>
       </c>
       <c r="N65" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O65" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P65" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R65" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S65" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T65" t="n">
-        <v>0.3688</v>
+        <v>0.1411</v>
       </c>
       <c r="U65" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V65" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W65" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y65" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB65" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF65" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>IRS/2025/5817/OPPC</t>
+          <t>IRS/2025/5789/OPPC</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>13 February 2025 19:15</t>
+          <t>13 February 2025 20:01</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G66" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H66" t="n">
-        <v>17.0</v>
+        <v>50.0</v>
       </c>
       <c r="I66" t="n">
-        <v>15.15</v>
+        <v>4.4</v>
       </c>
       <c r="J66" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K66" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L66" t="n">
-        <v>10.0</v>
+        <v>26.0</v>
       </c>
       <c r="M66" t="n">
-        <v>41.51</v>
+        <v>34.8</v>
       </c>
       <c r="N66" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O66" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R66" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S66" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4.1</t>
         </is>
       </c>
       <c r="T66" t="n">
-        <v>0.008</v>
+        <v>0.0257</v>
       </c>
       <c r="U66" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V66" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB66" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>IRS/2025/5821/OPPC</t>
+          <t>IRS/2025/5791/OPPC</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>15 February 2025 16:30</t>
+          <t>12 February 2025 20:00</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MARIA</t>
         </is>
       </c>
       <c r="G67" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H67" t="n">
-        <v>51.0</v>
+        <v>57.0</v>
       </c>
       <c r="I67" t="n">
-        <v>24.42</v>
+        <v>26.76</v>
       </c>
       <c r="J67" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K67" t="n">
         <v>1.0</v>
       </c>
       <c r="L67" t="n">
-        <v>28.0</v>
+        <v>50.0</v>
       </c>
       <c r="M67" t="n">
-        <v>8.73</v>
+        <v>42.26</v>
       </c>
       <c r="N67" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O67" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P67" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="R67" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S67" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T67" t="n">
+        <v>8.0E-4</v>
+      </c>
+      <c r="U67" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V67" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W67" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y67" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB67" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF67" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>IRS/2025/5824/OPPC</t>
+          <t>IRS/2025/5794/OPPC</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>18 February 2024 15:40</t>
+          <t>14 February 2025 22:30</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>Haeva</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G68" t="n">
-        <v>54.0</v>
+        <v>53.0</v>
       </c>
       <c r="H68" t="n">
-        <v>4.0</v>
+        <v>50.0</v>
       </c>
       <c r="I68" t="n">
-        <v>24.3</v>
+        <v>4.4</v>
       </c>
       <c r="J68" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K68" t="n">
         <v>0.0</v>
       </c>
       <c r="L68" t="n">
-        <v>54.0</v>
+        <v>26.0</v>
       </c>
       <c r="M68" t="n">
-        <v>53.2</v>
+        <v>34.8</v>
       </c>
       <c r="N68" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O68" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P68" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R68" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S68" t="inlineStr">
         <is>
-          <t>Discharge conditions - 4.3</t>
-        </is>
+          <t>Condition 4.1</t>
+        </is>
+      </c>
+      <c r="T68" t="n">
+        <v>0.08</v>
       </c>
       <c r="U68" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V68" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y68" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>IRS/2025/5825/OPPC</t>
+          <t>IRS/2025/5797/OPPC</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>18 February 2025 09:00</t>
+          <t>13 February 2025 12:00</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G69" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H69" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I69" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J69" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K69" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L69" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M69" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N69" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O69" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P69" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R69" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S69" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T69" t="n">
-        <v>0.0284</v>
+        <v>0.0677</v>
       </c>
       <c r="U69" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V69" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB69" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC69" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="AD69" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="AE69" t="n">
+        <v>2.5</v>
       </c>
       <c r="AF69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>IRS/2025/5828/OPPC</t>
+          <t>IRS/2025/5803/OPPC</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>19 February 2025 10:07</t>
+          <t>15 February 2025 19:00</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G70" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H70" t="n">
-        <v>16.0</v>
+        <v>51.0</v>
       </c>
       <c r="I70" t="n">
-        <v>46.24</v>
+        <v>24.42</v>
       </c>
       <c r="J70" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K70" t="n">
         <v>1.0</v>
       </c>
       <c r="L70" t="n">
-        <v>30.0</v>
+        <v>28.0</v>
       </c>
       <c r="M70" t="n">
-        <v>58.04</v>
+        <v>8.73</v>
       </c>
       <c r="N70" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O70" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P70" t="inlineStr">
         <is>
-          <t>23</t>
-[...38 lines deleted...]
-        </is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AC70" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="AD70" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="AE70" t="n">
+        <v>2.3</v>
       </c>
       <c r="AF70" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>IRS/2025/5829/OPPC</t>
+          <t>IRS/2025/5804/OPPC</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>19 February 2025 23:00</t>
+          <t>15 February 2025 19:14</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G71" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="H71" t="n">
-        <v>51.0</v>
+        <v>50.0</v>
       </c>
       <c r="I71" t="n">
-        <v>24.42</v>
+        <v>4.4</v>
       </c>
       <c r="J71" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K71" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L71" t="n">
-        <v>28.0</v>
+        <v>26.0</v>
       </c>
       <c r="M71" t="n">
-        <v>8.73</v>
+        <v>34.8</v>
       </c>
       <c r="N71" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O71" t="inlineStr">
         <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="P71" t="inlineStr">
+        <is>
           <t>3</t>
         </is>
       </c>
-      <c r="P71" t="inlineStr">
-[...11 lines deleted...]
-        <v>6.4</v>
+      <c r="R71" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S71" t="inlineStr">
+        <is>
+          <t>Condition 4.1</t>
+        </is>
+      </c>
+      <c r="T71" t="n">
+        <v>0.0281</v>
+      </c>
+      <c r="U71" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V71" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF71" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>IRS/2025/5833/OPPC</t>
+          <t>IRS/2025/5815/OPPC</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>19 February 2025 18:00</t>
+          <t>15 February 2025 16:00</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G72" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H72" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I72" t="n">
-        <v>24.42</v>
+        <v>12.45</v>
       </c>
       <c r="J72" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K72" t="n">
         <v>1.0</v>
       </c>
       <c r="L72" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M72" t="n">
-        <v>8.73</v>
+        <v>25.96</v>
       </c>
       <c r="N72" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O72" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P72" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R72" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S72" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T72" t="n">
+        <v>0.3688</v>
+      </c>
+      <c r="U72" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V72" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W72" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y72" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB72" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF72" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>IRS/2025/5837/OPPC</t>
+          <t>IRS/2025/5817/OPPC</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>19 February 2025 20:00</t>
+          <t>13 February 2025 19:15</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G73" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H73" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I73" t="n">
-        <v>12.45</v>
+        <v>15.15</v>
       </c>
       <c r="J73" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K73" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L73" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M73" t="n">
-        <v>25.96</v>
+        <v>41.51</v>
       </c>
       <c r="N73" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O73" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P73" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R73" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S73" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T73" t="n">
-        <v>0.296</v>
+        <v>0.008</v>
       </c>
       <c r="U73" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V73" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W73" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y73" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB73" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF73" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>IRS/2025/5838/OPPC</t>
+          <t>IRS/2025/5821/OPPC</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>21 February 2025 19:30</t>
+          <t>15 February 2025 16:30</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G74" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H74" t="n">
-        <v>1.0</v>
+        <v>51.0</v>
       </c>
       <c r="I74" t="n">
-        <v>53.58</v>
+        <v>24.42</v>
       </c>
       <c r="J74" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K74" t="n">
         <v>1.0</v>
       </c>
       <c r="L74" t="n">
-        <v>57.0</v>
+        <v>28.0</v>
       </c>
       <c r="M74" t="n">
-        <v>19.22</v>
+        <v>8.73</v>
       </c>
       <c r="N74" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O74" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P74" t="inlineStr">
         <is>
-          <t>30</t>
-[...37 lines deleted...]
-          <t>Yes</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF74" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>IRS/2025/5850/OPPC</t>
+          <t>IRS/2025/5824/OPPC</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>22 February 2025 12:00</t>
+          <t>18 February 2024 15:40</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Haeva</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="G75" t="n">
-        <v>56.0</v>
+        <v>54.0</v>
       </c>
       <c r="H75" t="n">
-        <v>41.0</v>
+        <v>4.0</v>
       </c>
       <c r="I75" t="n">
-        <v>48.3</v>
+        <v>24.3</v>
       </c>
       <c r="J75" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K75" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L75" t="n">
-        <v>20.0</v>
+        <v>54.0</v>
       </c>
       <c r="M75" t="n">
-        <v>13.35</v>
+        <v>53.2</v>
       </c>
       <c r="N75" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O75" t="inlineStr">
         <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="P75" t="inlineStr">
+        <is>
           <t>30</t>
         </is>
       </c>
-      <c r="P75" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R75" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S75" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
-[...3 lines deleted...]
-        <v>0.0071</v>
+          <t>Discharge conditions - 4.3</t>
+        </is>
       </c>
       <c r="U75" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W75" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y75" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z75" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB75" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF75" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>IRS/2025/5854/OPPC</t>
+          <t>IRS/2025/5825/OPPC</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>25 February 2025 00:01</t>
+          <t>18 February 2025 09:00</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G76" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H76" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I76" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J76" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K76" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L76" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M76" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N76" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O76" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P76" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R76" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S76" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T76" t="n">
-        <v>0.0062</v>
+        <v>0.0284</v>
       </c>
       <c r="U76" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V76" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W76" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y76" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB76" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF76" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>IRS/2025/5855/OPPC</t>
+          <t>IRS/2025/5828/OPPC</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>25 February 2025 20:00</t>
+          <t>19 February 2025 10:07</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="G77" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H77" t="n">
-        <v>37.0</v>
+        <v>16.0</v>
       </c>
       <c r="I77" t="n">
-        <v>12.45</v>
+        <v>46.24</v>
       </c>
       <c r="J77" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K77" t="n">
         <v>1.0</v>
       </c>
       <c r="L77" t="n">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
       <c r="M77" t="n">
-        <v>25.96</v>
+        <v>58.04</v>
       </c>
       <c r="N77" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O77" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P77" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R77" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S77" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4,1</t>
         </is>
       </c>
       <c r="T77" t="n">
-        <v>0.0041</v>
+        <v>0.0167</v>
       </c>
       <c r="U77" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V77" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W77" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y77" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB77" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF77" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>IRS/2025/5859/OPPC</t>
+          <t>IRS/2025/5829/OPPC</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>28 February 2025 09:10</t>
+          <t>19 February 2025 23:00</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>Malory Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>MALORY</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G78" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H78" t="n">
-        <v>32.0</v>
+        <v>51.0</v>
       </c>
       <c r="I78" t="n">
-        <v>37.97</v>
+        <v>24.42</v>
       </c>
       <c r="J78" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K78" t="n">
         <v>1.0</v>
       </c>
       <c r="L78" t="n">
-        <v>14.0</v>
+        <v>28.0</v>
       </c>
       <c r="M78" t="n">
-        <v>39.58</v>
+        <v>8.73</v>
       </c>
       <c r="N78" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O78" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P78" t="inlineStr">
         <is>
-          <t>12</t>
-[...35 lines deleted...]
-        </is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AC78" t="n">
+        <v>170.0</v>
+      </c>
+      <c r="AD78" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="AE78" t="n">
+        <v>6.4</v>
       </c>
       <c r="AF78" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>IRS/2025/5860/OPPC</t>
+          <t>IRS/2025/5833/OPPC</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>27 February 2025 14:30</t>
+          <t>19 February 2025 18:00</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G79" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H79" t="n">
-        <v>37.0</v>
+        <v>51.0</v>
       </c>
       <c r="I79" t="n">
-        <v>12.45</v>
+        <v>24.42</v>
       </c>
       <c r="J79" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K79" t="n">
         <v>1.0</v>
       </c>
       <c r="L79" t="n">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="M79" t="n">
-        <v>25.96</v>
+        <v>8.73</v>
       </c>
       <c r="N79" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O79" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P79" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF79" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>IRS/2025/5862/OPPC</t>
+          <t>IRS/2025/5837/OPPC</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>28 February 2025 10:00</t>
+          <t>19 February 2025 20:00</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G80" t="n">
         <v>61.0</v>
       </c>
       <c r="H80" t="n">
         <v>37.0</v>
       </c>
       <c r="I80" t="n">
         <v>12.45</v>
@@ -9016,628 +9013,663 @@
       <c r="M80" t="n">
         <v>25.96</v>
       </c>
       <c r="N80" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O80" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P80" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R80" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S80" t="inlineStr">
         <is>
-          <t>4.1 Discharge Conditions</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T80" t="n">
-        <v>2.0406</v>
+        <v>0.296</v>
       </c>
       <c r="U80" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V80" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W80" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y80" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB80" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF80" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>IRS/2025/5866/OPPC</t>
+          <t>IRS/2025/5838/OPPC</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>28 February 2025 12:00</t>
+          <t>21 February 2025 19:30</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G81" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H81" t="n">
-        <v>37.0</v>
+        <v>1.0</v>
       </c>
       <c r="I81" t="n">
-        <v>12.45</v>
+        <v>53.58</v>
       </c>
       <c r="J81" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K81" t="n">
         <v>1.0</v>
       </c>
       <c r="L81" t="n">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="M81" t="n">
-        <v>25.96</v>
+        <v>19.22</v>
       </c>
       <c r="N81" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O81" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P81" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R81" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S81" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample concentration over 100 mg/l</t>
         </is>
       </c>
       <c r="T81" t="n">
-        <v>7.0E-4</v>
+        <v>0.0076</v>
       </c>
       <c r="U81" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V81" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W81" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y81" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB81" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF81" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>IRS/2025/5868/OPPC</t>
+          <t>IRS/2025/5850/OPPC</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>28 February 2025 20:00</t>
+          <t>22 February 2025 12:00</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G82" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H82" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I82" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J82" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K82" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L82" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M82" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N82" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O82" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P82" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R82" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S82" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T82" t="n">
-        <v>0.0119</v>
+        <v>0.0071</v>
       </c>
       <c r="U82" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V82" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W82" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y82" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB82" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF82" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>IRS/2025/5873/OPPC</t>
+          <t>IRS/2025/5854/OPPC</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>03 March 2025 07:30</t>
+          <t>25 February 2025 00:01</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G83" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="H83" t="n">
-        <v>50.0</v>
+        <v>37.0</v>
       </c>
       <c r="I83" t="n">
-        <v>4.4</v>
+        <v>12.45</v>
       </c>
       <c r="J83" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K83" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L83" t="n">
-        <v>26.0</v>
+        <v>18.0</v>
       </c>
       <c r="M83" t="n">
-        <v>34.8</v>
+        <v>25.96</v>
       </c>
       <c r="N83" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O83" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P83" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R83" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S83" t="inlineStr">
         <is>
-          <t>Breach of monthly average OiW concentration</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T83" t="n">
-        <v>0.0023</v>
+        <v>0.0062</v>
       </c>
       <c r="U83" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V83" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>IRS/2025/5874/OPPC</t>
+          <t>IRS/2025/5855/OPPC</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>01 March 2025 00:00</t>
+          <t>25 February 2025 20:00</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G84" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H84" t="n">
-        <v>16.0</v>
+        <v>37.0</v>
       </c>
       <c r="I84" t="n">
-        <v>46.24</v>
+        <v>12.45</v>
       </c>
       <c r="J84" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K84" t="n">
         <v>1.0</v>
       </c>
       <c r="L84" t="n">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="M84" t="n">
-        <v>58.04</v>
+        <v>25.96</v>
       </c>
       <c r="N84" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O84" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P84" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R84" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S84" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T84" t="n">
-        <v>0.0222</v>
+        <v>0.0041</v>
       </c>
       <c r="U84" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V84" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W84" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y84" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB84" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF84" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>IRS/2025/5875/OPPC</t>
+          <t>IRS/2025/5859/OPPC</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>28 February 2025 23:59</t>
+          <t>28 February 2025 09:10</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Malory Platform</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>MALORY</t>
         </is>
       </c>
       <c r="G85" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H85" t="n">
-        <v>11.0</v>
+        <v>32.0</v>
       </c>
       <c r="I85" t="n">
-        <v>3.752</v>
+        <v>37.97</v>
       </c>
       <c r="J85" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K85" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L85" t="n">
-        <v>59.0</v>
+        <v>14.0</v>
       </c>
       <c r="M85" t="n">
-        <v>54.329</v>
+        <v>39.58</v>
       </c>
       <c r="N85" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O85" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>48</t>
         </is>
       </c>
       <c r="P85" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R85" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S85" t="inlineStr">
+        <is>
+          <t>4. Discharge conditions - 4.3</t>
+        </is>
+      </c>
+      <c r="U85" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W85" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y85" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z85" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB85" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF85" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>IRS/2025/5878/OPPC</t>
+          <t>IRS/2025/5860/OPPC</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>01 March 2025 07:30</t>
+          <t>27 February 2025 14:30</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G86" t="n">
         <v>61.0</v>
       </c>
       <c r="H86" t="n">
         <v>37.0</v>
       </c>
       <c r="I86" t="n">
         <v>12.45</v>
@@ -9647,2342 +9679,2256 @@
           <t>North</t>
         </is>
       </c>
       <c r="K86" t="n">
         <v>1.0</v>
       </c>
       <c r="L86" t="n">
         <v>18.0</v>
       </c>
       <c r="M86" t="n">
         <v>25.96</v>
       </c>
       <c r="N86" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O86" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P86" t="inlineStr">
         <is>
           <t>12</t>
-        </is>
-[...36 lines deleted...]
-          <t>Yes</t>
         </is>
       </c>
       <c r="AF86" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>IRS/2025/5885/OPPC</t>
+          <t>IRS/2025/5862/OPPC</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>03 March 2025 09:30</t>
+          <t>28 February 2025 10:00</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G87" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H87" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I87" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J87" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K87" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L87" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M87" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N87" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O87" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P87" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R87" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S87" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1 Discharge Conditions</t>
         </is>
       </c>
       <c r="T87" t="n">
-        <v>0.1422</v>
+        <v>2.0406</v>
       </c>
       <c r="U87" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V87" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W87" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y87" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB87" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF87" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>IRS/2025/5886/OPPC</t>
+          <t>IRS/2025/5866/OPPC</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>03 March 2025 11:00</t>
+          <t>28 February 2025 12:00</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G88" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H88" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I88" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J88" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K88" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L88" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M88" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N88" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O88" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P88" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R88" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S88" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T88" t="n">
-        <v>0.8281</v>
+        <v>7.0E-4</v>
       </c>
       <c r="U88" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V88" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W88" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y88" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB88" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF88" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>IRS/2025/5887/OPPC</t>
+          <t>IRS/2025/5868/OPPC</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>02 March 2025 22:30</t>
+          <t>28 February 2025 20:00</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G89" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H89" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I89" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J89" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K89" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L89" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M89" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N89" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O89" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P89" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R89" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S89" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T89" t="n">
-        <v>0.0116</v>
+        <v>0.0119</v>
       </c>
       <c r="U89" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V89" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W89" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y89" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB89" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF89" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>IRS/2025/5891/OPPC</t>
+          <t>IRS/2025/5873/OPPC</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>03 March 2025 12:00</t>
+          <t>03 March 2025 07:30</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G90" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="H90" t="n">
-        <v>55.0</v>
+        <v>50.0</v>
       </c>
       <c r="I90" t="n">
-        <v>31.635</v>
+        <v>4.4</v>
       </c>
       <c r="J90" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K90" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L90" t="n">
-        <v>17.0</v>
+        <v>26.0</v>
       </c>
       <c r="M90" t="n">
-        <v>34.315</v>
+        <v>34.8</v>
       </c>
       <c r="N90" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O90" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P90" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R90" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S90" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Breach of monthly average OiW concentration</t>
         </is>
       </c>
       <c r="T90" t="n">
-        <v>0.0174</v>
+        <v>0.0023</v>
       </c>
       <c r="U90" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V90" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W90" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y90" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB90" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF90" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>IRS/2025/5892/OPPC</t>
+          <t>IRS/2025/5874/OPPC</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>03 March 2025 12:00</t>
+          <t>01 March 2025 00:00</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="G91" t="n">
         <v>59.0</v>
       </c>
       <c r="H91" t="n">
-        <v>55.0</v>
+        <v>16.0</v>
       </c>
       <c r="I91" t="n">
-        <v>31.635</v>
+        <v>46.24</v>
       </c>
       <c r="J91" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K91" t="n">
         <v>1.0</v>
       </c>
       <c r="L91" t="n">
-        <v>17.0</v>
+        <v>30.0</v>
       </c>
       <c r="M91" t="n">
-        <v>34.315</v>
+        <v>58.04</v>
       </c>
       <c r="N91" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O91" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P91" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R91" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S91" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T91" t="n">
-        <v>1.1751</v>
+        <v>0.0222</v>
       </c>
       <c r="U91" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V91" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W91" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y91" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB91" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF91" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>IRS/2025/5894/OPPC</t>
+          <t>IRS/2025/5875/OPPC</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>01 March 2025 00:01</t>
+          <t>28 February 2025 23:59</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G92" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H92" t="n">
-        <v>37.0</v>
+        <v>11.0</v>
       </c>
       <c r="I92" t="n">
-        <v>12.45</v>
+        <v>3.752</v>
       </c>
       <c r="J92" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K92" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L92" t="n">
-        <v>18.0</v>
+        <v>59.0</v>
       </c>
       <c r="M92" t="n">
-        <v>25.96</v>
+        <v>54.329</v>
       </c>
       <c r="N92" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O92" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P92" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF92" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>IRS/2025/5896/OPPC</t>
+          <t>IRS/2025/5878/OPPC</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>01 March 2025 00:00</t>
+          <t>01 March 2025 07:30</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>STRATHSPEY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G93" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H93" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I93" t="n">
-        <v>34.4</v>
+        <v>12.45</v>
       </c>
       <c r="J93" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K93" t="n">
         <v>1.0</v>
       </c>
       <c r="L93" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M93" t="n">
-        <v>9.6</v>
+        <v>25.96</v>
       </c>
       <c r="N93" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O93" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P93" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R93" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S93" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T93" t="n">
+        <v>0.4896</v>
+      </c>
+      <c r="U93" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V93" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W93" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y93" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB93" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF93" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>IRS/2025/5897/OPPC</t>
+          <t>IRS/2025/5885/OPPC</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>04 March 2025 09:00</t>
+          <t>03 March 2025 09:30</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G94" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H94" t="n">
-        <v>17.0</v>
+        <v>41.0</v>
       </c>
       <c r="I94" t="n">
-        <v>15.15</v>
+        <v>48.3</v>
       </c>
       <c r="J94" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K94" t="n">
         <v>2.0</v>
       </c>
       <c r="L94" t="n">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="M94" t="n">
-        <v>41.51</v>
+        <v>13.35</v>
       </c>
       <c r="N94" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O94" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P94" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R94" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S94" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T94" t="n">
-        <v>0.2795</v>
+        <v>0.1422</v>
       </c>
       <c r="U94" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V94" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W94" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y94" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB94" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF94" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>IRS/2025/5904/OPPC</t>
+          <t>IRS/2025/5886/OPPC</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>06 March 2025 07:40</t>
+          <t>03 March 2025 11:00</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G95" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H95" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I95" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J95" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K95" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L95" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M95" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N95" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O95" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P95" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R95" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S95" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T95" t="n">
-        <v>0.002</v>
+        <v>0.8281</v>
       </c>
       <c r="U95" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V95" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W95" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y95" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB95" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF95" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>IRS/2025/5905/OPPC</t>
+          <t>IRS/2025/5887/OPPC</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>05 March 2025 12:12</t>
+          <t>02 March 2025 22:30</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G96" t="n">
         <v>56.0</v>
       </c>
       <c r="H96" t="n">
-        <v>46.0</v>
+        <v>41.0</v>
       </c>
       <c r="I96" t="n">
-        <v>12.43</v>
+        <v>48.3</v>
       </c>
       <c r="J96" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K96" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L96" t="n">
-        <v>42.0</v>
+        <v>20.0</v>
       </c>
       <c r="M96" t="n">
-        <v>46.93</v>
+        <v>13.35</v>
       </c>
       <c r="N96" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O96" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P96" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R96" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S96" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T96" t="n">
-        <v>6.0E-4</v>
+        <v>0.0116</v>
       </c>
       <c r="U96" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V96" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W96" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y96" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB96" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF96" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>IRS/2025/5909/OPPC</t>
+          <t>IRS/2025/5891/OPPC</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>06 March 2025 16:10</t>
+          <t>03 March 2025 12:00</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G97" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H97" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I97" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J97" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K97" t="n">
         <v>1.0</v>
       </c>
       <c r="L97" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M97" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N97" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O97" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P97" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R97" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S97" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T97" t="n">
-        <v>0.0161</v>
+        <v>0.0174</v>
       </c>
       <c r="U97" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V97" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W97" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y97" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB97" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF97" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>IRS/2025/5910/OPPC</t>
+          <t>IRS/2025/5892/OPPC</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>07 March 2025 04:00</t>
+          <t>03 March 2025 12:00</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G98" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H98" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I98" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J98" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K98" t="n">
         <v>1.0</v>
       </c>
       <c r="L98" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M98" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N98" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O98" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P98" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R98" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S98" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T98" t="n">
-        <v>0.001</v>
+        <v>1.1751</v>
       </c>
       <c r="U98" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V98" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W98" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y98" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB98" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF98" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>IRS/2025/5911/OPPC</t>
+          <t>IRS/2025/5894/OPPC</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>08 March 2025 07:00</t>
+          <t>01 March 2025 00:01</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G99" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H99" t="n">
-        <v>28.0</v>
+        <v>37.0</v>
       </c>
       <c r="I99" t="n">
-        <v>6.0</v>
+        <v>12.45</v>
       </c>
       <c r="J99" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K99" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L99" t="n">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
       <c r="M99" t="n">
-        <v>43.0</v>
+        <v>25.96</v>
       </c>
       <c r="N99" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O99" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P99" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R99" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S99" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T99" t="n">
-        <v>0.0665</v>
+        <v>2.1169</v>
       </c>
       <c r="U99" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V99" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W99" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y99" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB99" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF99" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>IRS/2025/5917/OPPC</t>
+          <t>IRS/2025/5896/OPPC</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>08 March 2025 04:00</t>
+          <t>01 March 2025 00:00</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G100" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H100" t="n">
-        <v>37.0</v>
+        <v>51.0</v>
       </c>
       <c r="I100" t="n">
-        <v>12.45</v>
+        <v>34.4</v>
       </c>
       <c r="J100" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K100" t="n">
         <v>1.0</v>
       </c>
       <c r="L100" t="n">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="M100" t="n">
-        <v>25.96</v>
+        <v>9.6</v>
       </c>
       <c r="N100" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O100" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P100" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF100" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>IRS/2025/5919/OPPC</t>
+          <t>IRS/2025/5897/OPPC</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>08 March 2025 11:45</t>
+          <t>04 March 2025 09:00</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G101" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H101" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I101" t="n">
-        <v>12.45</v>
+        <v>15.15</v>
       </c>
       <c r="J101" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K101" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L101" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M101" t="n">
-        <v>25.96</v>
+        <v>41.51</v>
       </c>
       <c r="N101" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O101" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P101" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R101" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S101" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T101" t="n">
-        <v>0.4559</v>
+        <v>0.2795</v>
       </c>
       <c r="U101" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V101" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W101" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y101" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB101" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>3.4</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF101" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>IRS/2025/5923/OPPC</t>
+          <t>IRS/2025/5904/OPPC</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>10 March 2025 09:50</t>
+          <t>06 March 2025 07:40</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G102" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H102" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I102" t="n">
-        <v>36.0</v>
+        <v>12.45</v>
       </c>
       <c r="J102" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K102" t="n">
         <v>1.0</v>
       </c>
       <c r="L102" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="M102" t="n">
-        <v>7.0</v>
+        <v>25.96</v>
       </c>
       <c r="N102" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O102" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P102" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R102" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S102" t="inlineStr">
         <is>
-          <t>Discharge condition 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T102" t="n">
-        <v>0.1262</v>
+        <v>0.002</v>
       </c>
       <c r="U102" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V102" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W102" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y102" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB102" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF102" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>IRS/2025/5924/OPPC</t>
+          <t>IRS/2025/5905/OPPC</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>07 March 2025 18:00</t>
+          <t>05 March 2025 12:12</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="G103" t="n">
         <v>56.0</v>
       </c>
       <c r="H103" t="n">
-        <v>41.0</v>
+        <v>46.0</v>
       </c>
       <c r="I103" t="n">
-        <v>48.3</v>
+        <v>12.43</v>
       </c>
       <c r="J103" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K103" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L103" t="n">
-        <v>20.0</v>
+        <v>42.0</v>
       </c>
       <c r="M103" t="n">
-        <v>13.35</v>
+        <v>46.93</v>
       </c>
       <c r="N103" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O103" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>28</t>
         </is>
       </c>
       <c r="P103" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R103" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S103" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T103" t="n">
-        <v>4.0E-4</v>
+        <v>6.0E-4</v>
       </c>
       <c r="U103" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V103" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W103" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y103" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB103" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF103" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>IRS/2025/5931/OPPC</t>
+          <t>IRS/2025/5909/OPPC</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>12 March 2025 06:45</t>
+          <t>06 March 2025 16:10</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G104" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H104" t="n">
-        <v>1.0</v>
+        <v>37.0</v>
       </c>
       <c r="I104" t="n">
-        <v>53.58</v>
+        <v>12.45</v>
       </c>
       <c r="J104" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K104" t="n">
         <v>1.0</v>
       </c>
       <c r="L104" t="n">
-        <v>57.0</v>
+        <v>18.0</v>
       </c>
       <c r="M104" t="n">
-        <v>19.22</v>
+        <v>25.96</v>
       </c>
       <c r="N104" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O104" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P104" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R104" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S104" t="inlineStr">
         <is>
-          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample
-concentration over 100 mg/l</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T104" t="n">
-        <v>0.0663</v>
+        <v>0.0161</v>
       </c>
       <c r="U104" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V104" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W104" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y104" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB104" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF104" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>IRS/2025/5934/OPPC</t>
+          <t>IRS/2025/5910/OPPC</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>14 March 2025 08:00</t>
+          <t>07 March 2025 04:00</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>Montrose A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>MONTROSE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G105" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H105" t="n">
-        <v>26.0</v>
+        <v>37.0</v>
       </c>
       <c r="I105" t="n">
-        <v>52.415</v>
+        <v>12.45</v>
       </c>
       <c r="J105" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K105" t="n">
         <v>1.0</v>
       </c>
       <c r="L105" t="n">
-        <v>24.0</v>
+        <v>18.0</v>
       </c>
       <c r="M105" t="n">
-        <v>48.319</v>
+        <v>25.96</v>
       </c>
       <c r="N105" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O105" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P105" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R105" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S105" t="inlineStr">
         <is>
-          <t>monthly average</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T105" t="n">
-        <v>0.1312</v>
+        <v>0.001</v>
       </c>
       <c r="U105" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V105" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W105" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y105" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB105" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF105" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>IRS/2025/5938/OPPC</t>
+          <t>IRS/2025/5911/OPPC</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>14 March 2025 04:00</t>
+          <t>08 March 2025 07:00</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G106" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H106" t="n">
-        <v>37.0</v>
+        <v>28.0</v>
       </c>
       <c r="I106" t="n">
-        <v>12.45</v>
+        <v>6.0</v>
       </c>
       <c r="J106" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K106" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L106" t="n">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
       <c r="M106" t="n">
-        <v>25.96</v>
+        <v>43.0</v>
       </c>
       <c r="N106" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O106" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P106" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R106" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S106" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T106" t="n">
-        <v>0.0056</v>
+        <v>0.0665</v>
       </c>
       <c r="U106" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V106" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W106" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y106" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB106" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF106" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>IRS/2025/5944/OPPC</t>
+          <t>IRS/2025/5917/OPPC</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>15 March 2025 12:00</t>
+          <t>08 March 2025 04:00</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G107" t="n">
         <v>61.0</v>
       </c>
       <c r="H107" t="n">
         <v>37.0</v>
       </c>
       <c r="I107" t="n">
         <v>12.45</v>
@@ -12005,324 +11951,332 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O107" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P107" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R107" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S107" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T107" t="n">
-        <v>0.035</v>
+        <v>0.0017</v>
       </c>
       <c r="U107" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V107" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W107" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y107" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB107" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF107" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>IRS/2025/5949/OPPC</t>
+          <t>IRS/2025/5919/OPPC</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>16 March 2025 16:30</t>
+          <t>08 March 2025 11:45</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G108" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H108" t="n">
-        <v>28.0</v>
+        <v>37.0</v>
       </c>
       <c r="I108" t="n">
-        <v>6.0</v>
+        <v>12.45</v>
       </c>
       <c r="J108" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K108" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L108" t="n">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
       <c r="M108" t="n">
-        <v>43.0</v>
+        <v>25.96</v>
       </c>
       <c r="N108" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O108" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P108" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R108" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S108" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T108" t="n">
-        <v>0.3964</v>
+        <v>0.4559</v>
       </c>
       <c r="U108" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V108" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W108" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y108" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB108" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
+      </c>
+      <c r="AC108" t="n">
+        <v>359.0</v>
+      </c>
+      <c r="AD108" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="AE108" t="n">
+        <v>3.4</v>
       </c>
       <c r="AF108" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>IRS/2025/5952/OPPC</t>
+          <t>IRS/2025/5923/OPPC</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>18 March 2025 12:45</t>
+          <t>10 March 2025 09:50</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>Leman AD1 Platform [SHELL]</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G109" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H109" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="I109" t="n">
-        <v>22.0</v>
+        <v>36.0</v>
       </c>
       <c r="J109" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K109" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L109" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M109" t="n">
         <v>7.0</v>
       </c>
-      <c r="M109" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N109" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O109" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P109" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R109" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S109" t="inlineStr">
         <is>
-          <t>A OIPW sample above 100mg/l. 
-Sample taken on the 5th March 2025 has a result of 130Mg/l.</t>
+          <t>Discharge condition 4.1.</t>
         </is>
       </c>
       <c r="T109" t="n">
-        <v>0.0058</v>
+        <v>0.1262</v>
       </c>
       <c r="U109" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V109" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W109" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y109" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB109" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF109" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>IRS/2025/5953/OPPC</t>
+          <t>IRS/2025/5924/OPPC</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>15 March 2025 03:00</t>
+          <t>07 March 2025 18:00</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G110" t="n">
         <v>56.0</v>
       </c>
       <c r="H110" t="n">
         <v>41.0</v>
       </c>
       <c r="I110" t="n">
         <v>48.3</v>
@@ -12341,327 +12295,328 @@
       <c r="M110" t="n">
         <v>13.35</v>
       </c>
       <c r="N110" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O110" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P110" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R110" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S110" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T110" t="n">
-        <v>0.0046</v>
+        <v>4.0E-4</v>
       </c>
       <c r="U110" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V110" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W110" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y110" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB110" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF110" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>IRS/2025/5954/OPPC</t>
+          <t>IRS/2025/5931/OPPC</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>16 March 2025 19:00</t>
+          <t>12 March 2025 06:45</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G111" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H111" t="n">
-        <v>37.0</v>
+        <v>1.0</v>
       </c>
       <c r="I111" t="n">
-        <v>12.45</v>
+        <v>53.58</v>
       </c>
       <c r="J111" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K111" t="n">
         <v>1.0</v>
       </c>
       <c r="L111" t="n">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="M111" t="n">
-        <v>25.96</v>
+        <v>19.22</v>
       </c>
       <c r="N111" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O111" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P111" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R111" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S111" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample
+concentration over 100 mg/l</t>
         </is>
       </c>
       <c r="T111" t="n">
-        <v>0.3713</v>
+        <v>0.0663</v>
       </c>
       <c r="U111" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V111" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W111" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y111" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB111" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF111" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>IRS/2025/5956/OPPC</t>
+          <t>IRS/2025/5934/OPPC</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>19 March 2025 01:15</t>
+          <t>14 March 2025 08:00</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Montrose A Platform</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>MONTROSE</t>
         </is>
       </c>
       <c r="G112" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H112" t="n">
-        <v>41.0</v>
+        <v>26.0</v>
       </c>
       <c r="I112" t="n">
-        <v>33.5</v>
+        <v>52.415</v>
       </c>
       <c r="J112" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K112" t="n">
         <v>1.0</v>
       </c>
       <c r="L112" t="n">
-        <v>16.0</v>
+        <v>24.0</v>
       </c>
       <c r="M112" t="n">
-        <v>54.7</v>
+        <v>48.319</v>
       </c>
       <c r="N112" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O112" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P112" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>17</t>
         </is>
       </c>
       <c r="R112" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S112" t="inlineStr">
         <is>
-          <t>Limits for parameters from discharge location</t>
+          <t>monthly average</t>
         </is>
       </c>
       <c r="T112" t="n">
-        <v>0.0125</v>
+        <v>0.1312</v>
       </c>
       <c r="U112" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V112" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W112" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y112" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB112" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF112" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>IRS/2025/5959/OPPC</t>
+          <t>IRS/2025/5938/OPPC</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>19 March 2025 20:00</t>
+          <t>14 March 2025 04:00</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G113" t="n">
         <v>61.0</v>
       </c>
       <c r="H113" t="n">
         <v>37.0</v>
       </c>
       <c r="I113" t="n">
         <v>12.45</v>
@@ -12684,97 +12639,97 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O113" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P113" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R113" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S113" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T113" t="n">
-        <v>0.0383</v>
+        <v>0.0056</v>
       </c>
       <c r="U113" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V113" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W113" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y113" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB113" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF113" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>IRS/2025/5967/OPPC</t>
+          <t>IRS/2025/5944/OPPC</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>22 March 2025 08:15</t>
+          <t>15 March 2025 12:00</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G114" t="n">
         <v>61.0</v>
       </c>
       <c r="H114" t="n">
         <v>37.0</v>
       </c>
       <c r="I114" t="n">
         <v>12.45</v>
@@ -12797,1476 +12752,1462 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O114" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P114" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R114" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S114" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T114" t="n">
-        <v>0.0189</v>
+        <v>0.035</v>
       </c>
       <c r="U114" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V114" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W114" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y114" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB114" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF114" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>IRS/2025/5968/OPPC</t>
+          <t>IRS/2025/5949/OPPC</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>23 March 2025 08:00</t>
+          <t>16 March 2025 16:30</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G115" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H115" t="n">
-        <v>26.0</v>
+        <v>28.0</v>
       </c>
       <c r="I115" t="n">
-        <v>58.0</v>
+        <v>6.0</v>
       </c>
       <c r="J115" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K115" t="n">
         <v>0.0</v>
       </c>
       <c r="L115" t="n">
-        <v>15.0</v>
+        <v>31.0</v>
       </c>
       <c r="M115" t="n">
-        <v>13.0</v>
+        <v>43.0</v>
       </c>
       <c r="N115" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O115" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P115" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R115" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S115" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T115" t="n">
-        <v>0.0693</v>
+        <v>0.3964</v>
       </c>
       <c r="U115" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V115" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W115" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y115" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB115" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF115" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>IRS/2025/5976/OPPC</t>
+          <t>IRS/2025/5952/OPPC</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>25 March 2025 15:25</t>
+          <t>18 March 2025 12:45</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>Leman BD Platform [PERENCO]</t>
+          <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G116" t="n">
         <v>53.0</v>
       </c>
       <c r="H116" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="I116" t="n">
-        <v>7.476</v>
+        <v>22.0</v>
       </c>
       <c r="J116" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K116" t="n">
         <v>2.0</v>
       </c>
       <c r="L116" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="M116" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="N116" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O116" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="P116" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="R116" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S116" t="inlineStr">
+        <is>
+          <t>A OIPW sample above 100mg/l. 
+Sample taken on the 5th March 2025 has a result of 130Mg/l.</t>
+        </is>
+      </c>
+      <c r="T116" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="U116" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V116" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W116" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y116" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB116" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF116" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>IRS/2025/5953/OPPC</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>15 March 2025 03:00</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G117" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H117" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I117" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J117" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K117" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L117" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M117" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N117" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O117" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P117" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R117" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S117" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T117" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="U117" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V117" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W117" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y117" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB117" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF117" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>IRS/2025/5954/OPPC</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>16 March 2025 19:00</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G118" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H118" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I118" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J118" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K118" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L118" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M118" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N118" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O118" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P118" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R118" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S118" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T118" t="n">
+        <v>0.3713</v>
+      </c>
+      <c r="U118" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V118" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W118" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y118" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB118" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF118" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>IRS/2025/5956/OPPC</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>19 March 2025 01:15</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>Brae A Platform</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
+        </is>
+      </c>
+      <c r="G119" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H119" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I119" t="n">
+        <v>33.5</v>
+      </c>
+      <c r="J119" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K119" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L119" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="M119" t="n">
+        <v>54.7</v>
+      </c>
+      <c r="N119" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O119" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="P119" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R119" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S119" t="inlineStr">
+        <is>
+          <t>Limits for parameters from discharge location</t>
+        </is>
+      </c>
+      <c r="T119" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="U119" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V119" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W119" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y119" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB119" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF119" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>IRS/2025/5959/OPPC</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>19 March 2025 20:00</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G120" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H120" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I120" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J120" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K120" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L120" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M120" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N120" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O120" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P120" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R120" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S120" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T120" t="n">
+        <v>0.0383</v>
+      </c>
+      <c r="U120" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V120" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W120" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y120" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB120" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF120" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>IRS/2025/5967/OPPC</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>22 March 2025 08:15</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G121" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H121" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I121" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J121" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K121" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L121" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M121" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N121" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O121" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P121" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R121" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S121" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T121" t="n">
+        <v>0.0189</v>
+      </c>
+      <c r="U121" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V121" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W121" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y121" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB121" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF121" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>IRS/2025/5968/OPPC</t>
+        </is>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>23 March 2025 08:00</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>Claymore A Platform</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>CLAYMORE</t>
+        </is>
+      </c>
+      <c r="G122" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H122" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I122" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J122" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K122" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L122" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M122" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="N122" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O122" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="P122" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="R122" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S122" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T122" t="n">
+        <v>0.0693</v>
+      </c>
+      <c r="U122" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V122" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W122" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y122" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB122" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF122" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>IRS/2025/5976/OPPC</t>
+        </is>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>25 March 2025 15:25</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>Leman BD Platform [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="G123" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H123" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="I123" t="n">
+        <v>7.476</v>
+      </c>
+      <c r="J123" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K123" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L123" t="n">
         <v>17.0</v>
       </c>
-      <c r="M116" t="n">
+      <c r="M123" t="n">
         <v>10.818</v>
       </c>
-      <c r="N116" t="inlineStr">
+      <c r="N123" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="O116" t="inlineStr">
+      <c r="O123" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
-      <c r="P116" t="inlineStr">
+      <c r="P123" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="R116" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S116" t="inlineStr">
+      <c r="R123" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S123" t="inlineStr">
         <is>
           <t>4. Discharge Conditions
 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the
 parameters specified in that Table.</t>
         </is>
       </c>
-      <c r="U116" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V116" t="inlineStr">
+      <c r="U123" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V123" t="inlineStr">
         <is>
           <t>Average concentration for the operation</t>
         </is>
       </c>
-      <c r="W116" t="inlineStr">
-[...807 lines deleted...]
-      </c>
       <c r="W123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
-      </c>
-[...7 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="AF123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>IRS/2025/6002/OPPC</t>
+          <t>IRS/2025/5981/OPPC</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>28 March 2025 07:00</t>
+          <t>25 March 2025 08:00</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G124" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H124" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I124" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J124" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K124" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L124" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M124" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N124" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O124" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P124" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R124" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S124" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T124" t="n">
-        <v>0.0048</v>
+        <v>0.0055</v>
       </c>
       <c r="U124" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V124" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W124" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y124" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB124" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF124" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>IRS/2025/6005/OPPC</t>
+          <t>IRS/2025/5984/OPPC</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>30 March 2025 07:20</t>
+          <t>26 March 2025 00:00</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G125" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H125" t="n">
-        <v>55.0</v>
+        <v>37.0</v>
       </c>
       <c r="I125" t="n">
-        <v>31.635</v>
+        <v>12.45</v>
       </c>
       <c r="J125" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K125" t="n">
         <v>1.0</v>
       </c>
       <c r="L125" t="n">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
       <c r="M125" t="n">
-        <v>34.315</v>
+        <v>25.96</v>
       </c>
       <c r="N125" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O125" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P125" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R125" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S125" t="inlineStr">
         <is>
-          <t>Table 1: Sampling and Quantification - Sampling Location</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T125" t="n">
+        <v>0.0112</v>
       </c>
       <c r="U125" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V125" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W125" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling location(s)</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Y125" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB125" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF125" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>IRS/2025/6008/OPPC</t>
+          <t>IRS/2025/5985/OPPC</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>01 April 2025 06:00</t>
+          <t>26 March 2025 16:15</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G126" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H126" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I126" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J126" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K126" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L126" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M126" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N126" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O126" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P126" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R126" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S126" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T126" t="n">
-        <v>0.1667</v>
+        <v>0.3769</v>
       </c>
       <c r="U126" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V126" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W126" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y126" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB126" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC126" t="n">
+        <v>240.0</v>
+      </c>
+      <c r="AD126" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="AE126" t="n">
+        <v>3.7</v>
       </c>
       <c r="AF126" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>IRS/2025/6009/OPPC</t>
+          <t>IRS/2025/5987/OPPC</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>01 April 2025 06:00</t>
+          <t>27 March 2025 11:00</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G127" t="n">
         <v>56.0</v>
       </c>
       <c r="H127" t="n">
         <v>41.0</v>
       </c>
       <c r="I127" t="n">
         <v>48.3</v>
@@ -14285,515 +14226,571 @@
       <c r="M127" t="n">
         <v>13.35</v>
       </c>
       <c r="N127" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O127" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P127" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R127" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S127" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T127" t="n">
-        <v>1.2029</v>
+        <v>0.0109</v>
       </c>
       <c r="U127" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V127" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>IRS/2025/6013/OPPC</t>
+          <t>IRS/2025/5988/OPPC</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>01 April 2025 00:01</t>
+          <t>27 March 2025 16:30</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
-          <t>Leman AP Platform [SHELL]</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>DRAKE</t>
         </is>
       </c>
       <c r="G128" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H128" t="n">
-        <v>5.0</v>
+        <v>57.0</v>
       </c>
       <c r="I128" t="n">
-        <v>22.0</v>
+        <v>26.76</v>
       </c>
       <c r="J128" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K128" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L128" t="n">
-        <v>7.0</v>
+        <v>50.0</v>
       </c>
       <c r="M128" t="n">
-        <v>45.0</v>
+        <v>42.26</v>
       </c>
       <c r="N128" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O128" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P128" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R128" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S128" t="inlineStr">
         <is>
-          <t>High monthly OiPW average for the month of March 2025 exceeding the permitted 30 mg/l.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T128" t="n">
-        <v>0.0172</v>
+        <v>3.7566</v>
       </c>
       <c r="U128" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V128" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration, Maximum load</t>
         </is>
       </c>
       <c r="W128" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y128" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB128" t="inlineStr">
         <is>
           <t>No</t>
         </is>
+      </c>
+      <c r="AC128" t="n">
+        <v>210.0</v>
+      </c>
+      <c r="AD128" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="AE128" t="n">
+        <v>1.5</v>
       </c>
       <c r="AF128" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>IRS/2025/6015/OPPC</t>
+          <t>IRS/2025/5994/OPPC</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>31 March 2025 23:59</t>
+          <t>29 March 2025 12:00</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G129" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H129" t="n">
-        <v>11.0</v>
+        <v>37.0</v>
       </c>
       <c r="I129" t="n">
-        <v>3.752</v>
+        <v>12.45</v>
       </c>
       <c r="J129" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K129" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L129" t="n">
-        <v>59.0</v>
+        <v>18.0</v>
       </c>
       <c r="M129" t="n">
-        <v>54.329</v>
+        <v>25.96</v>
       </c>
       <c r="N129" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O129" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P129" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R129" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S129" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T129" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="U129" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V129" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W129" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y129" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB129" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF129" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>IRS/2025/6017/OPPC</t>
+          <t>IRS/2025/5995/OPPC</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>01 April 2025 08:00</t>
+          <t>29 March 2025 20:00</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G130" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H130" t="n">
-        <v>28.0</v>
+        <v>37.0</v>
       </c>
       <c r="I130" t="n">
-        <v>6.0</v>
+        <v>12.45</v>
       </c>
       <c r="J130" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K130" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L130" t="n">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
       <c r="M130" t="n">
-        <v>43.0</v>
+        <v>25.96</v>
       </c>
       <c r="N130" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O130" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P130" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R130" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S130" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T130" t="n">
-        <v>0.9797</v>
+        <v>0.3543</v>
       </c>
       <c r="U130" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V130" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W130" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y130" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB130" t="inlineStr">
         <is>
           <t>No</t>
         </is>
+      </c>
+      <c r="AC130" t="n">
+        <v>300.0</v>
+      </c>
+      <c r="AD130" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="AE130" t="n">
+        <v>2.8</v>
       </c>
       <c r="AF130" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>IRS/2025/6019/OPPC</t>
+          <t>IRS/2025/6002/OPPC</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>01 April 2025 12:00</t>
+          <t>28 March 2025 07:00</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G131" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H131" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I131" t="n">
-        <v>31.635</v>
+        <v>48.3</v>
       </c>
       <c r="J131" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K131" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L131" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M131" t="n">
-        <v>34.315</v>
+        <v>13.35</v>
       </c>
       <c r="N131" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O131" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P131" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R131" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S131" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T131" t="n">
-        <v>0.0332</v>
+        <v>0.0048</v>
       </c>
       <c r="U131" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V131" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W131" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y131" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB131" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF131" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>IRS/2025/6020/OPPC</t>
+          <t>IRS/2025/6005/OPPC</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>01 April 2025 12:00</t>
+          <t>30 March 2025 07:20</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>KRAKEN</t>
         </is>
       </c>
       <c r="G132" t="n">
         <v>59.0</v>
       </c>
       <c r="H132" t="n">
         <v>55.0</v>
       </c>
       <c r="I132" t="n">
         <v>31.635</v>
@@ -14812,4142 +14809,4155 @@
       <c r="M132" t="n">
         <v>34.315</v>
       </c>
       <c r="N132" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O132" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P132" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="R132" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S132" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
-[...3 lines deleted...]
-        <v>2.8944</v>
+          <t>Table 1: Sampling and Quantification - Sampling Location</t>
+        </is>
       </c>
       <c r="U132" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W132" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X132" t="inlineStr">
+        <is>
+          <t>Sampling location(s)</t>
         </is>
       </c>
       <c r="Y132" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB132" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF132" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>IRS/2025/6022/OPPC</t>
+          <t>IRS/2025/6008/OPPC</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>01 April 2025 07:28</t>
+          <t>01 April 2025 06:00</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>Beryl B Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G133" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H133" t="n">
-        <v>36.0</v>
+        <v>41.0</v>
       </c>
       <c r="I133" t="n">
-        <v>38.35</v>
+        <v>48.3</v>
       </c>
       <c r="J133" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K133" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L133" t="n">
-        <v>30.0</v>
+        <v>20.0</v>
       </c>
       <c r="M133" t="n">
-        <v>45.97</v>
+        <v>13.35</v>
       </c>
       <c r="N133" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O133" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P133" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R133" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S133" t="inlineStr">
         <is>
-          <t>Condition 4 Discharge Conditions - Monthly average exceedance</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T133" t="n">
-        <v>0.0876</v>
+        <v>0.1667</v>
       </c>
       <c r="U133" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V133" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W133" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y133" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB133" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF133" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>IRS/2025/6023/OPPC</t>
+          <t>IRS/2025/6009/OPPC</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>01 April 2025 09:00</t>
+          <t>01 April 2025 06:00</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G134" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H134" t="n">
-        <v>5.0</v>
+        <v>41.0</v>
       </c>
       <c r="I134" t="n">
-        <v>2.1</v>
+        <v>48.3</v>
       </c>
       <c r="J134" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K134" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L134" t="n">
-        <v>53.0</v>
+        <v>20.0</v>
       </c>
       <c r="M134" t="n">
-        <v>32.8</v>
+        <v>13.35</v>
       </c>
       <c r="N134" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O134" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P134" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R134" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S134" t="inlineStr">
         <is>
-          <t>Monthly Average Concentration.</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T134" t="n">
-        <v>0.0024</v>
+        <v>1.2029</v>
       </c>
       <c r="U134" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V134" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>IRS/2025/6024/OPPC</t>
+          <t>IRS/2025/6013/OPPC</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>01 April 2025 09:00</t>
+          <t>01 April 2025 00:01</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Leman AP Platform [SHELL]</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G135" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H135" t="n">
-        <v>57.0</v>
+        <v>5.0</v>
       </c>
       <c r="I135" t="n">
-        <v>26.76</v>
+        <v>22.0</v>
       </c>
       <c r="J135" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K135" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L135" t="n">
-        <v>50.0</v>
+        <v>7.0</v>
       </c>
       <c r="M135" t="n">
-        <v>42.26</v>
+        <v>45.0</v>
       </c>
       <c r="N135" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O135" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P135" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R135" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S135" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>High monthly OiPW average for the month of March 2025 exceeding the permitted 30 mg/l.</t>
         </is>
       </c>
       <c r="T135" t="n">
-        <v>4.7787</v>
+        <v>0.0172</v>
       </c>
       <c r="U135" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V135" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>IRS/2025/6046/OPPC</t>
+          <t>IRS/2025/6015/OPPC</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>07 April 2025 12:50</t>
+          <t>31 March 2025 23:59</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G136" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H136" t="n">
-        <v>48.0</v>
+        <v>11.0</v>
       </c>
       <c r="I136" t="n">
-        <v>36.0</v>
+        <v>3.752</v>
       </c>
       <c r="J136" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K136" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L136" t="n">
-        <v>44.0</v>
+        <v>59.0</v>
       </c>
       <c r="M136" t="n">
-        <v>7.0</v>
+        <v>54.329</v>
       </c>
       <c r="N136" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O136" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P136" t="inlineStr">
         <is>
-          <t>9</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF136" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>IRS/2025/6050/OPPC</t>
+          <t>IRS/2025/6017/OPPC</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>01 April 2025 00:00</t>
+          <t>01 April 2025 08:00</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>STRATHSPEY</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G137" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H137" t="n">
-        <v>51.0</v>
+        <v>28.0</v>
       </c>
       <c r="I137" t="n">
-        <v>34.4</v>
+        <v>6.0</v>
       </c>
       <c r="J137" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K137" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L137" t="n">
-        <v>28.0</v>
+        <v>31.0</v>
       </c>
       <c r="M137" t="n">
-        <v>9.6</v>
+        <v>43.0</v>
       </c>
       <c r="N137" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O137" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P137" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R137" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S137" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T137" t="n">
+        <v>0.9797</v>
+      </c>
+      <c r="U137" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V137" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W137" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y137" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB137" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF137" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>IRS/2025/6054/OPPC</t>
+          <t>IRS/2025/6019/OPPC</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>04 April 2025 15:30</t>
+          <t>01 April 2025 12:00</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G138" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="H138" t="n">
-        <v>46.0</v>
+        <v>55.0</v>
       </c>
       <c r="I138" t="n">
-        <v>50.78</v>
+        <v>31.635</v>
       </c>
       <c r="J138" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K138" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L138" t="n">
-        <v>6.0</v>
+        <v>17.0</v>
       </c>
       <c r="M138" t="n">
-        <v>32.52</v>
+        <v>34.315</v>
       </c>
       <c r="N138" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O138" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P138" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R138" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S138" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T138" t="n">
-        <v>1.1059</v>
+        <v>0.0332</v>
       </c>
       <c r="U138" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V138" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W138" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y138" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB138" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF138" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>IRS/2025/6062/OPPC</t>
+          <t>IRS/2025/6020/OPPC</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>12 April 2025 16:00</t>
+          <t>01 April 2025 12:00</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G139" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H139" t="n">
-        <v>1.0</v>
+        <v>55.0</v>
       </c>
       <c r="I139" t="n">
-        <v>53.58</v>
+        <v>31.635</v>
       </c>
       <c r="J139" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K139" t="n">
         <v>1.0</v>
       </c>
       <c r="L139" t="n">
-        <v>57.0</v>
+        <v>17.0</v>
       </c>
       <c r="M139" t="n">
-        <v>19.22</v>
+        <v>34.315</v>
       </c>
       <c r="N139" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O139" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P139" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R139" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S139" t="inlineStr">
         <is>
-          <t>multiple samples over 100mg/l during normal operations due to well slugging and corrosion inhibitor batching.</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T139" t="n">
-        <v>0.0495</v>
+        <v>2.8944</v>
       </c>
       <c r="U139" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V139" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB139" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>IRS/2025/6067/OPPC</t>
+          <t>IRS/2025/6022/OPPC</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>12 April 2025 15:35</t>
+          <t>01 April 2025 07:28</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Beryl B Platform</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="G140" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H140" t="n">
-        <v>37.0</v>
+        <v>36.0</v>
       </c>
       <c r="I140" t="n">
-        <v>12.45</v>
+        <v>38.35</v>
       </c>
       <c r="J140" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K140" t="n">
         <v>1.0</v>
       </c>
       <c r="L140" t="n">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
       <c r="M140" t="n">
-        <v>25.96</v>
+        <v>45.97</v>
       </c>
       <c r="N140" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O140" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P140" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="R140" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S140" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4 Discharge Conditions - Monthly average exceedance</t>
         </is>
       </c>
       <c r="T140" t="n">
-        <v>4.0E-4</v>
+        <v>0.0876</v>
       </c>
       <c r="U140" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V140" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>IRS/2025/6070/OPPC</t>
+          <t>IRS/2025/6023/OPPC</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>13 April 2025 00:00</t>
+          <t>01 April 2025 09:00</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G141" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H141" t="n">
-        <v>37.0</v>
+        <v>5.0</v>
       </c>
       <c r="I141" t="n">
-        <v>12.45</v>
+        <v>2.1</v>
       </c>
       <c r="J141" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K141" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L141" t="n">
-        <v>18.0</v>
+        <v>53.0</v>
       </c>
       <c r="M141" t="n">
-        <v>25.96</v>
+        <v>32.8</v>
       </c>
       <c r="N141" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O141" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P141" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R141" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S141" t="inlineStr">
         <is>
-          <t>Regulation 4</t>
+          <t>Monthly Average Concentration.</t>
         </is>
       </c>
       <c r="T141" t="n">
-        <v>0.5562</v>
+        <v>0.0024</v>
       </c>
       <c r="U141" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V141" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W141" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y141" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB141" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF141" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>IRS/2025/6072/OPPC</t>
+          <t>IRS/2025/6024/OPPC</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>14 April 2005 10:40</t>
+          <t>01 April 2025 09:00</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
-          <t>Haeva</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G142" t="n">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="H142" t="n">
-        <v>4.0</v>
+        <v>57.0</v>
       </c>
       <c r="I142" t="n">
-        <v>24.3</v>
+        <v>26.76</v>
       </c>
       <c r="J142" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K142" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L142" t="n">
-        <v>54.0</v>
+        <v>50.0</v>
       </c>
       <c r="M142" t="n">
-        <v>53.2</v>
+        <v>42.26</v>
       </c>
       <c r="N142" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O142" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P142" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R142" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S142" t="inlineStr">
         <is>
-          <t>4.3</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T142" t="n">
+        <v>4.7787</v>
       </c>
       <c r="U142" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V142" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W142" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y142" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB142" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF142" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>IRS/2025/6076/OPPC</t>
+          <t>IRS/2025/6046/OPPC</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>15 April 2025 21:00</t>
+          <t>07 April 2025 12:50</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G143" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H143" t="n">
-        <v>55.0</v>
+        <v>48.0</v>
       </c>
       <c r="I143" t="n">
-        <v>31.635</v>
+        <v>36.0</v>
       </c>
       <c r="J143" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K143" t="n">
         <v>1.0</v>
       </c>
       <c r="L143" t="n">
-        <v>17.0</v>
+        <v>44.0</v>
       </c>
       <c r="M143" t="n">
-        <v>34.315</v>
+        <v>7.0</v>
       </c>
       <c r="N143" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O143" t="inlineStr">
         <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P143" t="inlineStr">
+        <is>
           <t>9</t>
         </is>
       </c>
-      <c r="P143" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R143" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S143" t="inlineStr">
         <is>
-          <t>Table 1, Discharge Location 4 (HSP &amp; WI Pump Min Flow Protection), Maximum Concentration breached.</t>
+          <t>Discharge condition 4.1.</t>
         </is>
       </c>
       <c r="T143" t="n">
-        <v>0.0068</v>
+        <v>0.001</v>
       </c>
       <c r="U143" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V143" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>IRS/2025/6102/OPPC</t>
+          <t>IRS/2025/6050/OPPC</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>22 April 2025 11:00</t>
+          <t>01 April 2025 00:00</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G144" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H144" t="n">
-        <v>37.0</v>
+        <v>51.0</v>
       </c>
       <c r="I144" t="n">
-        <v>12.45</v>
+        <v>34.4</v>
       </c>
       <c r="J144" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K144" t="n">
         <v>1.0</v>
       </c>
       <c r="L144" t="n">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="M144" t="n">
-        <v>25.96</v>
+        <v>9.6</v>
       </c>
       <c r="N144" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O144" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P144" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF144" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>IRS/2025/6104/OPPC</t>
+          <t>IRS/2025/6054/OPPC</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>22 April 2025 09:00</t>
+          <t>04 April 2025 15:30</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
+          <t>STELLA</t>
         </is>
       </c>
       <c r="G145" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H145" t="n">
-        <v>17.0</v>
+        <v>46.0</v>
       </c>
       <c r="I145" t="n">
-        <v>42.0</v>
+        <v>50.78</v>
       </c>
       <c r="J145" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K145" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L145" t="n">
-        <v>39.0</v>
+        <v>6.0</v>
       </c>
       <c r="M145" t="n">
-        <v>46.0</v>
+        <v>32.52</v>
       </c>
       <c r="N145" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O145" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P145" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="R145" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S145" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T145" t="n">
+        <v>1.1059</v>
+      </c>
+      <c r="U145" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V145" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W145" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y145" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB145" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF145" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>IRS/2025/6110/OPPC</t>
+          <t>IRS/2025/6062/OPPC</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>24 April 2025 07:00</t>
+          <t>12 April 2025 16:00</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G146" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H146" t="n">
-        <v>41.0</v>
+        <v>1.0</v>
       </c>
       <c r="I146" t="n">
-        <v>48.3</v>
+        <v>53.58</v>
       </c>
       <c r="J146" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K146" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L146" t="n">
-        <v>20.0</v>
+        <v>57.0</v>
       </c>
       <c r="M146" t="n">
-        <v>13.35</v>
+        <v>19.22</v>
       </c>
       <c r="N146" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O146" t="inlineStr">
         <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P146" t="inlineStr">
+        <is>
           <t>30</t>
         </is>
       </c>
-      <c r="P146" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R146" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S146" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>multiple samples over 100mg/l during normal operations due to well slugging and corrosion inhibitor batching.</t>
         </is>
       </c>
       <c r="T146" t="n">
-        <v>0.0011</v>
+        <v>0.0495</v>
       </c>
       <c r="U146" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V146" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W146" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y146" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB146" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF146" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>IRS/2025/6130/OPPC</t>
+          <t>IRS/2025/6067/OPPC</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>28 April 2025 06:00</t>
+          <t>12 April 2025 15:35</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>Brae East Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>EAST BRAE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G147" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="H147" t="n">
-        <v>52.0</v>
+        <v>37.0</v>
       </c>
       <c r="I147" t="n">
-        <v>34.183</v>
+        <v>12.45</v>
       </c>
       <c r="J147" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K147" t="n">
         <v>1.0</v>
       </c>
       <c r="L147" t="n">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
       <c r="M147" t="n">
-        <v>37.421</v>
+        <v>25.96</v>
       </c>
       <c r="N147" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O147" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P147" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R147" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S147" t="inlineStr">
         <is>
-          <t>Exceeded maximum concentration of 100mg/l in produced water overboard discharge.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T147" t="n">
-        <v>0.1074</v>
+        <v>4.0E-4</v>
       </c>
       <c r="U147" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V147" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W147" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y147" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB147" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF147" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>IRS/2025/6138/OPPC</t>
+          <t>IRS/2025/6070/OPPC</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>29 April 2025 07:30</t>
+          <t>13 April 2025 00:00</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G148" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H148" t="n">
-        <v>17.0</v>
+        <v>37.0</v>
       </c>
       <c r="I148" t="n">
-        <v>15.15</v>
+        <v>12.45</v>
       </c>
       <c r="J148" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K148" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L148" t="n">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="M148" t="n">
-        <v>41.51</v>
+        <v>25.96</v>
       </c>
       <c r="N148" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O148" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P148" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R148" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S148" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Regulation 4</t>
         </is>
       </c>
       <c r="T148" t="n">
-        <v>0.1557</v>
+        <v>0.5562</v>
       </c>
       <c r="U148" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V148" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W148" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y148" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB148" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF148" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>IRS/2025/6143/OPPC</t>
+          <t>IRS/2025/6072/OPPC</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>01 May 2025 12:15</t>
+          <t>14 April 2005 10:40</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
-          <t>Ocean GreatWhite</t>
+          <t>Haeva</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="G149" t="n">
-        <v>60.0</v>
+        <v>54.0</v>
       </c>
       <c r="H149" t="n">
-        <v>22.0</v>
+        <v>4.0</v>
       </c>
       <c r="I149" t="n">
-        <v>53.0</v>
+        <v>24.3</v>
       </c>
       <c r="J149" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K149" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="L149" t="n">
-        <v>5.0</v>
+        <v>54.0</v>
       </c>
       <c r="M149" t="n">
-        <v>46.0</v>
+        <v>53.2</v>
       </c>
       <c r="N149" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O149" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>42</t>
         </is>
       </c>
       <c r="P149" t="inlineStr">
         <is>
-          <t>20</t>
-[...4 lines deleted...]
-          <t>3 (1)</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R149" t="inlineStr">
         <is>
-          <t>No</t>
-[...7 lines deleted...]
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S149" t="inlineStr">
+        <is>
+          <t>4.3</t>
+        </is>
+      </c>
+      <c r="U149" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W149" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y149" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z149" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB149" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>4.0</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF149" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>IRS/2025/6144/OPPC</t>
+          <t>IRS/2025/6076/OPPC</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>01 May 2025 01:00</t>
+          <t>15 April 2025 21:00</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>NELSON</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G150" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H150" t="n">
-        <v>39.0</v>
+        <v>55.0</v>
       </c>
       <c r="I150" t="n">
-        <v>44.0</v>
+        <v>31.635</v>
       </c>
       <c r="J150" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K150" t="n">
         <v>1.0</v>
       </c>
       <c r="L150" t="n">
-        <v>8.0</v>
+        <v>17.0</v>
       </c>
       <c r="M150" t="n">
-        <v>39.0</v>
+        <v>34.315</v>
       </c>
       <c r="N150" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O150" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P150" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R150" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S150" t="inlineStr">
+        <is>
+          <t>Table 1, Discharge Location 4 (HSP &amp; WI Pump Min Flow Protection), Maximum Concentration breached.</t>
+        </is>
+      </c>
+      <c r="T150" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="U150" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V150" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W150" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y150" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB150" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF150" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>IRS/2025/6145/OPPC</t>
+          <t>IRS/2025/6102/OPPC</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>01 April 2025 08:00</t>
+          <t>22 April 2025 11:00</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>Brae East Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>EAST BRAE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G151" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="H151" t="n">
-        <v>52.0</v>
+        <v>37.0</v>
       </c>
       <c r="I151" t="n">
-        <v>34.183</v>
+        <v>12.45</v>
       </c>
       <c r="J151" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K151" t="n">
         <v>1.0</v>
       </c>
       <c r="L151" t="n">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
       <c r="M151" t="n">
-        <v>37.421</v>
+        <v>25.96</v>
       </c>
       <c r="N151" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O151" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P151" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R151" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S151" t="inlineStr">
         <is>
-          <t>Monthly average concentration exceeded 30mg/l permitted limit as stated in Table 1 for produced water.</t>
+          <t>4. Discharge Conditions</t>
         </is>
       </c>
       <c r="T151" t="n">
-        <v>0.1181</v>
+        <v>4.9939</v>
       </c>
       <c r="U151" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V151" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W151" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y151" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB151" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF151" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>IRS/2025/6146/OPPC</t>
+          <t>IRS/2025/6104/OPPC</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>01 May 2025 00:01</t>
+          <t>22 April 2025 09:00</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="G152" t="n">
         <v>57.0</v>
       </c>
       <c r="H152" t="n">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
       <c r="I152" t="n">
-        <v>3.752</v>
+        <v>42.0</v>
       </c>
       <c r="J152" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K152" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L152" t="n">
-        <v>59.0</v>
+        <v>39.0</v>
       </c>
       <c r="M152" t="n">
-        <v>54.329</v>
+        <v>46.0</v>
       </c>
       <c r="N152" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O152" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P152" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>24</t>
         </is>
       </c>
       <c r="AF152" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>IRS/2025/6149/OPPC</t>
+          <t>IRS/2025/6110/OPPC</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>01 May 2025 12:00</t>
+          <t>24 April 2025 07:00</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G153" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H153" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I153" t="n">
-        <v>31.635</v>
+        <v>48.3</v>
       </c>
       <c r="J153" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K153" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L153" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M153" t="n">
-        <v>34.315</v>
+        <v>13.35</v>
       </c>
       <c r="N153" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O153" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P153" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R153" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S153" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T153" t="n">
-        <v>4.2819</v>
+        <v>0.0011</v>
       </c>
       <c r="U153" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V153" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W153" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y153" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB153" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF153" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>IRS/2025/6150/OPPC</t>
+          <t>IRS/2025/6130/OPPC</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>01 May 2025 12:00</t>
+          <t>28 April 2025 06:00</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Brae East Platform</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>EAST BRAE</t>
         </is>
       </c>
       <c r="G154" t="n">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="H154" t="n">
-        <v>55.0</v>
+        <v>52.0</v>
       </c>
       <c r="I154" t="n">
-        <v>31.635</v>
+        <v>34.183</v>
       </c>
       <c r="J154" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K154" t="n">
         <v>1.0</v>
       </c>
       <c r="L154" t="n">
-        <v>17.0</v>
+        <v>31.0</v>
       </c>
       <c r="M154" t="n">
-        <v>34.315</v>
+        <v>37.421</v>
       </c>
       <c r="N154" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O154" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P154" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R154" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S154" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Exceeded maximum concentration of 100mg/l in produced water overboard discharge.</t>
         </is>
       </c>
       <c r="T154" t="n">
-        <v>0.0329</v>
+        <v>0.1074</v>
       </c>
       <c r="U154" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V154" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W154" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y154" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB154" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF154" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>IRS/2025/6152/OPPC</t>
+          <t>IRS/2025/6138/OPPC</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>02 May 2025 09:00</t>
+          <t>29 April 2025 07:30</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G155" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H155" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="I155" t="n">
-        <v>48.3</v>
+        <v>15.15</v>
       </c>
       <c r="J155" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K155" t="n">
         <v>2.0</v>
       </c>
       <c r="L155" t="n">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="M155" t="n">
-        <v>13.35</v>
+        <v>41.51</v>
       </c>
       <c r="N155" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O155" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P155" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R155" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S155" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T155" t="n">
-        <v>0.8642</v>
+        <v>0.1557</v>
       </c>
       <c r="U155" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V155" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W155" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y155" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB155" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF155" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>IRS/2025/6153/OPPC</t>
+          <t>IRS/2025/6143/OPPC</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>02 May 2025 15:00</t>
+          <t>01 May 2025 12:15</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
-          <t>Forties A Satellite Platform</t>
+          <t>Ocean GreatWhite</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="G156" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H156" t="n">
-        <v>43.0</v>
+        <v>22.0</v>
       </c>
       <c r="I156" t="n">
-        <v>55.01</v>
+        <v>53.0</v>
       </c>
       <c r="J156" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K156" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="L156" t="n">
-        <v>58.0</v>
+        <v>5.0</v>
       </c>
       <c r="M156" t="n">
-        <v>21.79</v>
+        <v>46.0</v>
       </c>
       <c r="N156" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O156" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>204</t>
         </is>
       </c>
       <c r="P156" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="Q156" t="inlineStr">
+        <is>
+          <t>3 (1)</t>
         </is>
       </c>
       <c r="R156" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Condition 4 - Exceedance of FASP monthly 30mg/l</t>
+          <t>No</t>
         </is>
       </c>
       <c r="T156" t="n">
-        <v>0.6171</v>
-[...16 lines deleted...]
-      <c r="Y156" t="inlineStr">
+        <v>0.03</v>
+      </c>
+      <c r="AA156" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB156" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC156" t="n">
+        <v>250.0</v>
+      </c>
+      <c r="AD156" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="AE156" t="n">
+        <v>4.0</v>
       </c>
       <c r="AF156" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>IRS/2025/6163/OPPC</t>
+          <t>IRS/2025/6144/OPPC</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>01 May 2025 09:00</t>
+          <t>01 May 2025 01:00</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>NELSON</t>
         </is>
       </c>
       <c r="G157" t="n">
         <v>57.0</v>
       </c>
       <c r="H157" t="n">
-        <v>17.0</v>
+        <v>39.0</v>
       </c>
       <c r="I157" t="n">
-        <v>15.15</v>
+        <v>44.0</v>
       </c>
       <c r="J157" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K157" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L157" t="n">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="M157" t="n">
-        <v>41.51</v>
+        <v>39.0</v>
       </c>
       <c r="N157" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O157" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P157" t="inlineStr">
         <is>
-          <t>21</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>11</t>
         </is>
       </c>
       <c r="AF157" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>IRS/2025/6165/OPPC</t>
+          <t>IRS/2025/6145/OPPC</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>03 May 2025 21:00</t>
+          <t>01 April 2025 08:00</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Brae East Platform</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>EAST BRAE</t>
         </is>
       </c>
       <c r="G158" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="H158" t="n">
-        <v>41.0</v>
+        <v>52.0</v>
       </c>
       <c r="I158" t="n">
-        <v>48.3</v>
+        <v>34.183</v>
       </c>
       <c r="J158" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K158" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L158" t="n">
-        <v>20.0</v>
+        <v>31.0</v>
       </c>
       <c r="M158" t="n">
-        <v>13.35</v>
+        <v>37.421</v>
       </c>
       <c r="N158" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O158" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P158" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R158" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S158" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Monthly average concentration exceeded 30mg/l permitted limit as stated in Table 1 for produced water.</t>
         </is>
       </c>
       <c r="T158" t="n">
-        <v>0.0034</v>
+        <v>0.1181</v>
       </c>
       <c r="U158" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V158" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>IRS/2025/6168/OPPC</t>
+          <t>IRS/2025/6146/OPPC</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>05 May 2025 13:55</t>
+          <t>01 May 2025 00:01</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G159" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H159" t="n">
-        <v>48.0</v>
+        <v>11.0</v>
       </c>
       <c r="I159" t="n">
-        <v>36.0</v>
+        <v>3.752</v>
       </c>
       <c r="J159" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K159" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L159" t="n">
-        <v>44.0</v>
+        <v>59.0</v>
       </c>
       <c r="M159" t="n">
-        <v>7.0</v>
+        <v>54.329</v>
       </c>
       <c r="N159" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O159" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P159" t="inlineStr">
         <is>
-          <t>9</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF159" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>IRS/2025/6179/OPPC</t>
+          <t>IRS/2025/6149/OPPC</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>08 May 2025 15:00</t>
+          <t>01 May 2025 12:00</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G160" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="H160" t="n">
-        <v>41.0</v>
+        <v>55.0</v>
       </c>
       <c r="I160" t="n">
-        <v>48.3</v>
+        <v>31.635</v>
       </c>
       <c r="J160" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K160" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L160" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="M160" t="n">
-        <v>13.35</v>
+        <v>34.315</v>
       </c>
       <c r="N160" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O160" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P160" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R160" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S160" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T160" t="n">
-        <v>0.0032</v>
+        <v>4.2819</v>
       </c>
       <c r="U160" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V160" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W160" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y160" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB160" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF160" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>IRS/2025/6180/OPPC</t>
+          <t>IRS/2025/6150/OPPC</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>09 May 2025 04:00</t>
+          <t>01 May 2025 12:00</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G161" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H161" t="n">
-        <v>17.0</v>
+        <v>55.0</v>
       </c>
       <c r="I161" t="n">
-        <v>42.0</v>
+        <v>31.635</v>
       </c>
       <c r="J161" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K161" t="n">
         <v>1.0</v>
       </c>
       <c r="L161" t="n">
-        <v>39.0</v>
+        <v>17.0</v>
       </c>
       <c r="M161" t="n">
-        <v>46.0</v>
+        <v>34.315</v>
       </c>
       <c r="N161" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O161" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P161" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R161" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S161" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T161" t="n">
+        <v>0.0329</v>
+      </c>
+      <c r="U161" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V161" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W161" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y161" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB161" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF161" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>IRS/2025/6194/OPPC</t>
+          <t>IRS/2025/6152/OPPC</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>12 May 2025 09:00</t>
+          <t>02 May 2025 09:00</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G162" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H162" t="n">
         <v>41.0</v>
       </c>
       <c r="I162" t="n">
-        <v>30.0</v>
+        <v>48.3</v>
       </c>
       <c r="J162" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K162" t="n">
         <v>2.0</v>
       </c>
       <c r="L162" t="n">
-        <v>32.0</v>
+        <v>20.0</v>
       </c>
       <c r="M162" t="n">
-        <v>40.0</v>
+        <v>13.35</v>
       </c>
       <c r="N162" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O162" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P162" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R162" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S162" t="inlineStr">
         <is>
-          <t>Condition 4.1 of OLP/70/25</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T162" t="n">
-        <v>6.0E-4</v>
+        <v>0.8642</v>
       </c>
       <c r="U162" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V162" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>IRS/2025/6196/OPPC</t>
+          <t>IRS/2025/6153/OPPC</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>12 May 2025 06:40</t>
+          <t>02 May 2025 15:00</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>Montrose BLP</t>
+          <t>Forties A Satellite Platform</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>MONTROSE</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G163" t="n">
         <v>57.0</v>
       </c>
       <c r="H163" t="n">
-        <v>26.0</v>
+        <v>43.0</v>
       </c>
       <c r="I163" t="n">
-        <v>52.415</v>
+        <v>55.01</v>
       </c>
       <c r="J163" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K163" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L163" t="n">
-        <v>24.0</v>
+        <v>58.0</v>
       </c>
       <c r="M163" t="n">
-        <v>48.319</v>
+        <v>21.79</v>
       </c>
       <c r="N163" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O163" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P163" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R163" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S163" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4 - Exceedance of FASP monthly 30mg/l</t>
         </is>
       </c>
       <c r="T163" t="n">
-        <v>0.0777</v>
+        <v>0.6171</v>
       </c>
       <c r="U163" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V163" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB163" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>IRS/2025/6198/OPPC</t>
+          <t>IRS/2025/6163/OPPC</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>09 May 2025 11:00</t>
+          <t>01 May 2025 09:00</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G164" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H164" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="I164" t="n">
-        <v>48.3</v>
+        <v>15.15</v>
       </c>
       <c r="J164" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K164" t="n">
         <v>2.0</v>
       </c>
       <c r="L164" t="n">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="M164" t="n">
-        <v>13.35</v>
+        <v>41.51</v>
       </c>
       <c r="N164" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O164" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P164" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R164" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S164" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T164" t="n">
-        <v>0.0154</v>
+        <v>0.0277</v>
       </c>
       <c r="U164" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V164" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W164" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y164" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB164" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF164" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>IRS/2025/6200/OPPC</t>
+          <t>IRS/2025/6165/OPPC</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>01 May 2025 19:00</t>
+          <t>03 May 2025 21:00</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>Montrose A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>MONTROSE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G165" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H165" t="n">
-        <v>26.0</v>
+        <v>41.0</v>
       </c>
       <c r="I165" t="n">
-        <v>52.415</v>
+        <v>48.3</v>
       </c>
       <c r="J165" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K165" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L165" t="n">
-        <v>24.0</v>
+        <v>20.0</v>
       </c>
       <c r="M165" t="n">
-        <v>48.319</v>
+        <v>13.35</v>
       </c>
       <c r="N165" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O165" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P165" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R165" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S165" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T165" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="U165" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V165" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W165" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y165" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB165" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF165" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>IRS/2025/6202/OPPC</t>
+          <t>IRS/2025/6168/OPPC</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>12 May 2025 13:15</t>
+          <t>05 May 2025 13:55</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G166" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H166" t="n">
-        <v>57.0</v>
+        <v>48.0</v>
       </c>
       <c r="I166" t="n">
-        <v>26.76</v>
+        <v>36.0</v>
       </c>
       <c r="J166" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K166" t="n">
         <v>1.0</v>
       </c>
       <c r="L166" t="n">
-        <v>50.0</v>
+        <v>44.0</v>
       </c>
       <c r="M166" t="n">
-        <v>42.26</v>
+        <v>7.0</v>
       </c>
       <c r="N166" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O166" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P166" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R166" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S166" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Discharge condition 4.1.</t>
         </is>
       </c>
       <c r="T166" t="n">
-        <v>0.012</v>
+        <v>1.0E-4</v>
       </c>
       <c r="U166" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V166" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W166" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y166" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB166" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF166" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>IRS/2025/6207/OPPC</t>
+          <t>IRS/2025/6179/OPPC</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>30 April 2025 11:35</t>
+          <t>08 May 2025 15:00</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
-          <t>Leman BD Platform [PERENCO]</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G167" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H167" t="n">
-        <v>3.0</v>
+        <v>41.0</v>
       </c>
       <c r="I167" t="n">
-        <v>7.476</v>
+        <v>48.3</v>
       </c>
       <c r="J167" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K167" t="n">
         <v>2.0</v>
       </c>
       <c r="L167" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M167" t="n">
-        <v>10.818</v>
+        <v>13.35</v>
       </c>
       <c r="N167" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O167" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P167" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R167" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S167" t="inlineStr">
         <is>
-          <t>5.1 The Operator shall comply with the Standard Industry Conditions - failure to submit monthly OPPC return by 28th day of the following month.</t>
-        </is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T167" t="n">
+        <v>0.0032</v>
       </c>
       <c r="U167" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V167" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W167" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y167" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB167" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF167" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>IRS/2025/6208/OPPC</t>
+          <t>IRS/2025/6180/OPPC</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>30 April 2025 11:35</t>
+          <t>09 May 2025 04:00</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="G168" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H168" t="n">
-        <v>19.0</v>
+        <v>17.0</v>
       </c>
       <c r="I168" t="n">
-        <v>25.12</v>
+        <v>42.0</v>
       </c>
       <c r="J168" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K168" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L168" t="n">
-        <v>34.0</v>
+        <v>39.0</v>
       </c>
       <c r="M168" t="n">
-        <v>29.68</v>
+        <v>46.0</v>
       </c>
       <c r="N168" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O168" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P168" t="inlineStr">
         <is>
-          <t>23</t>
-[...29 lines deleted...]
-          <t>No</t>
+          <t>24</t>
         </is>
       </c>
       <c r="AF168" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>IRS/2025/6210/OPPC</t>
+          <t>IRS/2025/6194/OPPC</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>14 May 2025 16:00</t>
+          <t>12 May 2025 09:00</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="G169" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H169" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I169" t="n">
-        <v>12.45</v>
+        <v>30.0</v>
       </c>
       <c r="J169" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K169" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L169" t="n">
-        <v>18.0</v>
+        <v>32.0</v>
       </c>
       <c r="M169" t="n">
-        <v>25.96</v>
+        <v>40.0</v>
       </c>
       <c r="N169" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O169" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>206</t>
         </is>
       </c>
       <c r="P169" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="R169" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S169" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
+          <t>Condition 4.1 of OLP/70/25</t>
         </is>
       </c>
       <c r="T169" t="n">
-        <v>1.7063</v>
+        <v>6.0E-4</v>
       </c>
       <c r="U169" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V169" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>IRS/2025/6230/OPPC</t>
+          <t>IRS/2025/6196/OPPC</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>21 May 2025 08:00</t>
+          <t>12 May 2025 06:40</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
-          <t>Beryl A Platform</t>
+          <t>Montrose BLP</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>MONTROSE</t>
         </is>
       </c>
       <c r="G170" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H170" t="n">
-        <v>32.0</v>
+        <v>26.0</v>
       </c>
       <c r="I170" t="n">
-        <v>44.47</v>
+        <v>52.415</v>
       </c>
       <c r="J170" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K170" t="n">
         <v>1.0</v>
       </c>
       <c r="L170" t="n">
-        <v>32.0</v>
+        <v>24.0</v>
       </c>
       <c r="M170" t="n">
-        <v>16.45</v>
+        <v>48.319</v>
       </c>
       <c r="N170" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O170" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P170" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>17</t>
         </is>
       </c>
       <c r="R170" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S170" t="inlineStr">
         <is>
-          <t>Condition 4</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T170" t="n">
-        <v>5.0E-4</v>
+        <v>0.0777</v>
       </c>
       <c r="U170" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V170" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W170" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y170" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB170" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF170" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>IRS/2025/6243/OPPC</t>
+          <t>IRS/2025/6198/OPPC</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>23 May 2025 15:00</t>
+          <t>09 May 2025 11:00</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G171" t="n">
         <v>56.0</v>
       </c>
       <c r="H171" t="n">
         <v>41.0</v>
       </c>
       <c r="I171" t="n">
         <v>48.3</v>
@@ -18970,4293 +18980,4267 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O171" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P171" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R171" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S171" t="inlineStr">
         <is>
           <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T171" t="n">
-        <v>0.0172</v>
+        <v>0.0154</v>
       </c>
       <c r="U171" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V171" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W171" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y171" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB171" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF171" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>IRS/2025/6247/OPPC</t>
+          <t>IRS/2025/6200/OPPC</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>29 April 2025 11:00</t>
+          <t>01 May 2025 19:00</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
-          <t>Leman BD Platform [PERENCO]</t>
+          <t>Montrose A Platform</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>MONTROSE</t>
         </is>
       </c>
       <c r="G172" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H172" t="n">
-        <v>3.0</v>
+        <v>26.0</v>
       </c>
       <c r="I172" t="n">
-        <v>7.476</v>
+        <v>52.415</v>
       </c>
       <c r="J172" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K172" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L172" t="n">
-        <v>17.0</v>
+        <v>24.0</v>
       </c>
       <c r="M172" t="n">
-        <v>10.818</v>
+        <v>48.319</v>
       </c>
       <c r="N172" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O172" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P172" t="inlineStr">
         <is>
-          <t>27</t>
-[...34 lines deleted...]
-          <t>Yes</t>
+          <t>17</t>
         </is>
       </c>
       <c r="AF172" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>IRS/2025/6249/OPPC</t>
+          <t>IRS/2025/6202/OPPC</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>26 May 2025 13:25</t>
+          <t>12 May 2025 13:15</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G173" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H173" t="n">
-        <v>37.0</v>
+        <v>57.0</v>
       </c>
       <c r="I173" t="n">
-        <v>12.45</v>
+        <v>26.76</v>
       </c>
       <c r="J173" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K173" t="n">
         <v>1.0</v>
       </c>
       <c r="L173" t="n">
-        <v>18.0</v>
+        <v>50.0</v>
       </c>
       <c r="M173" t="n">
-        <v>25.96</v>
+        <v>42.26</v>
       </c>
       <c r="N173" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O173" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P173" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R173" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S173" t="inlineStr">
         <is>
-          <t>4A</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T173" t="n">
-        <v>0.0365</v>
+        <v>0.012</v>
       </c>
       <c r="U173" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V173" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W173" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y173" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB173" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>3.0</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF173" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>IRS/2025/6250/OPPC</t>
+          <t>IRS/2025/6207/OPPC</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>28 May 2025 08:00</t>
+          <t>30 April 2025 11:35</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Leman BD Platform [PERENCO]</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G174" t="n">
         <v>53.0</v>
       </c>
       <c r="H174" t="n">
-        <v>19.0</v>
+        <v>3.0</v>
       </c>
       <c r="I174" t="n">
-        <v>25.12</v>
+        <v>7.476</v>
       </c>
       <c r="J174" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K174" t="n">
         <v>2.0</v>
       </c>
       <c r="L174" t="n">
-        <v>34.0</v>
+        <v>17.0</v>
       </c>
       <c r="M174" t="n">
-        <v>29.68</v>
+        <v>10.818</v>
       </c>
       <c r="N174" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O174" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="P174" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>27</t>
         </is>
       </c>
       <c r="R174" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S174" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
-[...3 lines deleted...]
-        <v>0.8524</v>
+          <t>5.1 The Operator shall comply with the Standard Industry Conditions - failure to submit monthly OPPC return by 28th day of the following month.</t>
+        </is>
       </c>
       <c r="U174" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W174" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y174" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB174" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>0.5</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF174" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>IRS/2025/6255/OPPC</t>
+          <t>IRS/2025/6208/OPPC</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>30 May 2025 03:15</t>
+          <t>30 April 2025 11:35</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>DRAKE</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G175" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H175" t="n">
-        <v>57.0</v>
+        <v>19.0</v>
       </c>
       <c r="I175" t="n">
-        <v>26.76</v>
+        <v>25.12</v>
       </c>
       <c r="J175" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K175" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L175" t="n">
-        <v>50.0</v>
+        <v>34.0</v>
       </c>
       <c r="M175" t="n">
-        <v>42.26</v>
+        <v>29.68</v>
       </c>
       <c r="N175" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O175" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P175" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R175" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S175" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>1.0E-4</v>
+          <t>5.1 The Operator shall comply with the Standard Industry Conditions - failure to submit monthly OPPC return by 28th day of the following month.</t>
+        </is>
       </c>
       <c r="U175" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W175" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y175" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB175" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF175" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>IRS/2025/6261/OPPC</t>
+          <t>IRS/2025/6210/OPPC</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>31 May 2025 11:30</t>
+          <t>14 May 2025 16:00</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G176" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H176" t="n">
-        <v>28.0</v>
+        <v>37.0</v>
       </c>
       <c r="I176" t="n">
-        <v>6.0</v>
+        <v>12.45</v>
       </c>
       <c r="J176" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K176" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L176" t="n">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
       <c r="M176" t="n">
-        <v>43.0</v>
+        <v>25.96</v>
       </c>
       <c r="N176" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O176" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P176" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R176" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S176" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4. Discharge Conditions</t>
         </is>
       </c>
       <c r="T176" t="n">
-        <v>0.0776</v>
+        <v>1.7063</v>
       </c>
       <c r="U176" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V176" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W176" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y176" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB176" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF176" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>IRS/2025/6263/OPPC</t>
+          <t>IRS/2025/6230/OPPC</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>01 June 2025 02:55</t>
+          <t>21 May 2025 08:00</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Beryl A Platform</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="G177" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="H177" t="n">
-        <v>26.0</v>
+        <v>32.0</v>
       </c>
       <c r="I177" t="n">
-        <v>58.0</v>
+        <v>44.47</v>
       </c>
       <c r="J177" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K177" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L177" t="n">
-        <v>15.0</v>
+        <v>32.0</v>
       </c>
       <c r="M177" t="n">
-        <v>13.0</v>
+        <v>16.45</v>
       </c>
       <c r="N177" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O177" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P177" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="R177" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S177" t="inlineStr">
+        <is>
+          <t>Condition 4</t>
+        </is>
+      </c>
+      <c r="T177" t="n">
+        <v>5.0E-4</v>
+      </c>
+      <c r="U177" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V177" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W177" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y177" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB177" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF177" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>IRS/2025/6264/OPPC</t>
+          <t>IRS/2025/6243/OPPC</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>31 May 2025 11:05</t>
+          <t>23 May 2025 15:00</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G178" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H178" t="n">
-        <v>48.0</v>
+        <v>41.0</v>
       </c>
       <c r="I178" t="n">
-        <v>36.0</v>
+        <v>48.3</v>
       </c>
       <c r="J178" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K178" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L178" t="n">
-        <v>44.0</v>
+        <v>20.0</v>
       </c>
       <c r="M178" t="n">
-        <v>7.0</v>
+        <v>13.35</v>
       </c>
       <c r="N178" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O178" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P178" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R178" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S178" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T178" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="U178" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V178" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W178" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y178" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB178" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF178" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>IRS/2025/6266/OPPC</t>
+          <t>IRS/2025/6247/OPPC</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>30 May 2025 15:00</t>
+          <t>29 April 2025 11:00</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Leman BD Platform [PERENCO]</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G179" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H179" t="n">
-        <v>41.0</v>
+        <v>3.0</v>
       </c>
       <c r="I179" t="n">
-        <v>48.3</v>
+        <v>7.476</v>
       </c>
       <c r="J179" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K179" t="n">
         <v>2.0</v>
       </c>
       <c r="L179" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="M179" t="n">
-        <v>13.35</v>
+        <v>10.818</v>
       </c>
       <c r="N179" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O179" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P179" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>27</t>
         </is>
       </c>
       <c r="R179" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S179" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
-[...3 lines deleted...]
-        <v>0.0111</v>
+          <t>The breach is related to condition 4.2.(d) - 4.2 The discharge(s) from the source(s) specified in Table 1, shall only be permitted: (d) having been quantified at the flow metering location(s);</t>
+        </is>
       </c>
       <c r="U179" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W179" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y179" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z179" t="inlineStr">
+        <is>
+          <t>Another monitoring parameter</t>
         </is>
       </c>
       <c r="AB179" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF179" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>IRS/2025/6267/OPPC</t>
+          <t>IRS/2025/6249/OPPC</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>02 June 2025 09:00</t>
+          <t>26 May 2025 13:25</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G180" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H180" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I180" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J180" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K180" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L180" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M180" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N180" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O180" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P180" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R180" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S180" t="inlineStr">
+        <is>
+          <t>4A</t>
+        </is>
+      </c>
+      <c r="T180" t="n">
+        <v>0.0365</v>
+      </c>
+      <c r="U180" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V180" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W180" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y180" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB180" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC180" t="n">
+        <v>240.0</v>
+      </c>
+      <c r="AD180" t="n">
         <v>20.0</v>
       </c>
-      <c r="M180" t="n">
-[...53 lines deleted...]
-        </is>
+      <c r="AE180" t="n">
+        <v>3.0</v>
       </c>
       <c r="AF180" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>IRS/2025/6268/OPPC</t>
+          <t>IRS/2025/6250/OPPC</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>02 June 2025 09:00</t>
+          <t>28 May 2025 08:00</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G181" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H181" t="n">
-        <v>41.0</v>
+        <v>19.0</v>
       </c>
       <c r="I181" t="n">
-        <v>48.3</v>
+        <v>25.12</v>
       </c>
       <c r="J181" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K181" t="n">
         <v>2.0</v>
       </c>
       <c r="L181" t="n">
-        <v>20.0</v>
+        <v>34.0</v>
       </c>
       <c r="M181" t="n">
-        <v>13.35</v>
+        <v>29.68</v>
       </c>
       <c r="N181" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O181" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P181" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R181" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S181" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
         </is>
       </c>
       <c r="T181" t="n">
-        <v>1.1752</v>
+        <v>0.8524</v>
       </c>
       <c r="U181" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V181" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W181" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y181" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB181" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC181" t="n">
+        <v>295.0</v>
+      </c>
+      <c r="AD181" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="AE181" t="n">
+        <v>0.5</v>
       </c>
       <c r="AF181" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>IRS/2025/6269/OPPC</t>
+          <t>IRS/2025/6255/OPPC</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>01 June 2025 00:01</t>
+          <t>30 May 2025 03:15</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>DRAKE</t>
         </is>
       </c>
       <c r="G182" t="n">
         <v>57.0</v>
       </c>
       <c r="H182" t="n">
-        <v>11.0</v>
+        <v>57.0</v>
       </c>
       <c r="I182" t="n">
-        <v>3.752</v>
+        <v>26.76</v>
       </c>
       <c r="J182" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K182" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L182" t="n">
-        <v>59.0</v>
+        <v>50.0</v>
       </c>
       <c r="M182" t="n">
-        <v>54.329</v>
+        <v>42.26</v>
       </c>
       <c r="N182" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O182" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P182" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="R182" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S182" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T182" t="n">
+        <v>1.0E-4</v>
+      </c>
+      <c r="U182" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V182" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W182" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y182" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB182" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF182" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>IRS/2025/6270/OPPC</t>
+          <t>IRS/2025/6261/OPPC</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>01 June 2025 00:00</t>
+          <t>31 May 2025 11:30</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G183" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H183" t="n">
-        <v>37.0</v>
+        <v>28.0</v>
       </c>
       <c r="I183" t="n">
-        <v>12.45</v>
+        <v>6.0</v>
       </c>
       <c r="J183" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K183" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L183" t="n">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
       <c r="M183" t="n">
-        <v>25.96</v>
+        <v>43.0</v>
       </c>
       <c r="N183" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O183" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P183" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R183" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S183" t="inlineStr">
         <is>
-          <t>4A</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T183" t="n">
-        <v>0.4547</v>
+        <v>0.0776</v>
       </c>
       <c r="U183" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V183" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W183" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y183" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB183" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF183" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>IRS/2025/6271/OPPC</t>
+          <t>IRS/2025/6263/OPPC</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>01 June 2025 00:00</t>
+          <t>01 June 2025 02:55</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>ANASURIA OPERATING COMPANY LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
-          <t>Anasuria FPSO</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>TEAL</t>
+          <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G184" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H184" t="n">
-        <v>15.0</v>
+        <v>26.0</v>
       </c>
       <c r="I184" t="n">
-        <v>23.0</v>
+        <v>58.0</v>
       </c>
       <c r="J184" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K184" t="n">
         <v>0.0</v>
       </c>
       <c r="L184" t="n">
-        <v>48.0</v>
+        <v>15.0</v>
       </c>
       <c r="M184" t="n">
-        <v>29.0</v>
+        <v>13.0</v>
       </c>
       <c r="N184" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O184" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P184" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>19</t>
         </is>
       </c>
       <c r="AF184" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>IRS/2025/6272/OPPC</t>
+          <t>IRS/2025/6264/OPPC</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>01 June 2025 00:00</t>
+          <t>31 May 2025 11:05</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
-          <t>Brae East Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>EAST BRAE</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G185" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="H185" t="n">
-        <v>52.0</v>
+        <v>48.0</v>
       </c>
       <c r="I185" t="n">
-        <v>34.183</v>
+        <v>36.0</v>
       </c>
       <c r="J185" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K185" t="n">
         <v>1.0</v>
       </c>
       <c r="L185" t="n">
-        <v>31.0</v>
+        <v>44.0</v>
       </c>
       <c r="M185" t="n">
-        <v>37.421</v>
+        <v>7.0</v>
       </c>
       <c r="N185" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O185" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P185" t="inlineStr">
         <is>
-          <t>3</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF185" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>IRS/2025/6277/OPPC</t>
+          <t>IRS/2025/6266/OPPC</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>02 June 2025 09:00</t>
+          <t>30 May 2025 15:00</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G186" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H186" t="n">
-        <v>57.0</v>
+        <v>41.0</v>
       </c>
       <c r="I186" t="n">
-        <v>26.76</v>
+        <v>48.3</v>
       </c>
       <c r="J186" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K186" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L186" t="n">
-        <v>50.0</v>
+        <v>20.0</v>
       </c>
       <c r="M186" t="n">
-        <v>42.26</v>
+        <v>13.35</v>
       </c>
       <c r="N186" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O186" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P186" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R186" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S186" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T186" t="n">
-        <v>0.0059</v>
+        <v>0.0111</v>
       </c>
       <c r="U186" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V186" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W186" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y186" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB186" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF186" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>IRS/2025/6278/OPPC</t>
+          <t>IRS/2025/6267/OPPC</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>29 May 2025 08:30</t>
+          <t>02 June 2025 09:00</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
-          <t>Hewett 48/29 AP Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>HEWETT</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G187" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H187" t="n">
-        <v>1.0</v>
+        <v>41.0</v>
       </c>
       <c r="I187" t="n">
-        <v>3.0</v>
+        <v>48.3</v>
       </c>
       <c r="J187" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K187" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L187" t="n">
-        <v>47.0</v>
+        <v>20.0</v>
       </c>
       <c r="M187" t="n">
-        <v>45.0</v>
+        <v>13.35</v>
       </c>
       <c r="N187" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O187" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P187" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R187" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S187" t="inlineStr">
         <is>
-          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T187" t="n">
+        <v>0.1131</v>
       </c>
       <c r="U187" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V187" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W187" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y187" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling and analysis method, Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB187" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF187" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>IRS/2025/6279/OPPC</t>
+          <t>IRS/2025/6268/OPPC</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>01 June 2025 12:00</t>
+          <t>02 June 2025 09:00</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G188" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H188" t="n">
-        <v>28.0</v>
+        <v>41.0</v>
       </c>
       <c r="I188" t="n">
-        <v>6.0</v>
+        <v>48.3</v>
       </c>
       <c r="J188" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K188" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L188" t="n">
-        <v>31.0</v>
+        <v>20.0</v>
       </c>
       <c r="M188" t="n">
-        <v>43.0</v>
+        <v>13.35</v>
       </c>
       <c r="N188" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O188" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P188" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R188" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S188" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T188" t="n">
-        <v>1.5582</v>
+        <v>1.1752</v>
       </c>
       <c r="U188" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V188" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>IRS/2025/6283/OPPC</t>
+          <t>IRS/2025/6269/OPPC</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>09 May 2025 09:00</t>
+          <t>01 June 2025 00:01</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
-          <t>Forties FC Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G189" t="n">
         <v>57.0</v>
       </c>
       <c r="H189" t="n">
-        <v>43.0</v>
+        <v>11.0</v>
       </c>
       <c r="I189" t="n">
-        <v>37.03</v>
+        <v>3.752</v>
       </c>
       <c r="J189" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K189" t="n">
         <v>0.0</v>
       </c>
       <c r="L189" t="n">
-        <v>54.0</v>
+        <v>59.0</v>
       </c>
       <c r="M189" t="n">
-        <v>50.74</v>
+        <v>54.329</v>
       </c>
       <c r="N189" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O189" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P189" t="inlineStr">
         <is>
-          <t>10</t>
-[...34 lines deleted...]
-          <t>No</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF189" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>IRS/2025/6284/OPPC</t>
+          <t>IRS/2025/6270/OPPC</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>22 May 2025 18:00</t>
+          <t>01 June 2025 00:00</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G190" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H190" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I190" t="n">
-        <v>34.4</v>
+        <v>12.45</v>
       </c>
       <c r="J190" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K190" t="n">
         <v>1.0</v>
       </c>
       <c r="L190" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M190" t="n">
-        <v>9.6</v>
+        <v>25.96</v>
       </c>
       <c r="N190" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O190" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P190" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R190" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S190" t="inlineStr">
+        <is>
+          <t>4A</t>
+        </is>
+      </c>
+      <c r="T190" t="n">
+        <v>0.4547</v>
+      </c>
+      <c r="U190" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V190" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W190" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y190" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB190" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF190" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>IRS/2025/6299/OPPC</t>
+          <t>IRS/2025/6271/OPPC</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>09 June 2025 16:30</t>
+          <t>01 June 2025 00:00</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>TEAL</t>
         </is>
       </c>
       <c r="G191" t="n">
         <v>57.0</v>
       </c>
       <c r="H191" t="n">
-        <v>57.0</v>
+        <v>15.0</v>
       </c>
       <c r="I191" t="n">
-        <v>26.76</v>
+        <v>23.0</v>
       </c>
       <c r="J191" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K191" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L191" t="n">
-        <v>50.0</v>
+        <v>48.0</v>
       </c>
       <c r="M191" t="n">
-        <v>42.26</v>
+        <v>29.0</v>
       </c>
       <c r="N191" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O191" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P191" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>25</t>
         </is>
       </c>
       <c r="R191" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S191" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T191" t="n">
-        <v>0.08</v>
+        <v>0.1961</v>
       </c>
       <c r="U191" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V191" t="inlineStr">
         <is>
-          <t>Maximum concentration, Maximum load</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W191" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y191" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB191" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>1.0</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF191" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>IRS/2025/6301/OPPC</t>
+          <t>IRS/2025/6272/OPPC</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>31 May 2025 11:00</t>
+          <t>01 June 2025 00:00</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Brae East Platform</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>EAST BRAE</t>
         </is>
       </c>
       <c r="G192" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="H192" t="n">
-        <v>48.0</v>
+        <v>52.0</v>
       </c>
       <c r="I192" t="n">
-        <v>36.0</v>
+        <v>34.183</v>
       </c>
       <c r="J192" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K192" t="n">
         <v>1.0</v>
       </c>
       <c r="L192" t="n">
-        <v>44.0</v>
+        <v>31.0</v>
       </c>
       <c r="M192" t="n">
-        <v>7.0</v>
+        <v>37.421</v>
       </c>
       <c r="N192" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O192" t="inlineStr">
         <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="P192" t="inlineStr">
+        <is>
           <t>3</t>
         </is>
       </c>
-      <c r="P192" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R192" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S192" t="inlineStr">
         <is>
-          <t>Discharge condition 4.1</t>
+          <t>Monthly average concentration &gt;30mg/l for month of May</t>
         </is>
       </c>
       <c r="T192" t="n">
-        <v>0.0291</v>
+        <v>0.0739</v>
       </c>
       <c r="U192" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V192" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W192" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y192" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB192" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF192" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>IRS/2025/6303/OPPC</t>
+          <t>IRS/2025/6277/OPPC</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>10 June 2025 11:30</t>
+          <t>02 June 2025 09:00</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G193" t="n">
         <v>57.0</v>
       </c>
       <c r="H193" t="n">
-        <v>43.0</v>
+        <v>57.0</v>
       </c>
       <c r="I193" t="n">
-        <v>55.01</v>
+        <v>26.76</v>
       </c>
       <c r="J193" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K193" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L193" t="n">
-        <v>58.0</v>
+        <v>50.0</v>
       </c>
       <c r="M193" t="n">
-        <v>21.79</v>
+        <v>42.26</v>
       </c>
       <c r="N193" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O193" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P193" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R193" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S193" t="inlineStr">
         <is>
-          <t>Discharge condition 4 - Max exceedance</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T193" t="n">
-        <v>0.0088</v>
+        <v>0.0059</v>
       </c>
       <c r="U193" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V193" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W193" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y193" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB193" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF193" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>IRS/2025/6308/OPPC</t>
+          <t>IRS/2025/6278/OPPC</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>12 June 2025 12:40</t>
+          <t>29 May 2025 08:30</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Hewett 48/29 AP Platform</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>GRYPHON</t>
+          <t>HEWETT</t>
         </is>
       </c>
       <c r="G194" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="H194" t="n">
-        <v>21.0</v>
+        <v>1.0</v>
       </c>
       <c r="I194" t="n">
-        <v>4.1</v>
+        <v>3.0</v>
       </c>
       <c r="J194" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K194" t="n">
         <v>1.0</v>
       </c>
       <c r="L194" t="n">
-        <v>33.0</v>
+        <v>47.0</v>
       </c>
       <c r="M194" t="n">
-        <v>9.95</v>
+        <v>45.0</v>
       </c>
       <c r="N194" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O194" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>48</t>
         </is>
       </c>
       <c r="P194" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>29</t>
         </is>
       </c>
       <c r="R194" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S194" t="inlineStr">
         <is>
-          <t>Condition 4.1</t>
-[...3 lines deleted...]
-        <v>0.057</v>
+          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U194" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W194" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y194" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z194" t="inlineStr">
+        <is>
+          <t>Sampling and analysis method, Sampling frequency</t>
         </is>
       </c>
       <c r="AB194" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF194" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>IRS/2025/6312/OPPC</t>
+          <t>IRS/2025/6279/OPPC</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>12 June 2025 15:00</t>
+          <t>01 June 2025 12:00</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G195" t="n">
         <v>57.0</v>
       </c>
       <c r="H195" t="n">
-        <v>43.0</v>
+        <v>28.0</v>
       </c>
       <c r="I195" t="n">
-        <v>55.01</v>
+        <v>6.0</v>
       </c>
       <c r="J195" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K195" t="n">
         <v>0.0</v>
       </c>
       <c r="L195" t="n">
-        <v>58.0</v>
+        <v>31.0</v>
       </c>
       <c r="M195" t="n">
-        <v>21.79</v>
+        <v>43.0</v>
       </c>
       <c r="N195" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O195" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P195" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R195" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S195" t="inlineStr">
         <is>
-          <t>Condition 4 - Discharge condition Monthly exceedance</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T195" t="n">
-        <v>0.2653</v>
+        <v>1.5582</v>
       </c>
       <c r="U195" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V195" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W195" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y195" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB195" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF195" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>IRS/2025/6320/OPPC</t>
+          <t>IRS/2025/6283/OPPC</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>16 June 2025 10:00</t>
+          <t>09 May 2025 09:00</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Forties FC Platform</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G196" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H196" t="n">
-        <v>37.0</v>
+        <v>43.0</v>
       </c>
       <c r="I196" t="n">
-        <v>12.45</v>
+        <v>37.03</v>
       </c>
       <c r="J196" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K196" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L196" t="n">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
       <c r="M196" t="n">
-        <v>25.96</v>
+        <v>50.74</v>
       </c>
       <c r="N196" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O196" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P196" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R196" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S196" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
-[...3 lines deleted...]
-        <v>0.2126</v>
+          <t>4.3 Discharge Conditions -  Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U196" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W196" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y196" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z196" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB196" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF196" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>IRS/2025/6329/OPPC</t>
+          <t>IRS/2025/6284/OPPC</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>16 June 2025 21:00</t>
+          <t>22 May 2025 18:00</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G197" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H197" t="n">
-        <v>17.0</v>
+        <v>51.0</v>
       </c>
       <c r="I197" t="n">
-        <v>15.15</v>
+        <v>34.4</v>
       </c>
       <c r="J197" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K197" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L197" t="n">
-        <v>10.0</v>
+        <v>28.0</v>
       </c>
       <c r="M197" t="n">
-        <v>41.51</v>
+        <v>9.6</v>
       </c>
       <c r="N197" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O197" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P197" t="inlineStr">
         <is>
-          <t>21</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF197" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>IRS/2025/6332/OPPC</t>
+          <t>IRS/2025/6299/OPPC</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>20 June 2025 07:32</t>
+          <t>09 June 2025 16:30</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>PREMIER OIL UK LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
-          <t>Solan Subsea Storage Tank</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>SOLAN</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G198" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H198" t="n">
-        <v>3.0</v>
+        <v>57.0</v>
       </c>
       <c r="I198" t="n">
-        <v>43.92</v>
+        <v>26.76</v>
       </c>
       <c r="J198" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K198" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L198" t="n">
-        <v>58.0</v>
+        <v>50.0</v>
       </c>
       <c r="M198" t="n">
-        <v>9.77</v>
+        <v>42.26</v>
       </c>
       <c r="N198" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O198" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P198" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R198" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S198" t="inlineStr">
         <is>
-          <t>Condition 3.1</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T198" t="n">
+        <v>0.08</v>
       </c>
       <c r="U198" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V198" t="inlineStr">
+        <is>
+          <t>Maximum concentration, Maximum load</t>
         </is>
       </c>
       <c r="W198" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y198" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB198" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC198" t="n">
+        <v>218.0</v>
+      </c>
+      <c r="AD198" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="AE198" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF198" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>IRS/2025/6339/OPPC</t>
+          <t>IRS/2025/6301/OPPC</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>21 June 2025 08:45</t>
+          <t>31 May 2025 11:00</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G199" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="H199" t="n">
-        <v>2.0</v>
+        <v>48.0</v>
       </c>
       <c r="I199" t="n">
-        <v>55.13</v>
+        <v>36.0</v>
       </c>
       <c r="J199" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K199" t="n">
         <v>1.0</v>
       </c>
       <c r="L199" t="n">
-        <v>8.0</v>
+        <v>44.0</v>
       </c>
       <c r="M199" t="n">
-        <v>19.54</v>
+        <v>7.0</v>
       </c>
       <c r="N199" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O199" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P199" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R199" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S199" t="inlineStr">
         <is>
-          <t>Discharge conditions 4.1</t>
+          <t>Discharge condition 4.1</t>
         </is>
       </c>
       <c r="T199" t="n">
-        <v>2.0E-4</v>
+        <v>0.0291</v>
       </c>
       <c r="U199" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V199" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W199" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y199" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB199" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF199" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>IRS/2025/6351/OPPC</t>
+          <t>IRS/2025/6303/OPPC</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>03 May 2025 09:20</t>
+          <t>10 June 2025 11:30</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>Ninian Southern Platform</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G200" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H200" t="n">
-        <v>48.0</v>
+        <v>43.0</v>
       </c>
       <c r="I200" t="n">
-        <v>20.02</v>
+        <v>55.01</v>
       </c>
       <c r="J200" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K200" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L200" t="n">
-        <v>27.0</v>
+        <v>58.0</v>
       </c>
       <c r="M200" t="n">
-        <v>1.36</v>
+        <v>21.79</v>
       </c>
       <c r="N200" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O200" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P200" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="R200" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S200" t="inlineStr">
+        <is>
+          <t>Discharge condition 4 - Max exceedance</t>
+        </is>
+      </c>
+      <c r="T200" t="n">
+        <v>0.0088</v>
+      </c>
+      <c r="U200" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V200" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W200" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y200" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB200" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF200" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>IRS/2025/6352/OPPC</t>
+          <t>IRS/2025/6308/OPPC</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>24 June 2025 11:00</t>
+          <t>12 June 2025 12:40</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>PREMIER OIL UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>Solan Platform</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>SOLAN</t>
+          <t>GRYPHON</t>
         </is>
       </c>
       <c r="G201" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="H201" t="n">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="I201" t="n">
-        <v>41.8</v>
+        <v>4.1</v>
       </c>
       <c r="J201" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K201" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L201" t="n">
-        <v>58.0</v>
+        <v>33.0</v>
       </c>
       <c r="M201" t="n">
-        <v>16.5</v>
+        <v>9.95</v>
       </c>
       <c r="N201" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O201" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P201" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R201" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S201" t="inlineStr">
         <is>
-          <t>4.3</t>
-        </is>
+          <t>Condition 4.1</t>
+        </is>
+      </c>
+      <c r="T201" t="n">
+        <v>0.057</v>
       </c>
       <c r="U201" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V201" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W201" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y201" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB201" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF201" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>IRS/2025/6353/OPPC</t>
+          <t>IRS/2025/6312/OPPC</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>24 June 2025 08:00</t>
+          <t>12 June 2025 15:00</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G202" t="n">
         <v>57.0</v>
       </c>
       <c r="H202" t="n">
-        <v>28.0</v>
+        <v>43.0</v>
       </c>
       <c r="I202" t="n">
-        <v>6.0</v>
+        <v>55.01</v>
       </c>
       <c r="J202" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K202" t="n">
         <v>0.0</v>
       </c>
       <c r="L202" t="n">
-        <v>31.0</v>
+        <v>58.0</v>
       </c>
       <c r="M202" t="n">
-        <v>43.0</v>
+        <v>21.79</v>
       </c>
       <c r="N202" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O202" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P202" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R202" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S202" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4 - Discharge condition Monthly exceedance</t>
         </is>
       </c>
       <c r="T202" t="n">
-        <v>0.0983</v>
+        <v>0.2653</v>
       </c>
       <c r="U202" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V202" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W202" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y202" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB202" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF202" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>IRS/2025/6358/OPPC</t>
+          <t>IRS/2025/6320/OPPC</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>27 June 2025 08:00</t>
+          <t>16 June 2025 10:00</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G203" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H203" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I203" t="n">
-        <v>53.88</v>
+        <v>12.45</v>
       </c>
       <c r="J203" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K203" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L203" t="n">
-        <v>58.0</v>
+        <v>18.0</v>
       </c>
       <c r="M203" t="n">
-        <v>21.95</v>
+        <v>25.96</v>
       </c>
       <c r="N203" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O203" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P203" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R203" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S203" t="inlineStr">
         <is>
-          <t>Condition 4. Permitted Discharges: Discharge Produced Water Stream (&gt;2 te) overboard discharge concentration &gt; 100 mg/l</t>
+          <t>4. Discharge Conditions</t>
         </is>
       </c>
       <c r="T203" t="n">
-        <v>0.2719</v>
+        <v>0.2126</v>
       </c>
       <c r="U203" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V203" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>IRS/2025/6361/OPPC</t>
+          <t>IRS/2025/6329/OPPC</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>27 June 2025 14:00</t>
+          <t>16 June 2025 21:00</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G204" t="n">
         <v>57.0</v>
       </c>
       <c r="H204" t="n">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
       <c r="I204" t="n">
-        <v>6.0</v>
+        <v>15.15</v>
       </c>
       <c r="J204" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K204" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L204" t="n">
-        <v>31.0</v>
+        <v>10.0</v>
       </c>
       <c r="M204" t="n">
-        <v>43.0</v>
+        <v>41.51</v>
       </c>
       <c r="N204" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O204" t="inlineStr">
         <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P204" t="inlineStr">
+        <is>
           <t>21</t>
         </is>
       </c>
-      <c r="P204" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R204" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S204" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T204" t="n">
-        <v>0.1201</v>
+        <v>0.0015</v>
       </c>
       <c r="U204" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V204" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W204" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y204" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB204" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF204" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>IRS/2025/6371/OPPC</t>
+          <t>IRS/2025/6332/OPPC</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>28 June 2025 09:05</t>
+          <t>20 June 2025 07:32</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PREMIER OIL UK LIMITED</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Solan Subsea Storage Tank</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>SOLAN</t>
         </is>
       </c>
       <c r="G205" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H205" t="n">
-        <v>37.0</v>
+        <v>3.0</v>
       </c>
       <c r="I205" t="n">
-        <v>12.45</v>
+        <v>43.92</v>
       </c>
       <c r="J205" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K205" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="L205" t="n">
-        <v>18.0</v>
+        <v>58.0</v>
       </c>
       <c r="M205" t="n">
-        <v>25.96</v>
+        <v>9.77</v>
       </c>
       <c r="N205" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O205" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>205</t>
         </is>
       </c>
       <c r="P205" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R205" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S205" t="inlineStr">
         <is>
-          <t>The maximum concentration of oil within the produced water discharged via the PROWD 1 (C-1504).
-[...4 lines deleted...]
-        <v>0.117</v>
+          <t>Condition 3.1</t>
+        </is>
       </c>
       <c r="U205" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>IRS/2025/6372/OPPC</t>
+          <t>IRS/2025/6339/OPPC</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>30 June 2025 10:00</t>
+          <t>21 June 2025 08:45</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="G206" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="H206" t="n">
-        <v>19.0</v>
+        <v>2.0</v>
       </c>
       <c r="I206" t="n">
-        <v>25.12</v>
+        <v>55.13</v>
       </c>
       <c r="J206" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K206" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L206" t="n">
-        <v>34.0</v>
+        <v>8.0</v>
       </c>
       <c r="M206" t="n">
-        <v>29.68</v>
+        <v>19.54</v>
       </c>
       <c r="N206" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O206" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P206" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R206" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S206" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
+          <t>Discharge conditions 4.1</t>
         </is>
       </c>
       <c r="T206" t="n">
-        <v>0.8568</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U206" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V206" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W206" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y206" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB206" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF206" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>IRS/2025/6373/OPPC</t>
+          <t>IRS/2025/6351/OPPC</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>20 June 2025 10:00</t>
+          <t>03 May 2025 09:20</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Ninian Southern Platform</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G207" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H207" t="n">
-        <v>19.0</v>
+        <v>48.0</v>
       </c>
       <c r="I207" t="n">
-        <v>25.12</v>
+        <v>20.02</v>
       </c>
       <c r="J207" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K207" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L207" t="n">
-        <v>34.0</v>
+        <v>27.0</v>
       </c>
       <c r="M207" t="n">
-        <v>29.68</v>
+        <v>1.36</v>
       </c>
       <c r="N207" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O207" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P207" t="inlineStr">
         <is>
-          <t>23</t>
-[...47 lines deleted...]
-        <v>0.7</v>
+          <t>8</t>
+        </is>
       </c>
       <c r="AF207" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>IRS/2025/6380/OPPC</t>
+          <t>IRS/2025/6352/OPPC</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>01 July 2025 09:30</t>
+          <t>24 June 2025 11:00</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PREMIER OIL UK LIMITED</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Solan Platform</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>SOLAN</t>
         </is>
       </c>
       <c r="G208" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H208" t="n">
-        <v>41.0</v>
+        <v>3.0</v>
       </c>
       <c r="I208" t="n">
-        <v>48.3</v>
+        <v>41.8</v>
       </c>
       <c r="J208" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K208" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="L208" t="n">
-        <v>20.0</v>
+        <v>58.0</v>
       </c>
       <c r="M208" t="n">
-        <v>13.35</v>
+        <v>16.5</v>
       </c>
       <c r="N208" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O208" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>205</t>
         </is>
       </c>
       <c r="P208" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R208" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S208" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
-[...3 lines deleted...]
-        <v>0.0169</v>
+          <t>4.3</t>
+        </is>
       </c>
       <c r="U208" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W208" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y208" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z208" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB208" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF208" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>IRS/2025/6381/OPPC</t>
+          <t>IRS/2025/6353/OPPC</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>25 June 2025 09:00</t>
+          <t>24 June 2025 08:00</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G209" t="n">
         <v>57.0</v>
       </c>
       <c r="H209" t="n">
-        <v>57.0</v>
+        <v>28.0</v>
       </c>
       <c r="I209" t="n">
-        <v>26.76</v>
+        <v>6.0</v>
       </c>
       <c r="J209" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K209" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L209" t="n">
-        <v>50.0</v>
+        <v>31.0</v>
       </c>
       <c r="M209" t="n">
-        <v>42.26</v>
+        <v>43.0</v>
       </c>
       <c r="N209" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O209" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P209" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R209" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S209" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T209" t="n">
-        <v>1.0059</v>
+        <v>0.0983</v>
       </c>
       <c r="U209" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V209" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>IRS/2025/6385/OPPC</t>
+          <t>IRS/2025/6358/OPPC</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>23 June 2025 15:00</t>
+          <t>27 June 2025 08:00</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>Leman AD1 Platform [SHELL]</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="G210" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H210" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="I210" t="n">
-        <v>22.0</v>
+        <v>53.88</v>
       </c>
       <c r="J210" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K210" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L210" t="n">
-        <v>7.0</v>
+        <v>58.0</v>
       </c>
       <c r="M210" t="n">
-        <v>45.0</v>
+        <v>21.95</v>
       </c>
       <c r="N210" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O210" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>20</t>
         </is>
       </c>
       <c r="P210" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R210" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S210" t="inlineStr">
         <is>
-          <t>Exceeded the maximum concentration of 30mg/l in one month average.</t>
+          <t>Condition 4. Permitted Discharges: Discharge Produced Water Stream (&gt;2 te) overboard discharge concentration &gt; 100 mg/l</t>
         </is>
       </c>
       <c r="T210" t="n">
-        <v>0.0018</v>
+        <v>0.2719</v>
       </c>
       <c r="U210" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V210" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>IRS/2025/6389/OPPC</t>
+          <t>IRS/2025/6361/OPPC</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>01 July 2025 12:00</t>
+          <t>27 June 2025 14:00</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G211" t="n">
         <v>57.0</v>
       </c>
       <c r="H211" t="n">
         <v>28.0</v>
       </c>
       <c r="I211" t="n">
         <v>6.0</v>
@@ -23279,1789 +23263,1875 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O211" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P211" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="R211" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S211" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T211" t="n">
-        <v>0.6787</v>
+        <v>0.1201</v>
       </c>
       <c r="U211" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V211" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>IRS/2025/6390/OPPC</t>
+          <t>IRS/2025/6371/OPPC</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>01 July 2025 15:14</t>
+          <t>28 June 2025 09:05</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G212" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H212" t="n">
-        <v>46.0</v>
+        <v>37.0</v>
       </c>
       <c r="I212" t="n">
-        <v>12.43</v>
+        <v>12.45</v>
       </c>
       <c r="J212" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K212" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L212" t="n">
-        <v>42.0</v>
+        <v>18.0</v>
       </c>
       <c r="M212" t="n">
-        <v>46.93</v>
+        <v>25.96</v>
       </c>
       <c r="N212" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O212" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P212" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R212" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S212" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>The maximum concentration of oil within the produced water discharged via the PROWD 1 (C-1504).
+Sample concentration exceeding the 100mg/l limit.</t>
         </is>
       </c>
       <c r="T212" t="n">
-        <v>6.0E-4</v>
+        <v>0.117</v>
       </c>
       <c r="U212" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V212" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W212" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y212" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB212" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF212" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>IRS/2025/6393/OPPC</t>
+          <t>IRS/2025/6372/OPPC</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>02 July 2025 08:00</t>
+          <t>30 June 2025 10:00</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G213" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="H213" t="n">
-        <v>37.0</v>
+        <v>19.0</v>
       </c>
       <c r="I213" t="n">
-        <v>12.45</v>
+        <v>25.12</v>
       </c>
       <c r="J213" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K213" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L213" t="n">
-        <v>18.0</v>
+        <v>34.0</v>
       </c>
       <c r="M213" t="n">
-        <v>25.96</v>
+        <v>29.68</v>
       </c>
       <c r="N213" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O213" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P213" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R213" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S213" t="inlineStr">
         <is>
-          <t>4A</t>
+          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
         </is>
       </c>
       <c r="T213" t="n">
-        <v>0.4932</v>
+        <v>0.8568</v>
       </c>
       <c r="U213" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V213" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W213" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y213" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB213" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF213" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>IRS/2025/6395/OPPC</t>
+          <t>IRS/2025/6373/OPPC</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>30 June 2025 12:00</t>
+          <t>20 June 2025 10:00</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G214" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H214" t="n">
-        <v>5.0</v>
+        <v>19.0</v>
       </c>
       <c r="I214" t="n">
-        <v>2.1</v>
+        <v>25.12</v>
       </c>
       <c r="J214" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K214" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L214" t="n">
-        <v>53.0</v>
+        <v>34.0</v>
       </c>
       <c r="M214" t="n">
-        <v>32.8</v>
+        <v>29.68</v>
       </c>
       <c r="N214" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O214" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P214" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R214" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S214" t="inlineStr">
         <is>
-          <t>Failure to collect H1 biannual PW samples.</t>
-        </is>
+          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
+        </is>
+      </c>
+      <c r="T214" t="n">
+        <v>0.5221</v>
       </c>
       <c r="U214" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V214" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W214" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y214" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB214" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC214" t="n">
+        <v>143.0</v>
+      </c>
+      <c r="AD214" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="AE214" t="n">
+        <v>0.7</v>
       </c>
       <c r="AF214" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>IRS/2025/6398/OPPC</t>
+          <t>IRS/2025/6380/OPPC</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>04 July 2025 13:00</t>
+          <t>01 July 2025 09:30</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>NEO ENERGY PRODUCTION UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>Global Producer III</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>DONAN [MAERSK]</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G215" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="H215" t="n">
-        <v>21.0</v>
+        <v>41.0</v>
       </c>
       <c r="I215" t="n">
-        <v>38.6</v>
+        <v>48.3</v>
       </c>
       <c r="J215" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K215" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L215" t="n">
-        <v>52.0</v>
+        <v>20.0</v>
       </c>
       <c r="M215" t="n">
-        <v>4.69</v>
+        <v>13.35</v>
       </c>
       <c r="N215" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O215" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P215" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R215" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S215" t="inlineStr">
         <is>
-          <t>5</t>
-        </is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T215" t="n">
+        <v>0.0169</v>
       </c>
       <c r="U215" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V215" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W215" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y215" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB215" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF215" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>IRS/2025/6402/OPPC</t>
+          <t>IRS/2025/6381/OPPC</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>05 July 2025 01:30</t>
+          <t>25 June 2025 09:00</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G216" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H216" t="n">
-        <v>46.0</v>
+        <v>57.0</v>
       </c>
       <c r="I216" t="n">
-        <v>50.78</v>
+        <v>26.76</v>
       </c>
       <c r="J216" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K216" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L216" t="n">
-        <v>6.0</v>
+        <v>50.0</v>
       </c>
       <c r="M216" t="n">
-        <v>32.52</v>
+        <v>42.26</v>
       </c>
       <c r="N216" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O216" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P216" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R216" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S216" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T216" t="n">
-        <v>0.1109</v>
+        <v>1.0059</v>
       </c>
       <c r="U216" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V216" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W216" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y216" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB216" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>3.0</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF216" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>IRS/2025/6407/OPPC</t>
+          <t>IRS/2025/6385/OPPC</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>07 July 2025 09:15</t>
+          <t>23 June 2025 15:00</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G217" t="n">
         <v>53.0</v>
       </c>
       <c r="H217" t="n">
-        <v>50.0</v>
+        <v>5.0</v>
       </c>
       <c r="I217" t="n">
-        <v>4.4</v>
+        <v>22.0</v>
       </c>
       <c r="J217" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K217" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L217" t="n">
-        <v>26.0</v>
+        <v>7.0</v>
       </c>
       <c r="M217" t="n">
-        <v>34.8</v>
+        <v>45.0</v>
       </c>
       <c r="N217" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O217" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P217" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R217" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S217" t="inlineStr">
         <is>
-          <t>Table 1 monthly Average OiW limit exceeded</t>
+          <t>Exceeded the maximum concentration of 30mg/l in one month average.</t>
         </is>
       </c>
       <c r="T217" t="n">
-        <v>6.0E-4</v>
+        <v>0.0018</v>
       </c>
       <c r="U217" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V217" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W217" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y217" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB217" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF217" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>IRS/2025/6418/OPPC</t>
+          <t>IRS/2025/6389/OPPC</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>07 July 2025 15:25</t>
+          <t>01 July 2025 12:00</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G218" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H218" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
       <c r="I218" t="n">
-        <v>36.0</v>
+        <v>6.0</v>
       </c>
       <c r="J218" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K218" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L218" t="n">
-        <v>44.0</v>
+        <v>31.0</v>
       </c>
       <c r="M218" t="n">
-        <v>7.0</v>
+        <v>43.0</v>
       </c>
       <c r="N218" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O218" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P218" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R218" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S218" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T218" t="n">
+        <v>0.6787</v>
+      </c>
+      <c r="U218" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V218" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W218" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y218" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB218" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF218" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>IRS/2025/6423/OPPC</t>
+          <t>IRS/2025/6390/OPPC</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>08 July 2025 19:30</t>
+          <t>01 July 2025 15:14</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="G219" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H219" t="n">
-        <v>17.0</v>
+        <v>46.0</v>
       </c>
       <c r="I219" t="n">
-        <v>15.15</v>
+        <v>12.43</v>
       </c>
       <c r="J219" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K219" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L219" t="n">
-        <v>10.0</v>
+        <v>42.0</v>
       </c>
       <c r="M219" t="n">
-        <v>41.51</v>
+        <v>46.93</v>
       </c>
       <c r="N219" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O219" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>28</t>
         </is>
       </c>
       <c r="P219" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R219" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S219" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T219" t="n">
-        <v>0.0159</v>
+        <v>6.0E-4</v>
       </c>
       <c r="U219" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V219" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W219" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y219" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB219" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF219" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>IRS/2025/6427/OPPC</t>
+          <t>IRS/2025/6393/OPPC</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>10 July 2025 12:00</t>
+          <t>02 July 2025 08:00</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>DRAKE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G220" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H220" t="n">
-        <v>57.0</v>
+        <v>37.0</v>
       </c>
       <c r="I220" t="n">
-        <v>26.76</v>
+        <v>12.45</v>
       </c>
       <c r="J220" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K220" t="n">
         <v>1.0</v>
       </c>
       <c r="L220" t="n">
-        <v>50.0</v>
+        <v>18.0</v>
       </c>
       <c r="M220" t="n">
-        <v>42.26</v>
+        <v>25.96</v>
       </c>
       <c r="N220" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O220" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P220" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R220" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S220" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4A</t>
         </is>
       </c>
       <c r="T220" t="n">
-        <v>0.0013</v>
+        <v>0.4932</v>
       </c>
       <c r="U220" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V220" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W220" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y220" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB220" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF220" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>IRS/2025/6431/OPPC</t>
+          <t>IRS/2025/6395/OPPC</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>10 July 2025 15:00</t>
+          <t>30 June 2025 12:00</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G221" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H221" t="n">
-        <v>41.0</v>
+        <v>5.0</v>
       </c>
       <c r="I221" t="n">
-        <v>48.3</v>
+        <v>2.1</v>
       </c>
       <c r="J221" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K221" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L221" t="n">
-        <v>20.0</v>
+        <v>53.0</v>
       </c>
       <c r="M221" t="n">
-        <v>13.35</v>
+        <v>32.8</v>
       </c>
       <c r="N221" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O221" t="inlineStr">
         <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P221" t="inlineStr">
+        <is>
           <t>30</t>
         </is>
       </c>
-      <c r="P221" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R221" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S221" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
-[...3 lines deleted...]
-        <v>0.0128</v>
+          <t>Failure to collect H1 biannual PW samples.</t>
+        </is>
       </c>
       <c r="U221" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W221" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y221" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z221" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB221" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF221" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>IRS/2025/6439/OPPC</t>
+          <t>IRS/2025/6398/OPPC</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>12 July 2025 03:00</t>
+          <t>04 July 2025 13:00</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>NEO ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Global Producer III</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>DONAN [MAERSK]</t>
         </is>
       </c>
       <c r="G222" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="H222" t="n">
-        <v>41.0</v>
+        <v>21.0</v>
       </c>
       <c r="I222" t="n">
-        <v>48.3</v>
+        <v>38.6</v>
       </c>
       <c r="J222" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K222" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L222" t="n">
-        <v>20.0</v>
+        <v>52.0</v>
       </c>
       <c r="M222" t="n">
-        <v>13.35</v>
+        <v>4.69</v>
       </c>
       <c r="N222" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O222" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>15</t>
         </is>
       </c>
       <c r="P222" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>20</t>
         </is>
       </c>
       <c r="R222" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S222" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
-[...3 lines deleted...]
-        <v>0.0134</v>
+          <t>5</t>
+        </is>
       </c>
       <c r="U222" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W222" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y222" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB222" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF222" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>IRS/2025/6440/OPPC</t>
+          <t>IRS/2025/6402/OPPC</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>14 July 2025 16:30</t>
+          <t>05 July 2025 01:30</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>STELLA</t>
         </is>
       </c>
       <c r="G223" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H223" t="n">
-        <v>37.0</v>
+        <v>46.0</v>
       </c>
       <c r="I223" t="n">
-        <v>12.45</v>
+        <v>50.78</v>
       </c>
       <c r="J223" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K223" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L223" t="n">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
       <c r="M223" t="n">
-        <v>25.96</v>
+        <v>32.52</v>
       </c>
       <c r="N223" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O223" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P223" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R223" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S223" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T223" t="n">
-        <v>2.3789</v>
+        <v>0.1109</v>
       </c>
       <c r="U223" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V223" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W223" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y223" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB223" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC223" t="n">
+        <v>230.0</v>
+      </c>
+      <c r="AD223" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="AE223" t="n">
+        <v>3.0</v>
       </c>
       <c r="AF223" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>IRS/2025/6446/OPPC</t>
+          <t>IRS/2025/6407/OPPC</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>27 June 2025 08:00</t>
+          <t>07 July 2025 09:15</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G224" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H224" t="n">
-        <v>48.0</v>
+        <v>50.0</v>
       </c>
       <c r="I224" t="n">
-        <v>53.88</v>
+        <v>4.4</v>
       </c>
       <c r="J224" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K224" t="n">
         <v>0.0</v>
       </c>
       <c r="L224" t="n">
-        <v>58.0</v>
+        <v>26.0</v>
       </c>
       <c r="M224" t="n">
-        <v>21.95</v>
+        <v>34.8</v>
       </c>
       <c r="N224" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O224" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P224" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R224" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S224" t="inlineStr">
         <is>
-          <t>Condition 4. Permitted Discharges: Discharge Produced Water Stream monthly average concentration &gt; 30mg/l</t>
+          <t>Table 1 monthly Average OiW limit exceeded</t>
         </is>
       </c>
       <c r="T224" t="n">
-        <v>0.1662</v>
+        <v>6.0E-4</v>
       </c>
       <c r="U224" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V224" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>IRS/2025/6447/OPPC</t>
+          <t>IRS/2025/6418/OPPC</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>16 July 2025 14:00</t>
+          <t>07 July 2025 15:25</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G225" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H225" t="n">
-        <v>28.0</v>
+        <v>48.0</v>
       </c>
       <c r="I225" t="n">
-        <v>6.0</v>
+        <v>36.0</v>
       </c>
       <c r="J225" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K225" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L225" t="n">
-        <v>31.0</v>
+        <v>44.0</v>
       </c>
       <c r="M225" t="n">
-        <v>43.0</v>
+        <v>7.0</v>
       </c>
       <c r="N225" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O225" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P225" t="inlineStr">
         <is>
-          <t>18</t>
-[...37 lines deleted...]
-          <t>Yes</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF225" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>IRS/2025/6448/OPPC</t>
+          <t>IRS/2025/6423/OPPC</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>04 July 2025 18:00</t>
+          <t>08 July 2025 19:30</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G226" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H226" t="n">
-        <v>51.0</v>
+        <v>17.0</v>
       </c>
       <c r="I226" t="n">
-        <v>34.4</v>
+        <v>15.15</v>
       </c>
       <c r="J226" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K226" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L226" t="n">
-        <v>28.0</v>
+        <v>10.0</v>
       </c>
       <c r="M226" t="n">
-        <v>9.6</v>
+        <v>41.51</v>
       </c>
       <c r="N226" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O226" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P226" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R226" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S226" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T226" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="U226" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V226" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W226" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y226" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB226" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF226" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>IRS/2025/6450/OPPC</t>
+          <t>IRS/2025/6427/OPPC</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>17 July 2025 09:00</t>
+          <t>10 July 2025 12:00</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
-          <t>Andrew Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>ANDREW</t>
+          <t>DRAKE</t>
         </is>
       </c>
       <c r="G227" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H227" t="n">
-        <v>2.0</v>
+        <v>57.0</v>
       </c>
       <c r="I227" t="n">
-        <v>51.122</v>
+        <v>26.76</v>
       </c>
       <c r="J227" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K227" t="n">
         <v>1.0</v>
       </c>
       <c r="L227" t="n">
-        <v>24.0</v>
+        <v>50.0</v>
       </c>
       <c r="M227" t="n">
-        <v>15.552</v>
+        <v>42.26</v>
       </c>
       <c r="N227" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O227" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P227" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="R227" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S227" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T227" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="U227" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V227" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W227" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y227" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB227" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF227" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>IRS/2025/6453/OPPC</t>
+          <t>IRS/2025/6431/OPPC</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>16 July 2025 15:00</t>
+          <t>10 July 2025 15:00</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G228" t="n">
         <v>56.0</v>
       </c>
       <c r="H228" t="n">
         <v>41.0</v>
       </c>
       <c r="I228" t="n">
         <v>48.3</v>
@@ -25084,699 +25154,699 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O228" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P228" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R228" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S228" t="inlineStr">
         <is>
           <t>Section 4.1</t>
         </is>
       </c>
       <c r="T228" t="n">
-        <v>0.0213</v>
+        <v>0.0128</v>
       </c>
       <c r="U228" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V228" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>IRS/2025/6459/OPPC</t>
+          <t>IRS/2025/6439/OPPC</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>17 July 2025 14:00</t>
+          <t>12 July 2025 03:00</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G229" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="H229" t="n">
-        <v>17.0</v>
+        <v>41.0</v>
       </c>
       <c r="I229" t="n">
-        <v>57.099</v>
+        <v>48.3</v>
       </c>
       <c r="J229" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K229" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L229" t="n">
-        <v>46.0</v>
+        <v>20.0</v>
       </c>
       <c r="M229" t="n">
-        <v>40.8</v>
+        <v>13.35</v>
       </c>
       <c r="N229" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O229" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P229" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R229" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S229" t="inlineStr">
+        <is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T229" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="U229" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V229" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W229" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y229" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB229" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF229" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>IRS/2025/6470/OPPC</t>
+          <t>IRS/2025/6440/OPPC</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>21 July 2025 20:30</t>
+          <t>14 July 2025 16:30</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G230" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H230" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I230" t="n">
-        <v>34.4</v>
+        <v>12.45</v>
       </c>
       <c r="J230" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K230" t="n">
         <v>1.0</v>
       </c>
       <c r="L230" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M230" t="n">
-        <v>9.6</v>
+        <v>25.96</v>
       </c>
       <c r="N230" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O230" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P230" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R230" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S230" t="inlineStr">
+        <is>
+          <t>4. Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="T230" t="n">
+        <v>2.3789</v>
+      </c>
+      <c r="U230" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V230" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W230" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y230" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB230" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF230" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>IRS/2025/6471/OPPC</t>
+          <t>IRS/2025/6446/OPPC</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>23 July 2025 03:00</t>
+          <t>27 June 2025 08:00</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="G231" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H231" t="n">
-        <v>41.0</v>
+        <v>48.0</v>
       </c>
       <c r="I231" t="n">
-        <v>48.3</v>
+        <v>53.88</v>
       </c>
       <c r="J231" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K231" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L231" t="n">
-        <v>20.0</v>
+        <v>58.0</v>
       </c>
       <c r="M231" t="n">
-        <v>13.35</v>
+        <v>21.95</v>
       </c>
       <c r="N231" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O231" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>20</t>
         </is>
       </c>
       <c r="P231" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R231" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S231" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Condition 4. Permitted Discharges: Discharge Produced Water Stream monthly average concentration &gt; 30mg/l</t>
         </is>
       </c>
       <c r="T231" t="n">
-        <v>2.0E-4</v>
+        <v>0.1662</v>
       </c>
       <c r="U231" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V231" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W231" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y231" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB231" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF231" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>IRS/2025/6475/OPPC</t>
+          <t>IRS/2025/6447/OPPC</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>24 July 2025 21:00</t>
+          <t>16 July 2025 14:00</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>Rough BP Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G232" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H232" t="n">
-        <v>50.0</v>
+        <v>28.0</v>
       </c>
       <c r="I232" t="n">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="J232" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K232" t="n">
         <v>0.0</v>
       </c>
       <c r="L232" t="n">
-        <v>26.0</v>
+        <v>31.0</v>
       </c>
       <c r="M232" t="n">
-        <v>34.8</v>
+        <v>43.0</v>
       </c>
       <c r="N232" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O232" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P232" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R232" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S232" t="inlineStr">
         <is>
-          <t>Breach of the maximum oil in water concentration daily limit</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T232" t="n">
-        <v>0.0012</v>
+        <v>0.0391</v>
       </c>
       <c r="U232" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V232" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W232" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y232" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB232" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF232" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>IRS/2025/6476/OPPC</t>
+          <t>IRS/2025/6448/OPPC</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>25 July 2025 03:00</t>
+          <t>04 July 2025 18:00</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G233" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H233" t="n">
-        <v>41.0</v>
+        <v>51.0</v>
       </c>
       <c r="I233" t="n">
-        <v>48.3</v>
+        <v>34.4</v>
       </c>
       <c r="J233" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K233" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L233" t="n">
-        <v>20.0</v>
+        <v>28.0</v>
       </c>
       <c r="M233" t="n">
-        <v>13.35</v>
+        <v>9.6</v>
       </c>
       <c r="N233" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O233" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P233" t="inlineStr">
         <is>
-          <t>7</t>
-[...37 lines deleted...]
-          <t>Yes</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF233" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>IRS/2025/6494/OPPC</t>
+          <t>IRS/2025/6450/OPPC</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>29 July 2025 11:00</t>
+          <t>17 July 2025 09:00</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Andrew Platform</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>ANDREW</t>
         </is>
       </c>
       <c r="G234" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H234" t="n">
-        <v>28.0</v>
+        <v>2.0</v>
       </c>
       <c r="I234" t="n">
-        <v>6.0</v>
+        <v>51.122</v>
       </c>
       <c r="J234" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K234" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L234" t="n">
-        <v>31.0</v>
+        <v>24.0</v>
       </c>
       <c r="M234" t="n">
-        <v>43.0</v>
+        <v>15.552</v>
       </c>
       <c r="N234" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O234" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P234" t="inlineStr">
         <is>
-          <t>18</t>
-[...37 lines deleted...]
-          <t>Yes</t>
+          <t>28</t>
         </is>
       </c>
       <c r="AF234" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>IRS/2025/6499/OPPC</t>
+          <t>IRS/2025/6453/OPPC</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>01 August 2025 00:00</t>
+          <t>16 July 2025 15:00</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G235" t="n">
         <v>56.0</v>
       </c>
       <c r="H235" t="n">
         <v>41.0</v>
       </c>
       <c r="I235" t="n">
         <v>48.3</v>
@@ -25795,515 +25865,477 @@
       <c r="M235" t="n">
         <v>13.35</v>
       </c>
       <c r="N235" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O235" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P235" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R235" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S235" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T235" t="n">
-        <v>0.0319</v>
+        <v>0.0213</v>
       </c>
       <c r="U235" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V235" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W235" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y235" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB235" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF235" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>IRS/2025/6500/OPPC</t>
+          <t>IRS/2025/6459/OPPC</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>01 August 2025 01:00</t>
+          <t>17 July 2025 14:00</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="G236" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H236" t="n">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
       <c r="I236" t="n">
-        <v>3.752</v>
+        <v>57.099</v>
       </c>
       <c r="J236" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K236" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L236" t="n">
-        <v>59.0</v>
+        <v>46.0</v>
       </c>
       <c r="M236" t="n">
-        <v>54.329</v>
+        <v>40.8</v>
       </c>
       <c r="N236" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O236" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P236" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>22</t>
         </is>
       </c>
       <c r="AF236" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>IRS/2025/6509/OPPC</t>
+          <t>IRS/2025/6470/OPPC</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>01 August 2025 12:00</t>
+          <t>21 July 2025 20:30</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G237" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H237" t="n">
-        <v>55.0</v>
+        <v>51.0</v>
       </c>
       <c r="I237" t="n">
-        <v>31.635</v>
+        <v>34.4</v>
       </c>
       <c r="J237" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K237" t="n">
         <v>1.0</v>
       </c>
       <c r="L237" t="n">
-        <v>17.0</v>
+        <v>28.0</v>
       </c>
       <c r="M237" t="n">
-        <v>34.315</v>
+        <v>9.6</v>
       </c>
       <c r="N237" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O237" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P237" t="inlineStr">
         <is>
-          <t>2</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF237" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>IRS/2025/6510/OPPC</t>
+          <t>IRS/2025/6471/OPPC</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>01 August 2025 12:00</t>
+          <t>23 July 2025 03:00</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G238" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H238" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I238" t="n">
-        <v>31.635</v>
+        <v>48.3</v>
       </c>
       <c r="J238" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K238" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L238" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M238" t="n">
-        <v>34.315</v>
+        <v>13.35</v>
       </c>
       <c r="N238" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O238" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P238" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R238" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S238" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T238" t="n">
-        <v>0.0146</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U238" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V238" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>IRS/2025/6511/OPPC</t>
+          <t>IRS/2025/6475/OPPC</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>04 August 2025 10:00</t>
+          <t>24 July 2025 21:00</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Rough BP Platform</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G239" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H239" t="n">
-        <v>41.0</v>
+        <v>50.0</v>
       </c>
       <c r="I239" t="n">
-        <v>48.3</v>
+        <v>4.0</v>
       </c>
       <c r="J239" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K239" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L239" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
       <c r="M239" t="n">
-        <v>13.35</v>
+        <v>34.8</v>
       </c>
       <c r="N239" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O239" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P239" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R239" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S239" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Breach of the maximum oil in water concentration daily limit</t>
         </is>
       </c>
       <c r="T239" t="n">
-        <v>1.4398</v>
+        <v>0.0012</v>
       </c>
       <c r="U239" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V239" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>IRS/2025/6512/OPPC</t>
+          <t>IRS/2025/6476/OPPC</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>04 August 2025 10:00</t>
+          <t>25 July 2025 03:00</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G240" t="n">
         <v>56.0</v>
       </c>
       <c r="H240" t="n">
         <v>41.0</v>
       </c>
       <c r="I240" t="n">
         <v>48.3</v>
@@ -26322,176 +26354,214 @@
       <c r="M240" t="n">
         <v>13.35</v>
       </c>
       <c r="N240" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O240" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P240" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R240" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S240" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T240" t="n">
-        <v>0.0051</v>
+        <v>0.6623</v>
       </c>
       <c r="U240" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V240" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB240" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>IRS/2025/6513/OPPC</t>
+          <t>IRS/2025/6494/OPPC</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>01 August 2025 05:50</t>
+          <t>29 July 2025 11:00</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G241" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H241" t="n">
-        <v>51.0</v>
+        <v>28.0</v>
       </c>
       <c r="I241" t="n">
-        <v>24.42</v>
+        <v>6.0</v>
       </c>
       <c r="J241" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K241" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L241" t="n">
-        <v>28.0</v>
+        <v>31.0</v>
       </c>
       <c r="M241" t="n">
-        <v>8.73</v>
+        <v>43.0</v>
       </c>
       <c r="N241" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O241" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P241" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R241" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S241" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T241" t="n">
+        <v>0.0445</v>
+      </c>
+      <c r="U241" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V241" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W241" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y241" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB241" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF241" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>IRS/2025/6515/OPPC</t>
+          <t>IRS/2025/6499/OPPC</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>04 August 2025 03:00</t>
+          <t>01 August 2025 00:00</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G242" t="n">
         <v>56.0</v>
       </c>
       <c r="H242" t="n">
         <v>41.0</v>
       </c>
       <c r="I242" t="n">
         <v>48.3</v>
@@ -26514,558 +26584,511 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O242" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P242" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R242" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S242" t="inlineStr">
         <is>
           <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T242" t="n">
-        <v>0.0172</v>
+        <v>0.0319</v>
       </c>
       <c r="U242" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V242" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>IRS/2025/6519/OPPC</t>
+          <t>IRS/2025/6500/OPPC</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>05 August 2025 14:00</t>
+          <t>01 August 2025 01:00</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G243" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H243" t="n">
-        <v>46.0</v>
+        <v>11.0</v>
       </c>
       <c r="I243" t="n">
-        <v>50.78</v>
+        <v>3.752</v>
       </c>
       <c r="J243" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K243" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L243" t="n">
-        <v>6.0</v>
+        <v>59.0</v>
       </c>
       <c r="M243" t="n">
-        <v>32.52</v>
+        <v>54.329</v>
       </c>
       <c r="N243" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O243" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P243" t="inlineStr">
         <is>
-          <t>6</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF243" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>IRS/2025/6520/OPPC</t>
+          <t>IRS/2025/6509/OPPC</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>05 August 2025 11:00</t>
+          <t>01 August 2025 12:00</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G244" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="H244" t="n">
-        <v>41.0</v>
+        <v>55.0</v>
       </c>
       <c r="I244" t="n">
-        <v>48.3</v>
+        <v>31.635</v>
       </c>
       <c r="J244" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K244" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L244" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="M244" t="n">
-        <v>13.35</v>
+        <v>34.315</v>
       </c>
       <c r="N244" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O244" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P244" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R244" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S244" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T244" t="n">
-        <v>0.0147</v>
+        <v>0.0095</v>
       </c>
       <c r="U244" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V244" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>IRS/2025/6521/OPPC</t>
+          <t>IRS/2025/6510/OPPC</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>01 August 2025 04:00</t>
+          <t>01 August 2025 12:00</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G245" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H245" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I245" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J245" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K245" t="n">
         <v>1.0</v>
       </c>
       <c r="L245" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M245" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N245" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O245" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P245" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R245" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S245" t="inlineStr">
         <is>
-          <t>4A</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T245" t="n">
-        <v>0.2747</v>
+        <v>0.0146</v>
       </c>
       <c r="U245" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V245" t="inlineStr">
         <is>
-          <t>Maximum concentration, Monthly average concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
-      </c>
-[...7 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="AF245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>IRS/2025/6522/OPPC</t>
+          <t>IRS/2025/6511/OPPC</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>01 August 2025 00:01</t>
+          <t>04 August 2025 10:00</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G246" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H246" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I246" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J246" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K246" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L246" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M246" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N246" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O246" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P246" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R246" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S246" t="inlineStr">
         <is>
-          <t>4A</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T246" t="n">
-        <v>2.4002</v>
+        <v>1.4398</v>
       </c>
       <c r="U246" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V246" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W246" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y246" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB246" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF246" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>IRS/2025/6524/OPPC</t>
+          <t>IRS/2025/6512/OPPC</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>06 August 2025 19:00</t>
+          <t>04 August 2025 10:00</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G247" t="n">
         <v>56.0</v>
       </c>
       <c r="H247" t="n">
         <v>41.0</v>
       </c>
       <c r="I247" t="n">
         <v>48.3</v>
@@ -27088,436 +27111,398 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O247" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P247" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R247" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S247" t="inlineStr">
         <is>
           <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T247" t="n">
-        <v>0.0761</v>
+        <v>0.0051</v>
       </c>
       <c r="U247" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V247" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W247" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y247" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB247" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF247" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>IRS/2025/6525/OPPC</t>
+          <t>IRS/2025/6513/OPPC</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>07 August 2025 01:00</t>
+          <t>01 August 2025 05:50</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G248" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H248" t="n">
-        <v>5.0</v>
+        <v>51.0</v>
       </c>
       <c r="I248" t="n">
-        <v>2.1</v>
+        <v>24.42</v>
       </c>
       <c r="J248" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K248" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L248" t="n">
-        <v>53.0</v>
+        <v>28.0</v>
       </c>
       <c r="M248" t="n">
-        <v>32.8</v>
+        <v>8.73</v>
       </c>
       <c r="N248" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O248" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P248" t="inlineStr">
         <is>
-          <t>30</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF248" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>IRS/2025/6527/OPPC</t>
+          <t>IRS/2025/6515/OPPC</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>08 August 2025 04:00</t>
+          <t>04 August 2025 03:00</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G249" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H249" t="n">
-        <v>28.0</v>
+        <v>41.0</v>
       </c>
       <c r="I249" t="n">
-        <v>6.0</v>
+        <v>48.3</v>
       </c>
       <c r="J249" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K249" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L249" t="n">
-        <v>31.0</v>
+        <v>20.0</v>
       </c>
       <c r="M249" t="n">
-        <v>43.0</v>
+        <v>13.35</v>
       </c>
       <c r="N249" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O249" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P249" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R249" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S249" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T249" t="n">
-        <v>0.0985</v>
+        <v>0.0172</v>
       </c>
       <c r="U249" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V249" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W249" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y249" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB249" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF249" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>IRS/2025/6538/OPPC</t>
+          <t>IRS/2025/6519/OPPC</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>08 August 2025 00:50</t>
+          <t>05 August 2025 14:00</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>STELLA</t>
         </is>
       </c>
       <c r="G250" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H250" t="n">
-        <v>17.0</v>
+        <v>46.0</v>
       </c>
       <c r="I250" t="n">
-        <v>15.15</v>
+        <v>50.78</v>
       </c>
       <c r="J250" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K250" t="n">
         <v>2.0</v>
       </c>
       <c r="L250" t="n">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="M250" t="n">
-        <v>41.51</v>
+        <v>32.52</v>
       </c>
       <c r="N250" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O250" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P250" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R250" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S250" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T250" t="n">
-        <v>0.0062</v>
+        <v>0.0405</v>
       </c>
       <c r="U250" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V250" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>IRS/2025/6546/OPPC</t>
+          <t>IRS/2025/6520/OPPC</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>10 August 2025 15:00</t>
+          <t>05 August 2025 11:00</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G251" t="n">
         <v>56.0</v>
       </c>
       <c r="H251" t="n">
         <v>41.0</v>
       </c>
       <c r="I251" t="n">
         <v>48.3</v>
@@ -27540,203 +27525,219 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O251" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P251" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R251" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S251" t="inlineStr">
         <is>
           <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T251" t="n">
-        <v>0.0118</v>
+        <v>0.0147</v>
       </c>
       <c r="U251" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V251" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>IRS/2025/6549/OPPC</t>
+          <t>IRS/2025/6521/OPPC</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>12 August 2025 15:30</t>
+          <t>01 August 2025 04:00</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G252" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H252" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I252" t="n">
-        <v>36.0</v>
+        <v>12.45</v>
       </c>
       <c r="J252" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K252" t="n">
         <v>1.0</v>
       </c>
       <c r="L252" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="M252" t="n">
-        <v>7.0</v>
+        <v>25.96</v>
       </c>
       <c r="N252" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O252" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P252" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R252" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S252" t="inlineStr">
         <is>
-          <t>3.1	
-[...1 lines deleted...]
-        </is>
+          <t>4A</t>
+        </is>
+      </c>
+      <c r="T252" t="n">
+        <v>0.2747</v>
       </c>
       <c r="U252" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V252" t="inlineStr">
+        <is>
+          <t>Maximum concentration, Monthly average concentration</t>
         </is>
       </c>
       <c r="W252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
+      </c>
+      <c r="AC252" t="n">
+        <v>337.0</v>
+      </c>
+      <c r="AD252" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="AE252" t="n">
+        <v>1.9</v>
       </c>
       <c r="AF252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>IRS/2025/6569/OPPC</t>
+          <t>IRS/2025/6522/OPPC</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>18 August 2025 10:00</t>
+          <t>01 August 2025 00:01</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G253" t="n">
         <v>61.0</v>
       </c>
       <c r="H253" t="n">
         <v>37.0</v>
       </c>
       <c r="I253" t="n">
         <v>12.45</v>
@@ -27755,2965 +27756,3031 @@
       <c r="M253" t="n">
         <v>25.96</v>
       </c>
       <c r="N253" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O253" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P253" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R253" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S253" t="inlineStr">
         <is>
-          <t>4.3 Conducting Sampling in accordance with the requirements for monitoring as specified in Table 2 of the permit approval.</t>
-        </is>
+          <t>4A</t>
+        </is>
+      </c>
+      <c r="T253" t="n">
+        <v>2.4002</v>
       </c>
       <c r="U253" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V253" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W253" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y253" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB253" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF253" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
+          <t>IRS/2025/6524/OPPC</t>
+        </is>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>06 August 2025 19:00</t>
+        </is>
+      </c>
+      <c r="D254" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E254" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F254" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G254" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H254" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I254" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J254" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K254" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L254" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M254" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N254" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O254" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P254" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R254" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S254" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T254" t="n">
+        <v>0.0761</v>
+      </c>
+      <c r="U254" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V254" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W254" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y254" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB254" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF254" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t>IRS/2025/6525/OPPC</t>
+        </is>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>07 August 2025 01:00</t>
+        </is>
+      </c>
+      <c r="D255" t="inlineStr">
+        <is>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+        </is>
+      </c>
+      <c r="E255" t="inlineStr">
+        <is>
+          <t>Triton FPSO</t>
+        </is>
+      </c>
+      <c r="F255" t="inlineStr">
+        <is>
+          <t>GUILLEMOT WEST</t>
+        </is>
+      </c>
+      <c r="G255" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H255" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="I255" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="J255" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K255" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L255" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M255" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="N255" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O255" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P255" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="R255" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S255" t="inlineStr">
+        <is>
+          <t>Maximum concentration of oil in produced water discharge from slops &gt;100mg/l</t>
+        </is>
+      </c>
+      <c r="T255" t="n">
+        <v>0.0391</v>
+      </c>
+      <c r="U255" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V255" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W255" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y255" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB255" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF255" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t>IRS/2025/6527/OPPC</t>
+        </is>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>08 August 2025 04:00</t>
+        </is>
+      </c>
+      <c r="D256" t="inlineStr">
+        <is>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr">
+        <is>
+          <t>Kittiwake A Platform</t>
+        </is>
+      </c>
+      <c r="F256" t="inlineStr">
+        <is>
+          <t>KITTIWAKE</t>
+        </is>
+      </c>
+      <c r="G256" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H256" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I256" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="J256" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K256" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L256" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="M256" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="N256" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O256" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P256" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R256" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S256" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T256" t="n">
+        <v>0.0985</v>
+      </c>
+      <c r="U256" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V256" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W256" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y256" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB256" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF256" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="inlineStr">
+        <is>
+          <t>IRS/2025/6538/OPPC</t>
+        </is>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>08 August 2025 00:50</t>
+        </is>
+      </c>
+      <c r="D257" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E257" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F257" t="inlineStr">
+        <is>
+          <t>ERSKINE</t>
+        </is>
+      </c>
+      <c r="G257" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H257" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I257" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J257" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K257" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L257" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M257" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N257" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O257" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P257" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R257" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S257" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T257" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="U257" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V257" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W257" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y257" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB257" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF257" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>IRS/2025/6546/OPPC</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C258" t="inlineStr">
+        <is>
+          <t>10 August 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D258" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E258" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F258" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G258" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H258" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I258" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J258" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K258" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L258" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M258" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N258" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O258" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P258" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R258" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S258" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T258" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="U258" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V258" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W258" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y258" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB258" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF258" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>IRS/2025/6549/OPPC</t>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>12 August 2025 15:30</t>
+        </is>
+      </c>
+      <c r="D259" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E259" t="inlineStr">
+        <is>
+          <t>Alwyn North NAB Platform</t>
+        </is>
+      </c>
+      <c r="F259" t="inlineStr">
+        <is>
+          <t>ALWYN NORTH</t>
+        </is>
+      </c>
+      <c r="G259" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H259" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I259" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="J259" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K259" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L259" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M259" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N259" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O259" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P259" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="R259" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S259" t="inlineStr">
+        <is>
+          <t>3.1	
+The Permit Holder shall only undertake Oil Discharge Operations in accordance with the arrangements described within the Permit Application, the Permit and the Standard Industry Conditions.</t>
+        </is>
+      </c>
+      <c r="U259" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W259" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y259" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB259" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF259" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>IRS/2025/6569/OPPC</t>
+        </is>
+      </c>
+      <c r="B260" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C260" t="inlineStr">
+        <is>
+          <t>18 August 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D260" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E260" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F260" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G260" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H260" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I260" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J260" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K260" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L260" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M260" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N260" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O260" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P260" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R260" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S260" t="inlineStr">
+        <is>
+          <t>4.3 Conducting Sampling in accordance with the requirements for monitoring as specified in Table 2 of the permit approval.</t>
+        </is>
+      </c>
+      <c r="U260" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W260" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y260" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z260" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB260" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF260" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="inlineStr">
+        <is>
           <t>IRS/2025/6580/OPPC</t>
         </is>
       </c>
-      <c r="B254" t="inlineStr">
+      <c r="B261" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
-      <c r="C254" t="inlineStr">
+      <c r="C261" t="inlineStr">
         <is>
           <t>19 August 2025 13:00</t>
         </is>
       </c>
-      <c r="D254" t="inlineStr">
+      <c r="D261" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
-      <c r="E254" t="inlineStr">
+      <c r="E261" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
-      <c r="F254" t="inlineStr">
+      <c r="F261" t="inlineStr">
         <is>
           <t>MARINER</t>
         </is>
       </c>
-      <c r="G254" t="n">
+      <c r="G261" t="n">
         <v>59.0</v>
       </c>
-      <c r="H254" t="n">
+      <c r="H261" t="n">
         <v>35.0</v>
       </c>
-      <c r="I254" t="n">
+      <c r="I261" t="n">
         <v>18.315</v>
       </c>
-      <c r="J254" t="inlineStr">
+      <c r="J261" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
-      <c r="K254" t="n">
+      <c r="K261" t="n">
         <v>1.0</v>
       </c>
-      <c r="L254" t="n">
+      <c r="L261" t="n">
         <v>3.0</v>
       </c>
-      <c r="M254" t="n">
+      <c r="M261" t="n">
         <v>17.314</v>
       </c>
-      <c r="N254" t="inlineStr">
+      <c r="N261" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="O254" t="inlineStr">
+      <c r="O261" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="P254" t="inlineStr">
+      <c r="P261" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="R254" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S254" t="inlineStr">
+      <c r="R261" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S261" t="inlineStr">
         <is>
           <t>OLP/546/22
 Schedule of conditions:
 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
         </is>
       </c>
-      <c r="U254" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V254" t="inlineStr">
+      <c r="U261" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V261" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
-      <c r="W254" t="inlineStr">
-[...754 lines deleted...]
-      </c>
       <c r="W261" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y261" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB261" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF261" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>IRS/2025/6626/OPPC</t>
+          <t>IRS/2025/6583/OPPC</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>01 September 2025 00:01</t>
+          <t>21 August 2025 16:00</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G262" t="n">
         <v>57.0</v>
       </c>
       <c r="H262" t="n">
-        <v>1.0</v>
+        <v>17.0</v>
       </c>
       <c r="I262" t="n">
-        <v>53.58</v>
+        <v>15.15</v>
       </c>
       <c r="J262" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K262" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L262" t="n">
-        <v>57.0</v>
+        <v>10.0</v>
       </c>
       <c r="M262" t="n">
-        <v>19.22</v>
+        <v>41.51</v>
       </c>
       <c r="N262" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O262" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P262" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R262" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S262" t="inlineStr">
         <is>
-          <t>Monthly average exceeded.</t>
-[...3 lines deleted...]
-        <v>9.0E-4</v>
+          <t>4.3</t>
+        </is>
       </c>
       <c r="U262" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W262" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y262" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z262" t="inlineStr">
+        <is>
+          <t>Measurement uncertainty of produced water volume</t>
         </is>
       </c>
       <c r="AB262" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF262" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>IRS/2025/6631/OPPC</t>
+          <t>IRS/2025/6584/OPPC</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>01 September 2025 12:00</t>
+          <t>21 August 2025 11:00</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G263" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H263" t="n">
-        <v>28.0</v>
+        <v>48.0</v>
       </c>
       <c r="I263" t="n">
-        <v>6.0</v>
+        <v>36.0</v>
       </c>
       <c r="J263" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K263" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L263" t="n">
-        <v>31.0</v>
+        <v>44.0</v>
       </c>
       <c r="M263" t="n">
-        <v>43.0</v>
+        <v>7.0</v>
       </c>
       <c r="N263" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O263" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P263" t="inlineStr">
         <is>
-          <t>18</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF263" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>IRS/2025/6632/OPPC</t>
+          <t>IRS/2025/6591/OPPC</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>01 September 2025 11:00</t>
+          <t>12 July 2025 06:00</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Montrose A Platform</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>BLP</t>
         </is>
       </c>
       <c r="G264" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H264" t="n">
-        <v>41.0</v>
+        <v>26.0</v>
       </c>
       <c r="I264" t="n">
-        <v>48.3</v>
+        <v>52.415</v>
       </c>
       <c r="J264" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K264" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L264" t="n">
-        <v>20.0</v>
+        <v>24.0</v>
       </c>
       <c r="M264" t="n">
-        <v>13.35</v>
+        <v>48.319</v>
       </c>
       <c r="N264" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O264" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P264" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>17</t>
         </is>
       </c>
       <c r="R264" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S264" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
-[...3 lines deleted...]
-        <v>0.8136</v>
+          <t>4.3</t>
+        </is>
       </c>
       <c r="U264" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W264" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y264" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z264" t="inlineStr">
+        <is>
+          <t>Calculation method</t>
         </is>
       </c>
       <c r="AB264" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF264" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>IRS/2025/6633/OPPC</t>
+          <t>IRS/2025/6607/OPPC</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>01 September 2025 12:00</t>
+          <t>28 August 2025 02:55</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G265" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H265" t="n">
-        <v>55.0</v>
+        <v>1.0</v>
       </c>
       <c r="I265" t="n">
-        <v>31.635</v>
+        <v>53.58</v>
       </c>
       <c r="J265" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K265" t="n">
         <v>1.0</v>
       </c>
       <c r="L265" t="n">
-        <v>17.0</v>
+        <v>57.0</v>
       </c>
       <c r="M265" t="n">
-        <v>34.315</v>
+        <v>19.22</v>
       </c>
       <c r="N265" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O265" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P265" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R265" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S265" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample concentration over 100 mg/l</t>
         </is>
       </c>
       <c r="T265" t="n">
-        <v>0.7314</v>
+        <v>0.0018</v>
       </c>
       <c r="U265" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V265" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>IRS/2025/6634/OPPC</t>
+          <t>IRS/2025/6611/OPPC</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>01 September 2025 12:00</t>
+          <t>28 August 2025 12:00</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G266" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H266" t="n">
-        <v>55.0</v>
+        <v>28.0</v>
       </c>
       <c r="I266" t="n">
-        <v>31.635</v>
+        <v>6.0</v>
       </c>
       <c r="J266" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K266" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L266" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="M266" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="N266" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O266" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P266" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R266" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S266" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T266" t="n">
+        <v>0.1329</v>
+      </c>
+      <c r="U266" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V266" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W266" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y266" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB266" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC266" t="n">
+        <v>165.0</v>
+      </c>
+      <c r="AD266" t="n">
         <v>17.0</v>
       </c>
-      <c r="M266" t="n">
-[...15 lines deleted...]
-        </is>
+      <c r="AE266" t="n">
+        <v>1.5</v>
       </c>
       <c r="AF266" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>IRS/2025/6635/OPPC</t>
+          <t>IRS/2025/6614/OPPC</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>02 September 2025 02:00</t>
+          <t>28 August 2025 03:00</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G267" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H267" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I267" t="n">
-        <v>31.635</v>
+        <v>48.3</v>
       </c>
       <c r="J267" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K267" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L267" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M267" t="n">
-        <v>34.315</v>
+        <v>13.35</v>
       </c>
       <c r="N267" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O267" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P267" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R267" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S267" t="inlineStr">
         <is>
-          <t>Starboard Produced Water Discharge (Table 1 - Location 3), Maximum Concentration (mg/l)</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T267" t="n">
-        <v>0.0208</v>
+        <v>0.0246</v>
       </c>
       <c r="U267" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V267" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>IRS/2025/6637/OPPC</t>
+          <t>IRS/2025/6623/OPPC</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>01 September 2025 03:00</t>
+          <t>31 August 2025 08:00</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Forties FD Platform</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G268" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H268" t="n">
-        <v>41.0</v>
+        <v>43.0</v>
       </c>
       <c r="I268" t="n">
-        <v>48.3</v>
+        <v>30.65</v>
       </c>
       <c r="J268" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K268" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L268" t="n">
-        <v>20.0</v>
+        <v>54.0</v>
       </c>
       <c r="M268" t="n">
-        <v>13.35</v>
+        <v>11.22</v>
       </c>
       <c r="N268" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O268" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P268" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R268" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S268" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Table 1 - Discharges - Maximum Concentration 100mg/l</t>
         </is>
       </c>
       <c r="T268" t="n">
-        <v>0.0284</v>
+        <v>0.0436</v>
       </c>
       <c r="U268" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V268" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W268" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y268" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB268" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF268" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>IRS/2025/6638/OPPC</t>
+          <t>IRS/2025/6626/OPPC</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>01 September 2025 00:00</t>
+          <t>01 September 2025 00:01</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G269" t="n">
         <v>57.0</v>
       </c>
       <c r="H269" t="n">
-        <v>11.0</v>
+        <v>1.0</v>
       </c>
       <c r="I269" t="n">
-        <v>3.752</v>
+        <v>53.58</v>
       </c>
       <c r="J269" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K269" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L269" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="M269" t="n">
-        <v>54.329</v>
+        <v>19.22</v>
       </c>
       <c r="N269" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O269" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P269" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="R269" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S269" t="inlineStr">
+        <is>
+          <t>Monthly average exceeded.</t>
+        </is>
+      </c>
+      <c r="T269" t="n">
+        <v>9.0E-4</v>
+      </c>
+      <c r="U269" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V269" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W269" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y269" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB269" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF269" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>IRS/2025/6639/OPPC</t>
+          <t>IRS/2025/6631/OPPC</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>01 September 2025 00:00</t>
+          <t>01 September 2025 12:00</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G270" t="n">
         <v>57.0</v>
       </c>
       <c r="H270" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
       <c r="I270" t="n">
-        <v>53.88</v>
+        <v>6.0</v>
       </c>
       <c r="J270" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K270" t="n">
         <v>0.0</v>
       </c>
       <c r="L270" t="n">
-        <v>58.0</v>
+        <v>31.0</v>
       </c>
       <c r="M270" t="n">
-        <v>21.95</v>
+        <v>43.0</v>
       </c>
       <c r="N270" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O270" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P270" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R270" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S270" t="inlineStr">
         <is>
-          <t>OLP/28/23, condition 4.1 and Table 1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T270" t="n">
-        <v>2.0E-4</v>
+        <v>0.3629</v>
       </c>
       <c r="U270" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V270" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W270" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y270" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB270" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF270" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>IRS/2025/6644/OPPC</t>
+          <t>IRS/2025/6632/OPPC</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>04 September 2025 08:00</t>
+          <t>01 September 2025 11:00</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>Elgin PUQ Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ELGIN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G271" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H271" t="n">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
       <c r="I271" t="n">
-        <v>44.0</v>
+        <v>48.3</v>
       </c>
       <c r="J271" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K271" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L271" t="n">
-        <v>50.0</v>
+        <v>20.0</v>
       </c>
       <c r="M271" t="n">
-        <v>24.0</v>
+        <v>13.35</v>
       </c>
       <c r="N271" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O271" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P271" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R271" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S271" t="inlineStr">
         <is>
-          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T271" t="n">
+        <v>0.8136</v>
       </c>
       <c r="U271" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V271" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W271" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y271" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB271" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF271" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>IRS/2025/6648/OPPC</t>
+          <t>IRS/2025/6633/OPPC</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>04 September 2025 01:03</t>
+          <t>01 September 2025 12:00</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
-          <t>Rough BP Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G272" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="H272" t="n">
-        <v>50.0</v>
+        <v>55.0</v>
       </c>
       <c r="I272" t="n">
-        <v>4.4</v>
+        <v>31.635</v>
       </c>
       <c r="J272" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K272" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L272" t="n">
-        <v>26.0</v>
+        <v>17.0</v>
       </c>
       <c r="M272" t="n">
-        <v>34.8</v>
+        <v>34.315</v>
       </c>
       <c r="N272" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O272" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P272" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R272" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S272" t="inlineStr">
         <is>
-          <t>Condition 4.1 - Maximum concentration of dispersed oil in produced water discharge (100gm/l)</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T272" t="n">
-        <v>5.0E-4</v>
+        <v>0.7314</v>
       </c>
       <c r="U272" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V272" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W272" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y272" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB272" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF272" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
+          <t>IRS/2025/6634/OPPC</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>01 September 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D273" t="inlineStr">
+        <is>
+          <t>BUMI ARMADA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr">
+        <is>
+          <t>Kraken FPSO</t>
+        </is>
+      </c>
+      <c r="F273" t="inlineStr">
+        <is>
+          <t>KRAKEN</t>
+        </is>
+      </c>
+      <c r="G273" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H273" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I273" t="n">
+        <v>31.635</v>
+      </c>
+      <c r="J273" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K273" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L273" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M273" t="n">
+        <v>34.315</v>
+      </c>
+      <c r="N273" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O273" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P273" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AF273" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>IRS/2025/6635/OPPC</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>02 September 2025 02:00</t>
+        </is>
+      </c>
+      <c r="D274" t="inlineStr">
+        <is>
+          <t>BUMI ARMADA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E274" t="inlineStr">
+        <is>
+          <t>Kraken FPSO</t>
+        </is>
+      </c>
+      <c r="F274" t="inlineStr">
+        <is>
+          <t>KRAKEN</t>
+        </is>
+      </c>
+      <c r="G274" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H274" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I274" t="n">
+        <v>31.635</v>
+      </c>
+      <c r="J274" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K274" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L274" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M274" t="n">
+        <v>34.315</v>
+      </c>
+      <c r="N274" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O274" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P274" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R274" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S274" t="inlineStr">
+        <is>
+          <t>Starboard Produced Water Discharge (Table 1 - Location 3), Maximum Concentration (mg/l)</t>
+        </is>
+      </c>
+      <c r="T274" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="U274" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V274" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W274" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y274" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB274" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF274" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr">
+        <is>
+          <t>IRS/2025/6637/OPPC</t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>01 September 2025 03:00</t>
+        </is>
+      </c>
+      <c r="D275" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E275" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G275" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H275" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I275" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J275" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K275" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L275" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M275" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N275" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O275" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P275" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R275" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S275" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T275" t="n">
+        <v>0.0284</v>
+      </c>
+      <c r="U275" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V275" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W275" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y275" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB275" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF275" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="inlineStr">
+        <is>
+          <t>IRS/2025/6638/OPPC</t>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <t>01 September 2025 00:00</t>
+        </is>
+      </c>
+      <c r="D276" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E276" t="inlineStr">
+        <is>
+          <t>Gannet A Platform</t>
+        </is>
+      </c>
+      <c r="F276" t="inlineStr">
+        <is>
+          <t>GANNET A</t>
+        </is>
+      </c>
+      <c r="G276" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H276" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="I276" t="n">
+        <v>3.752</v>
+      </c>
+      <c r="J276" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K276" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L276" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="M276" t="n">
+        <v>54.329</v>
+      </c>
+      <c r="N276" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O276" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P276" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="AF276" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="inlineStr">
+        <is>
+          <t>IRS/2025/6639/OPPC</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C277" t="inlineStr">
+        <is>
+          <t>01 September 2025 00:00</t>
+        </is>
+      </c>
+      <c r="D277" t="inlineStr">
+        <is>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="E277" t="inlineStr">
+        <is>
+          <t>Buzzard Production Platform</t>
+        </is>
+      </c>
+      <c r="F277" t="inlineStr">
+        <is>
+          <t>BUZZARD</t>
+        </is>
+      </c>
+      <c r="G277" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H277" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I277" t="n">
+        <v>53.88</v>
+      </c>
+      <c r="J277" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K277" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L277" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="M277" t="n">
+        <v>21.95</v>
+      </c>
+      <c r="N277" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O277" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="P277" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="R277" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S277" t="inlineStr">
+        <is>
+          <t>OLP/28/23, condition 4.1 and Table 1</t>
+        </is>
+      </c>
+      <c r="T277" t="n">
+        <v>2.0E-4</v>
+      </c>
+      <c r="U277" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V277" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W277" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y277" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB277" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF277" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="inlineStr">
+        <is>
+          <t>IRS/2025/6644/OPPC</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C278" t="inlineStr">
+        <is>
+          <t>04 September 2025 08:00</t>
+        </is>
+      </c>
+      <c r="D278" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E278" t="inlineStr">
+        <is>
+          <t>Elgin PUQ Platform</t>
+        </is>
+      </c>
+      <c r="F278" t="inlineStr">
+        <is>
+          <t>ELGIN</t>
+        </is>
+      </c>
+      <c r="G278" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H278" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I278" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="J278" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K278" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L278" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="M278" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="N278" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O278" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P278" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="R278" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S278" t="inlineStr">
+        <is>
+          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
+      </c>
+      <c r="U278" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W278" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y278" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z278" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB278" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF278" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="inlineStr">
+        <is>
+          <t>IRS/2025/6648/OPPC</t>
+        </is>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C279" t="inlineStr">
+        <is>
+          <t>04 September 2025 01:03</t>
+        </is>
+      </c>
+      <c r="D279" t="inlineStr">
+        <is>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+        </is>
+      </c>
+      <c r="E279" t="inlineStr">
+        <is>
+          <t>Rough BP Platform</t>
+        </is>
+      </c>
+      <c r="F279" t="inlineStr">
+        <is>
+          <t>ROUGH</t>
+        </is>
+      </c>
+      <c r="G279" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H279" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="I279" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="J279" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K279" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L279" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="M279" t="n">
+        <v>34.8</v>
+      </c>
+      <c r="N279" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O279" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="P279" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="R279" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S279" t="inlineStr">
+        <is>
+          <t>Condition 4.1 - Maximum concentration of dispersed oil in produced water discharge (100gm/l)</t>
+        </is>
+      </c>
+      <c r="T279" t="n">
+        <v>5.0E-4</v>
+      </c>
+      <c r="U279" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V279" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W279" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y279" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB279" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF279" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="inlineStr">
+        <is>
           <t>IRS/2025/6654/OPPC</t>
         </is>
       </c>
-      <c r="B273" t="inlineStr">
+      <c r="B280" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
-      <c r="C273" t="inlineStr">
+      <c r="C280" t="inlineStr">
         <is>
           <t>24 August 2025 05:13</t>
         </is>
       </c>
-      <c r="D273" t="inlineStr">
+      <c r="D280" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
-      <c r="E273" t="inlineStr">
+      <c r="E280" t="inlineStr">
         <is>
           <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
-      <c r="F273" t="inlineStr">
+      <c r="F280" t="inlineStr">
         <is>
           <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
-      <c r="G273" t="n">
+      <c r="G280" t="n">
         <v>53.0</v>
       </c>
-      <c r="H273" t="n">
+      <c r="H280" t="n">
         <v>5.0</v>
       </c>
-      <c r="I273" t="n">
+      <c r="I280" t="n">
         <v>22.0</v>
       </c>
-      <c r="J273" t="inlineStr">
+      <c r="J280" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
-      <c r="K273" t="n">
+      <c r="K280" t="n">
         <v>2.0</v>
       </c>
-      <c r="L273" t="n">
+      <c r="L280" t="n">
         <v>7.0</v>
       </c>
-      <c r="M273" t="n">
+      <c r="M280" t="n">
         <v>45.0</v>
       </c>
-      <c r="N273" t="inlineStr">
+      <c r="N280" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="O273" t="inlineStr">
+      <c r="O280" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
-      <c r="P273" t="inlineStr">
+      <c r="P280" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
-      <c r="R273" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S273" t="inlineStr">
+      <c r="R280" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S280" t="inlineStr">
         <is>
           <t>Exceeded the
 maximum
 concentration of
 30mg/l in one month
 average</t>
         </is>
       </c>
-      <c r="T273" t="n">
+      <c r="T280" t="n">
         <v>0.0031</v>
       </c>
-      <c r="U273" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V273" t="inlineStr">
+      <c r="U280" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V280" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
-      <c r="W273" t="inlineStr">
-[...716 lines deleted...]
-      </c>
       <c r="W280" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y280" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB280" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF280" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>IRS/2025/6702/OPPC</t>
+          <t>IRS/2025/6661/OPPC</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>07 August 2025 20:00</t>
+          <t>06 September 2025 04:00</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G281" t="n">
         <v>61.0</v>
       </c>
       <c r="H281" t="n">
         <v>37.0</v>
       </c>
       <c r="I281" t="n">
         <v>12.45</v>
@@ -30732,1264 +30799,1277 @@
       <c r="M281" t="n">
         <v>25.96</v>
       </c>
       <c r="N281" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O281" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P281" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R281" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S281" t="inlineStr">
         <is>
-          <t>Discharge Conditions 4.1</t>
-        </is>
+          <t>4A</t>
+        </is>
+      </c>
+      <c r="T281" t="n">
+        <v>0.4079</v>
       </c>
       <c r="U281" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V281" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W281" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y281" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB281" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC281" t="n">
+        <v>150.0</v>
+      </c>
+      <c r="AD281" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="AE281" t="n">
+        <v>1.7</v>
       </c>
       <c r="AF281" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>IRS/2025/6703/OPPC</t>
+          <t>IRS/2025/6666/OPPC</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>05 July 2023 19:15</t>
+          <t>08 September 2025 11:00</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G282" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H282" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="I282" t="n">
-        <v>2.1</v>
+        <v>36.0</v>
       </c>
       <c r="J282" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K282" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L282" t="n">
-        <v>53.0</v>
+        <v>44.0</v>
       </c>
       <c r="M282" t="n">
-        <v>32.8</v>
+        <v>7.0</v>
       </c>
       <c r="N282" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O282" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P282" t="inlineStr">
         <is>
-          <t>30</t>
-[...47 lines deleted...]
-        <v>1.0</v>
+          <t>9</t>
+        </is>
       </c>
       <c r="AF282" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>IRS/2025/6704/OPPC</t>
+          <t>IRS/2025/6675/OPPC</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>16 September 2025 19:30</t>
+          <t>08 September 2025 19:30</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G283" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H283" t="n">
-        <v>17.0</v>
+        <v>37.0</v>
       </c>
       <c r="I283" t="n">
-        <v>15.15</v>
+        <v>12.45</v>
       </c>
       <c r="J283" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K283" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L283" t="n">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="M283" t="n">
-        <v>41.51</v>
+        <v>25.96</v>
       </c>
       <c r="N283" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O283" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P283" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R283" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S283" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.1929</v>
+          <t>The permit condition that has been breached is discharge conditions 4.1</t>
+        </is>
       </c>
       <c r="U283" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V283" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Maximum load</t>
         </is>
       </c>
       <c r="W283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>IRS/2025/6709/OPPC</t>
+          <t>IRS/2025/6676/OPPC</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>18 September 2025 08:00</t>
+          <t>09 September 2025 12:30</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>ONE-DYAS UK LIMITED</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Sean PP Platform</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>SOUTH SEAN</t>
         </is>
       </c>
       <c r="G284" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H284" t="n">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
       <c r="I284" t="n">
-        <v>15.15</v>
+        <v>23.0</v>
       </c>
       <c r="J284" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K284" t="n">
         <v>2.0</v>
       </c>
       <c r="L284" t="n">
-        <v>10.0</v>
+        <v>51.0</v>
       </c>
       <c r="M284" t="n">
-        <v>41.51</v>
+        <v>45.0</v>
       </c>
       <c r="N284" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O284" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P284" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>25</t>
         </is>
       </c>
       <c r="R284" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S284" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>2.0E-4</v>
+          <t>Section 4.3 Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.  Oil discharge location 3 samples should be analysed according to BEIS Sampling and Analysis Methodology.</t>
+        </is>
       </c>
       <c r="U284" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W284" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y284" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z284" t="inlineStr">
+        <is>
+          <t>Sampling and analysis method</t>
         </is>
       </c>
       <c r="AB284" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF284" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>IRS/2025/6723/OPPC</t>
+          <t>IRS/2025/6682/OPPC</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>23 August 2025 10:41</t>
+          <t>12 September 2025 14:00</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G285" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H285" t="n">
-        <v>46.0</v>
+        <v>37.0</v>
       </c>
       <c r="I285" t="n">
-        <v>50.78</v>
+        <v>12.45</v>
       </c>
       <c r="J285" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K285" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L285" t="n">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
       <c r="M285" t="n">
-        <v>32.52</v>
+        <v>25.96</v>
       </c>
       <c r="N285" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O285" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P285" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R285" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S285" t="inlineStr">
         <is>
-          <t>Permit schedule of conditions: 4.2</t>
+          <t>4. Discharge Conditions</t>
         </is>
       </c>
       <c r="T285" t="n">
-        <v>0.1007</v>
+        <v>1.6202</v>
       </c>
       <c r="U285" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V285" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W285" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y285" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB285" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF285" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>IRS/2025/6728/OPPC</t>
+          <t>IRS/2025/6683/OPPC</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>21 September 2025 16:00</t>
+          <t>11 September 2025 19:40</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G286" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H286" t="n">
-        <v>28.0</v>
+        <v>50.0</v>
       </c>
       <c r="I286" t="n">
-        <v>6.0</v>
+        <v>4.4</v>
       </c>
       <c r="J286" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K286" t="n">
         <v>0.0</v>
       </c>
       <c r="L286" t="n">
-        <v>31.0</v>
+        <v>26.0</v>
       </c>
       <c r="M286" t="n">
-        <v>43.0</v>
+        <v>34.8</v>
       </c>
       <c r="N286" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O286" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P286" t="inlineStr">
         <is>
-          <t>18</t>
-[...37 lines deleted...]
-          <t>Yes</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF286" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>IRS/2025/6730/OPPC</t>
+          <t>IRS/2025/6700/OPPC</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>09 June 2025 14:00</t>
+          <t>15 September 2025 15:00</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G287" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H287" t="n">
-        <v>26.0</v>
+        <v>28.0</v>
       </c>
       <c r="I287" t="n">
-        <v>58.0</v>
+        <v>6.0</v>
       </c>
       <c r="J287" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K287" t="n">
         <v>0.0</v>
       </c>
       <c r="L287" t="n">
-        <v>15.0</v>
+        <v>31.0</v>
       </c>
       <c r="M287" t="n">
-        <v>13.0</v>
+        <v>43.0</v>
       </c>
       <c r="N287" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O287" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P287" t="inlineStr">
         <is>
-          <t>19</t>
-[...9 lines deleted...]
-        <v>0.0</v>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R287" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S287" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T287" t="n">
+        <v>0.4326</v>
+      </c>
+      <c r="U287" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V287" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W287" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y287" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB287" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
       </c>
       <c r="AF287" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>IRS/2025/6733/OPPC</t>
+          <t>IRS/2025/6702/OPPC</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>28 May 2025 08:00</t>
+          <t>07 August 2025 20:00</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G288" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="H288" t="n">
-        <v>19.0</v>
+        <v>37.0</v>
       </c>
       <c r="I288" t="n">
-        <v>25.12</v>
+        <v>12.45</v>
       </c>
       <c r="J288" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K288" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L288" t="n">
-        <v>34.0</v>
+        <v>18.0</v>
       </c>
       <c r="M288" t="n">
-        <v>29.68</v>
+        <v>25.96</v>
       </c>
       <c r="N288" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O288" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P288" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R288" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S288" t="inlineStr">
         <is>
-          <t>Section  (4) Discharge Conditions.
-[...4 lines deleted...]
-        <v>0.0779</v>
+          <t>Discharge Conditions 4.1</t>
+        </is>
       </c>
       <c r="U288" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V288" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB288" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>1.3</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>IRS/2025/6749/OPPC</t>
+          <t>IRS/2025/6703/OPPC</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>28 September 2025 08:00</t>
+          <t>05 July 2023 19:15</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G289" t="n">
         <v>57.0</v>
       </c>
       <c r="H289" t="n">
-        <v>28.0</v>
+        <v>5.0</v>
       </c>
       <c r="I289" t="n">
-        <v>6.0</v>
+        <v>2.1</v>
       </c>
       <c r="J289" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K289" t="n">
         <v>0.0</v>
       </c>
       <c r="L289" t="n">
-        <v>31.0</v>
+        <v>53.0</v>
       </c>
       <c r="M289" t="n">
-        <v>43.0</v>
+        <v>32.8</v>
       </c>
       <c r="N289" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O289" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P289" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R289" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S289" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Maximum Load (t/12hour) of oil in produced water discharged from slops exceeded 1 tonne</t>
         </is>
       </c>
       <c r="T289" t="n">
-        <v>0.5289</v>
+        <v>0.055</v>
       </c>
       <c r="U289" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V289" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Maximum load</t>
         </is>
       </c>
       <c r="W289" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y289" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB289" t="inlineStr">
         <is>
           <t>No</t>
         </is>
+      </c>
+      <c r="AC289" t="n">
+        <v>225.0</v>
+      </c>
+      <c r="AD289" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="AE289" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF289" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>IRS/2025/6763/OPPC</t>
+          <t>IRS/2025/6704/OPPC</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>01 October 2025 04:00</t>
+          <t>16 September 2025 19:30</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G290" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H290" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I290" t="n">
-        <v>12.45</v>
+        <v>15.15</v>
       </c>
       <c r="J290" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K290" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L290" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M290" t="n">
-        <v>25.96</v>
+        <v>41.51</v>
       </c>
       <c r="N290" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O290" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P290" t="inlineStr">
         <is>
-          <t>12</t>
-[...9 lines deleted...]
-        <v>4.3</v>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R290" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S290" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T290" t="n">
+        <v>0.1929</v>
+      </c>
+      <c r="U290" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V290" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W290" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y290" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB290" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF290" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>IRS/2025/6764/OPPC</t>
+          <t>IRS/2025/6709/OPPC</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>01 October 2025 14:00</t>
+          <t>18 September 2025 08:00</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>Britannia BLP</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G291" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H291" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I291" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J291" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K291" t="n">
         <v>2.0</v>
       </c>
-      <c r="I291" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="L291" t="n">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="M291" t="n">
-        <v>19.54</v>
+        <v>41.51</v>
       </c>
       <c r="N291" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O291" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P291" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R291" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S291" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T291" t="n">
+        <v>2.0E-4</v>
+      </c>
+      <c r="U291" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V291" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W291" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y291" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB291" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF291" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>IRS/2025/6766/OPPC</t>
+          <t>IRS/2025/6723/OPPC</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>01 October 2025 09:00</t>
+          <t>23 August 2025 10:41</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>STELLA</t>
         </is>
       </c>
       <c r="G292" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H292" t="n">
-        <v>17.0</v>
+        <v>46.0</v>
       </c>
       <c r="I292" t="n">
-        <v>15.15</v>
+        <v>50.78</v>
       </c>
       <c r="J292" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K292" t="n">
         <v>2.0</v>
       </c>
       <c r="L292" t="n">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="M292" t="n">
-        <v>41.51</v>
+        <v>32.52</v>
       </c>
       <c r="N292" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O292" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P292" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R292" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S292" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Permit schedule of conditions: 4.2</t>
         </is>
       </c>
       <c r="T292" t="n">
-        <v>0.1668</v>
+        <v>0.1007</v>
       </c>
       <c r="U292" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V292" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>IRS/2025/6767/OPPC</t>
+          <t>IRS/2025/6728/OPPC</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>01 October 2025 09:00</t>
+          <t>21 September 2025 16:00</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
           <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
           <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G293" t="n">
         <v>57.0</v>
       </c>
       <c r="H293" t="n">
         <v>28.0</v>
       </c>
       <c r="I293" t="n">
         <v>6.0</v>
@@ -32012,3686 +32092,3768 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O293" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P293" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="R293" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S293" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T293" t="n">
-        <v>1.3172</v>
+        <v>0.0244</v>
       </c>
       <c r="U293" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V293" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W293" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y293" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB293" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF293" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>IRS/2025/6769/OPPC</t>
+          <t>IRS/2025/6730/OPPC</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>02 October 2025 00:55</t>
+          <t>09 June 2025 14:00</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G294" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="H294" t="n">
-        <v>50.0</v>
+        <v>26.0</v>
       </c>
       <c r="I294" t="n">
-        <v>4.4</v>
+        <v>58.0</v>
       </c>
       <c r="J294" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K294" t="n">
         <v>0.0</v>
       </c>
       <c r="L294" t="n">
-        <v>26.0</v>
+        <v>15.0</v>
       </c>
       <c r="M294" t="n">
-        <v>34.8</v>
+        <v>13.0</v>
       </c>
       <c r="N294" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O294" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P294" t="inlineStr">
         <is>
-          <t>3</t>
-[...38 lines deleted...]
-        </is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="AC294" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD294" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AE294" t="n">
+        <v>0.0</v>
       </c>
       <c r="AF294" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>IRS/2025/6771/OPPC</t>
+          <t>IRS/2025/6733/OPPC</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>01 October 2025 12:00</t>
+          <t>28 May 2025 08:00</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G295" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="H295" t="n">
-        <v>55.0</v>
+        <v>19.0</v>
       </c>
       <c r="I295" t="n">
-        <v>31.635</v>
+        <v>25.12</v>
       </c>
       <c r="J295" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K295" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L295" t="n">
-        <v>17.0</v>
+        <v>34.0</v>
       </c>
       <c r="M295" t="n">
-        <v>34.315</v>
+        <v>29.68</v>
       </c>
       <c r="N295" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O295" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P295" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R295" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S295" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Section  (4) Discharge Conditions.
+(4.1) - No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that table.</t>
         </is>
       </c>
       <c r="T295" t="n">
-        <v>0.0307</v>
+        <v>0.0779</v>
       </c>
       <c r="U295" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V295" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W295" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y295" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB295" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC295" t="n">
+        <v>78.0</v>
+      </c>
+      <c r="AD295" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="AE295" t="n">
+        <v>1.3</v>
       </c>
       <c r="AF295" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>IRS/2025/6772/OPPC</t>
+          <t>IRS/2025/6749/OPPC</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>01 October 2025 12:00</t>
+          <t>28 September 2025 08:00</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G296" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H296" t="n">
-        <v>55.0</v>
+        <v>28.0</v>
       </c>
       <c r="I296" t="n">
-        <v>31.635</v>
+        <v>6.0</v>
       </c>
       <c r="J296" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K296" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L296" t="n">
-        <v>17.0</v>
+        <v>31.0</v>
       </c>
       <c r="M296" t="n">
-        <v>34.315</v>
+        <v>43.0</v>
       </c>
       <c r="N296" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O296" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P296" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R296" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S296" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T296" t="n">
-        <v>0.5442</v>
+        <v>0.5289</v>
       </c>
       <c r="U296" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V296" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W296" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y296" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB296" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF296" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
+          <t>IRS/2025/6763/OPPC</t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>01 October 2025 04:00</t>
+        </is>
+      </c>
+      <c r="D297" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E297" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F297" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G297" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H297" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I297" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J297" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K297" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L297" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M297" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N297" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O297" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P297" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="AC297" t="n">
+        <v>170.0</v>
+      </c>
+      <c r="AD297" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="AE297" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="AF297" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="inlineStr">
+        <is>
+          <t>IRS/2025/6764/OPPC</t>
+        </is>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C298" t="inlineStr">
+        <is>
+          <t>01 October 2025 14:00</t>
+        </is>
+      </c>
+      <c r="D298" t="inlineStr">
+        <is>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+        </is>
+      </c>
+      <c r="E298" t="inlineStr">
+        <is>
+          <t>Britannia</t>
+        </is>
+      </c>
+      <c r="F298" t="inlineStr">
+        <is>
+          <t>BRITANNIA</t>
+        </is>
+      </c>
+      <c r="G298" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H298" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I298" t="n">
+        <v>55.13</v>
+      </c>
+      <c r="J298" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K298" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L298" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="M298" t="n">
+        <v>19.54</v>
+      </c>
+      <c r="N298" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O298" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="P298" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="R298" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S298" t="inlineStr">
+        <is>
+          <t>4.3 Sampling and quantification of the dishcarge(s) in Table 1 shall be carried out by the permit holder in accordance with the requirements for monitoring specified in Table 2</t>
+        </is>
+      </c>
+      <c r="U298" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W298" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y298" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z298" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB298" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF298" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="inlineStr">
+        <is>
+          <t>IRS/2025/6766/OPPC</t>
+        </is>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>01 October 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D299" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E299" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F299" t="inlineStr">
+        <is>
+          <t>ERSKINE</t>
+        </is>
+      </c>
+      <c r="G299" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H299" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I299" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J299" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K299" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L299" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M299" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N299" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O299" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P299" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R299" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S299" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T299" t="n">
+        <v>0.1668</v>
+      </c>
+      <c r="U299" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V299" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W299" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y299" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB299" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF299" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>IRS/2025/6767/OPPC</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>01 October 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>Kittiwake A Platform</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
+          <t>KITTIWAKE</t>
+        </is>
+      </c>
+      <c r="G300" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H300" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I300" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="J300" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K300" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L300" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="M300" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="N300" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O300" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P300" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R300" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S300" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T300" t="n">
+        <v>1.3172</v>
+      </c>
+      <c r="U300" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V300" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W300" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y300" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB300" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF300" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="inlineStr">
+        <is>
+          <t>IRS/2025/6769/OPPC</t>
+        </is>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C301" t="inlineStr">
+        <is>
+          <t>02 October 2025 00:55</t>
+        </is>
+      </c>
+      <c r="D301" t="inlineStr">
+        <is>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+        </is>
+      </c>
+      <c r="E301" t="inlineStr">
+        <is>
+          <t>Rough BD Platform</t>
+        </is>
+      </c>
+      <c r="F301" t="inlineStr">
+        <is>
+          <t>ROUGH</t>
+        </is>
+      </c>
+      <c r="G301" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H301" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="I301" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="J301" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K301" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L301" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="M301" t="n">
+        <v>34.8</v>
+      </c>
+      <c r="N301" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O301" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="P301" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="R301" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S301" t="inlineStr">
+        <is>
+          <t>4.1 Table 1 monthly Average OIW limit exceeded</t>
+        </is>
+      </c>
+      <c r="T301" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="U301" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V301" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W301" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y301" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB301" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF301" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="inlineStr">
+        <is>
+          <t>IRS/2025/6771/OPPC</t>
+        </is>
+      </c>
+      <c r="B302" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr">
+        <is>
+          <t>01 October 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D302" t="inlineStr">
+        <is>
+          <t>BUMI ARMADA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E302" t="inlineStr">
+        <is>
+          <t>Kraken FPSO</t>
+        </is>
+      </c>
+      <c r="F302" t="inlineStr">
+        <is>
+          <t>KRAKEN</t>
+        </is>
+      </c>
+      <c r="G302" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H302" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I302" t="n">
+        <v>31.635</v>
+      </c>
+      <c r="J302" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K302" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L302" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M302" t="n">
+        <v>34.315</v>
+      </c>
+      <c r="N302" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O302" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P302" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R302" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S302" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T302" t="n">
+        <v>0.0307</v>
+      </c>
+      <c r="U302" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V302" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W302" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y302" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB302" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF302" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr">
+        <is>
+          <t>IRS/2025/6772/OPPC</t>
+        </is>
+      </c>
+      <c r="B303" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>01 October 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr">
+        <is>
+          <t>BUMI ARMADA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>Kraken FPSO</t>
+        </is>
+      </c>
+      <c r="F303" t="inlineStr">
+        <is>
+          <t>KRAKEN</t>
+        </is>
+      </c>
+      <c r="G303" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H303" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I303" t="n">
+        <v>31.635</v>
+      </c>
+      <c r="J303" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K303" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L303" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M303" t="n">
+        <v>34.315</v>
+      </c>
+      <c r="N303" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O303" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P303" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R303" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S303" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T303" t="n">
+        <v>0.5442</v>
+      </c>
+      <c r="U303" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V303" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W303" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y303" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB303" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF303" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="inlineStr">
+        <is>
           <t>IRS/2025/6779/OPPC</t>
         </is>
       </c>
-      <c r="B297" t="inlineStr">
+      <c r="B304" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
-      <c r="C297" t="inlineStr">
+      <c r="C304" t="inlineStr">
         <is>
           <t>01 October 2025 00:00</t>
         </is>
       </c>
-      <c r="D297" t="inlineStr">
+      <c r="D304" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
-      <c r="E297" t="inlineStr">
+      <c r="E304" t="inlineStr">
         <is>
           <t>Gannet A Platform</t>
         </is>
       </c>
-      <c r="F297" t="inlineStr">
+      <c r="F304" t="inlineStr">
         <is>
           <t>GANNET A</t>
         </is>
       </c>
-      <c r="G297" t="n">
+      <c r="G304" t="n">
         <v>57.0</v>
       </c>
-      <c r="H297" t="n">
+      <c r="H304" t="n">
         <v>11.0</v>
       </c>
-      <c r="I297" t="n">
+      <c r="I304" t="n">
         <v>3.752</v>
       </c>
-      <c r="J297" t="inlineStr">
+      <c r="J304" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
-      <c r="K297" t="n">
+      <c r="K304" t="n">
         <v>0.0</v>
       </c>
-      <c r="L297" t="n">
+      <c r="L304" t="n">
         <v>59.0</v>
       </c>
-      <c r="M297" t="n">
+      <c r="M304" t="n">
         <v>54.329</v>
       </c>
-      <c r="N297" t="inlineStr">
+      <c r="N304" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="O297" t="inlineStr">
+      <c r="O304" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="P297" t="inlineStr">
+      <c r="P304" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="R297" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S297" t="inlineStr">
+      <c r="R304" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S304" t="inlineStr">
         <is>
           <t>Breach of permit condition 4 Discharge
 conditions. 4.1 no discharge(s) specified in
 table 1 shall exceed the limit(s) for the
 parameters specified in that table. Monthly
 average &lt;30 (mg/L)</t>
         </is>
       </c>
-      <c r="T297" t="n">
+      <c r="T304" t="n">
         <v>1.2282</v>
       </c>
-      <c r="U297" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V297" t="inlineStr">
+      <c r="U304" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V304" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
-      <c r="W297" t="inlineStr">
-[...650 lines deleted...]
-          <t>6</t>
+      <c r="W304" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y304" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB304" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF304" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>IRS/2025/6842/OPPC</t>
+          <t>IRS/2025/6780/OPPC</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>01 January 2023 08:00</t>
+          <t>03 October 2025 20:00</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
         <is>
-          <t>Ravenspurn North CPP Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G305" t="n">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="H305" t="n">
-        <v>1.0</v>
+        <v>28.0</v>
       </c>
       <c r="I305" t="n">
-        <v>48.0</v>
+        <v>6.0</v>
       </c>
       <c r="J305" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K305" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L305" t="n">
-        <v>6.0</v>
+        <v>31.0</v>
       </c>
       <c r="M305" t="n">
-        <v>0.0</v>
+        <v>43.0</v>
       </c>
       <c r="N305" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O305" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P305" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R305" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S305" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T305" t="n">
+        <v>0.404</v>
+      </c>
+      <c r="U305" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V305" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W305" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y305" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB305" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF305" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>IRS/2025/6844/OPPC</t>
+          <t>IRS/2025/6783/OPPC</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>14 October 2025 08:00</t>
+          <t>05 October 2025 04:45</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E306" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Forties FB Platform</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G306" t="n">
         <v>57.0</v>
       </c>
       <c r="H306" t="n">
-        <v>28.0</v>
+        <v>44.0</v>
       </c>
       <c r="I306" t="n">
-        <v>6.0</v>
+        <v>57.49</v>
       </c>
       <c r="J306" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K306" t="n">
         <v>0.0</v>
       </c>
       <c r="L306" t="n">
-        <v>31.0</v>
+        <v>54.0</v>
       </c>
       <c r="M306" t="n">
-        <v>43.0</v>
+        <v>54.21</v>
       </c>
       <c r="N306" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O306" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P306" t="inlineStr">
         <is>
-          <t>18</t>
-[...37 lines deleted...]
-          <t>Yes</t>
+          <t>10</t>
         </is>
       </c>
       <c r="AF306" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>IRS/2025/6862/OPPC</t>
+          <t>IRS/2025/6800/OPPC</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>16 October 2025 14:07</t>
+          <t>03 October 2025 10:23</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
-          <t>Leman AD1 Platform [SHELL]</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="G307" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H307" t="n">
-        <v>5.0</v>
+        <v>46.0</v>
       </c>
       <c r="I307" t="n">
-        <v>22.0</v>
+        <v>12.43</v>
       </c>
       <c r="J307" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K307" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L307" t="n">
-        <v>7.0</v>
+        <v>42.0</v>
       </c>
       <c r="M307" t="n">
-        <v>45.0</v>
+        <v>46.93</v>
       </c>
       <c r="N307" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O307" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>28</t>
         </is>
       </c>
       <c r="P307" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R307" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S307" t="inlineStr">
         <is>
-          <t>Exceeded the maximum concentration of 30mg/l in one month average</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T307" t="n">
-        <v>0.004</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U307" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V307" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>IRS/2025/6870/OPPC</t>
+          <t>IRS/2025/6803/OPPC</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>17 October 2025 14:00</t>
+          <t>06 October 2025 13:45</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G308" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H308" t="n">
-        <v>51.0</v>
+        <v>57.0</v>
       </c>
       <c r="I308" t="n">
-        <v>24.42</v>
+        <v>26.76</v>
       </c>
       <c r="J308" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K308" t="n">
         <v>1.0</v>
       </c>
       <c r="L308" t="n">
-        <v>28.0</v>
+        <v>50.0</v>
       </c>
       <c r="M308" t="n">
-        <v>8.73</v>
+        <v>42.26</v>
       </c>
       <c r="N308" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O308" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P308" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R308" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S308" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T308" t="n">
-        <v>0.2049</v>
+        <v>0.0205</v>
       </c>
       <c r="U308" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V308" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>IRS/2025/6873/OPPC</t>
+          <t>IRS/2025/6817/OPPC</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>21 October 2025 09:45</t>
+          <t>08 October 2025 12:00</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G309" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H309" t="n">
-        <v>37.0</v>
+        <v>48.0</v>
       </c>
       <c r="I309" t="n">
-        <v>12.45</v>
+        <v>36.0</v>
       </c>
       <c r="J309" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K309" t="n">
         <v>1.0</v>
       </c>
       <c r="L309" t="n">
-        <v>18.0</v>
+        <v>44.0</v>
       </c>
       <c r="M309" t="n">
-        <v>25.96</v>
+        <v>7.0</v>
       </c>
       <c r="N309" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O309" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P309" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF309" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>IRS/2025/6878/OPPC</t>
+          <t>IRS/2025/6838/OPPC</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>22 October 2025 15:41</t>
+          <t>11 October 2025 07:00</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
-          <t>Leman BD Platform [PERENCO]</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
         </is>
       </c>
       <c r="G310" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="H310" t="n">
-        <v>3.0</v>
+        <v>41.0</v>
       </c>
       <c r="I310" t="n">
-        <v>7.476</v>
+        <v>33.5</v>
       </c>
       <c r="J310" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K310" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L310" t="n">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
       <c r="M310" t="n">
-        <v>10.818</v>
+        <v>54.7</v>
       </c>
       <c r="N310" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O310" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P310" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>7</t>
         </is>
       </c>
       <c r="AF310" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>IRS/2025/6882/OPPC</t>
+          <t>IRS/2025/6841/OPPC</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>26 September 2025 02:00</t>
+          <t>01 January 2022 08:00</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Hyde Platform</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>HYDE</t>
         </is>
       </c>
       <c r="G311" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="H311" t="n">
         <v>48.0</v>
       </c>
       <c r="I311" t="n">
-        <v>36.0</v>
+        <v>26.53</v>
       </c>
       <c r="J311" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K311" t="n">
         <v>1.0</v>
       </c>
       <c r="L311" t="n">
-        <v>44.0</v>
+        <v>1.0</v>
       </c>
       <c r="M311" t="n">
-        <v>7.0</v>
+        <v>43.3</v>
       </c>
       <c r="N311" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O311" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>48</t>
         </is>
       </c>
       <c r="P311" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="R311" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S311" t="inlineStr">
+        <is>
+          <t>Section 4, Discharge Conditions, namely, quantification at the flow metering location(s)</t>
+        </is>
+      </c>
+      <c r="U311" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W311" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X311" t="inlineStr">
+        <is>
+          <t>Flow metering location(s)</t>
+        </is>
+      </c>
+      <c r="Y311" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB311" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF311" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>IRS/2025/6898/OPPC</t>
+          <t>IRS/2025/6842/OPPC</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>23 October 2025 07:00</t>
+          <t>01 January 2023 08:00</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Ravenspurn North CPP Platform</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="G312" t="n">
-        <v>58.0</v>
+        <v>54.0</v>
       </c>
       <c r="H312" t="n">
-        <v>41.0</v>
+        <v>1.0</v>
       </c>
       <c r="I312" t="n">
-        <v>33.5</v>
+        <v>48.0</v>
       </c>
       <c r="J312" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K312" t="n">
         <v>1.0</v>
       </c>
       <c r="L312" t="n">
-        <v>16.0</v>
+        <v>6.0</v>
       </c>
       <c r="M312" t="n">
-        <v>54.7</v>
+        <v>0.0</v>
       </c>
       <c r="N312" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O312" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>43</t>
         </is>
       </c>
       <c r="P312" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R312" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S312" t="inlineStr">
         <is>
-          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+          <t>Condition 3.1 - The permit holder shall only undertake Oil Discharge Operations in accordance with the arrangements described within the Permit Application, the Permit and the Standard Industry Conditions
+Condition 5.1 - The Permit Holder shall comply with the Standard Industry Conditions.</t>
         </is>
       </c>
       <c r="U312" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="W312" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y312" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Measurement uncertainty of produced water volume</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB312" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF312" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>IRS/2025/6899/OPPC</t>
+          <t>IRS/2025/6844/OPPC</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>24 October 2025 05:00</t>
+          <t>14 October 2025 08:00</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G313" t="n">
         <v>57.0</v>
       </c>
       <c r="H313" t="n">
-        <v>17.0</v>
+        <v>28.0</v>
       </c>
       <c r="I313" t="n">
-        <v>15.15</v>
+        <v>6.0</v>
       </c>
       <c r="J313" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K313" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L313" t="n">
-        <v>10.0</v>
+        <v>31.0</v>
       </c>
       <c r="M313" t="n">
-        <v>41.51</v>
+        <v>43.0</v>
       </c>
       <c r="N313" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O313" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P313" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R313" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S313" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T313" t="n">
-        <v>0.3492</v>
+        <v>0.2313</v>
       </c>
       <c r="U313" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V313" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W313" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y313" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB313" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF313" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>IRS/2025/6900/OPPC</t>
+          <t>IRS/2025/6862/OPPC</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>23 October 2025 14:00</t>
+          <t>16 October 2025 14:07</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G314" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H314" t="n">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
       <c r="I314" t="n">
-        <v>15.15</v>
+        <v>22.0</v>
       </c>
       <c r="J314" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K314" t="n">
         <v>2.0</v>
       </c>
       <c r="L314" t="n">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="M314" t="n">
-        <v>41.51</v>
+        <v>45.0</v>
       </c>
       <c r="N314" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O314" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P314" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R314" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S314" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Exceeded the maximum concentration of 30mg/l in one month average</t>
         </is>
       </c>
       <c r="T314" t="n">
-        <v>5.0E-4</v>
+        <v>0.004</v>
       </c>
       <c r="U314" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V314" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W314" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y314" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB314" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF314" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>IRS/2025/6901/OPPC</t>
+          <t>IRS/2025/6870/OPPC</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>18 October 2025 20:00</t>
+          <t>17 October 2025 14:00</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G315" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H315" t="n">
-        <v>17.0</v>
+        <v>51.0</v>
       </c>
       <c r="I315" t="n">
-        <v>15.15</v>
+        <v>24.42</v>
       </c>
       <c r="J315" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K315" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L315" t="n">
-        <v>10.0</v>
+        <v>28.0</v>
       </c>
       <c r="M315" t="n">
-        <v>41.51</v>
+        <v>8.73</v>
       </c>
       <c r="N315" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O315" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P315" t="inlineStr">
         <is>
-          <t>21</t>
-[...9 lines deleted...]
-        <v>1.2</v>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="R315" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S315" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T315" t="n">
+        <v>0.2049</v>
+      </c>
+      <c r="U315" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V315" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W315" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y315" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB315" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF315" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>IRS/2025/6902/OPPC</t>
+          <t>IRS/2025/6873/OPPC</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>28 October 2025 01:00</t>
+          <t>21 October 2025 09:45</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G316" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H316" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I316" t="n">
-        <v>36.0</v>
+        <v>12.45</v>
       </c>
       <c r="J316" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K316" t="n">
         <v>1.0</v>
       </c>
       <c r="L316" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="M316" t="n">
-        <v>7.0</v>
+        <v>25.96</v>
       </c>
       <c r="N316" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O316" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P316" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R316" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S316" t="inlineStr">
+        <is>
+          <t>4. Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="T316" t="n">
+        <v>2.4802</v>
+      </c>
+      <c r="U316" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V316" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W316" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y316" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB316" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF316" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>IRS/2025/6904/OPPC</t>
+          <t>IRS/2025/6878/OPPC</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>26 August 2023 09:45</t>
+          <t>22 October 2025 15:41</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
-          <t>Captain BLP</t>
+          <t>Leman BD Platform [PERENCO]</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G317" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="H317" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="I317" t="n">
+        <v>7.476</v>
+      </c>
+      <c r="J317" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K317" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L317" t="n">
         <v>17.0</v>
       </c>
-      <c r="I317" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="M317" t="n">
-        <v>40.8</v>
+        <v>10.818</v>
       </c>
       <c r="N317" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O317" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P317" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>27</t>
         </is>
       </c>
       <c r="R317" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S317" t="inlineStr">
         <is>
-          <t>4 Discharge Conditions - 4.2 The discharge(s) from the source(s) specified in Table 1, shall only be permitted:
-(a) from the discharge location(s)</t>
+          <t>Section 4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
         </is>
       </c>
       <c r="U317" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="W317" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Circumstances of use</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Y317" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z317" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB317" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF317" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>IRS/2025/6905/OPPC</t>
+          <t>IRS/2025/6882/OPPC</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>27 October 2025 03:00</t>
+          <t>26 September 2025 02:00</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G318" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H318" t="n">
-        <v>41.0</v>
+        <v>48.0</v>
       </c>
       <c r="I318" t="n">
-        <v>48.3</v>
+        <v>36.0</v>
       </c>
       <c r="J318" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K318" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L318" t="n">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
       <c r="M318" t="n">
-        <v>13.35</v>
+        <v>7.0</v>
       </c>
       <c r="N318" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O318" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P318" t="inlineStr">
         <is>
-          <t>7</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF318" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>IRS/2025/6916/OPPC</t>
+          <t>IRS/2025/6898/OPPC</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>01 November 2025 09:00</t>
+          <t>23 October 2025 07:00</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
         </is>
       </c>
       <c r="G319" t="n">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="H319" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I319" t="n">
-        <v>31.635</v>
+        <v>33.5</v>
       </c>
       <c r="J319" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K319" t="n">
         <v>1.0</v>
       </c>
       <c r="L319" t="n">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
       <c r="M319" t="n">
-        <v>34.315</v>
+        <v>54.7</v>
       </c>
       <c r="N319" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O319" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P319" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R319" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S319" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
-[...3 lines deleted...]
-        <v>0.1778</v>
+          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U319" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Average concentration for the operation</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W319" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y319" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z319" t="inlineStr">
+        <is>
+          <t>Measurement uncertainty of produced water volume</t>
         </is>
       </c>
       <c r="AB319" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF319" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>IRS/2025/6917/OPPC</t>
+          <t>IRS/2025/6899/OPPC</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>01 November 2025 09:00</t>
+          <t>24 October 2025 05:00</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G320" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H320" t="n">
-        <v>55.0</v>
+        <v>17.0</v>
       </c>
       <c r="I320" t="n">
-        <v>31.635</v>
+        <v>15.15</v>
       </c>
       <c r="J320" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K320" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L320" t="n">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
       <c r="M320" t="n">
-        <v>34.315</v>
+        <v>41.51</v>
       </c>
       <c r="N320" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O320" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P320" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R320" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S320" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T320" t="n">
-        <v>0.0249</v>
+        <v>0.3492</v>
       </c>
       <c r="U320" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V320" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W320" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y320" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB320" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF320" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>IRS/2025/6925/OPPC</t>
+          <t>IRS/2025/6900/OPPC</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>03 November 2025 08:00</t>
+          <t>23 October 2025 14:00</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G321" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H321" t="n">
-        <v>50.0</v>
+        <v>17.0</v>
       </c>
       <c r="I321" t="n">
-        <v>4.4</v>
+        <v>15.15</v>
       </c>
       <c r="J321" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K321" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L321" t="n">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
       <c r="M321" t="n">
-        <v>34.8</v>
+        <v>41.51</v>
       </c>
       <c r="N321" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O321" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P321" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R321" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S321" t="inlineStr">
         <is>
-          <t>4.1 Table 1 monthly AVERAGE OIW limit - exceeded</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T321" t="n">
-        <v>0.0017</v>
+        <v>5.0E-4</v>
       </c>
       <c r="U321" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V321" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W321" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y321" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB321" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF321" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>IRS/2025/6926/OPPC</t>
+          <t>IRS/2025/6901/OPPC</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>03 November 2025 10:00</t>
+          <t>18 October 2025 20:00</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G322" t="n">
         <v>57.0</v>
       </c>
       <c r="H322" t="n">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
       <c r="I322" t="n">
-        <v>6.0</v>
+        <v>15.15</v>
       </c>
       <c r="J322" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K322" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L322" t="n">
-        <v>31.0</v>
+        <v>10.0</v>
       </c>
       <c r="M322" t="n">
-        <v>43.0</v>
+        <v>41.51</v>
       </c>
       <c r="N322" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O322" t="inlineStr">
         <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P322" t="inlineStr">
+        <is>
           <t>21</t>
         </is>
       </c>
-      <c r="P322" t="inlineStr">
-[...40 lines deleted...]
-        </is>
+      <c r="AC322" t="n">
+        <v>336.0</v>
+      </c>
+      <c r="AD322" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="AE322" t="n">
+        <v>1.2</v>
       </c>
       <c r="AF322" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>IRS/2025/6929/OPPC</t>
+          <t>IRS/2025/6902/OPPC</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>03 November 2025 15:00</t>
+          <t>28 October 2025 01:00</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
-          <t>Leman AD1 Platform [SHELL]</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G323" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H323" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="I323" t="n">
-        <v>22.0</v>
+        <v>36.0</v>
       </c>
       <c r="J323" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K323" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L323" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M323" t="n">
         <v>7.0</v>
       </c>
-      <c r="M323" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N323" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O323" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P323" t="inlineStr">
         <is>
-          <t>26</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF323" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>IRS/2025/6932/OPPC</t>
+          <t>IRS/2025/6904/OPPC</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>03 November 2025 12:00</t>
+          <t>26 August 2023 09:45</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Captain BLP</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="G324" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="H324" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I324" t="n">
-        <v>12.45</v>
+        <v>57.099</v>
       </c>
       <c r="J324" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K324" t="n">
         <v>1.0</v>
       </c>
       <c r="L324" t="n">
-        <v>18.0</v>
+        <v>46.0</v>
       </c>
       <c r="M324" t="n">
-        <v>25.96</v>
+        <v>40.8</v>
       </c>
       <c r="N324" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O324" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P324" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>22</t>
         </is>
       </c>
       <c r="R324" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S324" t="inlineStr">
         <is>
-          <t>4A</t>
-[...3 lines deleted...]
-        <v>0.0919</v>
+          <t>4 Discharge Conditions - 4.2 The discharge(s) from the source(s) specified in Table 1, shall only be permitted:
+(a) from the discharge location(s)</t>
+        </is>
       </c>
       <c r="U324" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W324" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X324" t="inlineStr">
+        <is>
+          <t>Circumstances of use</t>
         </is>
       </c>
       <c r="Y324" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB324" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>3.6</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF324" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>IRS/2025/6935/OPPC</t>
+          <t>IRS/2025/6905/OPPC</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>04 November 2025 10:00</t>
+          <t>27 October 2025 03:00</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E325" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G325" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H325" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I325" t="n">
-        <v>31.635</v>
+        <v>48.3</v>
       </c>
       <c r="J325" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K325" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L325" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M325" t="n">
-        <v>34.315</v>
+        <v>13.35</v>
       </c>
       <c r="N325" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O325" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P325" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R325" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S325" t="inlineStr">
         <is>
-          <t>Table 1, Discharge Location 4 (HSP &amp; WI Pump Min Flow Protection), Maximum Concentration breached.</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T325" t="n">
-        <v>0.0015</v>
+        <v>0.009</v>
       </c>
       <c r="U325" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V325" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Maximum load</t>
         </is>
       </c>
       <c r="W325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>IRS/2025/6940/OPPC</t>
+          <t>IRS/2025/6916/OPPC</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>03 November 2025 09:00</t>
+          <t>01 November 2025 09:00</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E326" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G326" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H326" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I326" t="n">
+        <v>31.635</v>
+      </c>
+      <c r="J326" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K326" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L326" t="n">
         <v>17.0</v>
       </c>
-      <c r="I326" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="M326" t="n">
-        <v>41.51</v>
+        <v>34.315</v>
       </c>
       <c r="N326" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O326" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P326" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R326" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S326" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T326" t="n">
-        <v>0.3006</v>
+        <v>0.1778</v>
       </c>
       <c r="U326" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V326" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Average concentration for the operation</t>
         </is>
       </c>
       <c r="W326" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y326" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB326" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF326" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>IRS/2025/6945/OPPC</t>
+          <t>IRS/2025/6917/OPPC</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>04 October 2025 01:05</t>
+          <t>01 November 2025 09:00</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E327" t="inlineStr">
         <is>
-          <t>Clyde Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>CLYDE</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G327" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="H327" t="n">
-        <v>27.0</v>
+        <v>55.0</v>
       </c>
       <c r="I327" t="n">
-        <v>10.0</v>
+        <v>31.635</v>
       </c>
       <c r="J327" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K327" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L327" t="n">
         <v>17.0</v>
       </c>
       <c r="M327" t="n">
-        <v>18.0</v>
+        <v>34.315</v>
       </c>
       <c r="N327" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O327" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P327" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R327" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S327" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T327" t="n">
+        <v>0.0249</v>
+      </c>
+      <c r="U327" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V327" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W327" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y327" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB327" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF327" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>IRS/2025/6956/OPPC</t>
+          <t>IRS/2025/6925/OPPC</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>08 November 2025 15:00</t>
+          <t>03 November 2025 08:00</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G328" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="H328" t="n">
-        <v>41.0</v>
+        <v>50.0</v>
       </c>
       <c r="I328" t="n">
-        <v>33.5</v>
+        <v>4.4</v>
       </c>
       <c r="J328" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K328" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L328" t="n">
-        <v>16.0</v>
+        <v>26.0</v>
       </c>
       <c r="M328" t="n">
-        <v>54.7</v>
+        <v>34.8</v>
       </c>
       <c r="N328" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O328" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P328" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R328" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S328" t="inlineStr">
         <is>
-          <t>Condition 1.2: This Permit shall be valid for Oil Discharge Operations from the Brae A Platform, as detailed within the Permit Application.</t>
-        </is>
+          <t>4.1 Table 1 monthly AVERAGE OIW limit - exceeded</t>
+        </is>
+      </c>
+      <c r="T328" t="n">
+        <v>0.0017</v>
       </c>
       <c r="U328" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V328" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W328" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Circumstances of use</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Y328" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB328" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF328" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>IRS/2025/6958/OPPC</t>
+          <t>IRS/2025/6926/OPPC</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>09 November 2025 20:00</t>
+          <t>03 November 2025 10:00</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
           <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
           <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
           <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G329" t="n">
         <v>57.0</v>
       </c>
       <c r="H329" t="n">
         <v>28.0</v>
       </c>
       <c r="I329" t="n">
         <v>6.0</v>
@@ -35714,896 +35876,1004 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O329" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P329" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="R329" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S329" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T329" t="n">
-        <v>0.1801</v>
+        <v>0.6206</v>
       </c>
       <c r="U329" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V329" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>IRS/2025/6961/OPPC</t>
+          <t>IRS/2025/6929/OPPC</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>10 November 2025 14:12</t>
+          <t>03 November 2025 15:00</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G330" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H330" t="n">
-        <v>48.0</v>
+        <v>5.0</v>
       </c>
       <c r="I330" t="n">
-        <v>53.88</v>
+        <v>22.0</v>
       </c>
       <c r="J330" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K330" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L330" t="n">
-        <v>58.0</v>
+        <v>7.0</v>
       </c>
       <c r="M330" t="n">
-        <v>21.95</v>
+        <v>45.0</v>
       </c>
       <c r="N330" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O330" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P330" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R330" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S330" t="inlineStr">
         <is>
-          <t>Condition 4.1, Table 1</t>
+          <t>Exceeded the maximum concentration of 30mg/l in one month average</t>
         </is>
       </c>
       <c r="T330" t="n">
-        <v>2.0E-4</v>
+        <v>0.0012</v>
       </c>
       <c r="U330" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V330" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W330" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y330" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB330" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF330" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>IRS/2025/6962/OPPC</t>
+          <t>IRS/2025/6932/OPPC</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>11 November 2025 12:00</t>
+          <t>03 November 2025 12:00</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E331" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G331" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H331" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I331" t="n">
-        <v>36.0</v>
+        <v>12.45</v>
       </c>
       <c r="J331" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K331" t="n">
         <v>1.0</v>
       </c>
       <c r="L331" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="M331" t="n">
-        <v>7.0</v>
+        <v>25.96</v>
       </c>
       <c r="N331" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O331" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P331" t="inlineStr">
         <is>
-          <t>9</t>
-        </is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R331" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S331" t="inlineStr">
+        <is>
+          <t>4A</t>
+        </is>
+      </c>
+      <c r="T331" t="n">
+        <v>0.0919</v>
+      </c>
+      <c r="U331" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V331" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W331" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y331" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB331" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC331" t="n">
+        <v>174.0</v>
+      </c>
+      <c r="AD331" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="AE331" t="n">
+        <v>3.6</v>
       </c>
       <c r="AF331" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>IRS/2025/6964/OPPC</t>
+          <t>IRS/2025/6935/OPPC</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>01 May 2022 08:00</t>
+          <t>04 November 2025 10:00</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E332" t="inlineStr">
         <is>
-          <t>Hyde Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>HYDE</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G332" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="H332" t="n">
-        <v>48.0</v>
+        <v>55.0</v>
       </c>
       <c r="I332" t="n">
-        <v>26.53</v>
+        <v>31.635</v>
       </c>
       <c r="J332" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K332" t="n">
         <v>1.0</v>
       </c>
       <c r="L332" t="n">
-        <v>1.0</v>
+        <v>17.0</v>
       </c>
       <c r="M332" t="n">
-        <v>43.3</v>
+        <v>34.315</v>
       </c>
       <c r="N332" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O332" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P332" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R332" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S332" t="inlineStr">
         <is>
-          <t>Section 4, Discharge Conditions, 4.1, No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
+          <t>Table 1, Discharge Location 4 (HSP &amp; WI Pump Min Flow Protection), Maximum Concentration breached.</t>
         </is>
       </c>
       <c r="T332" t="n">
-        <v>0.0525</v>
+        <v>0.0015</v>
       </c>
       <c r="U332" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V332" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W332" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y332" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB332" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF332" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>IRS/2025/6973/OPPC</t>
+          <t>IRS/2025/6940/OPPC</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>15 November 2025 15:00</t>
+          <t>03 November 2025 09:00</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E333" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>DUNBAR</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G333" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H333" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I333" t="n">
-        <v>45.816</v>
+        <v>15.15</v>
       </c>
       <c r="J333" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K333" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L333" t="n">
-        <v>39.0</v>
+        <v>10.0</v>
       </c>
       <c r="M333" t="n">
-        <v>9.557</v>
+        <v>41.51</v>
       </c>
       <c r="N333" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O333" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P333" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R333" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S333" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T333" t="n">
+        <v>0.3006</v>
+      </c>
+      <c r="U333" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V333" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W333" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y333" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB333" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF333" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>IRS/2025/6977/OPPC</t>
+          <t>IRS/2025/6945/OPPC</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>13 November 2025 19:00</t>
+          <t>04 October 2025 01:05</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E334" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Clyde Platform</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>CLYDE</t>
         </is>
       </c>
       <c r="G334" t="n">
         <v>56.0</v>
       </c>
       <c r="H334" t="n">
-        <v>41.0</v>
+        <v>27.0</v>
       </c>
       <c r="I334" t="n">
-        <v>48.3</v>
+        <v>10.0</v>
       </c>
       <c r="J334" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K334" t="n">
         <v>2.0</v>
       </c>
       <c r="L334" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="M334" t="n">
-        <v>13.35</v>
+        <v>18.0</v>
       </c>
       <c r="N334" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O334" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P334" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>17</t>
         </is>
       </c>
       <c r="R334" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S334" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
-[...3 lines deleted...]
-        <v>0.0025</v>
+          <t>Measurement Uncertainty of Produced Water Volume (Table 2)</t>
+        </is>
       </c>
       <c r="U334" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W334" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y334" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z334" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB334" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF334" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>IRS/2025/6983/OPPC</t>
+          <t>IRS/2025/6956/OPPC</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>17 November 2025 19:30</t>
+          <t>08 November 2025 15:00</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E335" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
         </is>
       </c>
       <c r="G335" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H335" t="n">
-        <v>17.0</v>
+        <v>41.0</v>
       </c>
       <c r="I335" t="n">
-        <v>15.15</v>
+        <v>33.5</v>
       </c>
       <c r="J335" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K335" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L335" t="n">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
       <c r="M335" t="n">
-        <v>41.51</v>
+        <v>54.7</v>
       </c>
       <c r="N335" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O335" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P335" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R335" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S335" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.0071</v>
+          <t>Condition 1.2: This Permit shall be valid for Oil Discharge Operations from the Brae A Platform, as detailed within the Permit Application.</t>
+        </is>
       </c>
       <c r="U335" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W335" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X335" t="inlineStr">
+        <is>
+          <t>Circumstances of use</t>
         </is>
       </c>
       <c r="Y335" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB335" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF335" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>IRS/2025/6991/OPPC</t>
+          <t>IRS/2025/6958/OPPC</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>20 November 2025 16:00</t>
+          <t>09 November 2025 20:00</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G336" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H336" t="n">
-        <v>37.0</v>
+        <v>28.0</v>
       </c>
       <c r="I336" t="n">
-        <v>12.45</v>
+        <v>6.0</v>
       </c>
       <c r="J336" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K336" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L336" t="n">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
       <c r="M336" t="n">
-        <v>25.96</v>
+        <v>43.0</v>
       </c>
       <c r="N336" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O336" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P336" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R336" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S336" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T336" t="n">
-        <v>2.6989</v>
+        <v>0.1801</v>
       </c>
       <c r="U336" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V336" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W336" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y336" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB336" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF336" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>IRS/2025/6993/OPPC</t>
+          <t>IRS/2025/6961/OPPC</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>21 November 2025 08:00</t>
+          <t>10 November 2025 14:12</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="G337" t="n">
         <v>57.0</v>
       </c>
       <c r="H337" t="n">
-        <v>28.0</v>
+        <v>48.0</v>
       </c>
       <c r="I337" t="n">
-        <v>6.0</v>
+        <v>53.88</v>
       </c>
       <c r="J337" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K337" t="n">
         <v>0.0</v>
       </c>
       <c r="L337" t="n">
-        <v>31.0</v>
+        <v>58.0</v>
       </c>
       <c r="M337" t="n">
-        <v>43.0</v>
+        <v>21.95</v>
       </c>
       <c r="N337" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O337" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>20</t>
         </is>
       </c>
       <c r="P337" t="inlineStr">
         <is>
-          <t>18</t>
-[...9 lines deleted...]
-        <v>2.0</v>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="R337" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S337" t="inlineStr">
+        <is>
+          <t>Condition 4.1, Table 1</t>
+        </is>
+      </c>
+      <c r="T337" t="n">
+        <v>2.0E-4</v>
+      </c>
+      <c r="U337" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V337" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W337" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y337" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB337" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF337" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>IRS/2025/7005/OPPC</t>
+          <t>IRS/2025/6962/OPPC</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>24 November 2025 20:11</t>
+          <t>11 November 2025 12:00</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
           <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
           <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G338" t="n">
         <v>60.0</v>
       </c>
       <c r="H338" t="n">
         <v>48.0</v>
       </c>
       <c r="I338" t="n">
         <v>36.0</v>
@@ -36624,1700 +36894,2558 @@
       </c>
       <c r="N338" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O338" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P338" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="AF338" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>IRS/2025/7006/OPPC</t>
+          <t>IRS/2025/6964/OPPC</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>23 November 2025 06:00</t>
+          <t>01 May 2022 08:00</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Hyde Platform</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>HYDE</t>
         </is>
       </c>
       <c r="G339" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="H339" t="n">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
       <c r="I339" t="n">
-        <v>24.42</v>
+        <v>26.53</v>
       </c>
       <c r="J339" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K339" t="n">
         <v>1.0</v>
       </c>
       <c r="L339" t="n">
-        <v>28.0</v>
+        <v>1.0</v>
       </c>
       <c r="M339" t="n">
-        <v>8.73</v>
+        <v>43.3</v>
       </c>
       <c r="N339" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O339" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>48</t>
         </is>
       </c>
       <c r="P339" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R339" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S339" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4, Discharge Conditions, 4.1, No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
         </is>
       </c>
       <c r="T339" t="n">
-        <v>0.0348</v>
+        <v>0.0525</v>
       </c>
       <c r="U339" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V339" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W339" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y339" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB339" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF339" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>IRS/2025/7008/OPPC</t>
+          <t>IRS/2025/6973/OPPC</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>21 November 2025 05:00</t>
+          <t>15 November 2025 15:00</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>DUNBAR</t>
         </is>
       </c>
       <c r="G340" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H340" t="n">
-        <v>17.0</v>
+        <v>37.0</v>
       </c>
       <c r="I340" t="n">
-        <v>15.15</v>
+        <v>45.816</v>
       </c>
       <c r="J340" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K340" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L340" t="n">
-        <v>10.0</v>
+        <v>39.0</v>
       </c>
       <c r="M340" t="n">
-        <v>41.51</v>
+        <v>9.557</v>
       </c>
       <c r="N340" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O340" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P340" t="inlineStr">
         <is>
-          <t>21</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>14</t>
         </is>
       </c>
       <c r="AF340" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>IRS/2025/7029/OPPC</t>
+          <t>IRS/2025/6977/OPPC</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>01 December 2025 10:30</t>
+          <t>13 November 2025 19:00</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G341" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="H341" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I341" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J341" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K341" t="n">
         <v>2.0</v>
       </c>
-      <c r="I341" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="L341" t="n">
-        <v>8.0</v>
+        <v>20.0</v>
       </c>
       <c r="M341" t="n">
-        <v>19.54</v>
+        <v>13.35</v>
       </c>
       <c r="N341" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O341" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P341" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R341" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S341" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T341" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="U341" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V341" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W341" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y341" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB341" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF341" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>IRS/2025/7030/OPPC</t>
+          <t>IRS/2025/6983/OPPC</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>30 November 2025 09:30</t>
+          <t>17 November 2025 19:30</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G342" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H342" t="n">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
       <c r="I342" t="n">
-        <v>40.86</v>
+        <v>15.15</v>
       </c>
       <c r="J342" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K342" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L342" t="n">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="M342" t="n">
-        <v>3.83</v>
+        <v>41.51</v>
       </c>
       <c r="N342" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O342" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P342" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R342" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S342" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T342" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="U342" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V342" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W342" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y342" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB342" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF342" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>IRS/2025/7032/OPPC</t>
+          <t>IRS/2025/6991/OPPC</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>01 December 2025 08:00</t>
+          <t>20 November 2025 16:00</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G343" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H343" t="n">
-        <v>17.0</v>
+        <v>37.0</v>
       </c>
       <c r="I343" t="n">
-        <v>15.15</v>
+        <v>12.45</v>
       </c>
       <c r="J343" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K343" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L343" t="n">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="M343" t="n">
-        <v>41.51</v>
+        <v>25.96</v>
       </c>
       <c r="N343" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O343" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P343" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R343" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S343" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4. Discharge Conditions</t>
         </is>
       </c>
       <c r="T343" t="n">
-        <v>0.014</v>
+        <v>2.6989</v>
       </c>
       <c r="U343" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V343" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W343" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y343" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB343" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF343" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>IRS/2025/7034/OPPC</t>
+          <t>IRS/2025/6993/OPPC</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>01 December 2025 05:00</t>
+          <t>21 November 2025 08:00</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G344" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H344" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
       <c r="I344" t="n">
-        <v>36.0</v>
+        <v>6.0</v>
       </c>
       <c r="J344" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K344" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L344" t="n">
-        <v>44.0</v>
+        <v>31.0</v>
       </c>
       <c r="M344" t="n">
-        <v>7.0</v>
+        <v>43.0</v>
       </c>
       <c r="N344" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O344" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P344" t="inlineStr">
         <is>
-          <t>9</t>
-        </is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="AC344" t="n">
+        <v>286.0</v>
+      </c>
+      <c r="AD344" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="AE344" t="n">
+        <v>2.0</v>
       </c>
       <c r="AF344" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>IRS/2025/7038/OPPC</t>
+          <t>IRS/2025/7005/OPPC</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>01 December 2025 12:00</t>
+          <t>24 November 2025 20:11</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G345" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H345" t="n">
-        <v>55.0</v>
+        <v>48.0</v>
       </c>
       <c r="I345" t="n">
-        <v>31.635</v>
+        <v>36.0</v>
       </c>
       <c r="J345" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K345" t="n">
         <v>1.0</v>
       </c>
       <c r="L345" t="n">
-        <v>17.0</v>
+        <v>44.0</v>
       </c>
       <c r="M345" t="n">
-        <v>34.315</v>
+        <v>7.0</v>
       </c>
       <c r="N345" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O345" t="inlineStr">
         <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P345" t="inlineStr">
+        <is>
           <t>9</t>
-        </is>
-[...41 lines deleted...]
-          <t>No</t>
         </is>
       </c>
       <c r="AF345" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>IRS/2025/7039/OPPC</t>
+          <t>IRS/2025/7006/OPPC</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>01 December 2025 12:00</t>
+          <t>23 November 2025 06:00</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E346" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G346" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H346" t="n">
-        <v>55.0</v>
+        <v>51.0</v>
       </c>
       <c r="I346" t="n">
-        <v>31.635</v>
+        <v>24.42</v>
       </c>
       <c r="J346" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K346" t="n">
         <v>1.0</v>
       </c>
       <c r="L346" t="n">
-        <v>17.0</v>
+        <v>28.0</v>
       </c>
       <c r="M346" t="n">
-        <v>34.315</v>
+        <v>8.73</v>
       </c>
       <c r="N346" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O346" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P346" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R346" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S346" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T346" t="n">
-        <v>0.4836</v>
+        <v>0.0348</v>
       </c>
       <c r="U346" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V346" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W346" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y346" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB346" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF346" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>IRS/2025/7040/OPPC</t>
+          <t>IRS/2025/7008/OPPC</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>01 December 2025 14:30</t>
+          <t>21 November 2025 05:00</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G347" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H347" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="I347" t="n">
-        <v>33.5</v>
+        <v>15.15</v>
       </c>
       <c r="J347" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K347" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L347" t="n">
-        <v>16.0</v>
+        <v>10.0</v>
       </c>
       <c r="M347" t="n">
-        <v>54.7</v>
+        <v>41.51</v>
       </c>
       <c r="N347" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O347" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P347" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R347" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S347" t="inlineStr">
         <is>
-          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T347" t="n">
+        <v>0.0032</v>
       </c>
       <c r="U347" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V347" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W347" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y347" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Measurement uncertainty of produced water volume</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB347" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF347" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>IRS/2025/7042/OPPC</t>
+          <t>IRS/2025/7029/OPPC</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>01 December 2025 00:00</t>
+          <t>01 December 2025 10:30</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="E348" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="G348" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H348" t="n">
-        <v>11.0</v>
+        <v>2.0</v>
       </c>
       <c r="I348" t="n">
-        <v>3.752</v>
+        <v>55.13</v>
       </c>
       <c r="J348" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K348" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L348" t="n">
-        <v>59.0</v>
+        <v>8.0</v>
       </c>
       <c r="M348" t="n">
-        <v>54.329</v>
+        <v>19.54</v>
       </c>
       <c r="N348" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O348" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P348" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="R348" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S348" t="inlineStr">
+        <is>
+          <t>Standard Industry Conditions 4.1</t>
+        </is>
+      </c>
+      <c r="U348" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W348" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y348" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB348" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF348" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>IRS/2025/7045/OPPC</t>
+          <t>IRS/2025/7030/OPPC</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>01 December 2025 12:00</t>
+          <t>30 November 2025 09:30</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="G349" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H349" t="n">
-        <v>28.0</v>
+        <v>27.0</v>
       </c>
       <c r="I349" t="n">
-        <v>6.0</v>
+        <v>40.86</v>
       </c>
       <c r="J349" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K349" t="n">
         <v>0.0</v>
       </c>
       <c r="L349" t="n">
-        <v>31.0</v>
+        <v>15.0</v>
       </c>
       <c r="M349" t="n">
-        <v>43.0</v>
+        <v>3.83</v>
       </c>
       <c r="N349" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O349" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>15</t>
         </is>
       </c>
       <c r="P349" t="inlineStr">
         <is>
-          <t>18</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>17</t>
         </is>
       </c>
       <c r="AF349" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>IRS/2025/7049/OPPC</t>
+          <t>IRS/2025/7032/OPPC</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>03 December 2025 15:00</t>
+          <t>01 December 2025 08:00</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G350" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H350" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="I350" t="n">
-        <v>48.3</v>
+        <v>15.15</v>
       </c>
       <c r="J350" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K350" t="n">
         <v>2.0</v>
       </c>
       <c r="L350" t="n">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="M350" t="n">
-        <v>13.35</v>
+        <v>41.51</v>
       </c>
       <c r="N350" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O350" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P350" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R350" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S350" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T350" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="U350" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V350" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W350" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y350" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB350" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF350" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>IRS/2025/7050/OPPC</t>
+          <t>IRS/2025/7034/OPPC</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>08 October 2025 08:00</t>
+          <t>01 December 2025 05:00</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
-          <t>Ravenspurn North CPP Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G351" t="n">
-        <v>54.0</v>
+        <v>60.0</v>
       </c>
       <c r="H351" t="n">
-        <v>1.0</v>
+        <v>48.0</v>
       </c>
       <c r="I351" t="n">
-        <v>48.0</v>
+        <v>36.0</v>
       </c>
       <c r="J351" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K351" t="n">
         <v>1.0</v>
       </c>
       <c r="L351" t="n">
-        <v>6.0</v>
+        <v>44.0</v>
       </c>
       <c r="M351" t="n">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
       <c r="N351" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O351" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P351" t="inlineStr">
         <is>
-          <t>26</t>
-[...34 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF351" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>IRS/2025/7060/OPPC</t>
+          <t>IRS/2025/7038/OPPC</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>05 December 2025 16:00</t>
+          <t>01 December 2025 12:00</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E352" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G352" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H352" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I352" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J352" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K352" t="n">
         <v>1.0</v>
       </c>
       <c r="L352" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M352" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N352" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O352" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P352" t="inlineStr">
         <is>
-          <t>12</t>
-[...9 lines deleted...]
-        <v>3.2</v>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R352" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S352" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T352" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="U352" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V352" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W352" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y352" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB352" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF352" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>IRS/2025/7067/OPPC</t>
+          <t>IRS/2025/7039/OPPC</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>08 December 2025 08:00</t>
+          <t>01 December 2025 12:00</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E353" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G353" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="H353" t="n">
-        <v>50.0</v>
+        <v>55.0</v>
       </c>
       <c r="I353" t="n">
-        <v>4.4</v>
+        <v>31.635</v>
       </c>
       <c r="J353" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K353" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L353" t="n">
-        <v>26.0</v>
+        <v>17.0</v>
       </c>
       <c r="M353" t="n">
-        <v>34.8</v>
+        <v>34.315</v>
       </c>
       <c r="N353" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O353" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P353" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R353" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S353" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T353" t="n">
+        <v>0.4836</v>
+      </c>
+      <c r="U353" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V353" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W353" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y353" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB353" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF353" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>IRS/2025/7069/OPPC</t>
+          <t>IRS/2025/7040/OPPC</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>08 December 2025 14:30</t>
+          <t>01 December 2025 14:30</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E354" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
         </is>
       </c>
       <c r="G354" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="H354" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I354" t="n">
-        <v>12.45</v>
+        <v>33.5</v>
       </c>
       <c r="J354" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K354" t="n">
         <v>1.0</v>
       </c>
       <c r="L354" t="n">
-        <v>18.0</v>
+        <v>16.0</v>
       </c>
       <c r="M354" t="n">
-        <v>25.96</v>
+        <v>54.7</v>
       </c>
       <c r="N354" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O354" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P354" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R354" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S354" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
-[...3 lines deleted...]
-        <v>0.8032</v>
+          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U354" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W354" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y354" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z354" t="inlineStr">
+        <is>
+          <t>Measurement uncertainty of produced water volume</t>
         </is>
       </c>
       <c r="AB354" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF354" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
+          <t>IRS/2025/7042/OPPC</t>
+        </is>
+      </c>
+      <c r="B355" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C355" t="inlineStr">
+        <is>
+          <t>01 December 2025 00:00</t>
+        </is>
+      </c>
+      <c r="D355" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E355" t="inlineStr">
+        <is>
+          <t>Gannet A Platform</t>
+        </is>
+      </c>
+      <c r="F355" t="inlineStr">
+        <is>
+          <t>GANNET A</t>
+        </is>
+      </c>
+      <c r="G355" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H355" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="I355" t="n">
+        <v>3.752</v>
+      </c>
+      <c r="J355" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K355" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L355" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="M355" t="n">
+        <v>54.329</v>
+      </c>
+      <c r="N355" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O355" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P355" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="AF355" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="inlineStr">
+        <is>
+          <t>IRS/2025/7045/OPPC</t>
+        </is>
+      </c>
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C356" t="inlineStr">
+        <is>
+          <t>01 December 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D356" t="inlineStr">
+        <is>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="E356" t="inlineStr">
+        <is>
+          <t>Kittiwake A Platform</t>
+        </is>
+      </c>
+      <c r="F356" t="inlineStr">
+        <is>
+          <t>KITTIWAKE</t>
+        </is>
+      </c>
+      <c r="G356" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H356" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I356" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="J356" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K356" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L356" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="M356" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="N356" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O356" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P356" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R356" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S356" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T356" t="n">
+        <v>0.2499</v>
+      </c>
+      <c r="U356" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V356" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W356" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y356" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB356" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF356" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="inlineStr">
+        <is>
+          <t>IRS/2025/7049/OPPC</t>
+        </is>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C357" t="inlineStr">
+        <is>
+          <t>03 December 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D357" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E357" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F357" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G357" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H357" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I357" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J357" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K357" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L357" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M357" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N357" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O357" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P357" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R357" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S357" t="inlineStr">
+        <is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T357" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="U357" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V357" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W357" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y357" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB357" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF357" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="inlineStr">
+        <is>
+          <t>IRS/2025/7050/OPPC</t>
+        </is>
+      </c>
+      <c r="B358" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C358" t="inlineStr">
+        <is>
+          <t>08 October 2025 08:00</t>
+        </is>
+      </c>
+      <c r="D358" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E358" t="inlineStr">
+        <is>
+          <t>Ravenspurn North CPP Platform</t>
+        </is>
+      </c>
+      <c r="F358" t="inlineStr">
+        <is>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+        </is>
+      </c>
+      <c r="G358" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="H358" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="I358" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="J358" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K358" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L358" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="M358" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N358" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O358" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="P358" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="R358" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S358" t="inlineStr">
+        <is>
+          <t>Condition 4.3  Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
+      </c>
+      <c r="U358" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W358" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y358" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z358" t="inlineStr">
+        <is>
+          <t>Sampling and analysis method</t>
+        </is>
+      </c>
+      <c r="AB358" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF358" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="inlineStr">
+        <is>
+          <t>IRS/2025/7060/OPPC</t>
+        </is>
+      </c>
+      <c r="B359" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C359" t="inlineStr">
+        <is>
+          <t>05 December 2025 16:00</t>
+        </is>
+      </c>
+      <c r="D359" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E359" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F359" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G359" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H359" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I359" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J359" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K359" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L359" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M359" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N359" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O359" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P359" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="AF359" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="inlineStr">
+        <is>
+          <t>IRS/2025/7067/OPPC</t>
+        </is>
+      </c>
+      <c r="B360" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C360" t="inlineStr">
+        <is>
+          <t>08 December 2025 08:00</t>
+        </is>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+        </is>
+      </c>
+      <c r="E360" t="inlineStr">
+        <is>
+          <t>Rough BD Platform</t>
+        </is>
+      </c>
+      <c r="F360" t="inlineStr">
+        <is>
+          <t>ROUGH</t>
+        </is>
+      </c>
+      <c r="G360" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H360" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="I360" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="J360" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K360" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L360" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="M360" t="n">
+        <v>34.8</v>
+      </c>
+      <c r="N360" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O360" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="P360" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AF360" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="inlineStr">
+        <is>
+          <t>IRS/2025/7069/OPPC</t>
+        </is>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C361" t="inlineStr">
+        <is>
+          <t>08 December 2025 14:30</t>
+        </is>
+      </c>
+      <c r="D361" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E361" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F361" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G361" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H361" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I361" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J361" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K361" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L361" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M361" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N361" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O361" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P361" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R361" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S361" t="inlineStr">
+        <is>
+          <t>4. Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="T361" t="n">
+        <v>0.8032</v>
+      </c>
+      <c r="U361" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V361" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W361" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y361" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB361" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF361" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="inlineStr">
+        <is>
           <t>IRS/2025/7075/OPPC</t>
         </is>
       </c>
-      <c r="B355" t="inlineStr">
+      <c r="B362" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
-      <c r="C355" t="inlineStr">
+      <c r="C362" t="inlineStr">
         <is>
           <t>07 December 2025 15:00</t>
         </is>
       </c>
-      <c r="D355" t="inlineStr">
+      <c r="D362" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
-      <c r="E355" t="inlineStr">
+      <c r="E362" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
-      <c r="F355" t="inlineStr">
+      <c r="F362" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
-      <c r="G355" t="n">
+      <c r="G362" t="n">
         <v>60.0</v>
       </c>
-      <c r="H355" t="n">
+      <c r="H362" t="n">
         <v>51.0</v>
       </c>
-      <c r="I355" t="n">
+      <c r="I362" t="n">
         <v>34.4</v>
       </c>
-      <c r="J355" t="inlineStr">
+      <c r="J362" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
-      <c r="K355" t="n">
+      <c r="K362" t="n">
         <v>1.0</v>
       </c>
-      <c r="L355" t="n">
+      <c r="L362" t="n">
         <v>28.0</v>
       </c>
-      <c r="M355" t="n">
+      <c r="M362" t="n">
         <v>9.6</v>
       </c>
-      <c r="N355" t="inlineStr">
+      <c r="N362" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="O355" t="inlineStr">
+      <c r="O362" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="P355" t="inlineStr">
+      <c r="P362" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="R355" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S355" t="inlineStr">
+      <c r="R362" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S362" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
-      <c r="T355" t="n">
+      <c r="T362" t="n">
         <v>0.7031</v>
       </c>
-      <c r="U355" t="inlineStr">
-[...4 lines deleted...]
-      <c r="V355" t="inlineStr">
+      <c r="U362" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V362" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
-      <c r="W355" t="inlineStr">
-[...14 lines deleted...]
-      <c r="AF355" t="inlineStr">
+      <c r="W362" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y362" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB362" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AF362" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="inlineStr">
+        <is>
+          <t>IRS/2025/7076/OPPC</t>
+        </is>
+      </c>
+      <c r="B363" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C363" t="inlineStr">
+        <is>
+          <t>06 December 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D363" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E363" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F363" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G363" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H363" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I363" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J363" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K363" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L363" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M363" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N363" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O363" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P363" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R363" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S363" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T363" t="n">
+        <v>0.0307</v>
+      </c>
+      <c r="U363" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V363" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W363" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y363" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB363" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF363" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>