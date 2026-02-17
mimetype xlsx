--- v4 (2026-01-27)
+++ v5 (2026-02-17)
@@ -508,51 +508,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AF363"/>
+  <dimension ref="A2:AF364"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="14" max="14" customWidth="true" width="17.28515625"/>
     <col min="15" max="15" customWidth="true" width="17.7109375"/>
     <col min="16" max="32" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>29</v>
       </c>
@@ -622,3037 +622,3078 @@
       <c r="Z1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AA1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AD1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AE1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AF1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>IRS/2025/7079/OPPC</t>
+          <t>IRS/2025/5595/OPPC</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>06 December 2025 06:30</t>
+          <t>31 December 2024 00:00</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Cleeton CPQ Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>CLEETON</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G2" t="n">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="H2" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="I2" t="n">
-        <v>0.0</v>
+        <v>2.1</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K2" t="n">
         <v>0.0</v>
       </c>
       <c r="L2" t="n">
-        <v>43.0</v>
+        <v>53.0</v>
       </c>
       <c r="M2" t="n">
-        <v>39.9</v>
+        <v>32.8</v>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R2" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S2" t="inlineStr">
         <is>
-          <t>4.3</t>
-        </is>
+          <t>Exceeded monthly average 30mg/l</t>
+        </is>
+      </c>
+      <c r="T2" t="n">
+        <v>0.1325</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y2" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>IRS/2025/7102/OPPC</t>
+          <t>IRS/2025/5596/OPPC</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>01 December 2025 00:00</t>
+          <t>01 January 2025 00:00</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>TEAL</t>
         </is>
       </c>
       <c r="G3" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H3" t="n">
-        <v>2.0</v>
+        <v>15.0</v>
       </c>
       <c r="I3" t="n">
-        <v>55.13</v>
+        <v>23.0</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K3" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L3" t="n">
-        <v>8.0</v>
+        <v>48.0</v>
       </c>
       <c r="M3" t="n">
-        <v>19.54</v>
+        <v>29.0</v>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>25</t>
         </is>
       </c>
       <c r="R3" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S3" t="inlineStr">
         <is>
-          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T3" t="n">
+        <v>0.0459</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V3" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y3" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>IRS/2025/7111/OPPC</t>
+          <t>IRS/2025/5597/OPPC</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>17 December 2025 17:20</t>
+          <t>31 January 2024 16:15</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G4" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H4" t="n">
-        <v>43.0</v>
+        <v>37.0</v>
       </c>
       <c r="I4" t="n">
-        <v>55.01</v>
+        <v>12.45</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K4" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L4" t="n">
-        <v>58.0</v>
+        <v>18.0</v>
       </c>
       <c r="M4" t="n">
-        <v>21.78</v>
+        <v>25.96</v>
       </c>
       <c r="N4" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R4" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S4" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T4" t="n">
+        <v>0.0703</v>
+      </c>
+      <c r="U4" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V4" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W4" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y4" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB4" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>IRS/2025/7124/OPPC</t>
+          <t>IRS/2025/5598/OPPC</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>21 December 2025 12:00</t>
+          <t>01 January 2025 12:00</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G5" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H5" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
       <c r="I5" t="n">
-        <v>36.0</v>
+        <v>6.0</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K5" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L5" t="n">
-        <v>44.0</v>
+        <v>31.0</v>
       </c>
       <c r="M5" t="n">
-        <v>7.0</v>
+        <v>43.0</v>
       </c>
       <c r="N5" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O5" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P5" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R5" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S5" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T5" t="n">
+        <v>0.2633</v>
+      </c>
+      <c r="U5" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V5" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W5" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y5" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB5" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF5" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>IRS/2025/7125/OPPC</t>
+          <t>IRS/2025/5600/OPPC</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>18 December 2025 05:40</t>
+          <t>01 January 2025 12:00</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G6" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="H6" t="n">
-        <v>17.0</v>
+        <v>37.0</v>
       </c>
       <c r="I6" t="n">
-        <v>57.099</v>
+        <v>12.45</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K6" t="n">
         <v>1.0</v>
       </c>
       <c r="L6" t="n">
-        <v>46.0</v>
+        <v>18.0</v>
       </c>
       <c r="M6" t="n">
-        <v>40.8</v>
+        <v>25.96</v>
       </c>
       <c r="N6" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R6" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S6" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="U6" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V6" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W6" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y6" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB6" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>IRS/2025/7127/OPPC</t>
+          <t>IRS/2025/5601/OPPC</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>23 December 2025 05:55</t>
+          <t>02 January 2025 04:00</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>ADURA OPERATIONS LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G7" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H7" t="n">
-        <v>1.0</v>
+        <v>37.0</v>
       </c>
       <c r="I7" t="n">
-        <v>53.58</v>
+        <v>12.45</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K7" t="n">
         <v>1.0</v>
       </c>
       <c r="L7" t="n">
-        <v>57.0</v>
+        <v>18.0</v>
       </c>
       <c r="M7" t="n">
-        <v>19.22</v>
+        <v>25.96</v>
       </c>
       <c r="N7" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R7" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S7" t="inlineStr">
         <is>
-          <t>Max OiW conc.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T7" t="n">
-        <v>7.0E-4</v>
+        <v>0.0482</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V7" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB7" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>IRS/2025/7140/OPPC</t>
+          <t>IRS/2025/5602/OPPC</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>23 December 2025 12:00</t>
+          <t>03 January 2025 12:00</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G8" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H8" t="n">
-        <v>51.0</v>
+        <v>41.0</v>
       </c>
       <c r="I8" t="n">
-        <v>24.42</v>
+        <v>48.3</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K8" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L8" t="n">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
       <c r="M8" t="n">
-        <v>8.73</v>
+        <v>13.35</v>
       </c>
       <c r="N8" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O8" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R8" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S8" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T8" t="n">
-        <v>0.3866</v>
+        <v>1.772</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB8" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>IRS/2025/7141/OPPC</t>
+          <t>IRS/2025/5603/OPPC</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>27 November 2025 15:00</t>
+          <t>01 January 2025 00:01</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G9" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H9" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I9" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J9" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K9" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L9" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M9" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N9" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O9" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P9" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R9" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S9" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T9" t="n">
-        <v>2.0E-4</v>
+        <v>3.8075</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V9" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>IRS/2025/5595/OPPC</t>
+          <t>IRS/2025/5605/OPPC</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>31 December 2024 00:00</t>
+          <t>03 January 2025 04:00</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G10" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H10" t="n">
-        <v>5.0</v>
+        <v>37.0</v>
       </c>
       <c r="I10" t="n">
-        <v>2.1</v>
+        <v>12.45</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K10" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L10" t="n">
-        <v>53.0</v>
+        <v>18.0</v>
       </c>
       <c r="M10" t="n">
-        <v>32.8</v>
+        <v>25.96</v>
       </c>
       <c r="N10" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O10" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P10" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R10" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S10" t="inlineStr">
         <is>
-          <t>Exceeded monthly average 30mg/l</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T10" t="n">
-        <v>0.1325</v>
+        <v>0.0049</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>IRS/2025/5596/OPPC</t>
+          <t>IRS/2025/5616/OPPC</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>01 January 2025 00:00</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>ANASURIA OPERATING COMPANY LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Anasuria FPSO</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>TEAL</t>
+          <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G11" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H11" t="n">
-        <v>15.0</v>
+        <v>51.0</v>
       </c>
       <c r="I11" t="n">
-        <v>23.0</v>
+        <v>34.4</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K11" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L11" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
       <c r="M11" t="n">
-        <v>29.0</v>
+        <v>9.6</v>
       </c>
       <c r="N11" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O11" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P11" t="inlineStr">
         <is>
-          <t>25</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>IRS/2025/5597/OPPC</t>
+          <t>IRS/2025/5622/OPPC</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>31 January 2024 16:15</t>
+          <t>05 January 2025 20:40</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G12" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H12" t="n">
-        <v>37.0</v>
+        <v>48.0</v>
       </c>
       <c r="I12" t="n">
-        <v>12.45</v>
+        <v>36.0</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K12" t="n">
         <v>1.0</v>
       </c>
       <c r="L12" t="n">
-        <v>18.0</v>
+        <v>44.0</v>
       </c>
       <c r="M12" t="n">
-        <v>25.96</v>
+        <v>7.0</v>
       </c>
       <c r="N12" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O12" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P12" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R12" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S12" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Discharge of Produced Water overboard with concentration greater than 100mg/l</t>
         </is>
       </c>
       <c r="T12" t="n">
-        <v>0.0703</v>
+        <v>0.0016</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V12" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W12" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y12" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB12" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF12" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>IRS/2025/5598/OPPC</t>
+          <t>IRS/2025/5624/OPPC</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>01 January 2025 12:00</t>
+          <t>06 January 2025 12:20</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G13" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H13" t="n">
-        <v>28.0</v>
+        <v>48.0</v>
       </c>
       <c r="I13" t="n">
-        <v>6.0</v>
+        <v>36.0</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K13" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L13" t="n">
-        <v>31.0</v>
+        <v>44.0</v>
       </c>
       <c r="M13" t="n">
-        <v>43.0</v>
+        <v>7.0</v>
       </c>
       <c r="N13" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O13" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P13" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R13" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S13" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Discharge condition 4.1.</t>
         </is>
       </c>
       <c r="T13" t="n">
-        <v>0.2633</v>
+        <v>3.0E-4</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>IRS/2025/5600/OPPC</t>
+          <t>IRS/2025/5625/OPPC</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>01 January 2025 12:00</t>
+          <t>06 January 2025 11:00</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G14" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H14" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I14" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K14" t="n">
         <v>1.0</v>
       </c>
       <c r="L14" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M14" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N14" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O14" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P14" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R14" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S14" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T14" t="n">
-        <v>0.0045</v>
+        <v>0.1144</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V14" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>IRS/2025/5601/OPPC</t>
+          <t>IRS/2025/5626/OPPC</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>02 January 2025 04:00</t>
+          <t>06 January 2025 11:00</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G15" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H15" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I15" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K15" t="n">
         <v>1.0</v>
       </c>
       <c r="L15" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M15" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N15" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O15" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P15" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R15" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S15" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T15" t="n">
-        <v>0.0482</v>
+        <v>0.0177</v>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V15" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>IRS/2025/5602/OPPC</t>
+          <t>IRS/2025/5627/OPPC</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>03 January 2025 12:00</t>
+          <t>06 January 2025 12:14</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G16" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H16" t="n">
-        <v>41.0</v>
+        <v>19.0</v>
       </c>
       <c r="I16" t="n">
-        <v>48.3</v>
+        <v>25.12</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K16" t="n">
         <v>2.0</v>
       </c>
       <c r="L16" t="n">
-        <v>20.0</v>
+        <v>34.0</v>
       </c>
       <c r="M16" t="n">
-        <v>13.35</v>
+        <v>29.68</v>
       </c>
       <c r="N16" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O16" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R16" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S16" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
-[...3 lines deleted...]
-        <v>1.772</v>
+          <t>4.3. Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U16" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y16" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z16" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>IRS/2025/5603/OPPC</t>
+          <t>IRS/2025/5628/OPPC</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>01 January 2025 00:01</t>
+          <t>06 January 2025 15:53</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Hyde Platform</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>HYDE</t>
         </is>
       </c>
       <c r="G17" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="H17" t="n">
-        <v>37.0</v>
+        <v>48.0</v>
       </c>
       <c r="I17" t="n">
-        <v>12.45</v>
+        <v>26.53</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K17" t="n">
         <v>1.0</v>
       </c>
       <c r="L17" t="n">
-        <v>18.0</v>
+        <v>1.0</v>
       </c>
       <c r="M17" t="n">
-        <v>25.96</v>
+        <v>43.3</v>
       </c>
       <c r="N17" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O17" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>48</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R17" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S17" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>3.8075</v>
+          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U17" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y17" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z17" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>IRS/2025/5605/OPPC</t>
+          <t>IRS/2025/5629/OPPC</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>03 January 2025 04:00</t>
+          <t>06 January 2025 12:14</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G18" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="H18" t="n">
-        <v>37.0</v>
+        <v>19.0</v>
       </c>
       <c r="I18" t="n">
-        <v>12.45</v>
+        <v>25.12</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K18" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L18" t="n">
-        <v>18.0</v>
+        <v>34.0</v>
       </c>
       <c r="M18" t="n">
-        <v>25.96</v>
+        <v>29.68</v>
       </c>
       <c r="N18" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O18" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P18" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R18" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S18" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.0049</v>
+          <t>4 Discharge Conditions
+4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the
+parameters specified in that Table.</t>
+        </is>
       </c>
       <c r="U18" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V18" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W18" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y18" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB18" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC18" t="n">
+        <v>256.0</v>
+      </c>
+      <c r="AD18" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="AE18" t="n">
+        <v>1.8</v>
       </c>
       <c r="AF18" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>IRS/2025/5616/OPPC</t>
+          <t>IRS/2025/5630/OPPC</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>01 January 2025 00:00</t>
+          <t>07 January 2025 03:00</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>STRATHSPEY</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G19" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H19" t="n">
-        <v>51.0</v>
+        <v>41.0</v>
       </c>
       <c r="I19" t="n">
-        <v>34.4</v>
+        <v>48.3</v>
       </c>
       <c r="J19" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K19" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L19" t="n">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
       <c r="M19" t="n">
-        <v>9.6</v>
+        <v>13.35</v>
       </c>
       <c r="N19" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O19" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P19" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R19" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S19" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T19" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="U19" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V19" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB19" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF19" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>IRS/2025/5622/OPPC</t>
+          <t>IRS/2025/5639/OPPC</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>05 January 2025 20:40</t>
+          <t>07 January 2025 12:00</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G20" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H20" t="n">
-        <v>48.0</v>
+        <v>5.0</v>
       </c>
       <c r="I20" t="n">
-        <v>36.0</v>
+        <v>2.1</v>
       </c>
       <c r="J20" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K20" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L20" t="n">
-        <v>44.0</v>
+        <v>53.0</v>
       </c>
       <c r="M20" t="n">
-        <v>7.0</v>
+        <v>32.8</v>
       </c>
       <c r="N20" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O20" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P20" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R20" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S20" t="inlineStr">
         <is>
-          <t>Discharge of Produced Water overboard with concentration greater than 100mg/l</t>
-[...3 lines deleted...]
-        <v>0.0016</v>
+          <t>Failure to collect H2 biannual PW samples</t>
+        </is>
       </c>
       <c r="U20" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W20" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y20" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z20" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB20" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF20" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>IRS/2025/5624/OPPC</t>
+          <t>IRS/2025/5653/OPPC</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>06 January 2025 12:20</t>
+          <t>13 January 2025 07:00</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G21" t="n">
         <v>60.0</v>
       </c>
       <c r="H21" t="n">
-        <v>48.0</v>
+        <v>51.0</v>
       </c>
       <c r="I21" t="n">
-        <v>36.0</v>
+        <v>24.42</v>
       </c>
       <c r="J21" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K21" t="n">
         <v>1.0</v>
       </c>
       <c r="L21" t="n">
-        <v>44.0</v>
+        <v>28.0</v>
       </c>
       <c r="M21" t="n">
-        <v>7.0</v>
+        <v>8.73</v>
       </c>
       <c r="N21" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O21" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P21" t="inlineStr">
         <is>
-          <t>9</t>
-[...38 lines deleted...]
-        </is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AC21" t="n">
+        <v>208.0</v>
+      </c>
+      <c r="AD21" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="AE21" t="n">
+        <v>5.0</v>
       </c>
       <c r="AF21" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>IRS/2025/5625/OPPC</t>
+          <t>IRS/2025/5656/OPPC</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>06 January 2025 11:00</t>
+          <t>13 January 2025 06:00</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G22" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H22" t="n">
-        <v>55.0</v>
+        <v>51.0</v>
       </c>
       <c r="I22" t="n">
-        <v>31.635</v>
+        <v>24.42</v>
       </c>
       <c r="J22" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K22" t="n">
         <v>1.0</v>
       </c>
       <c r="L22" t="n">
-        <v>17.0</v>
+        <v>28.0</v>
       </c>
       <c r="M22" t="n">
-        <v>34.315</v>
+        <v>8.73</v>
       </c>
       <c r="N22" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O22" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P22" t="inlineStr">
         <is>
-          <t>2</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF22" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>IRS/2025/5626/OPPC</t>
+          <t>IRS/2025/5658/OPPC</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>06 January 2025 11:00</t>
+          <t>13 January 2025 15:00</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G23" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H23" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I23" t="n">
-        <v>31.635</v>
+        <v>48.3</v>
       </c>
       <c r="J23" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K23" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L23" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M23" t="n">
-        <v>34.315</v>
+        <v>13.35</v>
       </c>
       <c r="N23" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O23" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P23" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R23" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S23" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T23" t="n">
-        <v>0.0177</v>
+        <v>3.0E-4</v>
       </c>
       <c r="U23" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V23" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W23" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y23" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB23" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF23" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>IRS/2025/5627/OPPC</t>
+          <t>IRS/2025/5660/OPPC</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>06 January 2025 12:14</t>
+          <t>14 January 2025 05:00</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G24" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H24" t="n">
-        <v>19.0</v>
+        <v>17.0</v>
       </c>
       <c r="I24" t="n">
-        <v>25.12</v>
+        <v>15.15</v>
       </c>
       <c r="J24" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K24" t="n">
         <v>2.0</v>
       </c>
       <c r="L24" t="n">
-        <v>34.0</v>
+        <v>10.0</v>
       </c>
       <c r="M24" t="n">
-        <v>29.68</v>
+        <v>41.51</v>
       </c>
       <c r="N24" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O24" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P24" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R24" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S24" t="inlineStr">
         <is>
-          <t>4.3. Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T24" t="n">
+        <v>0.4046</v>
       </c>
       <c r="U24" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V24" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W24" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y24" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB24" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF24" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>IRS/2025/5628/OPPC</t>
+          <t>IRS/2025/5662/OPPC</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>06 January 2025 15:53</t>
+          <t>15 January 2025 19:00</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>Hyde Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>HYDE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G25" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H25" t="n">
-        <v>48.0</v>
+        <v>41.0</v>
       </c>
       <c r="I25" t="n">
-        <v>26.53</v>
+        <v>48.3</v>
       </c>
       <c r="J25" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K25" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L25" t="n">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="M25" t="n">
-        <v>43.3</v>
+        <v>13.35</v>
       </c>
       <c r="N25" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O25" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P25" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R25" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S25" t="inlineStr">
         <is>
-          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T25" t="n">
+        <v>0.0827</v>
       </c>
       <c r="U25" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V25" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W25" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y25" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB25" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF25" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>IRS/2025/5629/OPPC</t>
+          <t>IRS/2025/5666/OPPC</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>06 January 2025 12:14</t>
+          <t>18 January 2025 00:00</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G26" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="H26" t="n">
-        <v>19.0</v>
+        <v>37.0</v>
       </c>
       <c r="I26" t="n">
-        <v>25.12</v>
+        <v>12.45</v>
       </c>
       <c r="J26" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K26" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L26" t="n">
-        <v>34.0</v>
+        <v>18.0</v>
       </c>
       <c r="M26" t="n">
-        <v>29.68</v>
+        <v>25.96</v>
       </c>
       <c r="N26" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O26" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P26" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R26" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S26" t="inlineStr">
         <is>
-          <t>4 Discharge Conditions
-[...2 lines deleted...]
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T26" t="n">
+        <v>0.1429</v>
       </c>
       <c r="U26" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V26" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB26" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>1.8</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>IRS/2025/5630/OPPC</t>
+          <t>IRS/2025/5670/OPPC</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>07 January 2025 03:00</t>
+          <t>17 January 2025 12:00</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G27" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H27" t="n">
-        <v>41.0</v>
+        <v>51.0</v>
       </c>
       <c r="I27" t="n">
-        <v>48.3</v>
+        <v>24.42</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K27" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L27" t="n">
-        <v>20.0</v>
+        <v>28.0</v>
       </c>
       <c r="M27" t="n">
-        <v>13.35</v>
+        <v>8.73</v>
       </c>
       <c r="N27" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
-          <t>7</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF27" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>IRS/2025/5639/OPPC</t>
+          <t>IRS/2025/5672/OPPC</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>07 January 2025 12:00</t>
+          <t>18 January 2025 16:30</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="G28" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H28" t="n">
-        <v>5.0</v>
+        <v>35.0</v>
       </c>
       <c r="I28" t="n">
-        <v>2.1</v>
+        <v>18.315</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K28" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L28" t="n">
-        <v>53.0</v>
+        <v>3.0</v>
       </c>
       <c r="M28" t="n">
-        <v>32.8</v>
+        <v>17.314</v>
       </c>
       <c r="N28" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O28" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P28" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>11</t>
         </is>
       </c>
       <c r="R28" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S28" t="inlineStr">
         <is>
-          <t>Failure to collect H2 biannual PW samples</t>
+          <t>Condition 4.1: No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
         </is>
       </c>
       <c r="U28" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V28" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W28" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y28" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB28" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF28" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>IRS/2025/5653/OPPC</t>
+          <t>IRS/2025/5673/OPPC</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>13 January 2025 07:00</t>
+          <t>19 January 2025 21:00</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G29" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H29" t="n">
-        <v>51.0</v>
+        <v>41.0</v>
       </c>
       <c r="I29" t="n">
-        <v>24.42</v>
+        <v>48.3</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K29" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L29" t="n">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
       <c r="M29" t="n">
-        <v>8.73</v>
+        <v>13.35</v>
       </c>
       <c r="N29" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O29" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P29" t="inlineStr">
         <is>
-          <t>3</t>
-[...9 lines deleted...]
-        <v>5.0</v>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R29" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S29" t="inlineStr">
+        <is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T29" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="U29" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V29" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W29" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y29" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB29" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>IRS/2025/5656/OPPC</t>
+          <t>IRS/2025/5682/OPPC</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>13 January 2025 06:00</t>
+          <t>22 January 2025 07:00</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G30" t="n">
         <v>60.0</v>
       </c>
       <c r="H30" t="n">
         <v>51.0</v>
       </c>
       <c r="I30" t="n">
         <v>24.42</v>
@@ -3663,410 +3704,381 @@
         </is>
       </c>
       <c r="K30" t="n">
         <v>1.0</v>
       </c>
       <c r="L30" t="n">
         <v>28.0</v>
       </c>
       <c r="M30" t="n">
         <v>8.73</v>
       </c>
       <c r="N30" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O30" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P30" t="inlineStr">
         <is>
           <t>3</t>
         </is>
+      </c>
+      <c r="AC30" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="AD30" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AE30" t="n">
+        <v>2.0</v>
       </c>
       <c r="AF30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>IRS/2025/5658/OPPC</t>
+          <t>IRS/2025/5686/OPPC</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>13 January 2025 15:00</t>
+          <t>22 January 2025 16:00</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G31" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H31" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I31" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K31" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L31" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M31" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N31" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O31" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R31" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S31" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T31" t="n">
-        <v>3.0E-4</v>
+        <v>0.0802</v>
       </c>
       <c r="U31" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V31" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>IRS/2025/5660/OPPC</t>
+          <t>IRS/2025/5688/OPPC</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>14 January 2025 05:00</t>
+          <t>22 January 2025 06:00</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G32" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H32" t="n">
-        <v>17.0</v>
+        <v>51.0</v>
       </c>
       <c r="I32" t="n">
-        <v>15.15</v>
+        <v>34.4</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K32" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L32" t="n">
-        <v>10.0</v>
+        <v>28.0</v>
       </c>
       <c r="M32" t="n">
-        <v>41.51</v>
+        <v>9.6</v>
       </c>
       <c r="N32" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O32" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
-          <t>21</t>
-[...37 lines deleted...]
-          <t>Yes</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF32" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>IRS/2025/5662/OPPC</t>
+          <t>IRS/2025/5697/OPPC</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>15 January 2025 19:00</t>
+          <t>23 January 2025 20:00</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G33" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H33" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I33" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K33" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L33" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M33" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N33" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O33" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P33" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R33" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S33" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T33" t="n">
-        <v>0.0827</v>
+        <v>0.0059</v>
       </c>
       <c r="U33" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V33" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W33" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y33" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB33" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF33" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>IRS/2025/5666/OPPC</t>
+          <t>IRS/2025/5698/OPPC</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>18 January 2025 00:00</t>
+          <t>24 January 2025 11:30</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G34" t="n">
         <v>61.0</v>
       </c>
       <c r="H34" t="n">
         <v>37.0</v>
       </c>
       <c r="I34" t="n">
         <v>12.45</v>
@@ -4089,3232 +4101,3320 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O34" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P34" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R34" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S34" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T34" t="n">
-        <v>0.1429</v>
+        <v>0.0048</v>
       </c>
       <c r="U34" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V34" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W34" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y34" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB34" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF34" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>IRS/2025/5670/OPPC</t>
+          <t>IRS/2025/5701/OPPC</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>17 January 2025 12:00</t>
+          <t>25 January 2025 04:00</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G35" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H35" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I35" t="n">
-        <v>24.42</v>
+        <v>12.45</v>
       </c>
       <c r="J35" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K35" t="n">
         <v>1.0</v>
       </c>
       <c r="L35" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M35" t="n">
-        <v>8.73</v>
+        <v>25.96</v>
       </c>
       <c r="N35" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O35" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P35" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R35" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S35" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T35" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="U35" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V35" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W35" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y35" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB35" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF35" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>IRS/2025/5672/OPPC</t>
+          <t>IRS/2025/5708/OPPC</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>18 January 2025 16:30</t>
+          <t>25 January 2025 12:00</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G36" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H36" t="n">
-        <v>35.0</v>
+        <v>37.0</v>
       </c>
       <c r="I36" t="n">
-        <v>18.315</v>
+        <v>12.45</v>
       </c>
       <c r="J36" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K36" t="n">
         <v>1.0</v>
       </c>
       <c r="L36" t="n">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
       <c r="M36" t="n">
-        <v>17.314</v>
+        <v>25.96</v>
       </c>
       <c r="N36" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O36" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R36" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S36" t="inlineStr">
         <is>
-          <t>Condition 4.1: No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T36" t="n">
+        <v>0.2486</v>
       </c>
       <c r="U36" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V36" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF36" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>IRS/2025/5673/OPPC</t>
+          <t>IRS/2025/5712/OPPC</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>19 January 2025 21:00</t>
+          <t>26 January 2025 16:50</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G37" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H37" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I37" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J37" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K37" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L37" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M37" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N37" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O37" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P37" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R37" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S37" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T37" t="n">
-        <v>0.0052</v>
+        <v>0.011</v>
       </c>
       <c r="U37" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V37" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W37" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y37" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB37" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF37" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>IRS/2025/5682/OPPC</t>
+          <t>IRS/2025/5722/OPPC</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>22 January 2025 07:00</t>
+          <t>28 January 2025 07:45</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G38" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H38" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I38" t="n">
-        <v>24.42</v>
+        <v>12.45</v>
       </c>
       <c r="J38" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K38" t="n">
         <v>1.0</v>
       </c>
       <c r="L38" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M38" t="n">
-        <v>8.73</v>
+        <v>25.96</v>
       </c>
       <c r="N38" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O38" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P38" t="inlineStr">
         <is>
-          <t>3</t>
-[...9 lines deleted...]
-        <v>2.0</v>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R38" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S38" t="inlineStr">
+        <is>
+          <t>.4.1</t>
+        </is>
+      </c>
+      <c r="T38" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="U38" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V38" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W38" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y38" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB38" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF38" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>IRS/2025/5686/OPPC</t>
+          <t>IRS/2025/5726/OPPC</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>22 January 2025 16:00</t>
+          <t>30 January 2025 08:00</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G39" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="H39" t="n">
-        <v>37.0</v>
+        <v>26.0</v>
       </c>
       <c r="I39" t="n">
-        <v>12.45</v>
+        <v>58.0</v>
       </c>
       <c r="J39" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K39" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L39" t="n">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="M39" t="n">
-        <v>25.96</v>
+        <v>13.0</v>
       </c>
       <c r="N39" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O39" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P39" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>19</t>
         </is>
       </c>
       <c r="AF39" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>IRS/2025/5688/OPPC</t>
+          <t>IRS/2025/5732/OPPC</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>22 January 2025 06:00</t>
+          <t>29 January 2025 16:00</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G40" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H40" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I40" t="n">
-        <v>34.4</v>
+        <v>12.45</v>
       </c>
       <c r="J40" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K40" t="n">
         <v>1.0</v>
       </c>
       <c r="L40" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M40" t="n">
-        <v>9.6</v>
+        <v>25.96</v>
       </c>
       <c r="N40" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O40" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P40" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R40" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S40" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T40" t="n">
+        <v>0.3402</v>
+      </c>
+      <c r="U40" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V40" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W40" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y40" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB40" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF40" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>IRS/2025/5697/OPPC</t>
+          <t>IRS/2025/5734/OPPC</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>23 January 2025 20:00</t>
+          <t>01 February 2025 01:00</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>NELSON</t>
         </is>
       </c>
       <c r="G41" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H41" t="n">
-        <v>37.0</v>
+        <v>39.0</v>
       </c>
       <c r="I41" t="n">
-        <v>12.45</v>
+        <v>44.0</v>
       </c>
       <c r="J41" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K41" t="n">
         <v>1.0</v>
       </c>
       <c r="L41" t="n">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
       <c r="M41" t="n">
-        <v>25.96</v>
+        <v>39.0</v>
       </c>
       <c r="N41" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O41" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P41" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="R41" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S41" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Permit condition 4) Discharge condition: 4.1 No discharge(s) specified in table 1 shall exceed the limits for the parameters specified in that table. Table 1: monthly average (mg/L)</t>
         </is>
       </c>
       <c r="T41" t="n">
-        <v>0.0059</v>
+        <v>0.0698</v>
       </c>
       <c r="U41" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V41" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Average concentration for the operation</t>
         </is>
       </c>
       <c r="W41" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y41" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB41" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF41" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>IRS/2025/5698/OPPC</t>
+          <t>IRS/2025/5743/OPPC</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>24 January 2025 11:30</t>
+          <t>03 February 2025 09:30</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G42" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H42" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I42" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J42" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K42" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L42" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M42" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N42" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O42" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P42" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R42" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S42" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T42" t="n">
-        <v>0.0048</v>
+        <v>0.5452</v>
       </c>
       <c r="U42" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V42" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>IRS/2025/5701/OPPC</t>
+          <t>IRS/2025/5746/OPPC</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>25 January 2025 04:00</t>
+          <t>01 February 2025 00:00</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="G43" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H43" t="n">
-        <v>37.0</v>
+        <v>35.0</v>
       </c>
       <c r="I43" t="n">
-        <v>12.45</v>
+        <v>18.315</v>
       </c>
       <c r="J43" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K43" t="n">
         <v>1.0</v>
       </c>
       <c r="L43" t="n">
-        <v>18.0</v>
+        <v>3.0</v>
       </c>
       <c r="M43" t="n">
-        <v>25.96</v>
+        <v>17.314</v>
       </c>
       <c r="N43" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O43" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P43" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="R43" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S43" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.0136</v>
+          <t>4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
+        </is>
       </c>
       <c r="U43" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V43" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W43" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y43" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB43" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF43" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>IRS/2025/5708/OPPC</t>
+          <t>IRS/2025/5747/OPPC</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>25 January 2025 12:00</t>
+          <t>31 January 2025 23:59</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G44" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H44" t="n">
-        <v>37.0</v>
+        <v>11.0</v>
       </c>
       <c r="I44" t="n">
-        <v>12.45</v>
+        <v>3.752</v>
       </c>
       <c r="J44" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K44" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L44" t="n">
-        <v>18.0</v>
+        <v>59.0</v>
       </c>
       <c r="M44" t="n">
-        <v>25.96</v>
+        <v>54.329</v>
       </c>
       <c r="N44" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O44" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P44" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>25</t>
         </is>
       </c>
       <c r="R44" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S44" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>The monthly average concentration limit
+exceeded for January 2025.</t>
         </is>
       </c>
       <c r="T44" t="n">
-        <v>0.2486</v>
+        <v>1.7196</v>
       </c>
       <c r="U44" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V44" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W44" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y44" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB44" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF44" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>IRS/2025/5712/OPPC</t>
+          <t>IRS/2025/5754/OPPC</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>26 January 2025 16:50</t>
+          <t>05 February 2025 15:55</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="G45" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="H45" t="n">
-        <v>37.0</v>
+        <v>2.0</v>
       </c>
       <c r="I45" t="n">
-        <v>12.45</v>
+        <v>55.13</v>
       </c>
       <c r="J45" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K45" t="n">
         <v>1.0</v>
       </c>
       <c r="L45" t="n">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
       <c r="M45" t="n">
-        <v>25.96</v>
+        <v>19.54</v>
       </c>
       <c r="N45" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O45" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P45" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R45" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S45" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Discharge conditions 4.1</t>
         </is>
       </c>
       <c r="T45" t="n">
-        <v>0.011</v>
+        <v>1.0E-4</v>
       </c>
       <c r="U45" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V45" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W45" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y45" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB45" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF45" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>IRS/2025/5722/OPPC</t>
+          <t>IRS/2025/5755/OPPC</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>28 January 2025 07:45</t>
+          <t>03 February 2025 09:00</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G46" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H46" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I46" t="n">
-        <v>12.45</v>
+        <v>15.15</v>
       </c>
       <c r="J46" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K46" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L46" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M46" t="n">
-        <v>25.96</v>
+        <v>41.51</v>
       </c>
       <c r="N46" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O46" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P46" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R46" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S46" t="inlineStr">
         <is>
-          <t>.4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T46" t="n">
-        <v>0.0034</v>
+        <v>0.3821</v>
       </c>
       <c r="U46" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V46" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W46" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y46" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB46" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF46" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>IRS/2025/5726/OPPC</t>
+          <t>IRS/2025/5756/OPPC</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>30 January 2025 08:00</t>
+          <t>06 February 2025 00:00</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G47" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H47" t="n">
-        <v>26.0</v>
+        <v>17.0</v>
       </c>
       <c r="I47" t="n">
-        <v>58.0</v>
+        <v>15.15</v>
       </c>
       <c r="J47" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K47" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L47" t="n">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="M47" t="n">
-        <v>13.0</v>
+        <v>41.51</v>
       </c>
       <c r="N47" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O47" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P47" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R47" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S47" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T47" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="U47" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V47" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W47" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y47" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB47" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF47" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>IRS/2025/5732/OPPC</t>
+          <t>IRS/2025/5758/OPPC</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>29 January 2025 16:00</t>
+          <t>02 February 2025 13:28</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G48" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H48" t="n">
-        <v>37.0</v>
+        <v>43.0</v>
       </c>
       <c r="I48" t="n">
-        <v>12.45</v>
+        <v>55.01</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K48" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L48" t="n">
-        <v>18.0</v>
+        <v>58.0</v>
       </c>
       <c r="M48" t="n">
-        <v>25.96</v>
+        <v>21.79</v>
       </c>
       <c r="N48" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O48" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P48" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R48" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S48" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.3402</v>
+          <t>Condition 4 - Discharge Conditions</t>
+        </is>
       </c>
       <c r="U48" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W48" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X48" t="inlineStr">
+        <is>
+          <t>Discharge height(s)</t>
         </is>
       </c>
       <c r="Y48" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB48" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC48" t="n">
+        <v>189.0</v>
+      </c>
+      <c r="AD48" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="AE48" t="n">
+        <v>2.5</v>
       </c>
       <c r="AF48" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>IRS/2025/5734/OPPC</t>
+          <t>IRS/2025/5759/OPPC</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>01 February 2025 01:00</t>
+          <t>07 February 2025 12:00</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>NELSON</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G49" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H49" t="n">
-        <v>39.0</v>
+        <v>55.0</v>
       </c>
       <c r="I49" t="n">
-        <v>44.0</v>
+        <v>31.635</v>
       </c>
       <c r="J49" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K49" t="n">
         <v>1.0</v>
       </c>
       <c r="L49" t="n">
-        <v>8.0</v>
+        <v>17.0</v>
       </c>
       <c r="M49" t="n">
-        <v>39.0</v>
+        <v>34.315</v>
       </c>
       <c r="N49" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O49" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P49" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R49" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S49" t="inlineStr">
         <is>
-          <t>Permit condition 4) Discharge condition: 4.1 No discharge(s) specified in table 1 shall exceed the limits for the parameters specified in that table. Table 1: monthly average (mg/L)</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T49" t="n">
-        <v>0.0698</v>
+        <v>0.2771</v>
       </c>
       <c r="U49" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V49" t="inlineStr">
         <is>
-          <t>Average concentration for the operation</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W49" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y49" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB49" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF49" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>IRS/2025/5743/OPPC</t>
+          <t>IRS/2025/5760/OPPC</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>03 February 2025 09:30</t>
+          <t>07 February 2025 12:00</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G50" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="H50" t="n">
-        <v>41.0</v>
+        <v>55.0</v>
       </c>
       <c r="I50" t="n">
-        <v>48.3</v>
+        <v>31.635</v>
       </c>
       <c r="J50" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K50" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L50" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="M50" t="n">
-        <v>13.35</v>
+        <v>34.315</v>
       </c>
       <c r="N50" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O50" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P50" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R50" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S50" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T50" t="n">
-        <v>0.5452</v>
+        <v>0.0174</v>
       </c>
       <c r="U50" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V50" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W50" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y50" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB50" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF50" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>IRS/2025/5746/OPPC</t>
+          <t>IRS/2025/5772/OPPC</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>01 February 2025 00:00</t>
+          <t>09 February 2025 00:00</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G51" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H51" t="n">
-        <v>35.0</v>
+        <v>37.0</v>
       </c>
       <c r="I51" t="n">
-        <v>18.315</v>
+        <v>12.45</v>
       </c>
       <c r="J51" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K51" t="n">
         <v>1.0</v>
       </c>
       <c r="L51" t="n">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
       <c r="M51" t="n">
-        <v>17.314</v>
+        <v>25.96</v>
       </c>
       <c r="N51" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O51" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P51" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R51" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S51" t="inlineStr">
         <is>
-          <t>4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T51" t="n">
+        <v>0.0029</v>
       </c>
       <c r="U51" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V51" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W51" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y51" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB51" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF51" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>IRS/2025/5747/OPPC</t>
+          <t>IRS/2025/5773/OPPC</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>31 January 2025 23:59</t>
+          <t>09 February 2025 16:00</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G52" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H52" t="n">
-        <v>11.0</v>
+        <v>37.0</v>
       </c>
       <c r="I52" t="n">
-        <v>3.752</v>
+        <v>12.45</v>
       </c>
       <c r="J52" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K52" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L52" t="n">
-        <v>59.0</v>
+        <v>18.0</v>
       </c>
       <c r="M52" t="n">
-        <v>54.329</v>
+        <v>25.96</v>
       </c>
       <c r="N52" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O52" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P52" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R52" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S52" t="inlineStr">
         <is>
-          <t>The monthly average concentration limit
-exceeded for January 2025.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T52" t="n">
-        <v>1.7196</v>
+        <v>0.0017</v>
       </c>
       <c r="U52" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V52" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W52" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y52" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB52" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF52" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>IRS/2025/5754/OPPC</t>
+          <t>IRS/2025/5774/OPPC</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>05 February 2025 15:55</t>
+          <t>10 February 2025 11:45</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G53" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="H53" t="n">
-        <v>2.0</v>
+        <v>48.0</v>
       </c>
       <c r="I53" t="n">
-        <v>55.13</v>
+        <v>36.0</v>
       </c>
       <c r="J53" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K53" t="n">
         <v>1.0</v>
       </c>
       <c r="L53" t="n">
-        <v>8.0</v>
+        <v>44.0</v>
       </c>
       <c r="M53" t="n">
-        <v>19.54</v>
+        <v>7.0</v>
       </c>
       <c r="N53" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O53" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P53" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R53" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S53" t="inlineStr">
         <is>
-          <t>Discharge conditions 4.1</t>
+          <t>Discharge condition 4.1.</t>
         </is>
       </c>
       <c r="T53" t="n">
-        <v>1.0E-4</v>
+        <v>0.0021</v>
       </c>
       <c r="U53" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V53" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W53" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y53" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB53" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF53" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>IRS/2025/5755/OPPC</t>
+          <t>IRS/2025/5779/OPPC</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>03 February 2025 09:00</t>
+          <t>11 February 2025 09:00</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G54" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H54" t="n">
-        <v>17.0</v>
+        <v>41.0</v>
       </c>
       <c r="I54" t="n">
-        <v>15.15</v>
+        <v>48.3</v>
       </c>
       <c r="J54" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K54" t="n">
         <v>2.0</v>
       </c>
       <c r="L54" t="n">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="M54" t="n">
-        <v>41.51</v>
+        <v>13.35</v>
       </c>
       <c r="N54" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O54" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P54" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R54" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S54" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T54" t="n">
-        <v>0.3821</v>
+        <v>0.0014</v>
       </c>
       <c r="U54" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V54" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W54" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y54" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB54" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF54" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>IRS/2025/5756/OPPC</t>
+          <t>IRS/2025/5786/OPPC</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>06 February 2025 00:00</t>
+          <t>11 February 2025 16:00</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G55" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H55" t="n">
-        <v>17.0</v>
+        <v>37.0</v>
       </c>
       <c r="I55" t="n">
-        <v>15.15</v>
+        <v>12.45</v>
       </c>
       <c r="J55" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K55" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L55" t="n">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="M55" t="n">
-        <v>41.51</v>
+        <v>25.96</v>
       </c>
       <c r="N55" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O55" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P55" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R55" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S55" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T55" t="n">
-        <v>0.0203</v>
+        <v>0.0102</v>
       </c>
       <c r="U55" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V55" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>IRS/2025/5758/OPPC</t>
+          <t>IRS/2025/5787/OPPC</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>02 February 2025 13:28</t>
+          <t>12 February 2025 00:00</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G56" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H56" t="n">
-        <v>43.0</v>
+        <v>37.0</v>
       </c>
       <c r="I56" t="n">
-        <v>55.01</v>
+        <v>12.45</v>
       </c>
       <c r="J56" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K56" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L56" t="n">
-        <v>58.0</v>
+        <v>18.0</v>
       </c>
       <c r="M56" t="n">
-        <v>21.79</v>
+        <v>25.96</v>
       </c>
       <c r="N56" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O56" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P56" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R56" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S56" t="inlineStr">
         <is>
-          <t>Condition 4 - Discharge Conditions</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T56" t="n">
+        <v>0.0195</v>
       </c>
       <c r="U56" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V56" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W56" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Discharge height(s)</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Y56" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB56" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>2.5</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF56" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>IRS/2025/5759/OPPC</t>
+          <t>IRS/2025/5788/OPPC</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>07 February 2025 12:00</t>
+          <t>12 February 2025 08:00</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G57" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H57" t="n">
-        <v>55.0</v>
+        <v>17.0</v>
       </c>
       <c r="I57" t="n">
-        <v>31.635</v>
+        <v>15.15</v>
       </c>
       <c r="J57" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K57" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L57" t="n">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
       <c r="M57" t="n">
-        <v>34.315</v>
+        <v>41.51</v>
       </c>
       <c r="N57" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O57" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P57" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R57" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S57" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T57" t="n">
-        <v>0.2771</v>
+        <v>0.1411</v>
       </c>
       <c r="U57" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V57" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W57" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y57" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB57" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF57" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>IRS/2025/5760/OPPC</t>
+          <t>IRS/2025/5789/OPPC</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>07 February 2025 12:00</t>
+          <t>13 February 2025 20:01</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G58" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="H58" t="n">
-        <v>55.0</v>
+        <v>50.0</v>
       </c>
       <c r="I58" t="n">
-        <v>31.635</v>
+        <v>4.4</v>
       </c>
       <c r="J58" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K58" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L58" t="n">
-        <v>17.0</v>
+        <v>26.0</v>
       </c>
       <c r="M58" t="n">
-        <v>34.315</v>
+        <v>34.8</v>
       </c>
       <c r="N58" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O58" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P58" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R58" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S58" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Condition 4.1</t>
         </is>
       </c>
       <c r="T58" t="n">
-        <v>0.0174</v>
+        <v>0.0257</v>
       </c>
       <c r="U58" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V58" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W58" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y58" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB58" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF58" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>IRS/2025/5772/OPPC</t>
+          <t>IRS/2025/5791/OPPC</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>09 February 2025 00:00</t>
+          <t>12 February 2025 20:00</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>MARIA</t>
         </is>
       </c>
       <c r="G59" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H59" t="n">
-        <v>37.0</v>
+        <v>57.0</v>
       </c>
       <c r="I59" t="n">
-        <v>12.45</v>
+        <v>26.76</v>
       </c>
       <c r="J59" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K59" t="n">
         <v>1.0</v>
       </c>
       <c r="L59" t="n">
-        <v>18.0</v>
+        <v>50.0</v>
       </c>
       <c r="M59" t="n">
-        <v>25.96</v>
+        <v>42.26</v>
       </c>
       <c r="N59" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O59" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P59" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R59" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S59" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T59" t="n">
-        <v>0.0029</v>
+        <v>8.0E-4</v>
       </c>
       <c r="U59" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V59" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W59" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y59" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB59" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF59" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>IRS/2025/5773/OPPC</t>
+          <t>IRS/2025/5794/OPPC</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>09 February 2025 16:00</t>
+          <t>14 February 2025 22:30</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G60" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="H60" t="n">
-        <v>37.0</v>
+        <v>50.0</v>
       </c>
       <c r="I60" t="n">
-        <v>12.45</v>
+        <v>4.4</v>
       </c>
       <c r="J60" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K60" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L60" t="n">
-        <v>18.0</v>
+        <v>26.0</v>
       </c>
       <c r="M60" t="n">
-        <v>25.96</v>
+        <v>34.8</v>
       </c>
       <c r="N60" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O60" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P60" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R60" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S60" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4.1</t>
         </is>
       </c>
       <c r="T60" t="n">
-        <v>0.0017</v>
+        <v>0.08</v>
       </c>
       <c r="U60" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V60" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>IRS/2025/5774/OPPC</t>
+          <t>IRS/2025/5797/OPPC</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>10 February 2025 11:45</t>
+          <t>13 February 2025 12:00</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G61" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H61" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I61" t="n">
-        <v>36.0</v>
+        <v>12.45</v>
       </c>
       <c r="J61" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K61" t="n">
         <v>1.0</v>
       </c>
       <c r="L61" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="M61" t="n">
-        <v>7.0</v>
+        <v>25.96</v>
       </c>
       <c r="N61" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O61" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P61" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R61" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S61" t="inlineStr">
         <is>
-          <t>Discharge condition 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T61" t="n">
-        <v>0.0021</v>
+        <v>0.0677</v>
       </c>
       <c r="U61" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V61" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W61" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y61" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB61" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC61" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="AD61" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="AE61" t="n">
+        <v>2.5</v>
       </c>
       <c r="AF61" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>IRS/2025/5779/OPPC</t>
+          <t>IRS/2025/5803/OPPC</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>11 February 2025 09:00</t>
+          <t>15 February 2025 19:00</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G62" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H62" t="n">
-        <v>41.0</v>
+        <v>51.0</v>
       </c>
       <c r="I62" t="n">
-        <v>48.3</v>
+        <v>24.42</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K62" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L62" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="M62" t="n">
+        <v>8.73</v>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O62" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P62" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AC62" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="AD62" t="n">
         <v>20.0</v>
       </c>
-      <c r="M62" t="n">
-[...53 lines deleted...]
-        </is>
+      <c r="AE62" t="n">
+        <v>2.3</v>
       </c>
       <c r="AF62" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>IRS/2025/5786/OPPC</t>
+          <t>IRS/2025/5804/OPPC</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>11 February 2025 16:00</t>
+          <t>15 February 2025 19:14</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G63" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="H63" t="n">
-        <v>37.0</v>
+        <v>50.0</v>
       </c>
       <c r="I63" t="n">
-        <v>12.45</v>
+        <v>4.4</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K63" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L63" t="n">
-        <v>18.0</v>
+        <v>26.0</v>
       </c>
       <c r="M63" t="n">
-        <v>25.96</v>
+        <v>34.8</v>
       </c>
       <c r="N63" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O63" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P63" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R63" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S63" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4.1</t>
         </is>
       </c>
       <c r="T63" t="n">
-        <v>0.0102</v>
+        <v>0.0281</v>
       </c>
       <c r="U63" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V63" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W63" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y63" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB63" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF63" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>IRS/2025/5787/OPPC</t>
+          <t>IRS/2025/5815/OPPC</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>12 February 2025 00:00</t>
+          <t>15 February 2025 16:00</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G64" t="n">
         <v>61.0</v>
       </c>
       <c r="H64" t="n">
         <v>37.0</v>
       </c>
       <c r="I64" t="n">
         <v>12.45</v>
@@ -7337,112 +7437,112 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O64" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P64" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R64" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S64" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T64" t="n">
-        <v>0.0195</v>
+        <v>0.3688</v>
       </c>
       <c r="U64" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V64" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB64" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>IRS/2025/5788/OPPC</t>
+          <t>IRS/2025/5817/OPPC</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>12 February 2025 08:00</t>
+          <t>13 February 2025 19:15</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G65" t="n">
         <v>57.0</v>
       </c>
       <c r="H65" t="n">
         <v>17.0</v>
       </c>
       <c r="I65" t="n">
         <v>15.15</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K65" t="n">
         <v>2.0</v>
       </c>
       <c r="L65" t="n">
         <v>10.0</v>
       </c>
       <c r="M65" t="n">
         <v>41.51</v>
       </c>
@@ -7450,558 +7550,508 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O65" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P65" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="R65" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S65" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T65" t="n">
-        <v>0.1411</v>
+        <v>0.008</v>
       </c>
       <c r="U65" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V65" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W65" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y65" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB65" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF65" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>IRS/2025/5789/OPPC</t>
+          <t>IRS/2025/5821/OPPC</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>13 February 2025 20:01</t>
+          <t>15 February 2025 16:30</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G66" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H66" t="n">
-        <v>50.0</v>
+        <v>51.0</v>
       </c>
       <c r="I66" t="n">
-        <v>4.4</v>
+        <v>24.42</v>
       </c>
       <c r="J66" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K66" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L66" t="n">
-        <v>26.0</v>
+        <v>28.0</v>
       </c>
       <c r="M66" t="n">
-        <v>34.8</v>
+        <v>8.73</v>
       </c>
       <c r="N66" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O66" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
           <t>3</t>
-        </is>
-[...36 lines deleted...]
-          <t>No</t>
         </is>
       </c>
       <c r="AF66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>IRS/2025/5791/OPPC</t>
+          <t>IRS/2025/5824/OPPC</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>12 February 2025 20:00</t>
+          <t>18 February 2024 15:40</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Haeva</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>MARIA</t>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="G67" t="n">
-        <v>57.0</v>
+        <v>54.0</v>
       </c>
       <c r="H67" t="n">
-        <v>57.0</v>
+        <v>4.0</v>
       </c>
       <c r="I67" t="n">
-        <v>26.76</v>
+        <v>24.3</v>
       </c>
       <c r="J67" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K67" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L67" t="n">
-        <v>50.0</v>
+        <v>54.0</v>
       </c>
       <c r="M67" t="n">
-        <v>42.26</v>
+        <v>53.2</v>
       </c>
       <c r="N67" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O67" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>42</t>
         </is>
       </c>
       <c r="P67" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R67" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S67" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>8.0E-4</v>
+          <t>Discharge conditions - 4.3</t>
+        </is>
       </c>
       <c r="U67" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W67" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y67" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z67" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB67" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF67" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>IRS/2025/5794/OPPC</t>
+          <t>IRS/2025/5825/OPPC</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>14 February 2025 22:30</t>
+          <t>18 February 2025 09:00</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G68" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H68" t="n">
-        <v>50.0</v>
+        <v>41.0</v>
       </c>
       <c r="I68" t="n">
-        <v>4.4</v>
+        <v>48.3</v>
       </c>
       <c r="J68" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K68" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L68" t="n">
-        <v>26.0</v>
+        <v>20.0</v>
       </c>
       <c r="M68" t="n">
-        <v>34.8</v>
+        <v>13.35</v>
       </c>
       <c r="N68" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O68" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P68" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R68" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S68" t="inlineStr">
         <is>
-          <t>Condition 4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T68" t="n">
-        <v>0.08</v>
+        <v>0.0284</v>
       </c>
       <c r="U68" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V68" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>IRS/2025/5797/OPPC</t>
+          <t>IRS/2025/5828/OPPC</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>13 February 2025 12:00</t>
+          <t>19 February 2025 10:07</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="G69" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H69" t="n">
-        <v>37.0</v>
+        <v>16.0</v>
       </c>
       <c r="I69" t="n">
-        <v>12.45</v>
+        <v>46.24</v>
       </c>
       <c r="J69" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K69" t="n">
         <v>1.0</v>
       </c>
       <c r="L69" t="n">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
       <c r="M69" t="n">
-        <v>25.96</v>
+        <v>58.04</v>
       </c>
       <c r="N69" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O69" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P69" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R69" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S69" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4,1</t>
         </is>
       </c>
       <c r="T69" t="n">
-        <v>0.0677</v>
+        <v>0.0167</v>
       </c>
       <c r="U69" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V69" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB69" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>2.5</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>IRS/2025/5803/OPPC</t>
+          <t>IRS/2025/5829/OPPC</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>15 February 2025 19:00</t>
+          <t>19 February 2025 23:00</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G70" t="n">
         <v>60.0</v>
       </c>
       <c r="H70" t="n">
         <v>51.0</v>
       </c>
       <c r="I70" t="n">
         <v>24.42</v>
@@ -8014,191 +8064,153 @@
       <c r="K70" t="n">
         <v>1.0</v>
       </c>
       <c r="L70" t="n">
         <v>28.0</v>
       </c>
       <c r="M70" t="n">
         <v>8.73</v>
       </c>
       <c r="N70" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O70" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P70" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="AC70" t="n">
-        <v>90.0</v>
+        <v>170.0</v>
       </c>
       <c r="AD70" t="n">
-        <v>20.0</v>
+        <v>50.0</v>
       </c>
       <c r="AE70" t="n">
-        <v>2.3</v>
+        <v>6.4</v>
       </c>
       <c r="AF70" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>IRS/2025/5804/OPPC</t>
+          <t>IRS/2025/5833/OPPC</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>15 February 2025 19:14</t>
+          <t>19 February 2025 18:00</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G71" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H71" t="n">
-        <v>50.0</v>
+        <v>51.0</v>
       </c>
       <c r="I71" t="n">
-        <v>4.4</v>
+        <v>24.42</v>
       </c>
       <c r="J71" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K71" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L71" t="n">
-        <v>26.0</v>
+        <v>28.0</v>
       </c>
       <c r="M71" t="n">
-        <v>34.8</v>
+        <v>8.73</v>
       </c>
       <c r="N71" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O71" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P71" t="inlineStr">
         <is>
           <t>3</t>
-        </is>
-[...36 lines deleted...]
-          <t>No</t>
         </is>
       </c>
       <c r="AF71" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>IRS/2025/5815/OPPC</t>
+          <t>IRS/2025/5837/OPPC</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>15 February 2025 16:00</t>
+          <t>19 February 2025 20:00</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G72" t="n">
         <v>61.0</v>
       </c>
       <c r="H72" t="n">
         <v>37.0</v>
       </c>
       <c r="I72" t="n">
         <v>12.45</v>
@@ -8221,780 +8233,847 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O72" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P72" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R72" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S72" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T72" t="n">
-        <v>0.3688</v>
+        <v>0.296</v>
       </c>
       <c r="U72" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V72" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W72" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y72" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB72" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF72" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>IRS/2025/5817/OPPC</t>
+          <t>IRS/2025/5838/OPPC</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>13 February 2025 19:15</t>
+          <t>21 February 2025 19:30</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G73" t="n">
         <v>57.0</v>
       </c>
       <c r="H73" t="n">
-        <v>17.0</v>
+        <v>1.0</v>
       </c>
       <c r="I73" t="n">
-        <v>15.15</v>
+        <v>53.58</v>
       </c>
       <c r="J73" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K73" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L73" t="n">
-        <v>10.0</v>
+        <v>57.0</v>
       </c>
       <c r="M73" t="n">
-        <v>41.51</v>
+        <v>19.22</v>
       </c>
       <c r="N73" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O73" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P73" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R73" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S73" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample concentration over 100 mg/l</t>
         </is>
       </c>
       <c r="T73" t="n">
-        <v>0.008</v>
+        <v>0.0076</v>
       </c>
       <c r="U73" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V73" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W73" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y73" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB73" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF73" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>IRS/2025/5821/OPPC</t>
+          <t>IRS/2025/5850/OPPC</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>15 February 2025 16:30</t>
+          <t>22 February 2025 12:00</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G74" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H74" t="n">
-        <v>51.0</v>
+        <v>41.0</v>
       </c>
       <c r="I74" t="n">
-        <v>24.42</v>
+        <v>48.3</v>
       </c>
       <c r="J74" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K74" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L74" t="n">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
       <c r="M74" t="n">
-        <v>8.73</v>
+        <v>13.35</v>
       </c>
       <c r="N74" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O74" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P74" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R74" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S74" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T74" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="U74" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V74" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W74" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y74" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB74" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF74" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>IRS/2025/5824/OPPC</t>
+          <t>IRS/2025/5854/OPPC</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>18 February 2024 15:40</t>
+          <t>25 February 2025 00:01</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>Haeva</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G75" t="n">
-        <v>54.0</v>
+        <v>61.0</v>
       </c>
       <c r="H75" t="n">
-        <v>4.0</v>
+        <v>37.0</v>
       </c>
       <c r="I75" t="n">
-        <v>24.3</v>
+        <v>12.45</v>
       </c>
       <c r="J75" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K75" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L75" t="n">
-        <v>54.0</v>
+        <v>18.0</v>
       </c>
       <c r="M75" t="n">
-        <v>53.2</v>
+        <v>25.96</v>
       </c>
       <c r="N75" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O75" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P75" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R75" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S75" t="inlineStr">
         <is>
-          <t>Discharge conditions - 4.3</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T75" t="n">
+        <v>0.0062</v>
       </c>
       <c r="U75" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V75" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W75" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y75" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB75" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF75" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>IRS/2025/5825/OPPC</t>
+          <t>IRS/2025/5855/OPPC</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>18 February 2025 09:00</t>
+          <t>25 February 2025 20:00</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G76" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H76" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I76" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J76" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K76" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L76" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M76" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N76" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O76" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P76" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R76" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S76" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T76" t="n">
-        <v>0.0284</v>
+        <v>0.0041</v>
       </c>
       <c r="U76" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V76" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W76" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y76" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB76" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF76" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>IRS/2025/5828/OPPC</t>
+          <t>IRS/2025/5859/OPPC</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>19 February 2025 10:07</t>
+          <t>28 February 2025 09:10</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Malory Platform</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>MALORY</t>
         </is>
       </c>
       <c r="G77" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="H77" t="n">
-        <v>16.0</v>
+        <v>32.0</v>
       </c>
       <c r="I77" t="n">
-        <v>46.24</v>
+        <v>37.97</v>
       </c>
       <c r="J77" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K77" t="n">
         <v>1.0</v>
       </c>
       <c r="L77" t="n">
-        <v>30.0</v>
+        <v>14.0</v>
       </c>
       <c r="M77" t="n">
-        <v>58.04</v>
+        <v>39.58</v>
       </c>
       <c r="N77" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O77" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>48</t>
         </is>
       </c>
       <c r="P77" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R77" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S77" t="inlineStr">
         <is>
-          <t>4,1</t>
-[...3 lines deleted...]
-        <v>0.0167</v>
+          <t>4. Discharge conditions - 4.3</t>
+        </is>
       </c>
       <c r="U77" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W77" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y77" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z77" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB77" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF77" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>IRS/2025/5829/OPPC</t>
+          <t>IRS/2025/5860/OPPC</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>19 February 2025 23:00</t>
+          <t>27 February 2025 14:30</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G78" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H78" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I78" t="n">
-        <v>24.42</v>
+        <v>12.45</v>
       </c>
       <c r="J78" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K78" t="n">
         <v>1.0</v>
       </c>
       <c r="L78" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M78" t="n">
-        <v>8.73</v>
+        <v>25.96</v>
       </c>
       <c r="N78" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O78" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P78" t="inlineStr">
         <is>
-          <t>3</t>
-[...9 lines deleted...]
-        <v>6.4</v>
+          <t>12</t>
+        </is>
       </c>
       <c r="AF78" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>IRS/2025/5833/OPPC</t>
+          <t>IRS/2025/5862/OPPC</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>19 February 2025 18:00</t>
+          <t>28 February 2025 10:00</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G79" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H79" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I79" t="n">
-        <v>24.42</v>
+        <v>12.45</v>
       </c>
       <c r="J79" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K79" t="n">
         <v>1.0</v>
       </c>
       <c r="L79" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M79" t="n">
-        <v>8.73</v>
+        <v>25.96</v>
       </c>
       <c r="N79" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O79" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P79" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R79" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S79" t="inlineStr">
+        <is>
+          <t>4.1 Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="T79" t="n">
+        <v>2.0406</v>
+      </c>
+      <c r="U79" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V79" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W79" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y79" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB79" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF79" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>IRS/2025/5837/OPPC</t>
+          <t>IRS/2025/5866/OPPC</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>19 February 2025 20:00</t>
+          <t>28 February 2025 12:00</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G80" t="n">
         <v>61.0</v>
       </c>
       <c r="H80" t="n">
         <v>37.0</v>
       </c>
       <c r="I80" t="n">
         <v>12.45</v>
@@ -9017,2052 +9096,2093 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O80" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P80" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R80" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S80" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T80" t="n">
-        <v>0.296</v>
+        <v>7.0E-4</v>
       </c>
       <c r="U80" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V80" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W80" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y80" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB80" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF80" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>IRS/2025/5838/OPPC</t>
+          <t>IRS/2025/5868/OPPC</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>21 February 2025 19:30</t>
+          <t>28 February 2025 20:00</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G81" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H81" t="n">
-        <v>1.0</v>
+        <v>37.0</v>
       </c>
       <c r="I81" t="n">
-        <v>53.58</v>
+        <v>12.45</v>
       </c>
       <c r="J81" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K81" t="n">
         <v>1.0</v>
       </c>
       <c r="L81" t="n">
-        <v>57.0</v>
+        <v>18.0</v>
       </c>
       <c r="M81" t="n">
-        <v>19.22</v>
+        <v>25.96</v>
       </c>
       <c r="N81" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O81" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P81" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R81" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S81" t="inlineStr">
         <is>
-          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample concentration over 100 mg/l</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T81" t="n">
-        <v>0.0076</v>
+        <v>0.0119</v>
       </c>
       <c r="U81" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V81" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W81" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y81" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB81" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF81" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>IRS/2025/5850/OPPC</t>
+          <t>IRS/2025/5873/OPPC</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>22 February 2025 12:00</t>
+          <t>03 March 2025 07:30</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G82" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H82" t="n">
-        <v>41.0</v>
+        <v>50.0</v>
       </c>
       <c r="I82" t="n">
-        <v>48.3</v>
+        <v>4.4</v>
       </c>
       <c r="J82" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K82" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L82" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
       <c r="M82" t="n">
-        <v>13.35</v>
+        <v>34.8</v>
       </c>
       <c r="N82" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O82" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P82" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R82" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S82" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Breach of monthly average OiW concentration</t>
         </is>
       </c>
       <c r="T82" t="n">
-        <v>0.0071</v>
+        <v>0.0023</v>
       </c>
       <c r="U82" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V82" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W82" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y82" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB82" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF82" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>IRS/2025/5854/OPPC</t>
+          <t>IRS/2025/5874/OPPC</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>25 February 2025 00:01</t>
+          <t>01 March 2025 00:00</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="G83" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H83" t="n">
-        <v>37.0</v>
+        <v>16.0</v>
       </c>
       <c r="I83" t="n">
-        <v>12.45</v>
+        <v>46.24</v>
       </c>
       <c r="J83" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K83" t="n">
         <v>1.0</v>
       </c>
       <c r="L83" t="n">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
       <c r="M83" t="n">
-        <v>25.96</v>
+        <v>58.04</v>
       </c>
       <c r="N83" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O83" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P83" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R83" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S83" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T83" t="n">
-        <v>0.0062</v>
+        <v>0.0222</v>
       </c>
       <c r="U83" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V83" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>IRS/2025/5855/OPPC</t>
+          <t>IRS/2025/5875/OPPC</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>25 February 2025 20:00</t>
+          <t>28 February 2025 23:59</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G84" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H84" t="n">
-        <v>37.0</v>
+        <v>11.0</v>
       </c>
       <c r="I84" t="n">
-        <v>12.45</v>
+        <v>3.752</v>
       </c>
       <c r="J84" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K84" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L84" t="n">
-        <v>18.0</v>
+        <v>59.0</v>
       </c>
       <c r="M84" t="n">
-        <v>25.96</v>
+        <v>54.329</v>
       </c>
       <c r="N84" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O84" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P84" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF84" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>IRS/2025/5859/OPPC</t>
+          <t>IRS/2025/5878/OPPC</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>28 February 2025 09:10</t>
+          <t>01 March 2025 07:30</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>Malory Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>MALORY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G85" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="H85" t="n">
-        <v>32.0</v>
+        <v>37.0</v>
       </c>
       <c r="I85" t="n">
-        <v>37.97</v>
+        <v>12.45</v>
       </c>
       <c r="J85" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K85" t="n">
         <v>1.0</v>
       </c>
       <c r="L85" t="n">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
       <c r="M85" t="n">
-        <v>39.58</v>
+        <v>25.96</v>
       </c>
       <c r="N85" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O85" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P85" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R85" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S85" t="inlineStr">
         <is>
-          <t>4. Discharge conditions - 4.3</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T85" t="n">
+        <v>0.4896</v>
       </c>
       <c r="U85" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V85" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W85" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y85" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB85" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF85" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>IRS/2025/5860/OPPC</t>
+          <t>IRS/2025/5885/OPPC</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>27 February 2025 14:30</t>
+          <t>03 March 2025 09:30</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G86" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H86" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I86" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J86" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K86" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L86" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M86" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N86" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O86" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P86" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R86" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S86" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T86" t="n">
+        <v>0.1422</v>
+      </c>
+      <c r="U86" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V86" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W86" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y86" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB86" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF86" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>IRS/2025/5862/OPPC</t>
+          <t>IRS/2025/5886/OPPC</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>28 February 2025 10:00</t>
+          <t>03 March 2025 11:00</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G87" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H87" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I87" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J87" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K87" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L87" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M87" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N87" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O87" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P87" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R87" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S87" t="inlineStr">
         <is>
-          <t>4.1 Discharge Conditions</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T87" t="n">
-        <v>2.0406</v>
+        <v>0.8281</v>
       </c>
       <c r="U87" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V87" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W87" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y87" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB87" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF87" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>IRS/2025/5866/OPPC</t>
+          <t>IRS/2025/5887/OPPC</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>28 February 2025 12:00</t>
+          <t>02 March 2025 22:30</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G88" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H88" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I88" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J88" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K88" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L88" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M88" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N88" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O88" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P88" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R88" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S88" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T88" t="n">
-        <v>7.0E-4</v>
+        <v>0.0116</v>
       </c>
       <c r="U88" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V88" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W88" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y88" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB88" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF88" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>IRS/2025/5868/OPPC</t>
+          <t>IRS/2025/5891/OPPC</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>28 February 2025 20:00</t>
+          <t>03 March 2025 12:00</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G89" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H89" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I89" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J89" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K89" t="n">
         <v>1.0</v>
       </c>
       <c r="L89" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M89" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N89" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O89" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P89" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R89" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S89" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T89" t="n">
-        <v>0.0119</v>
+        <v>0.0174</v>
       </c>
       <c r="U89" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V89" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W89" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y89" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB89" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF89" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>IRS/2025/5873/OPPC</t>
+          <t>IRS/2025/5892/OPPC</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>03 March 2025 07:30</t>
+          <t>03 March 2025 12:00</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G90" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="H90" t="n">
-        <v>50.0</v>
+        <v>55.0</v>
       </c>
       <c r="I90" t="n">
-        <v>4.4</v>
+        <v>31.635</v>
       </c>
       <c r="J90" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K90" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L90" t="n">
-        <v>26.0</v>
+        <v>17.0</v>
       </c>
       <c r="M90" t="n">
-        <v>34.8</v>
+        <v>34.315</v>
       </c>
       <c r="N90" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O90" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P90" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R90" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S90" t="inlineStr">
         <is>
-          <t>Breach of monthly average OiW concentration</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T90" t="n">
-        <v>0.0023</v>
+        <v>1.1751</v>
       </c>
       <c r="U90" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V90" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W90" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y90" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB90" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF90" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>IRS/2025/5874/OPPC</t>
+          <t>IRS/2025/5894/OPPC</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>01 March 2025 00:00</t>
+          <t>01 March 2025 00:01</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G91" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H91" t="n">
-        <v>16.0</v>
+        <v>37.0</v>
       </c>
       <c r="I91" t="n">
-        <v>46.24</v>
+        <v>12.45</v>
       </c>
       <c r="J91" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K91" t="n">
         <v>1.0</v>
       </c>
       <c r="L91" t="n">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="M91" t="n">
-        <v>58.04</v>
+        <v>25.96</v>
       </c>
       <c r="N91" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O91" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P91" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R91" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S91" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T91" t="n">
-        <v>0.0222</v>
+        <v>2.1169</v>
       </c>
       <c r="U91" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V91" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W91" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y91" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB91" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF91" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>IRS/2025/5875/OPPC</t>
+          <t>IRS/2025/5896/OPPC</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>28 February 2025 23:59</t>
+          <t>01 March 2025 00:00</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G92" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H92" t="n">
-        <v>11.0</v>
+        <v>51.0</v>
       </c>
       <c r="I92" t="n">
-        <v>3.752</v>
+        <v>34.4</v>
       </c>
       <c r="J92" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K92" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L92" t="n">
-        <v>59.0</v>
+        <v>28.0</v>
       </c>
       <c r="M92" t="n">
-        <v>54.329</v>
+        <v>9.6</v>
       </c>
       <c r="N92" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O92" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P92" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="R92" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S92" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T92" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="U92" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V92" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W92" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y92" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB92" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF92" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>IRS/2025/5878/OPPC</t>
+          <t>IRS/2025/5897/OPPC</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>01 March 2025 07:30</t>
+          <t>04 March 2025 09:00</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G93" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H93" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I93" t="n">
-        <v>12.45</v>
+        <v>15.15</v>
       </c>
       <c r="J93" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K93" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L93" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M93" t="n">
-        <v>25.96</v>
+        <v>41.51</v>
       </c>
       <c r="N93" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O93" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P93" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R93" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S93" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T93" t="n">
-        <v>0.4896</v>
+        <v>0.2795</v>
       </c>
       <c r="U93" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V93" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W93" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y93" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB93" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF93" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>IRS/2025/5885/OPPC</t>
+          <t>IRS/2025/5904/OPPC</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>03 March 2025 09:30</t>
+          <t>06 March 2025 07:40</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G94" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H94" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I94" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J94" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K94" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L94" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M94" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N94" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O94" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P94" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R94" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S94" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T94" t="n">
-        <v>0.1422</v>
+        <v>0.002</v>
       </c>
       <c r="U94" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V94" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W94" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y94" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB94" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF94" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>IRS/2025/5886/OPPC</t>
+          <t>IRS/2025/5905/OPPC</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>03 March 2025 11:00</t>
+          <t>05 March 2025 12:12</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="G95" t="n">
         <v>56.0</v>
       </c>
       <c r="H95" t="n">
-        <v>41.0</v>
+        <v>46.0</v>
       </c>
       <c r="I95" t="n">
-        <v>48.3</v>
+        <v>12.43</v>
       </c>
       <c r="J95" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K95" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L95" t="n">
-        <v>20.0</v>
+        <v>42.0</v>
       </c>
       <c r="M95" t="n">
-        <v>13.35</v>
+        <v>46.93</v>
       </c>
       <c r="N95" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O95" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>28</t>
         </is>
       </c>
       <c r="P95" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R95" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S95" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T95" t="n">
-        <v>0.8281</v>
+        <v>6.0E-4</v>
       </c>
       <c r="U95" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V95" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W95" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y95" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB95" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF95" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>IRS/2025/5887/OPPC</t>
+          <t>IRS/2025/5909/OPPC</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>02 March 2025 22:30</t>
+          <t>06 March 2025 16:10</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G96" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H96" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I96" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J96" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K96" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L96" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M96" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N96" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O96" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P96" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R96" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S96" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T96" t="n">
-        <v>0.0116</v>
+        <v>0.0161</v>
       </c>
       <c r="U96" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V96" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W96" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y96" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB96" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF96" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>IRS/2025/5891/OPPC</t>
+          <t>IRS/2025/5910/OPPC</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>03 March 2025 12:00</t>
+          <t>07 March 2025 04:00</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G97" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H97" t="n">
-        <v>55.0</v>
+        <v>37.0</v>
       </c>
       <c r="I97" t="n">
-        <v>31.635</v>
+        <v>12.45</v>
       </c>
       <c r="J97" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K97" t="n">
         <v>1.0</v>
       </c>
       <c r="L97" t="n">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
       <c r="M97" t="n">
-        <v>34.315</v>
+        <v>25.96</v>
       </c>
       <c r="N97" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O97" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P97" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R97" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S97" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T97" t="n">
-        <v>0.0174</v>
+        <v>0.001</v>
       </c>
       <c r="U97" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V97" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W97" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y97" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB97" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF97" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>IRS/2025/5892/OPPC</t>
+          <t>IRS/2025/5911/OPPC</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>03 March 2025 12:00</t>
+          <t>08 March 2025 07:00</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G98" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H98" t="n">
-        <v>55.0</v>
+        <v>28.0</v>
       </c>
       <c r="I98" t="n">
-        <v>31.635</v>
+        <v>6.0</v>
       </c>
       <c r="J98" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K98" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L98" t="n">
-        <v>17.0</v>
+        <v>31.0</v>
       </c>
       <c r="M98" t="n">
-        <v>34.315</v>
+        <v>43.0</v>
       </c>
       <c r="N98" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O98" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P98" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R98" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S98" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T98" t="n">
-        <v>1.1751</v>
+        <v>0.0665</v>
       </c>
       <c r="U98" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V98" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W98" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y98" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB98" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF98" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>IRS/2025/5894/OPPC</t>
+          <t>IRS/2025/5917/OPPC</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>01 March 2025 00:01</t>
+          <t>08 March 2025 04:00</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G99" t="n">
         <v>61.0</v>
       </c>
       <c r="H99" t="n">
         <v>37.0</v>
       </c>
       <c r="I99" t="n">
         <v>12.45</v>
@@ -11085,624 +11205,672 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O99" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P99" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R99" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S99" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T99" t="n">
-        <v>2.1169</v>
+        <v>0.0017</v>
       </c>
       <c r="U99" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V99" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W99" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y99" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB99" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF99" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>IRS/2025/5896/OPPC</t>
+          <t>IRS/2025/5919/OPPC</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>01 March 2025 00:00</t>
+          <t>08 March 2025 11:45</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>STRATHSPEY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G100" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H100" t="n">
-        <v>51.0</v>
+        <v>37.0</v>
       </c>
       <c r="I100" t="n">
-        <v>34.4</v>
+        <v>12.45</v>
       </c>
       <c r="J100" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K100" t="n">
         <v>1.0</v>
       </c>
       <c r="L100" t="n">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="M100" t="n">
-        <v>9.6</v>
+        <v>25.96</v>
       </c>
       <c r="N100" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O100" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P100" t="inlineStr">
         <is>
-          <t>3</t>
-        </is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R100" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S100" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T100" t="n">
+        <v>0.4559</v>
+      </c>
+      <c r="U100" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V100" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W100" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y100" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB100" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC100" t="n">
+        <v>359.0</v>
+      </c>
+      <c r="AD100" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="AE100" t="n">
+        <v>3.4</v>
       </c>
       <c r="AF100" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>IRS/2025/5897/OPPC</t>
+          <t>IRS/2025/5923/OPPC</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>04 March 2025 09:00</t>
+          <t>10 March 2025 09:50</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G101" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H101" t="n">
-        <v>17.0</v>
+        <v>48.0</v>
       </c>
       <c r="I101" t="n">
-        <v>15.15</v>
+        <v>36.0</v>
       </c>
       <c r="J101" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K101" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L101" t="n">
-        <v>10.0</v>
+        <v>44.0</v>
       </c>
       <c r="M101" t="n">
-        <v>41.51</v>
+        <v>7.0</v>
       </c>
       <c r="N101" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O101" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P101" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R101" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S101" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Discharge condition 4.1.</t>
         </is>
       </c>
       <c r="T101" t="n">
-        <v>0.2795</v>
+        <v>0.1262</v>
       </c>
       <c r="U101" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V101" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W101" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y101" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB101" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF101" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>IRS/2025/5904/OPPC</t>
+          <t>IRS/2025/5924/OPPC</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>06 March 2025 07:40</t>
+          <t>07 March 2025 18:00</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G102" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H102" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I102" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J102" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K102" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L102" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M102" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N102" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O102" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P102" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R102" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S102" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T102" t="n">
-        <v>0.002</v>
+        <v>4.0E-4</v>
       </c>
       <c r="U102" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V102" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W102" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y102" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB102" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF102" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>IRS/2025/5905/OPPC</t>
+          <t>IRS/2025/5931/OPPC</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>05 March 2025 12:12</t>
+          <t>12 March 2025 06:45</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G103" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H103" t="n">
-        <v>46.0</v>
+        <v>1.0</v>
       </c>
       <c r="I103" t="n">
-        <v>12.43</v>
+        <v>53.58</v>
       </c>
       <c r="J103" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K103" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L103" t="n">
-        <v>42.0</v>
+        <v>57.0</v>
       </c>
       <c r="M103" t="n">
-        <v>46.93</v>
+        <v>19.22</v>
       </c>
       <c r="N103" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O103" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P103" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R103" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S103" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample
+concentration over 100 mg/l</t>
         </is>
       </c>
       <c r="T103" t="n">
-        <v>6.0E-4</v>
+        <v>0.0663</v>
       </c>
       <c r="U103" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V103" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W103" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y103" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB103" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF103" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>IRS/2025/5909/OPPC</t>
+          <t>IRS/2025/5934/OPPC</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>06 March 2025 16:10</t>
+          <t>14 March 2025 08:00</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Montrose A Platform</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>MONTROSE</t>
         </is>
       </c>
       <c r="G104" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H104" t="n">
-        <v>37.0</v>
+        <v>26.0</v>
       </c>
       <c r="I104" t="n">
-        <v>12.45</v>
+        <v>52.415</v>
       </c>
       <c r="J104" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K104" t="n">
         <v>1.0</v>
       </c>
       <c r="L104" t="n">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
       <c r="M104" t="n">
-        <v>25.96</v>
+        <v>48.319</v>
       </c>
       <c r="N104" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O104" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P104" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>17</t>
         </is>
       </c>
       <c r="R104" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S104" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>monthly average</t>
         </is>
       </c>
       <c r="T104" t="n">
-        <v>0.0161</v>
+        <v>0.1312</v>
       </c>
       <c r="U104" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V104" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W104" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y104" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB104" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF104" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>IRS/2025/5910/OPPC</t>
+          <t>IRS/2025/5938/OPPC</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>07 March 2025 04:00</t>
+          <t>14 March 2025 04:00</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G105" t="n">
         <v>61.0</v>
       </c>
       <c r="H105" t="n">
         <v>37.0</v>
       </c>
       <c r="I105" t="n">
         <v>12.45</v>
@@ -11725,898 +11893,889 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O105" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P105" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R105" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S105" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T105" t="n">
-        <v>0.001</v>
+        <v>0.0056</v>
       </c>
       <c r="U105" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V105" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W105" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y105" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB105" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF105" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>IRS/2025/5911/OPPC</t>
+          <t>IRS/2025/5944/OPPC</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>08 March 2025 07:00</t>
+          <t>15 March 2025 12:00</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G106" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H106" t="n">
-        <v>28.0</v>
+        <v>37.0</v>
       </c>
       <c r="I106" t="n">
-        <v>6.0</v>
+        <v>12.45</v>
       </c>
       <c r="J106" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K106" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L106" t="n">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
       <c r="M106" t="n">
-        <v>43.0</v>
+        <v>25.96</v>
       </c>
       <c r="N106" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O106" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P106" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R106" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S106" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T106" t="n">
-        <v>0.0665</v>
+        <v>0.035</v>
       </c>
       <c r="U106" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V106" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W106" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y106" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB106" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF106" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>IRS/2025/5917/OPPC</t>
+          <t>IRS/2025/5949/OPPC</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>08 March 2025 04:00</t>
+          <t>16 March 2025 16:30</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G107" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H107" t="n">
-        <v>37.0</v>
+        <v>28.0</v>
       </c>
       <c r="I107" t="n">
-        <v>12.45</v>
+        <v>6.0</v>
       </c>
       <c r="J107" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K107" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L107" t="n">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
       <c r="M107" t="n">
-        <v>25.96</v>
+        <v>43.0</v>
       </c>
       <c r="N107" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O107" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P107" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R107" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S107" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T107" t="n">
-        <v>0.0017</v>
+        <v>0.3964</v>
       </c>
       <c r="U107" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V107" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W107" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y107" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB107" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF107" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>IRS/2025/5919/OPPC</t>
+          <t>IRS/2025/5952/OPPC</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>08 March 2025 11:45</t>
+          <t>18 March 2025 12:45</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G108" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="H108" t="n">
-        <v>37.0</v>
+        <v>5.0</v>
       </c>
       <c r="I108" t="n">
-        <v>12.45</v>
+        <v>22.0</v>
       </c>
       <c r="J108" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K108" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L108" t="n">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
       <c r="M108" t="n">
-        <v>25.96</v>
+        <v>45.0</v>
       </c>
       <c r="N108" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O108" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P108" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R108" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S108" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>A OIPW sample above 100mg/l. 
+Sample taken on the 5th March 2025 has a result of 130Mg/l.</t>
         </is>
       </c>
       <c r="T108" t="n">
-        <v>0.4559</v>
+        <v>0.0058</v>
       </c>
       <c r="U108" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V108" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W108" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y108" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB108" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>3.4</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF108" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>IRS/2025/5923/OPPC</t>
+          <t>IRS/2025/5953/OPPC</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>10 March 2025 09:50</t>
+          <t>15 March 2025 03:00</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G109" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H109" t="n">
-        <v>48.0</v>
+        <v>41.0</v>
       </c>
       <c r="I109" t="n">
-        <v>36.0</v>
+        <v>48.3</v>
       </c>
       <c r="J109" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K109" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L109" t="n">
-        <v>44.0</v>
+        <v>20.0</v>
       </c>
       <c r="M109" t="n">
-        <v>7.0</v>
+        <v>13.35</v>
       </c>
       <c r="N109" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O109" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P109" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R109" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S109" t="inlineStr">
         <is>
-          <t>Discharge condition 4.1.</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T109" t="n">
-        <v>0.1262</v>
+        <v>0.0046</v>
       </c>
       <c r="U109" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V109" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W109" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y109" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB109" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF109" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>IRS/2025/5924/OPPC</t>
+          <t>IRS/2025/5954/OPPC</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>07 March 2025 18:00</t>
+          <t>16 March 2025 19:00</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G110" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H110" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I110" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J110" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K110" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L110" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M110" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N110" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O110" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P110" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R110" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S110" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T110" t="n">
-        <v>4.0E-4</v>
+        <v>0.3713</v>
       </c>
       <c r="U110" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V110" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W110" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y110" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB110" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF110" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>IRS/2025/5931/OPPC</t>
+          <t>IRS/2025/5956/OPPC</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>12 March 2025 06:45</t>
+          <t>19 March 2025 01:15</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
         </is>
       </c>
       <c r="G111" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H111" t="n">
-        <v>1.0</v>
+        <v>41.0</v>
       </c>
       <c r="I111" t="n">
-        <v>53.58</v>
+        <v>33.5</v>
       </c>
       <c r="J111" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K111" t="n">
         <v>1.0</v>
       </c>
       <c r="L111" t="n">
-        <v>57.0</v>
+        <v>16.0</v>
       </c>
       <c r="M111" t="n">
-        <v>19.22</v>
+        <v>54.7</v>
       </c>
       <c r="N111" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O111" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P111" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R111" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S111" t="inlineStr">
         <is>
-          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample
-concentration over 100 mg/l</t>
+          <t>Limits for parameters from discharge location</t>
         </is>
       </c>
       <c r="T111" t="n">
-        <v>0.0663</v>
+        <v>0.0125</v>
       </c>
       <c r="U111" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V111" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W111" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y111" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB111" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF111" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>IRS/2025/5934/OPPC</t>
+          <t>IRS/2025/5959/OPPC</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>14 March 2025 08:00</t>
+          <t>19 March 2025 20:00</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>Montrose A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>MONTROSE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G112" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H112" t="n">
-        <v>26.0</v>
+        <v>37.0</v>
       </c>
       <c r="I112" t="n">
-        <v>52.415</v>
+        <v>12.45</v>
       </c>
       <c r="J112" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K112" t="n">
         <v>1.0</v>
       </c>
       <c r="L112" t="n">
-        <v>24.0</v>
+        <v>18.0</v>
       </c>
       <c r="M112" t="n">
-        <v>48.319</v>
+        <v>25.96</v>
       </c>
       <c r="N112" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O112" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P112" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R112" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S112" t="inlineStr">
         <is>
-          <t>monthly average</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T112" t="n">
-        <v>0.1312</v>
+        <v>0.0383</v>
       </c>
       <c r="U112" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V112" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W112" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y112" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB112" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF112" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>IRS/2025/5938/OPPC</t>
+          <t>IRS/2025/5967/OPPC</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>14 March 2025 04:00</t>
+          <t>22 March 2025 08:15</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G113" t="n">
         <v>61.0</v>
       </c>
       <c r="H113" t="n">
         <v>37.0</v>
       </c>
       <c r="I113" t="n">
         <v>12.45</v>
@@ -12639,550 +12798,548 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O113" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P113" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R113" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S113" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T113" t="n">
-        <v>0.0056</v>
+        <v>0.0189</v>
       </c>
       <c r="U113" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V113" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W113" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y113" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB113" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF113" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>IRS/2025/5944/OPPC</t>
+          <t>IRS/2025/5968/OPPC</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>15 March 2025 12:00</t>
+          <t>23 March 2025 08:00</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G114" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="H114" t="n">
-        <v>37.0</v>
+        <v>26.0</v>
       </c>
       <c r="I114" t="n">
-        <v>12.45</v>
+        <v>58.0</v>
       </c>
       <c r="J114" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K114" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L114" t="n">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="M114" t="n">
-        <v>25.96</v>
+        <v>13.0</v>
       </c>
       <c r="N114" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O114" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P114" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>19</t>
         </is>
       </c>
       <c r="R114" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S114" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T114" t="n">
-        <v>0.035</v>
+        <v>0.0693</v>
       </c>
       <c r="U114" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V114" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W114" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y114" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB114" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF114" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>IRS/2025/5949/OPPC</t>
+          <t>IRS/2025/5976/OPPC</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>16 March 2025 16:30</t>
+          <t>25 March 2025 15:25</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Leman BD Platform [PERENCO]</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G115" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H115" t="n">
-        <v>28.0</v>
+        <v>3.0</v>
       </c>
       <c r="I115" t="n">
-        <v>6.0</v>
+        <v>7.476</v>
       </c>
       <c r="J115" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K115" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L115" t="n">
-        <v>31.0</v>
+        <v>17.0</v>
       </c>
       <c r="M115" t="n">
-        <v>43.0</v>
+        <v>10.818</v>
       </c>
       <c r="N115" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O115" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P115" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>27</t>
         </is>
       </c>
       <c r="R115" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S115" t="inlineStr">
         <is>
-          <t>4</t>
-[...3 lines deleted...]
-        <v>0.3964</v>
+          <t>4. Discharge Conditions
+4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the
+parameters specified in that Table.</t>
+        </is>
       </c>
       <c r="U115" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V115" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Average concentration for the operation</t>
         </is>
       </c>
       <c r="W115" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y115" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB115" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF115" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>IRS/2025/5952/OPPC</t>
+          <t>IRS/2025/5981/OPPC</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>18 March 2025 12:45</t>
+          <t>25 March 2025 08:00</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>Leman AD1 Platform [SHELL]</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G116" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="H116" t="n">
-        <v>5.0</v>
+        <v>37.0</v>
       </c>
       <c r="I116" t="n">
-        <v>22.0</v>
+        <v>12.45</v>
       </c>
       <c r="J116" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K116" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L116" t="n">
-        <v>7.0</v>
+        <v>18.0</v>
       </c>
       <c r="M116" t="n">
-        <v>45.0</v>
+        <v>25.96</v>
       </c>
       <c r="N116" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O116" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P116" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R116" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S116" t="inlineStr">
         <is>
-          <t>A OIPW sample above 100mg/l. 
-Sample taken on the 5th March 2025 has a result of 130Mg/l.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T116" t="n">
-        <v>0.0058</v>
+        <v>0.0055</v>
       </c>
       <c r="U116" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V116" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W116" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y116" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB116" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF116" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>IRS/2025/5953/OPPC</t>
+          <t>IRS/2025/5984/OPPC</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>15 March 2025 03:00</t>
+          <t>26 March 2025 00:00</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G117" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="H117" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I117" t="n">
-        <v>48.3</v>
+        <v>12.45</v>
       </c>
       <c r="J117" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K117" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L117" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="M117" t="n">
-        <v>13.35</v>
+        <v>25.96</v>
       </c>
       <c r="N117" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O117" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P117" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R117" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S117" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T117" t="n">
-        <v>0.0046</v>
+        <v>0.0112</v>
       </c>
       <c r="U117" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V117" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W117" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y117" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB117" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF117" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>IRS/2025/5954/OPPC</t>
+          <t>IRS/2025/5985/OPPC</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>16 March 2025 19:00</t>
+          <t>26 March 2025 16:15</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G118" t="n">
         <v>61.0</v>
       </c>
       <c r="H118" t="n">
         <v>37.0</v>
       </c>
       <c r="I118" t="n">
         <v>12.45</v>
@@ -13205,323 +13362,341 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O118" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P118" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R118" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S118" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T118" t="n">
-        <v>0.3713</v>
+        <v>0.3769</v>
       </c>
       <c r="U118" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V118" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W118" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y118" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB118" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC118" t="n">
+        <v>240.0</v>
+      </c>
+      <c r="AD118" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="AE118" t="n">
+        <v>3.7</v>
       </c>
       <c r="AF118" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>IRS/2025/5956/OPPC</t>
+          <t>IRS/2025/5987/OPPC</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>19 March 2025 01:15</t>
+          <t>27 March 2025 11:00</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G119" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="H119" t="n">
         <v>41.0</v>
       </c>
       <c r="I119" t="n">
-        <v>33.5</v>
+        <v>48.3</v>
       </c>
       <c r="J119" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K119" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L119" t="n">
-        <v>16.0</v>
+        <v>20.0</v>
       </c>
       <c r="M119" t="n">
-        <v>54.7</v>
+        <v>13.35</v>
       </c>
       <c r="N119" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O119" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P119" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R119" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S119" t="inlineStr">
         <is>
-          <t>Limits for parameters from discharge location</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T119" t="n">
-        <v>0.0125</v>
+        <v>0.0109</v>
       </c>
       <c r="U119" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V119" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W119" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y119" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB119" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF119" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>IRS/2025/5959/OPPC</t>
+          <t>IRS/2025/5988/OPPC</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>19 March 2025 20:00</t>
+          <t>27 March 2025 16:30</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>DRAKE</t>
         </is>
       </c>
       <c r="G120" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H120" t="n">
-        <v>37.0</v>
+        <v>57.0</v>
       </c>
       <c r="I120" t="n">
-        <v>12.45</v>
+        <v>26.76</v>
       </c>
       <c r="J120" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K120" t="n">
         <v>1.0</v>
       </c>
       <c r="L120" t="n">
-        <v>18.0</v>
+        <v>50.0</v>
       </c>
       <c r="M120" t="n">
-        <v>25.96</v>
+        <v>42.26</v>
       </c>
       <c r="N120" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O120" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P120" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R120" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S120" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T120" t="n">
-        <v>0.0383</v>
+        <v>3.7566</v>
       </c>
       <c r="U120" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V120" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Maximum concentration, Maximum load</t>
         </is>
       </c>
       <c r="W120" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y120" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB120" t="inlineStr">
         <is>
           <t>No</t>
         </is>
+      </c>
+      <c r="AC120" t="n">
+        <v>210.0</v>
+      </c>
+      <c r="AD120" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="AE120" t="n">
+        <v>1.5</v>
       </c>
       <c r="AF120" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>IRS/2025/5967/OPPC</t>
+          <t>IRS/2025/5994/OPPC</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>22 March 2025 08:15</t>
+          <t>29 March 2025 12:00</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G121" t="n">
         <v>61.0</v>
       </c>
       <c r="H121" t="n">
         <v>37.0</v>
       </c>
       <c r="I121" t="n">
         <v>12.45</v>
@@ -13544,6157 +13719,6079 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O121" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P121" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R121" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S121" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T121" t="n">
-        <v>0.0189</v>
+        <v>0.0013</v>
       </c>
       <c r="U121" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V121" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W121" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y121" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB121" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF121" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>IRS/2025/5968/OPPC</t>
+          <t>IRS/2025/5995/OPPC</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>23 March 2025 08:00</t>
+          <t>29 March 2025 20:00</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G122" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="H122" t="n">
-        <v>26.0</v>
+        <v>37.0</v>
       </c>
       <c r="I122" t="n">
-        <v>58.0</v>
+        <v>12.45</v>
       </c>
       <c r="J122" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K122" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L122" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M122" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N122" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O122" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P122" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R122" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S122" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T122" t="n">
+        <v>0.3543</v>
+      </c>
+      <c r="U122" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V122" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W122" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y122" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB122" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AC122" t="n">
+        <v>300.0</v>
+      </c>
+      <c r="AD122" t="n">
         <v>15.0</v>
       </c>
-      <c r="M122" t="n">
-[...53 lines deleted...]
-        </is>
+      <c r="AE122" t="n">
+        <v>2.8</v>
       </c>
       <c r="AF122" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>IRS/2025/5976/OPPC</t>
+          <t>IRS/2025/6002/OPPC</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>25 March 2025 15:25</t>
+          <t>28 March 2025 07:00</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>Leman BD Platform [PERENCO]</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G123" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H123" t="n">
-        <v>3.0</v>
+        <v>41.0</v>
       </c>
       <c r="I123" t="n">
-        <v>7.476</v>
+        <v>48.3</v>
       </c>
       <c r="J123" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K123" t="n">
         <v>2.0</v>
       </c>
       <c r="L123" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M123" t="n">
-        <v>10.818</v>
+        <v>13.35</v>
       </c>
       <c r="N123" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O123" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P123" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R123" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S123" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions
-[...2 lines deleted...]
-        </is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T123" t="n">
+        <v>0.0048</v>
       </c>
       <c r="U123" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V123" t="inlineStr">
         <is>
-          <t>Average concentration for the operation</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>IRS/2025/5981/OPPC</t>
+          <t>IRS/2025/6005/OPPC</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>25 March 2025 08:00</t>
+          <t>30 March 2025 07:20</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G124" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H124" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I124" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J124" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K124" t="n">
         <v>1.0</v>
       </c>
       <c r="L124" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M124" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N124" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O124" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P124" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R124" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S124" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.0055</v>
+          <t>Table 1: Sampling and Quantification - Sampling Location</t>
+        </is>
       </c>
       <c r="U124" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W124" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X124" t="inlineStr">
+        <is>
+          <t>Sampling location(s)</t>
         </is>
       </c>
       <c r="Y124" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB124" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF124" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>IRS/2025/5984/OPPC</t>
+          <t>IRS/2025/6008/OPPC</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>26 March 2025 00:00</t>
+          <t>01 April 2025 06:00</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G125" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H125" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I125" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J125" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K125" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L125" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M125" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N125" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O125" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P125" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R125" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S125" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T125" t="n">
-        <v>0.0112</v>
+        <v>0.1667</v>
       </c>
       <c r="U125" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V125" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W125" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y125" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB125" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF125" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>IRS/2025/5985/OPPC</t>
+          <t>IRS/2025/6009/OPPC</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>26 March 2025 16:15</t>
+          <t>01 April 2025 06:00</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G126" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H126" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I126" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J126" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K126" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L126" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M126" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N126" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O126" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P126" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R126" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S126" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T126" t="n">
-        <v>0.3769</v>
+        <v>1.2029</v>
       </c>
       <c r="U126" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V126" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W126" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y126" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB126" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>3.7</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF126" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>IRS/2025/5987/OPPC</t>
+          <t>IRS/2025/6013/OPPC</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>27 March 2025 11:00</t>
+          <t>01 April 2025 00:01</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Leman AP Platform [SHELL]</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G127" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H127" t="n">
-        <v>41.0</v>
+        <v>5.0</v>
       </c>
       <c r="I127" t="n">
-        <v>48.3</v>
+        <v>22.0</v>
       </c>
       <c r="J127" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K127" t="n">
         <v>2.0</v>
       </c>
       <c r="L127" t="n">
-        <v>20.0</v>
+        <v>7.0</v>
       </c>
       <c r="M127" t="n">
-        <v>13.35</v>
+        <v>45.0</v>
       </c>
       <c r="N127" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O127" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P127" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R127" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S127" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>High monthly OiPW average for the month of March 2025 exceeding the permitted 30 mg/l.</t>
         </is>
       </c>
       <c r="T127" t="n">
-        <v>0.0109</v>
+        <v>0.0172</v>
       </c>
       <c r="U127" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V127" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>IRS/2025/5988/OPPC</t>
+          <t>IRS/2025/6015/OPPC</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>27 March 2025 16:30</t>
+          <t>31 March 2025 23:59</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>DRAKE</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G128" t="n">
         <v>57.0</v>
       </c>
       <c r="H128" t="n">
-        <v>57.0</v>
+        <v>11.0</v>
       </c>
       <c r="I128" t="n">
-        <v>26.76</v>
+        <v>3.752</v>
       </c>
       <c r="J128" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K128" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L128" t="n">
-        <v>50.0</v>
+        <v>59.0</v>
       </c>
       <c r="M128" t="n">
-        <v>42.26</v>
+        <v>54.329</v>
       </c>
       <c r="N128" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O128" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P128" t="inlineStr">
         <is>
-          <t>5</t>
-[...47 lines deleted...]
-        <v>1.5</v>
+          <t>25</t>
+        </is>
       </c>
       <c r="AF128" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>IRS/2025/5994/OPPC</t>
+          <t>IRS/2025/6017/OPPC</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>29 March 2025 12:00</t>
+          <t>01 April 2025 08:00</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G129" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H129" t="n">
-        <v>37.0</v>
+        <v>28.0</v>
       </c>
       <c r="I129" t="n">
-        <v>12.45</v>
+        <v>6.0</v>
       </c>
       <c r="J129" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K129" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L129" t="n">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
       <c r="M129" t="n">
-        <v>25.96</v>
+        <v>43.0</v>
       </c>
       <c r="N129" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O129" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P129" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R129" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S129" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T129" t="n">
-        <v>0.0013</v>
+        <v>0.9797</v>
       </c>
       <c r="U129" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V129" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W129" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y129" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB129" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF129" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>IRS/2025/5995/OPPC</t>
+          <t>IRS/2025/6019/OPPC</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>29 March 2025 20:00</t>
+          <t>01 April 2025 12:00</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G130" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H130" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="I130" t="n">
-        <v>12.45</v>
+        <v>31.635</v>
       </c>
       <c r="J130" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K130" t="n">
         <v>1.0</v>
       </c>
       <c r="L130" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="M130" t="n">
-        <v>25.96</v>
+        <v>34.315</v>
       </c>
       <c r="N130" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O130" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P130" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R130" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S130" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T130" t="n">
-        <v>0.3543</v>
+        <v>0.0332</v>
       </c>
       <c r="U130" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V130" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W130" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y130" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB130" t="inlineStr">
         <is>
           <t>No</t>
         </is>
-      </c>
-[...7 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="AF130" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>IRS/2025/6002/OPPC</t>
+          <t>IRS/2025/6020/OPPC</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>28 March 2025 07:00</t>
+          <t>01 April 2025 12:00</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G131" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="H131" t="n">
-        <v>41.0</v>
+        <v>55.0</v>
       </c>
       <c r="I131" t="n">
-        <v>48.3</v>
+        <v>31.635</v>
       </c>
       <c r="J131" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K131" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L131" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="M131" t="n">
-        <v>13.35</v>
+        <v>34.315</v>
       </c>
       <c r="N131" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O131" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P131" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R131" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S131" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T131" t="n">
-        <v>0.0048</v>
+        <v>2.8944</v>
       </c>
       <c r="U131" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V131" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W131" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y131" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB131" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF131" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>IRS/2025/6005/OPPC</t>
+          <t>IRS/2025/6022/OPPC</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>30 March 2025 07:20</t>
+          <t>01 April 2025 07:28</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Beryl B Platform</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="G132" t="n">
         <v>59.0</v>
       </c>
       <c r="H132" t="n">
-        <v>55.0</v>
+        <v>36.0</v>
       </c>
       <c r="I132" t="n">
-        <v>31.635</v>
+        <v>38.35</v>
       </c>
       <c r="J132" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K132" t="n">
         <v>1.0</v>
       </c>
       <c r="L132" t="n">
-        <v>17.0</v>
+        <v>30.0</v>
       </c>
       <c r="M132" t="n">
-        <v>34.315</v>
+        <v>45.97</v>
       </c>
       <c r="N132" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O132" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P132" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>13</t>
         </is>
       </c>
       <c r="R132" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S132" t="inlineStr">
         <is>
-          <t>Table 1: Sampling and Quantification - Sampling Location</t>
-        </is>
+          <t>Condition 4 Discharge Conditions - Monthly average exceedance</t>
+        </is>
+      </c>
+      <c r="T132" t="n">
+        <v>0.0876</v>
       </c>
       <c r="U132" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V132" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W132" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling location(s)</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Y132" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB132" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF132" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>IRS/2025/6008/OPPC</t>
+          <t>IRS/2025/6023/OPPC</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>01 April 2025 06:00</t>
+          <t>01 April 2025 09:00</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G133" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H133" t="n">
-        <v>41.0</v>
+        <v>5.0</v>
       </c>
       <c r="I133" t="n">
-        <v>48.3</v>
+        <v>2.1</v>
       </c>
       <c r="J133" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K133" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L133" t="n">
-        <v>20.0</v>
+        <v>53.0</v>
       </c>
       <c r="M133" t="n">
-        <v>13.35</v>
+        <v>32.8</v>
       </c>
       <c r="N133" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O133" t="inlineStr">
         <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P133" t="inlineStr">
+        <is>
           <t>30</t>
         </is>
       </c>
-      <c r="P133" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R133" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S133" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>Monthly Average Concentration.</t>
         </is>
       </c>
       <c r="T133" t="n">
-        <v>0.1667</v>
+        <v>0.0024</v>
       </c>
       <c r="U133" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V133" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W133" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y133" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB133" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF133" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>IRS/2025/6009/OPPC</t>
+          <t>IRS/2025/6024/OPPC</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>01 April 2025 06:00</t>
+          <t>01 April 2025 09:00</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G134" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H134" t="n">
-        <v>41.0</v>
+        <v>57.0</v>
       </c>
       <c r="I134" t="n">
-        <v>48.3</v>
+        <v>26.76</v>
       </c>
       <c r="J134" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K134" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L134" t="n">
-        <v>20.0</v>
+        <v>50.0</v>
       </c>
       <c r="M134" t="n">
-        <v>13.35</v>
+        <v>42.26</v>
       </c>
       <c r="N134" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O134" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P134" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R134" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S134" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T134" t="n">
-        <v>1.2029</v>
+        <v>4.7787</v>
       </c>
       <c r="U134" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V134" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>IRS/2025/6013/OPPC</t>
+          <t>IRS/2025/6046/OPPC</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>01 April 2025 00:01</t>
+          <t>07 April 2025 12:50</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>Leman AP Platform [SHELL]</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G135" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H135" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="I135" t="n">
-        <v>22.0</v>
+        <v>36.0</v>
       </c>
       <c r="J135" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K135" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L135" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M135" t="n">
         <v>7.0</v>
       </c>
-      <c r="M135" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N135" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O135" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P135" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R135" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S135" t="inlineStr">
         <is>
-          <t>High monthly OiPW average for the month of March 2025 exceeding the permitted 30 mg/l.</t>
+          <t>Discharge condition 4.1.</t>
         </is>
       </c>
       <c r="T135" t="n">
-        <v>0.0172</v>
+        <v>0.001</v>
       </c>
       <c r="U135" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V135" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>IRS/2025/6015/OPPC</t>
+          <t>IRS/2025/6050/OPPC</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>31 March 2025 23:59</t>
+          <t>01 April 2025 00:00</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G136" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H136" t="n">
-        <v>11.0</v>
+        <v>51.0</v>
       </c>
       <c r="I136" t="n">
-        <v>3.752</v>
+        <v>34.4</v>
       </c>
       <c r="J136" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K136" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L136" t="n">
-        <v>59.0</v>
+        <v>28.0</v>
       </c>
       <c r="M136" t="n">
-        <v>54.329</v>
+        <v>9.6</v>
       </c>
       <c r="N136" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O136" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P136" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF136" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>IRS/2025/6017/OPPC</t>
+          <t>IRS/2025/6054/OPPC</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>01 April 2025 08:00</t>
+          <t>04 April 2025 15:30</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>STELLA</t>
         </is>
       </c>
       <c r="G137" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H137" t="n">
-        <v>28.0</v>
+        <v>46.0</v>
       </c>
       <c r="I137" t="n">
+        <v>50.78</v>
+      </c>
+      <c r="J137" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K137" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L137" t="n">
         <v>6.0</v>
       </c>
-      <c r="J137" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="M137" t="n">
-        <v>43.0</v>
+        <v>32.52</v>
       </c>
       <c r="N137" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O137" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P137" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R137" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S137" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T137" t="n">
-        <v>0.9797</v>
+        <v>1.1059</v>
       </c>
       <c r="U137" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V137" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W137" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y137" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB137" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF137" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>IRS/2025/6019/OPPC</t>
+          <t>IRS/2025/6062/OPPC</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>01 April 2025 12:00</t>
+          <t>12 April 2025 16:00</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G138" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H138" t="n">
-        <v>55.0</v>
+        <v>1.0</v>
       </c>
       <c r="I138" t="n">
-        <v>31.635</v>
+        <v>53.58</v>
       </c>
       <c r="J138" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K138" t="n">
         <v>1.0</v>
       </c>
       <c r="L138" t="n">
-        <v>17.0</v>
+        <v>57.0</v>
       </c>
       <c r="M138" t="n">
-        <v>34.315</v>
+        <v>19.22</v>
       </c>
       <c r="N138" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O138" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P138" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R138" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S138" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>multiple samples over 100mg/l during normal operations due to well slugging and corrosion inhibitor batching.</t>
         </is>
       </c>
       <c r="T138" t="n">
-        <v>0.0332</v>
+        <v>0.0495</v>
       </c>
       <c r="U138" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V138" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W138" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y138" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB138" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF138" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>IRS/2025/6020/OPPC</t>
+          <t>IRS/2025/6067/OPPC</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>01 April 2025 12:00</t>
+          <t>12 April 2025 15:35</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G139" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H139" t="n">
-        <v>55.0</v>
+        <v>37.0</v>
       </c>
       <c r="I139" t="n">
-        <v>31.635</v>
+        <v>12.45</v>
       </c>
       <c r="J139" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K139" t="n">
         <v>1.0</v>
       </c>
       <c r="L139" t="n">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
       <c r="M139" t="n">
-        <v>34.315</v>
+        <v>25.96</v>
       </c>
       <c r="N139" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O139" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P139" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R139" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S139" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T139" t="n">
-        <v>2.8944</v>
+        <v>4.0E-4</v>
       </c>
       <c r="U139" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V139" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>IRS/2025/6022/OPPC</t>
+          <t>IRS/2025/6070/OPPC</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>01 April 2025 07:28</t>
+          <t>13 April 2025 00:00</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>Beryl B Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G140" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H140" t="n">
-        <v>36.0</v>
+        <v>37.0</v>
       </c>
       <c r="I140" t="n">
-        <v>38.35</v>
+        <v>12.45</v>
       </c>
       <c r="J140" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K140" t="n">
         <v>1.0</v>
       </c>
       <c r="L140" t="n">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="M140" t="n">
-        <v>45.97</v>
+        <v>25.96</v>
       </c>
       <c r="N140" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O140" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P140" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R140" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S140" t="inlineStr">
         <is>
-          <t>Condition 4 Discharge Conditions - Monthly average exceedance</t>
+          <t>Regulation 4</t>
         </is>
       </c>
       <c r="T140" t="n">
-        <v>0.0876</v>
+        <v>0.5562</v>
       </c>
       <c r="U140" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V140" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB140" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>IRS/2025/6023/OPPC</t>
+          <t>IRS/2025/6072/OPPC</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>01 April 2025 09:00</t>
+          <t>14 April 2005 10:40</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Haeva</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="G141" t="n">
-        <v>57.0</v>
+        <v>54.0</v>
       </c>
       <c r="H141" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="I141" t="n">
-        <v>2.1</v>
+        <v>24.3</v>
       </c>
       <c r="J141" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K141" t="n">
         <v>0.0</v>
       </c>
       <c r="L141" t="n">
-        <v>53.0</v>
+        <v>54.0</v>
       </c>
       <c r="M141" t="n">
-        <v>32.8</v>
+        <v>53.2</v>
       </c>
       <c r="N141" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O141" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>42</t>
         </is>
       </c>
       <c r="P141" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="R141" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S141" t="inlineStr">
         <is>
-          <t>Monthly Average Concentration.</t>
-[...3 lines deleted...]
-        <v>0.0024</v>
+          <t>4.3</t>
+        </is>
       </c>
       <c r="U141" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W141" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y141" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z141" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB141" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF141" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>IRS/2025/6024/OPPC</t>
+          <t>IRS/2025/6076/OPPC</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>01 April 2025 09:00</t>
+          <t>15 April 2025 21:00</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G142" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H142" t="n">
-        <v>57.0</v>
+        <v>55.0</v>
       </c>
       <c r="I142" t="n">
-        <v>26.76</v>
+        <v>31.635</v>
       </c>
       <c r="J142" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K142" t="n">
         <v>1.0</v>
       </c>
       <c r="L142" t="n">
-        <v>50.0</v>
+        <v>17.0</v>
       </c>
       <c r="M142" t="n">
-        <v>42.26</v>
+        <v>34.315</v>
       </c>
       <c r="N142" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O142" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P142" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R142" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S142" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1, Discharge Location 4 (HSP &amp; WI Pump Min Flow Protection), Maximum Concentration breached.</t>
         </is>
       </c>
       <c r="T142" t="n">
-        <v>4.7787</v>
+        <v>0.0068</v>
       </c>
       <c r="U142" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V142" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W142" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y142" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB142" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF142" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>IRS/2025/6046/OPPC</t>
+          <t>IRS/2025/6102/OPPC</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>07 April 2025 12:50</t>
+          <t>22 April 2025 11:00</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G143" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H143" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I143" t="n">
-        <v>36.0</v>
+        <v>12.45</v>
       </c>
       <c r="J143" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K143" t="n">
         <v>1.0</v>
       </c>
       <c r="L143" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="M143" t="n">
-        <v>7.0</v>
+        <v>25.96</v>
       </c>
       <c r="N143" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O143" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P143" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R143" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S143" t="inlineStr">
         <is>
-          <t>Discharge condition 4.1.</t>
+          <t>4. Discharge Conditions</t>
         </is>
       </c>
       <c r="T143" t="n">
-        <v>0.001</v>
+        <v>4.9939</v>
       </c>
       <c r="U143" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V143" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>IRS/2025/6050/OPPC</t>
+          <t>IRS/2025/6104/OPPC</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>01 April 2025 00:00</t>
+          <t>22 April 2025 09:00</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>STRATHSPEY</t>
+          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="G144" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H144" t="n">
-        <v>51.0</v>
+        <v>17.0</v>
       </c>
       <c r="I144" t="n">
-        <v>34.4</v>
+        <v>42.0</v>
       </c>
       <c r="J144" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K144" t="n">
         <v>1.0</v>
       </c>
       <c r="L144" t="n">
-        <v>28.0</v>
+        <v>39.0</v>
       </c>
       <c r="M144" t="n">
-        <v>9.6</v>
+        <v>46.0</v>
       </c>
       <c r="N144" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O144" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P144" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>24</t>
         </is>
       </c>
       <c r="AF144" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>IRS/2025/6054/OPPC</t>
+          <t>IRS/2025/6110/OPPC</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>04 April 2025 15:30</t>
+          <t>24 April 2025 07:00</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G145" t="n">
         <v>56.0</v>
       </c>
       <c r="H145" t="n">
-        <v>46.0</v>
+        <v>41.0</v>
       </c>
       <c r="I145" t="n">
-        <v>50.78</v>
+        <v>48.3</v>
       </c>
       <c r="J145" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K145" t="n">
         <v>2.0</v>
       </c>
       <c r="L145" t="n">
-        <v>6.0</v>
+        <v>20.0</v>
       </c>
       <c r="M145" t="n">
-        <v>32.52</v>
+        <v>13.35</v>
       </c>
       <c r="N145" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O145" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P145" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R145" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S145" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T145" t="n">
-        <v>1.1059</v>
+        <v>0.0011</v>
       </c>
       <c r="U145" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V145" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W145" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y145" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB145" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF145" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>IRS/2025/6062/OPPC</t>
+          <t>IRS/2025/6130/OPPC</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>12 April 2025 16:00</t>
+          <t>28 April 2025 06:00</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Brae East Platform</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>EAST BRAE</t>
         </is>
       </c>
       <c r="G146" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H146" t="n">
-        <v>1.0</v>
+        <v>52.0</v>
       </c>
       <c r="I146" t="n">
-        <v>53.58</v>
+        <v>34.183</v>
       </c>
       <c r="J146" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K146" t="n">
         <v>1.0</v>
       </c>
       <c r="L146" t="n">
-        <v>57.0</v>
+        <v>31.0</v>
       </c>
       <c r="M146" t="n">
-        <v>19.22</v>
+        <v>37.421</v>
       </c>
       <c r="N146" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O146" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P146" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R146" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S146" t="inlineStr">
         <is>
-          <t>multiple samples over 100mg/l during normal operations due to well slugging and corrosion inhibitor batching.</t>
+          <t>Exceeded maximum concentration of 100mg/l in produced water overboard discharge.</t>
         </is>
       </c>
       <c r="T146" t="n">
-        <v>0.0495</v>
+        <v>0.1074</v>
       </c>
       <c r="U146" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V146" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W146" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y146" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB146" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF146" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>IRS/2025/6067/OPPC</t>
+          <t>IRS/2025/6138/OPPC</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>12 April 2025 15:35</t>
+          <t>29 April 2025 07:30</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G147" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H147" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I147" t="n">
-        <v>12.45</v>
+        <v>15.15</v>
       </c>
       <c r="J147" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K147" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L147" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M147" t="n">
-        <v>25.96</v>
+        <v>41.51</v>
       </c>
       <c r="N147" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O147" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P147" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R147" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S147" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T147" t="n">
-        <v>4.0E-4</v>
+        <v>0.1557</v>
       </c>
       <c r="U147" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V147" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W147" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y147" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB147" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF147" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>IRS/2025/6070/OPPC</t>
+          <t>IRS/2025/6143/OPPC</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>13 April 2025 00:00</t>
+          <t>01 May 2025 12:15</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Ocean GreatWhite</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="G148" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H148" t="n">
-        <v>37.0</v>
+        <v>22.0</v>
       </c>
       <c r="I148" t="n">
-        <v>12.45</v>
+        <v>53.0</v>
       </c>
       <c r="J148" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K148" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="L148" t="n">
-        <v>18.0</v>
+        <v>5.0</v>
       </c>
       <c r="M148" t="n">
-        <v>25.96</v>
+        <v>46.0</v>
       </c>
       <c r="N148" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O148" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>204</t>
         </is>
       </c>
       <c r="P148" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="Q148" t="inlineStr">
+        <is>
+          <t>3 (1)</t>
         </is>
       </c>
       <c r="R148" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Regulation 4</t>
+          <t>No</t>
         </is>
       </c>
       <c r="T148" t="n">
-        <v>0.5562</v>
-[...16 lines deleted...]
-      <c r="Y148" t="inlineStr">
+        <v>0.03</v>
+      </c>
+      <c r="AA148" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB148" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
+      </c>
+      <c r="AC148" t="n">
+        <v>250.0</v>
+      </c>
+      <c r="AD148" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="AE148" t="n">
+        <v>4.0</v>
       </c>
       <c r="AF148" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>IRS/2025/6072/OPPC</t>
+          <t>IRS/2025/6144/OPPC</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>14 April 2005 10:40</t>
+          <t>01 May 2025 01:00</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
-          <t>Haeva</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>NELSON</t>
         </is>
       </c>
       <c r="G149" t="n">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="H149" t="n">
-        <v>4.0</v>
+        <v>39.0</v>
       </c>
       <c r="I149" t="n">
-        <v>24.3</v>
+        <v>44.0</v>
       </c>
       <c r="J149" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K149" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L149" t="n">
-        <v>54.0</v>
+        <v>8.0</v>
       </c>
       <c r="M149" t="n">
-        <v>53.2</v>
+        <v>39.0</v>
       </c>
       <c r="N149" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O149" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P149" t="inlineStr">
         <is>
-          <t>30</t>
-[...34 lines deleted...]
-          <t>No</t>
+          <t>11</t>
         </is>
       </c>
       <c r="AF149" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>IRS/2025/6076/OPPC</t>
+          <t>IRS/2025/6145/OPPC</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>15 April 2025 21:00</t>
+          <t>01 April 2025 08:00</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Brae East Platform</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>EAST BRAE</t>
         </is>
       </c>
       <c r="G150" t="n">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="H150" t="n">
-        <v>55.0</v>
+        <v>52.0</v>
       </c>
       <c r="I150" t="n">
-        <v>31.635</v>
+        <v>34.183</v>
       </c>
       <c r="J150" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K150" t="n">
         <v>1.0</v>
       </c>
       <c r="L150" t="n">
-        <v>17.0</v>
+        <v>31.0</v>
       </c>
       <c r="M150" t="n">
-        <v>34.315</v>
+        <v>37.421</v>
       </c>
       <c r="N150" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O150" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P150" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R150" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S150" t="inlineStr">
         <is>
-          <t>Table 1, Discharge Location 4 (HSP &amp; WI Pump Min Flow Protection), Maximum Concentration breached.</t>
+          <t>Monthly average concentration exceeded 30mg/l permitted limit as stated in Table 1 for produced water.</t>
         </is>
       </c>
       <c r="T150" t="n">
-        <v>0.0068</v>
+        <v>0.1181</v>
       </c>
       <c r="U150" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V150" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W150" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y150" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB150" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF150" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>IRS/2025/6102/OPPC</t>
+          <t>IRS/2025/6146/OPPC</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>22 April 2025 11:00</t>
+          <t>01 May 2025 00:01</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G151" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H151" t="n">
-        <v>37.0</v>
+        <v>11.0</v>
       </c>
       <c r="I151" t="n">
-        <v>12.45</v>
+        <v>3.752</v>
       </c>
       <c r="J151" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K151" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L151" t="n">
-        <v>18.0</v>
+        <v>59.0</v>
       </c>
       <c r="M151" t="n">
-        <v>25.96</v>
+        <v>54.329</v>
       </c>
       <c r="N151" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O151" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P151" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF151" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>IRS/2025/6104/OPPC</t>
+          <t>IRS/2025/6149/OPPC</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>22 April 2025 09:00</t>
+          <t>01 May 2025 12:00</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G152" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H152" t="n">
-        <v>17.0</v>
+        <v>55.0</v>
       </c>
       <c r="I152" t="n">
-        <v>42.0</v>
+        <v>31.635</v>
       </c>
       <c r="J152" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K152" t="n">
         <v>1.0</v>
       </c>
       <c r="L152" t="n">
-        <v>39.0</v>
+        <v>17.0</v>
       </c>
       <c r="M152" t="n">
-        <v>46.0</v>
+        <v>34.315</v>
       </c>
       <c r="N152" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O152" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P152" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R152" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S152" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T152" t="n">
+        <v>4.2819</v>
+      </c>
+      <c r="U152" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V152" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W152" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y152" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB152" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF152" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>IRS/2025/6110/OPPC</t>
+          <t>IRS/2025/6150/OPPC</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>24 April 2025 07:00</t>
+          <t>01 May 2025 12:00</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G153" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="H153" t="n">
-        <v>41.0</v>
+        <v>55.0</v>
       </c>
       <c r="I153" t="n">
-        <v>48.3</v>
+        <v>31.635</v>
       </c>
       <c r="J153" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K153" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L153" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="M153" t="n">
-        <v>13.35</v>
+        <v>34.315</v>
       </c>
       <c r="N153" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O153" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P153" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R153" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S153" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T153" t="n">
-        <v>0.0011</v>
+        <v>0.0329</v>
       </c>
       <c r="U153" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V153" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W153" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y153" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB153" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF153" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>IRS/2025/6130/OPPC</t>
+          <t>IRS/2025/6152/OPPC</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>28 April 2025 06:00</t>
+          <t>02 May 2025 09:00</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>Brae East Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>EAST BRAE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G154" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="H154" t="n">
-        <v>52.0</v>
+        <v>41.0</v>
       </c>
       <c r="I154" t="n">
-        <v>34.183</v>
+        <v>48.3</v>
       </c>
       <c r="J154" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K154" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L154" t="n">
-        <v>31.0</v>
+        <v>20.0</v>
       </c>
       <c r="M154" t="n">
-        <v>37.421</v>
+        <v>13.35</v>
       </c>
       <c r="N154" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O154" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P154" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R154" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S154" t="inlineStr">
         <is>
-          <t>Exceeded maximum concentration of 100mg/l in produced water overboard discharge.</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T154" t="n">
-        <v>0.1074</v>
+        <v>0.8642</v>
       </c>
       <c r="U154" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V154" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W154" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y154" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB154" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF154" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>IRS/2025/6138/OPPC</t>
+          <t>IRS/2025/6153/OPPC</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>29 April 2025 07:30</t>
+          <t>02 May 2025 15:00</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Forties A Satellite Platform</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G155" t="n">
         <v>57.0</v>
       </c>
       <c r="H155" t="n">
-        <v>17.0</v>
+        <v>43.0</v>
       </c>
       <c r="I155" t="n">
-        <v>15.15</v>
+        <v>55.01</v>
       </c>
       <c r="J155" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K155" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L155" t="n">
-        <v>10.0</v>
+        <v>58.0</v>
       </c>
       <c r="M155" t="n">
-        <v>41.51</v>
+        <v>21.79</v>
       </c>
       <c r="N155" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O155" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P155" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R155" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S155" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4 - Exceedance of FASP monthly 30mg/l</t>
         </is>
       </c>
       <c r="T155" t="n">
-        <v>0.1557</v>
+        <v>0.6171</v>
       </c>
       <c r="U155" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V155" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W155" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y155" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB155" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF155" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>IRS/2025/6143/OPPC</t>
+          <t>IRS/2025/6163/OPPC</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>01 May 2025 12:15</t>
+          <t>01 May 2025 09:00</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
-          <t>Ocean GreatWhite</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G156" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H156" t="n">
-        <v>22.0</v>
+        <v>17.0</v>
       </c>
       <c r="I156" t="n">
-        <v>53.0</v>
+        <v>15.15</v>
       </c>
       <c r="J156" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K156" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="L156" t="n">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="M156" t="n">
-        <v>46.0</v>
+        <v>41.51</v>
       </c>
       <c r="N156" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O156" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P156" t="inlineStr">
         <is>
-          <t>20</t>
-[...4 lines deleted...]
-          <t>3 (1)</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R156" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S156" t="inlineStr">
+        <is>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T156" t="n">
-        <v>0.03</v>
-[...1 lines deleted...]
-      <c r="AA156" t="inlineStr">
+        <v>0.0277</v>
+      </c>
+      <c r="U156" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V156" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W156" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y156" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB156" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>4.0</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF156" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>IRS/2025/6144/OPPC</t>
+          <t>IRS/2025/6165/OPPC</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>01 May 2025 01:00</t>
+          <t>03 May 2025 21:00</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>NELSON</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G157" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H157" t="n">
-        <v>39.0</v>
+        <v>41.0</v>
       </c>
       <c r="I157" t="n">
-        <v>44.0</v>
+        <v>48.3</v>
       </c>
       <c r="J157" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K157" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L157" t="n">
-        <v>8.0</v>
+        <v>20.0</v>
       </c>
       <c r="M157" t="n">
-        <v>39.0</v>
+        <v>13.35</v>
       </c>
       <c r="N157" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O157" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P157" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R157" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S157" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T157" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="U157" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V157" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W157" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y157" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB157" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF157" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>IRS/2025/6145/OPPC</t>
+          <t>IRS/2025/6168/OPPC</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>01 April 2025 08:00</t>
+          <t>05 May 2025 13:55</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>Brae East Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>EAST BRAE</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G158" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="H158" t="n">
-        <v>52.0</v>
+        <v>48.0</v>
       </c>
       <c r="I158" t="n">
-        <v>34.183</v>
+        <v>36.0</v>
       </c>
       <c r="J158" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K158" t="n">
         <v>1.0</v>
       </c>
       <c r="L158" t="n">
-        <v>31.0</v>
+        <v>44.0</v>
       </c>
       <c r="M158" t="n">
-        <v>37.421</v>
+        <v>7.0</v>
       </c>
       <c r="N158" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O158" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P158" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R158" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S158" t="inlineStr">
         <is>
-          <t>Monthly average concentration exceeded 30mg/l permitted limit as stated in Table 1 for produced water.</t>
+          <t>Discharge condition 4.1.</t>
         </is>
       </c>
       <c r="T158" t="n">
-        <v>0.1181</v>
+        <v>1.0E-4</v>
       </c>
       <c r="U158" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V158" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>IRS/2025/6146/OPPC</t>
+          <t>IRS/2025/6179/OPPC</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>01 May 2025 00:01</t>
+          <t>08 May 2025 15:00</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G159" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H159" t="n">
-        <v>11.0</v>
+        <v>41.0</v>
       </c>
       <c r="I159" t="n">
-        <v>3.752</v>
+        <v>48.3</v>
       </c>
       <c r="J159" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K159" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L159" t="n">
-        <v>59.0</v>
+        <v>20.0</v>
       </c>
       <c r="M159" t="n">
-        <v>54.329</v>
+        <v>13.35</v>
       </c>
       <c r="N159" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O159" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P159" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R159" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S159" t="inlineStr">
+        <is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T159" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="U159" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V159" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W159" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y159" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB159" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF159" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>IRS/2025/6149/OPPC</t>
+          <t>IRS/2025/6180/OPPC</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>01 May 2025 12:00</t>
+          <t>09 May 2025 04:00</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="G160" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H160" t="n">
-        <v>55.0</v>
+        <v>17.0</v>
       </c>
       <c r="I160" t="n">
-        <v>31.635</v>
+        <v>42.0</v>
       </c>
       <c r="J160" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K160" t="n">
         <v>1.0</v>
       </c>
       <c r="L160" t="n">
-        <v>17.0</v>
+        <v>39.0</v>
       </c>
       <c r="M160" t="n">
-        <v>34.315</v>
+        <v>46.0</v>
       </c>
       <c r="N160" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O160" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P160" t="inlineStr">
         <is>
-          <t>2</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>24</t>
         </is>
       </c>
       <c r="AF160" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>IRS/2025/6150/OPPC</t>
+          <t>IRS/2025/6194/OPPC</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>01 May 2025 12:00</t>
+          <t>12 May 2025 09:00</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="G161" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H161" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I161" t="n">
-        <v>31.635</v>
+        <v>30.0</v>
       </c>
       <c r="J161" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K161" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L161" t="n">
-        <v>17.0</v>
+        <v>32.0</v>
       </c>
       <c r="M161" t="n">
-        <v>34.315</v>
+        <v>40.0</v>
       </c>
       <c r="N161" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O161" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>206</t>
         </is>
       </c>
       <c r="P161" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>8</t>
         </is>
       </c>
       <c r="R161" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S161" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>Condition 4.1 of OLP/70/25</t>
         </is>
       </c>
       <c r="T161" t="n">
-        <v>0.0329</v>
+        <v>6.0E-4</v>
       </c>
       <c r="U161" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V161" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W161" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y161" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB161" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF161" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>IRS/2025/6152/OPPC</t>
+          <t>IRS/2025/6196/OPPC</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>02 May 2025 09:00</t>
+          <t>12 May 2025 06:40</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Montrose BLP</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MONTROSE</t>
         </is>
       </c>
       <c r="G162" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H162" t="n">
-        <v>41.0</v>
+        <v>26.0</v>
       </c>
       <c r="I162" t="n">
-        <v>48.3</v>
+        <v>52.415</v>
       </c>
       <c r="J162" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K162" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L162" t="n">
-        <v>20.0</v>
+        <v>24.0</v>
       </c>
       <c r="M162" t="n">
-        <v>13.35</v>
+        <v>48.319</v>
       </c>
       <c r="N162" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O162" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P162" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>17</t>
         </is>
       </c>
       <c r="R162" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S162" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T162" t="n">
-        <v>0.8642</v>
+        <v>0.0777</v>
       </c>
       <c r="U162" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V162" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB162" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>IRS/2025/6153/OPPC</t>
+          <t>IRS/2025/6198/OPPC</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>02 May 2025 15:00</t>
+          <t>09 May 2025 11:00</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>Forties A Satellite Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G163" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H163" t="n">
-        <v>43.0</v>
+        <v>41.0</v>
       </c>
       <c r="I163" t="n">
-        <v>55.01</v>
+        <v>48.3</v>
       </c>
       <c r="J163" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K163" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L163" t="n">
-        <v>58.0</v>
+        <v>20.0</v>
       </c>
       <c r="M163" t="n">
-        <v>21.79</v>
+        <v>13.35</v>
       </c>
       <c r="N163" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O163" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P163" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R163" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S163" t="inlineStr">
         <is>
-          <t>Condition 4 - Exceedance of FASP monthly 30mg/l</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T163" t="n">
-        <v>0.6171</v>
+        <v>0.0154</v>
       </c>
       <c r="U163" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V163" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>IRS/2025/6163/OPPC</t>
+          <t>IRS/2025/6200/OPPC</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>01 May 2025 09:00</t>
+          <t>01 May 2025 19:00</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Montrose A Platform</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>MONTROSE</t>
         </is>
       </c>
       <c r="G164" t="n">
         <v>57.0</v>
       </c>
       <c r="H164" t="n">
-        <v>17.0</v>
+        <v>26.0</v>
       </c>
       <c r="I164" t="n">
-        <v>15.15</v>
+        <v>52.415</v>
       </c>
       <c r="J164" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K164" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L164" t="n">
-        <v>10.0</v>
+        <v>24.0</v>
       </c>
       <c r="M164" t="n">
-        <v>41.51</v>
+        <v>48.319</v>
       </c>
       <c r="N164" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O164" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P164" t="inlineStr">
         <is>
-          <t>21</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>17</t>
         </is>
       </c>
       <c r="AF164" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>IRS/2025/6165/OPPC</t>
+          <t>IRS/2025/6202/OPPC</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>03 May 2025 21:00</t>
+          <t>12 May 2025 13:15</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G165" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H165" t="n">
-        <v>41.0</v>
+        <v>57.0</v>
       </c>
       <c r="I165" t="n">
-        <v>48.3</v>
+        <v>26.76</v>
       </c>
       <c r="J165" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K165" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L165" t="n">
-        <v>20.0</v>
+        <v>50.0</v>
       </c>
       <c r="M165" t="n">
-        <v>13.35</v>
+        <v>42.26</v>
       </c>
       <c r="N165" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O165" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P165" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R165" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S165" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T165" t="n">
-        <v>0.0034</v>
+        <v>0.012</v>
       </c>
       <c r="U165" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V165" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W165" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y165" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB165" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF165" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>IRS/2025/6168/OPPC</t>
+          <t>IRS/2025/6207/OPPC</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>05 May 2025 13:55</t>
+          <t>30 April 2025 11:35</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Leman BD Platform [PERENCO]</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G166" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="H166" t="n">
-        <v>48.0</v>
+        <v>3.0</v>
       </c>
       <c r="I166" t="n">
-        <v>36.0</v>
+        <v>7.476</v>
       </c>
       <c r="J166" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K166" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L166" t="n">
-        <v>44.0</v>
+        <v>17.0</v>
       </c>
       <c r="M166" t="n">
-        <v>7.0</v>
+        <v>10.818</v>
       </c>
       <c r="N166" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O166" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P166" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>27</t>
         </is>
       </c>
       <c r="R166" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S166" t="inlineStr">
         <is>
-          <t>Discharge condition 4.1.</t>
-[...3 lines deleted...]
-        <v>1.0E-4</v>
+          <t>5.1 The Operator shall comply with the Standard Industry Conditions - failure to submit monthly OPPC return by 28th day of the following month.</t>
+        </is>
       </c>
       <c r="U166" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W166" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y166" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB166" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF166" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>IRS/2025/6179/OPPC</t>
+          <t>IRS/2025/6208/OPPC</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>08 May 2025 15:00</t>
+          <t>30 April 2025 11:35</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G167" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H167" t="n">
-        <v>41.0</v>
+        <v>19.0</v>
       </c>
       <c r="I167" t="n">
-        <v>48.3</v>
+        <v>25.12</v>
       </c>
       <c r="J167" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K167" t="n">
         <v>2.0</v>
       </c>
       <c r="L167" t="n">
-        <v>20.0</v>
+        <v>34.0</v>
       </c>
       <c r="M167" t="n">
-        <v>13.35</v>
+        <v>29.68</v>
       </c>
       <c r="N167" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O167" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P167" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R167" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S167" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
-[...3 lines deleted...]
-        <v>0.0032</v>
+          <t>5.1 The Operator shall comply with the Standard Industry Conditions - failure to submit monthly OPPC return by 28th day of the following month.</t>
+        </is>
       </c>
       <c r="U167" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W167" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y167" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB167" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF167" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>IRS/2025/6180/OPPC</t>
+          <t>IRS/2025/6210/OPPC</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>09 May 2025 04:00</t>
+          <t>14 May 2025 16:00</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G168" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H168" t="n">
-        <v>17.0</v>
+        <v>37.0</v>
       </c>
       <c r="I168" t="n">
-        <v>42.0</v>
+        <v>12.45</v>
       </c>
       <c r="J168" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K168" t="n">
         <v>1.0</v>
       </c>
       <c r="L168" t="n">
-        <v>39.0</v>
+        <v>18.0</v>
       </c>
       <c r="M168" t="n">
-        <v>46.0</v>
+        <v>25.96</v>
       </c>
       <c r="N168" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O168" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P168" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R168" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S168" t="inlineStr">
+        <is>
+          <t>4. Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="T168" t="n">
+        <v>1.7063</v>
+      </c>
+      <c r="U168" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V168" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W168" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y168" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB168" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF168" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>IRS/2025/6194/OPPC</t>
+          <t>IRS/2025/6230/OPPC</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>12 May 2025 09:00</t>
+          <t>21 May 2025 08:00</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Beryl A Platform</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="G169" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="H169" t="n">
-        <v>41.0</v>
+        <v>32.0</v>
       </c>
       <c r="I169" t="n">
-        <v>30.0</v>
+        <v>44.47</v>
       </c>
       <c r="J169" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K169" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L169" t="n">
         <v>32.0</v>
       </c>
       <c r="M169" t="n">
-        <v>40.0</v>
+        <v>16.45</v>
       </c>
       <c r="N169" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O169" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P169" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>13</t>
         </is>
       </c>
       <c r="R169" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S169" t="inlineStr">
         <is>
-          <t>Condition 4.1 of OLP/70/25</t>
+          <t>Condition 4</t>
         </is>
       </c>
       <c r="T169" t="n">
-        <v>6.0E-4</v>
+        <v>5.0E-4</v>
       </c>
       <c r="U169" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V169" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>IRS/2025/6196/OPPC</t>
+          <t>IRS/2025/6243/OPPC</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>12 May 2025 06:40</t>
+          <t>23 May 2025 15:00</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
-          <t>Montrose BLP</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>MONTROSE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G170" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H170" t="n">
-        <v>26.0</v>
+        <v>41.0</v>
       </c>
       <c r="I170" t="n">
-        <v>52.415</v>
+        <v>48.3</v>
       </c>
       <c r="J170" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K170" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L170" t="n">
-        <v>24.0</v>
+        <v>20.0</v>
       </c>
       <c r="M170" t="n">
-        <v>48.319</v>
+        <v>13.35</v>
       </c>
       <c r="N170" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O170" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P170" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R170" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S170" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T170" t="n">
-        <v>0.0777</v>
+        <v>0.0172</v>
       </c>
       <c r="U170" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V170" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W170" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y170" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB170" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF170" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>IRS/2025/6198/OPPC</t>
+          <t>IRS/2025/6247/OPPC</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>09 May 2025 11:00</t>
+          <t>29 April 2025 11:00</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Leman BD Platform [PERENCO]</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G171" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H171" t="n">
-        <v>41.0</v>
+        <v>3.0</v>
       </c>
       <c r="I171" t="n">
-        <v>48.3</v>
+        <v>7.476</v>
       </c>
       <c r="J171" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K171" t="n">
         <v>2.0</v>
       </c>
       <c r="L171" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="M171" t="n">
-        <v>13.35</v>
+        <v>10.818</v>
       </c>
       <c r="N171" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O171" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P171" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>27</t>
         </is>
       </c>
       <c r="R171" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S171" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
-[...3 lines deleted...]
-        <v>0.0154</v>
+          <t>The breach is related to condition 4.2.(d) - 4.2 The discharge(s) from the source(s) specified in Table 1, shall only be permitted: (d) having been quantified at the flow metering location(s);</t>
+        </is>
       </c>
       <c r="U171" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W171" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y171" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z171" t="inlineStr">
+        <is>
+          <t>Another monitoring parameter</t>
         </is>
       </c>
       <c r="AB171" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF171" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>IRS/2025/6200/OPPC</t>
+          <t>IRS/2025/6249/OPPC</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>01 May 2025 19:00</t>
+          <t>26 May 2025 13:25</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
-          <t>Montrose A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>MONTROSE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G172" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H172" t="n">
-        <v>26.0</v>
+        <v>37.0</v>
       </c>
       <c r="I172" t="n">
-        <v>52.415</v>
+        <v>12.45</v>
       </c>
       <c r="J172" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K172" t="n">
         <v>1.0</v>
       </c>
       <c r="L172" t="n">
-        <v>24.0</v>
+        <v>18.0</v>
       </c>
       <c r="M172" t="n">
-        <v>48.319</v>
+        <v>25.96</v>
       </c>
       <c r="N172" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O172" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P172" t="inlineStr">
         <is>
-          <t>17</t>
-        </is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R172" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S172" t="inlineStr">
+        <is>
+          <t>4A</t>
+        </is>
+      </c>
+      <c r="T172" t="n">
+        <v>0.0365</v>
+      </c>
+      <c r="U172" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V172" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W172" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y172" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB172" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC172" t="n">
+        <v>240.0</v>
+      </c>
+      <c r="AD172" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="AE172" t="n">
+        <v>3.0</v>
       </c>
       <c r="AF172" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>IRS/2025/6202/OPPC</t>
+          <t>IRS/2025/6250/OPPC</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>12 May 2025 13:15</t>
+          <t>28 May 2025 08:00</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G173" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H173" t="n">
-        <v>57.0</v>
+        <v>19.0</v>
       </c>
       <c r="I173" t="n">
-        <v>26.76</v>
+        <v>25.12</v>
       </c>
       <c r="J173" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K173" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L173" t="n">
-        <v>50.0</v>
+        <v>34.0</v>
       </c>
       <c r="M173" t="n">
-        <v>42.26</v>
+        <v>29.68</v>
       </c>
       <c r="N173" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O173" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P173" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R173" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S173" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
         </is>
       </c>
       <c r="T173" t="n">
-        <v>0.012</v>
+        <v>0.8524</v>
       </c>
       <c r="U173" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V173" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W173" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y173" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB173" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC173" t="n">
+        <v>295.0</v>
+      </c>
+      <c r="AD173" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="AE173" t="n">
+        <v>0.5</v>
       </c>
       <c r="AF173" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>IRS/2025/6207/OPPC</t>
+          <t>IRS/2025/6255/OPPC</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>30 April 2025 11:35</t>
+          <t>30 May 2025 03:15</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
-          <t>Leman BD Platform [PERENCO]</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>DRAKE</t>
         </is>
       </c>
       <c r="G174" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H174" t="n">
-        <v>3.0</v>
+        <v>57.0</v>
       </c>
       <c r="I174" t="n">
-        <v>7.476</v>
+        <v>26.76</v>
       </c>
       <c r="J174" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K174" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L174" t="n">
-        <v>17.0</v>
+        <v>50.0</v>
       </c>
       <c r="M174" t="n">
-        <v>10.818</v>
+        <v>42.26</v>
       </c>
       <c r="N174" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O174" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P174" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R174" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S174" t="inlineStr">
         <is>
-          <t>5.1 The Operator shall comply with the Standard Industry Conditions - failure to submit monthly OPPC return by 28th day of the following month.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T174" t="n">
+        <v>1.0E-4</v>
       </c>
       <c r="U174" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V174" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W174" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y174" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB174" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF174" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>IRS/2025/6208/OPPC</t>
+          <t>IRS/2025/6261/OPPC</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>30 April 2025 11:35</t>
+          <t>31 May 2025 11:30</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G175" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H175" t="n">
-        <v>19.0</v>
+        <v>28.0</v>
       </c>
       <c r="I175" t="n">
-        <v>25.12</v>
+        <v>6.0</v>
       </c>
       <c r="J175" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K175" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L175" t="n">
-        <v>34.0</v>
+        <v>31.0</v>
       </c>
       <c r="M175" t="n">
-        <v>29.68</v>
+        <v>43.0</v>
       </c>
       <c r="N175" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O175" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P175" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R175" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S175" t="inlineStr">
         <is>
-          <t>5.1 The Operator shall comply with the Standard Industry Conditions - failure to submit monthly OPPC return by 28th day of the following month.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T175" t="n">
+        <v>0.0776</v>
       </c>
       <c r="U175" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V175" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W175" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y175" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB175" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF175" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>IRS/2025/6210/OPPC</t>
+          <t>IRS/2025/6263/OPPC</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>14 May 2025 16:00</t>
+          <t>01 June 2025 02:55</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G176" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="H176" t="n">
-        <v>37.0</v>
+        <v>26.0</v>
       </c>
       <c r="I176" t="n">
-        <v>12.45</v>
+        <v>58.0</v>
       </c>
       <c r="J176" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K176" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L176" t="n">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="M176" t="n">
-        <v>25.96</v>
+        <v>13.0</v>
       </c>
       <c r="N176" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O176" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P176" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>19</t>
         </is>
       </c>
       <c r="AF176" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>IRS/2025/6230/OPPC</t>
+          <t>IRS/2025/6264/OPPC</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>21 May 2025 08:00</t>
+          <t>31 May 2025 11:05</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
-          <t>Beryl A Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G177" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H177" t="n">
-        <v>32.0</v>
+        <v>48.0</v>
       </c>
       <c r="I177" t="n">
-        <v>44.47</v>
+        <v>36.0</v>
       </c>
       <c r="J177" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K177" t="n">
         <v>1.0</v>
       </c>
       <c r="L177" t="n">
-        <v>32.0</v>
+        <v>44.0</v>
       </c>
       <c r="M177" t="n">
-        <v>16.45</v>
+        <v>7.0</v>
       </c>
       <c r="N177" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O177" t="inlineStr">
         <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P177" t="inlineStr">
+        <is>
           <t>9</t>
-        </is>
-[...41 lines deleted...]
-          <t>No</t>
         </is>
       </c>
       <c r="AF177" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>IRS/2025/6243/OPPC</t>
+          <t>IRS/2025/6266/OPPC</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>23 May 2025 15:00</t>
+          <t>30 May 2025 15:00</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G178" t="n">
         <v>56.0</v>
       </c>
       <c r="H178" t="n">
         <v>41.0</v>
       </c>
       <c r="I178" t="n">
         <v>48.3</v>
@@ -19713,3647 +19810,3718 @@
       <c r="M178" t="n">
         <v>13.35</v>
       </c>
       <c r="N178" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O178" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P178" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R178" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S178" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T178" t="n">
-        <v>0.0172</v>
+        <v>0.0111</v>
       </c>
       <c r="U178" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V178" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W178" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y178" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB178" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF178" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>IRS/2025/6247/OPPC</t>
+          <t>IRS/2025/6267/OPPC</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>29 April 2025 11:00</t>
+          <t>02 June 2025 09:00</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
-          <t>Leman BD Platform [PERENCO]</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G179" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H179" t="n">
-        <v>3.0</v>
+        <v>41.0</v>
       </c>
       <c r="I179" t="n">
-        <v>7.476</v>
+        <v>48.3</v>
       </c>
       <c r="J179" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K179" t="n">
         <v>2.0</v>
       </c>
       <c r="L179" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M179" t="n">
-        <v>10.818</v>
+        <v>13.35</v>
       </c>
       <c r="N179" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O179" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P179" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R179" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S179" t="inlineStr">
         <is>
-          <t>The breach is related to condition 4.2.(d) - 4.2 The discharge(s) from the source(s) specified in Table 1, shall only be permitted: (d) having been quantified at the flow metering location(s);</t>
-        </is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T179" t="n">
+        <v>0.1131</v>
       </c>
       <c r="U179" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V179" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W179" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y179" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Another monitoring parameter</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB179" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF179" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>IRS/2025/6249/OPPC</t>
+          <t>IRS/2025/6268/OPPC</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>26 May 2025 13:25</t>
+          <t>02 June 2025 09:00</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G180" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H180" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I180" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J180" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K180" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L180" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M180" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N180" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O180" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P180" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R180" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S180" t="inlineStr">
         <is>
-          <t>4A</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T180" t="n">
-        <v>0.0365</v>
+        <v>1.1752</v>
       </c>
       <c r="U180" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V180" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W180" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y180" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB180" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>3.0</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF180" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>IRS/2025/6250/OPPC</t>
+          <t>IRS/2025/6269/OPPC</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>28 May 2025 08:00</t>
+          <t>01 June 2025 00:01</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G181" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H181" t="n">
-        <v>19.0</v>
+        <v>11.0</v>
       </c>
       <c r="I181" t="n">
-        <v>25.12</v>
+        <v>3.752</v>
       </c>
       <c r="J181" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K181" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L181" t="n">
-        <v>34.0</v>
+        <v>59.0</v>
       </c>
       <c r="M181" t="n">
-        <v>29.68</v>
+        <v>54.329</v>
       </c>
       <c r="N181" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O181" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P181" t="inlineStr">
         <is>
-          <t>23</t>
-[...47 lines deleted...]
-        <v>0.5</v>
+          <t>25</t>
+        </is>
       </c>
       <c r="AF181" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>IRS/2025/6255/OPPC</t>
+          <t>IRS/2025/6270/OPPC</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>30 May 2025 03:15</t>
+          <t>01 June 2025 00:00</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>DRAKE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G182" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H182" t="n">
-        <v>57.0</v>
+        <v>37.0</v>
       </c>
       <c r="I182" t="n">
-        <v>26.76</v>
+        <v>12.45</v>
       </c>
       <c r="J182" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K182" t="n">
         <v>1.0</v>
       </c>
       <c r="L182" t="n">
-        <v>50.0</v>
+        <v>18.0</v>
       </c>
       <c r="M182" t="n">
-        <v>42.26</v>
+        <v>25.96</v>
       </c>
       <c r="N182" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O182" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P182" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R182" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S182" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4A</t>
         </is>
       </c>
       <c r="T182" t="n">
-        <v>1.0E-4</v>
+        <v>0.4547</v>
       </c>
       <c r="U182" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V182" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W182" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y182" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB182" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF182" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>IRS/2025/6261/OPPC</t>
+          <t>IRS/2025/6271/OPPC</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>31 May 2025 11:30</t>
+          <t>01 June 2025 00:00</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>TEAL</t>
         </is>
       </c>
       <c r="G183" t="n">
         <v>57.0</v>
       </c>
       <c r="H183" t="n">
-        <v>28.0</v>
+        <v>15.0</v>
       </c>
       <c r="I183" t="n">
-        <v>6.0</v>
+        <v>23.0</v>
       </c>
       <c r="J183" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K183" t="n">
         <v>0.0</v>
       </c>
       <c r="L183" t="n">
-        <v>31.0</v>
+        <v>48.0</v>
       </c>
       <c r="M183" t="n">
-        <v>43.0</v>
+        <v>29.0</v>
       </c>
       <c r="N183" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O183" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P183" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>25</t>
         </is>
       </c>
       <c r="R183" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S183" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T183" t="n">
-        <v>0.0776</v>
+        <v>0.1961</v>
       </c>
       <c r="U183" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V183" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W183" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y183" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB183" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF183" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>IRS/2025/6263/OPPC</t>
+          <t>IRS/2025/6272/OPPC</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>01 June 2025 02:55</t>
+          <t>01 June 2025 00:00</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Brae East Platform</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>EAST BRAE</t>
         </is>
       </c>
       <c r="G184" t="n">
         <v>58.0</v>
       </c>
       <c r="H184" t="n">
-        <v>26.0</v>
+        <v>52.0</v>
       </c>
       <c r="I184" t="n">
-        <v>58.0</v>
+        <v>34.183</v>
       </c>
       <c r="J184" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K184" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L184" t="n">
-        <v>15.0</v>
+        <v>31.0</v>
       </c>
       <c r="M184" t="n">
-        <v>13.0</v>
+        <v>37.421</v>
       </c>
       <c r="N184" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O184" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P184" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="R184" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S184" t="inlineStr">
+        <is>
+          <t>Monthly average concentration &gt;30mg/l for month of May</t>
+        </is>
+      </c>
+      <c r="T184" t="n">
+        <v>0.0739</v>
+      </c>
+      <c r="U184" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V184" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W184" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y184" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB184" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF184" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>IRS/2025/6264/OPPC</t>
+          <t>IRS/2025/6277/OPPC</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>31 May 2025 11:05</t>
+          <t>02 June 2025 09:00</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G185" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H185" t="n">
-        <v>48.0</v>
+        <v>57.0</v>
       </c>
       <c r="I185" t="n">
-        <v>36.0</v>
+        <v>26.76</v>
       </c>
       <c r="J185" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K185" t="n">
         <v>1.0</v>
       </c>
       <c r="L185" t="n">
-        <v>44.0</v>
+        <v>50.0</v>
       </c>
       <c r="M185" t="n">
-        <v>7.0</v>
+        <v>42.26</v>
       </c>
       <c r="N185" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O185" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P185" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="R185" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S185" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T185" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="U185" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V185" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W185" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y185" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB185" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF185" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>IRS/2025/6266/OPPC</t>
+          <t>IRS/2025/6278/OPPC</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>30 May 2025 15:00</t>
+          <t>29 May 2025 08:30</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Hewett 48/29 AP Platform</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>HEWETT</t>
         </is>
       </c>
       <c r="G186" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H186" t="n">
-        <v>41.0</v>
+        <v>1.0</v>
       </c>
       <c r="I186" t="n">
-        <v>48.3</v>
+        <v>3.0</v>
       </c>
       <c r="J186" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K186" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L186" t="n">
-        <v>20.0</v>
+        <v>47.0</v>
       </c>
       <c r="M186" t="n">
-        <v>13.35</v>
+        <v>45.0</v>
       </c>
       <c r="N186" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O186" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>48</t>
         </is>
       </c>
       <c r="P186" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>29</t>
         </is>
       </c>
       <c r="R186" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S186" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
-[...3 lines deleted...]
-        <v>0.0111</v>
+          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U186" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W186" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y186" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z186" t="inlineStr">
+        <is>
+          <t>Sampling and analysis method, Sampling frequency</t>
         </is>
       </c>
       <c r="AB186" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF186" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>IRS/2025/6267/OPPC</t>
+          <t>IRS/2025/6279/OPPC</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>02 June 2025 09:00</t>
+          <t>01 June 2025 12:00</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G187" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H187" t="n">
-        <v>41.0</v>
+        <v>28.0</v>
       </c>
       <c r="I187" t="n">
-        <v>48.3</v>
+        <v>6.0</v>
       </c>
       <c r="J187" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K187" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L187" t="n">
-        <v>20.0</v>
+        <v>31.0</v>
       </c>
       <c r="M187" t="n">
-        <v>13.35</v>
+        <v>43.0</v>
       </c>
       <c r="N187" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O187" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P187" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R187" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S187" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T187" t="n">
-        <v>0.1131</v>
+        <v>1.5582</v>
       </c>
       <c r="U187" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V187" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W187" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y187" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB187" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF187" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>IRS/2025/6268/OPPC</t>
+          <t>IRS/2025/6283/OPPC</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>02 June 2025 09:00</t>
+          <t>09 May 2025 09:00</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Forties FC Platform</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G188" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H188" t="n">
-        <v>41.0</v>
+        <v>43.0</v>
       </c>
       <c r="I188" t="n">
-        <v>48.3</v>
+        <v>37.03</v>
       </c>
       <c r="J188" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K188" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L188" t="n">
-        <v>20.0</v>
+        <v>54.0</v>
       </c>
       <c r="M188" t="n">
-        <v>13.35</v>
+        <v>50.74</v>
       </c>
       <c r="N188" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O188" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P188" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R188" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S188" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
-[...3 lines deleted...]
-        <v>1.1752</v>
+          <t>4.3 Discharge Conditions -  Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U188" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y188" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z188" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>IRS/2025/6269/OPPC</t>
+          <t>IRS/2025/6284/OPPC</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>01 June 2025 00:01</t>
+          <t>22 May 2025 18:00</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G189" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H189" t="n">
-        <v>11.0</v>
+        <v>51.0</v>
       </c>
       <c r="I189" t="n">
-        <v>3.752</v>
+        <v>34.4</v>
       </c>
       <c r="J189" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K189" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L189" t="n">
-        <v>59.0</v>
+        <v>28.0</v>
       </c>
       <c r="M189" t="n">
-        <v>54.329</v>
+        <v>9.6</v>
       </c>
       <c r="N189" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O189" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P189" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF189" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>IRS/2025/6270/OPPC</t>
+          <t>IRS/2025/6299/OPPC</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>01 June 2025 00:00</t>
+          <t>09 June 2025 16:30</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G190" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H190" t="n">
-        <v>37.0</v>
+        <v>57.0</v>
       </c>
       <c r="I190" t="n">
-        <v>12.45</v>
+        <v>26.76</v>
       </c>
       <c r="J190" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K190" t="n">
         <v>1.0</v>
       </c>
       <c r="L190" t="n">
-        <v>18.0</v>
+        <v>50.0</v>
       </c>
       <c r="M190" t="n">
-        <v>25.96</v>
+        <v>42.26</v>
       </c>
       <c r="N190" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O190" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P190" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R190" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S190" t="inlineStr">
         <is>
-          <t>4A</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T190" t="n">
-        <v>0.4547</v>
+        <v>0.08</v>
       </c>
       <c r="U190" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V190" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Maximum concentration, Maximum load</t>
         </is>
       </c>
       <c r="W190" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y190" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB190" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="AC190" t="n">
+        <v>218.0</v>
+      </c>
+      <c r="AD190" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="AE190" t="n">
+        <v>1.0</v>
+      </c>
       <c r="AF190" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>IRS/2025/6271/OPPC</t>
+          <t>IRS/2025/6301/OPPC</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>01 June 2025 00:00</t>
+          <t>31 May 2025 11:00</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>ANASURIA OPERATING COMPANY LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>Anasuria FPSO</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>TEAL</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G191" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H191" t="n">
-        <v>15.0</v>
+        <v>48.0</v>
       </c>
       <c r="I191" t="n">
-        <v>23.0</v>
+        <v>36.0</v>
       </c>
       <c r="J191" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K191" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L191" t="n">
-        <v>48.0</v>
+        <v>44.0</v>
       </c>
       <c r="M191" t="n">
-        <v>29.0</v>
+        <v>7.0</v>
       </c>
       <c r="N191" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O191" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P191" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R191" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S191" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Discharge condition 4.1</t>
         </is>
       </c>
       <c r="T191" t="n">
-        <v>0.1961</v>
+        <v>0.0291</v>
       </c>
       <c r="U191" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V191" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W191" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y191" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB191" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF191" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>IRS/2025/6272/OPPC</t>
+          <t>IRS/2025/6303/OPPC</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>01 June 2025 00:00</t>
+          <t>10 June 2025 11:30</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
-          <t>Brae East Platform</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>EAST BRAE</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G192" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H192" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="I192" t="n">
+        <v>55.01</v>
+      </c>
+      <c r="J192" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K192" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L192" t="n">
         <v>58.0</v>
       </c>
-      <c r="H192" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="M192" t="n">
-        <v>37.421</v>
+        <v>21.79</v>
       </c>
       <c r="N192" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O192" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P192" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R192" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S192" t="inlineStr">
         <is>
-          <t>Monthly average concentration &gt;30mg/l for month of May</t>
+          <t>Discharge condition 4 - Max exceedance</t>
         </is>
       </c>
       <c r="T192" t="n">
-        <v>0.0739</v>
+        <v>0.0088</v>
       </c>
       <c r="U192" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V192" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W192" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y192" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB192" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF192" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>IRS/2025/6277/OPPC</t>
+          <t>IRS/2025/6308/OPPC</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>02 June 2025 09:00</t>
+          <t>12 June 2025 12:40</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>GRYPHON</t>
         </is>
       </c>
       <c r="G193" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H193" t="n">
-        <v>57.0</v>
+        <v>21.0</v>
       </c>
       <c r="I193" t="n">
-        <v>26.76</v>
+        <v>4.1</v>
       </c>
       <c r="J193" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K193" t="n">
         <v>1.0</v>
       </c>
       <c r="L193" t="n">
-        <v>50.0</v>
+        <v>33.0</v>
       </c>
       <c r="M193" t="n">
-        <v>42.26</v>
+        <v>9.95</v>
       </c>
       <c r="N193" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O193" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P193" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R193" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S193" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4.1</t>
         </is>
       </c>
       <c r="T193" t="n">
-        <v>0.0059</v>
+        <v>0.057</v>
       </c>
       <c r="U193" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V193" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W193" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y193" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB193" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF193" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>IRS/2025/6278/OPPC</t>
+          <t>IRS/2025/6312/OPPC</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>29 May 2025 08:30</t>
+          <t>12 June 2025 15:00</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
-          <t>Hewett 48/29 AP Platform</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>HEWETT</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G194" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H194" t="n">
-        <v>1.0</v>
+        <v>43.0</v>
       </c>
       <c r="I194" t="n">
-        <v>3.0</v>
+        <v>55.01</v>
       </c>
       <c r="J194" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K194" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L194" t="n">
-        <v>47.0</v>
+        <v>58.0</v>
       </c>
       <c r="M194" t="n">
-        <v>45.0</v>
+        <v>21.79</v>
       </c>
       <c r="N194" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O194" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P194" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R194" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S194" t="inlineStr">
         <is>
-          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>Condition 4 - Discharge condition Monthly exceedance</t>
+        </is>
+      </c>
+      <c r="T194" t="n">
+        <v>0.2653</v>
       </c>
       <c r="U194" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V194" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W194" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y194" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling and analysis method, Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB194" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF194" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>IRS/2025/6279/OPPC</t>
+          <t>IRS/2025/6320/OPPC</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>01 June 2025 12:00</t>
+          <t>16 June 2025 10:00</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G195" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H195" t="n">
-        <v>28.0</v>
+        <v>37.0</v>
       </c>
       <c r="I195" t="n">
-        <v>6.0</v>
+        <v>12.45</v>
       </c>
       <c r="J195" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K195" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L195" t="n">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
       <c r="M195" t="n">
-        <v>43.0</v>
+        <v>25.96</v>
       </c>
       <c r="N195" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O195" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P195" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R195" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S195" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4. Discharge Conditions</t>
         </is>
       </c>
       <c r="T195" t="n">
-        <v>1.5582</v>
+        <v>0.2126</v>
       </c>
       <c r="U195" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V195" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W195" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y195" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB195" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF195" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>IRS/2025/6283/OPPC</t>
+          <t>IRS/2025/6329/OPPC</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>09 May 2025 09:00</t>
+          <t>16 June 2025 21:00</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
-          <t>Forties FC Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G196" t="n">
         <v>57.0</v>
       </c>
       <c r="H196" t="n">
-        <v>43.0</v>
+        <v>17.0</v>
       </c>
       <c r="I196" t="n">
-        <v>37.03</v>
+        <v>15.15</v>
       </c>
       <c r="J196" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K196" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L196" t="n">
-        <v>54.0</v>
+        <v>10.0</v>
       </c>
       <c r="M196" t="n">
-        <v>50.74</v>
+        <v>41.51</v>
       </c>
       <c r="N196" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O196" t="inlineStr">
         <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P196" t="inlineStr">
+        <is>
           <t>21</t>
         </is>
       </c>
-      <c r="P196" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R196" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S196" t="inlineStr">
         <is>
-          <t>4.3 Discharge Conditions -  Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T196" t="n">
+        <v>0.0015</v>
       </c>
       <c r="U196" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V196" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W196" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y196" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB196" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF196" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>IRS/2025/6284/OPPC</t>
+          <t>IRS/2025/6332/OPPC</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>22 May 2025 18:00</t>
+          <t>20 June 2025 07:32</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>PREMIER OIL UK LIMITED</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Solan Subsea Storage Tank</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>SOLAN</t>
         </is>
       </c>
       <c r="G197" t="n">
         <v>60.0</v>
       </c>
       <c r="H197" t="n">
-        <v>51.0</v>
+        <v>3.0</v>
       </c>
       <c r="I197" t="n">
-        <v>34.4</v>
+        <v>43.92</v>
       </c>
       <c r="J197" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K197" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="L197" t="n">
-        <v>28.0</v>
+        <v>58.0</v>
       </c>
       <c r="M197" t="n">
-        <v>9.6</v>
+        <v>9.77</v>
       </c>
       <c r="N197" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O197" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>205</t>
         </is>
       </c>
       <c r="P197" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="R197" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S197" t="inlineStr">
+        <is>
+          <t>Condition 3.1</t>
+        </is>
+      </c>
+      <c r="U197" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W197" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y197" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB197" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF197" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>IRS/2025/6299/OPPC</t>
+          <t>IRS/2025/6339/OPPC</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>09 June 2025 16:30</t>
+          <t>21 June 2025 08:45</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="G198" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H198" t="n">
-        <v>57.0</v>
+        <v>2.0</v>
       </c>
       <c r="I198" t="n">
-        <v>26.76</v>
+        <v>55.13</v>
       </c>
       <c r="J198" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K198" t="n">
         <v>1.0</v>
       </c>
       <c r="L198" t="n">
-        <v>50.0</v>
+        <v>8.0</v>
       </c>
       <c r="M198" t="n">
-        <v>42.26</v>
+        <v>19.54</v>
       </c>
       <c r="N198" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O198" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P198" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R198" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S198" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Discharge conditions 4.1</t>
         </is>
       </c>
       <c r="T198" t="n">
-        <v>0.08</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U198" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V198" t="inlineStr">
         <is>
-          <t>Maximum concentration, Maximum load</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W198" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y198" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB198" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>1.0</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF198" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>IRS/2025/6301/OPPC</t>
+          <t>IRS/2025/6351/OPPC</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>31 May 2025 11:00</t>
+          <t>03 May 2025 09:20</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Ninian Southern Platform</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G199" t="n">
         <v>60.0</v>
       </c>
       <c r="H199" t="n">
         <v>48.0</v>
       </c>
       <c r="I199" t="n">
-        <v>36.0</v>
+        <v>20.02</v>
       </c>
       <c r="J199" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K199" t="n">
         <v>1.0</v>
       </c>
       <c r="L199" t="n">
-        <v>44.0</v>
+        <v>27.0</v>
       </c>
       <c r="M199" t="n">
-        <v>7.0</v>
+        <v>1.36</v>
       </c>
       <c r="N199" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O199" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P199" t="inlineStr">
         <is>
-          <t>9</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>8</t>
         </is>
       </c>
       <c r="AF199" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>IRS/2025/6303/OPPC</t>
+          <t>IRS/2025/6352/OPPC</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>10 June 2025 11:30</t>
+          <t>24 June 2025 11:00</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>PREMIER OIL UK LIMITED</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Solan Platform</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>SOLAN</t>
         </is>
       </c>
       <c r="G200" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H200" t="n">
-        <v>43.0</v>
+        <v>3.0</v>
       </c>
       <c r="I200" t="n">
-        <v>55.01</v>
+        <v>41.8</v>
       </c>
       <c r="J200" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K200" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="L200" t="n">
         <v>58.0</v>
       </c>
       <c r="M200" t="n">
-        <v>21.79</v>
+        <v>16.5</v>
       </c>
       <c r="N200" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O200" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>205</t>
         </is>
       </c>
       <c r="P200" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R200" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S200" t="inlineStr">
         <is>
-          <t>Discharge condition 4 - Max exceedance</t>
-[...3 lines deleted...]
-        <v>0.0088</v>
+          <t>4.3</t>
+        </is>
       </c>
       <c r="U200" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W200" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y200" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z200" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB200" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF200" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>IRS/2025/6308/OPPC</t>
+          <t>IRS/2025/6353/OPPC</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>12 June 2025 12:40</t>
+          <t>24 June 2025 08:00</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>GRYPHON</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G201" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H201" t="n">
-        <v>21.0</v>
+        <v>28.0</v>
       </c>
       <c r="I201" t="n">
-        <v>4.1</v>
+        <v>6.0</v>
       </c>
       <c r="J201" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K201" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L201" t="n">
-        <v>33.0</v>
+        <v>31.0</v>
       </c>
       <c r="M201" t="n">
-        <v>9.95</v>
+        <v>43.0</v>
       </c>
       <c r="N201" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O201" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P201" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="R201" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S201" t="inlineStr">
         <is>
-          <t>Condition 4.1</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T201" t="n">
-        <v>0.057</v>
+        <v>0.0983</v>
       </c>
       <c r="U201" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V201" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W201" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y201" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB201" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF201" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>IRS/2025/6312/OPPC</t>
+          <t>IRS/2025/6358/OPPC</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>12 June 2025 15:00</t>
+          <t>27 June 2025 08:00</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="G202" t="n">
         <v>57.0</v>
       </c>
       <c r="H202" t="n">
-        <v>43.0</v>
+        <v>48.0</v>
       </c>
       <c r="I202" t="n">
-        <v>55.01</v>
+        <v>53.88</v>
       </c>
       <c r="J202" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K202" t="n">
         <v>0.0</v>
       </c>
       <c r="L202" t="n">
         <v>58.0</v>
       </c>
       <c r="M202" t="n">
-        <v>21.79</v>
+        <v>21.95</v>
       </c>
       <c r="N202" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O202" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>20</t>
         </is>
       </c>
       <c r="P202" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R202" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S202" t="inlineStr">
         <is>
-          <t>Condition 4 - Discharge condition Monthly exceedance</t>
+          <t>Condition 4. Permitted Discharges: Discharge Produced Water Stream (&gt;2 te) overboard discharge concentration &gt; 100 mg/l</t>
         </is>
       </c>
       <c r="T202" t="n">
-        <v>0.2653</v>
+        <v>0.2719</v>
       </c>
       <c r="U202" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V202" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W202" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y202" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB202" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF202" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>IRS/2025/6320/OPPC</t>
+          <t>IRS/2025/6361/OPPC</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>16 June 2025 10:00</t>
+          <t>27 June 2025 14:00</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G203" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H203" t="n">
-        <v>37.0</v>
+        <v>28.0</v>
       </c>
       <c r="I203" t="n">
-        <v>12.45</v>
+        <v>6.0</v>
       </c>
       <c r="J203" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K203" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L203" t="n">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
       <c r="M203" t="n">
-        <v>25.96</v>
+        <v>43.0</v>
       </c>
       <c r="N203" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O203" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P203" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R203" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S203" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T203" t="n">
-        <v>0.2126</v>
+        <v>0.1201</v>
       </c>
       <c r="U203" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V203" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>IRS/2025/6329/OPPC</t>
+          <t>IRS/2025/6371/OPPC</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>16 June 2025 21:00</t>
+          <t>28 June 2025 09:05</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G204" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H204" t="n">
-        <v>17.0</v>
+        <v>37.0</v>
       </c>
       <c r="I204" t="n">
-        <v>15.15</v>
+        <v>12.45</v>
       </c>
       <c r="J204" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K204" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L204" t="n">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="M204" t="n">
-        <v>41.51</v>
+        <v>25.96</v>
       </c>
       <c r="N204" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O204" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P204" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R204" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S204" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>The maximum concentration of oil within the produced water discharged via the PROWD 1 (C-1504).
+Sample concentration exceeding the 100mg/l limit.</t>
         </is>
       </c>
       <c r="T204" t="n">
-        <v>0.0015</v>
+        <v>0.117</v>
       </c>
       <c r="U204" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V204" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W204" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y204" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB204" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF204" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>IRS/2025/6332/OPPC</t>
+          <t>IRS/2025/6372/OPPC</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>20 June 2025 07:32</t>
+          <t>30 June 2025 10:00</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>PREMIER OIL UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>Solan Subsea Storage Tank</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>SOLAN</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G205" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="H205" t="n">
-        <v>3.0</v>
+        <v>19.0</v>
       </c>
       <c r="I205" t="n">
-        <v>43.92</v>
+        <v>25.12</v>
       </c>
       <c r="J205" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K205" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="L205" t="n">
-        <v>58.0</v>
+        <v>34.0</v>
       </c>
       <c r="M205" t="n">
-        <v>9.77</v>
+        <v>29.68</v>
       </c>
       <c r="N205" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O205" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P205" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R205" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S205" t="inlineStr">
         <is>
-          <t>Condition 3.1</t>
-        </is>
+          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
+        </is>
+      </c>
+      <c r="T205" t="n">
+        <v>0.8568</v>
       </c>
       <c r="U205" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V205" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB205" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>IRS/2025/6339/OPPC</t>
+          <t>IRS/2025/6373/OPPC</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>21 June 2025 08:45</t>
+          <t>20 June 2025 10:00</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G206" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="H206" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="I206" t="n">
+        <v>25.12</v>
+      </c>
+      <c r="J206" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K206" t="n">
         <v>2.0</v>
       </c>
-      <c r="I206" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="L206" t="n">
-        <v>8.0</v>
+        <v>34.0</v>
       </c>
       <c r="M206" t="n">
-        <v>19.54</v>
+        <v>29.68</v>
       </c>
       <c r="N206" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O206" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P206" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R206" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S206" t="inlineStr">
         <is>
-          <t>Discharge conditions 4.1</t>
+          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
         </is>
       </c>
       <c r="T206" t="n">
-        <v>2.0E-4</v>
+        <v>0.5221</v>
       </c>
       <c r="U206" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V206" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W206" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y206" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB206" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC206" t="n">
+        <v>143.0</v>
+      </c>
+      <c r="AD206" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="AE206" t="n">
+        <v>0.7</v>
       </c>
       <c r="AF206" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>IRS/2025/6351/OPPC</t>
+          <t>IRS/2025/6380/OPPC</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>03 May 2025 09:20</t>
+          <t>01 July 2025 09:30</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>Ninian Southern Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G207" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H207" t="n">
-        <v>48.0</v>
+        <v>41.0</v>
       </c>
       <c r="I207" t="n">
-        <v>20.02</v>
+        <v>48.3</v>
       </c>
       <c r="J207" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K207" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L207" t="n">
-        <v>27.0</v>
+        <v>20.0</v>
       </c>
       <c r="M207" t="n">
-        <v>1.36</v>
+        <v>13.35</v>
       </c>
       <c r="N207" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O207" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P207" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R207" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S207" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T207" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="U207" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V207" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W207" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y207" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB207" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF207" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>IRS/2025/6352/OPPC</t>
+          <t>IRS/2025/6381/OPPC</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>24 June 2025 11:00</t>
+          <t>25 June 2025 09:00</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>PREMIER OIL UK LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
-          <t>Solan Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>SOLAN</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="G208" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H208" t="n">
-        <v>3.0</v>
+        <v>57.0</v>
       </c>
       <c r="I208" t="n">
-        <v>41.8</v>
+        <v>26.76</v>
       </c>
       <c r="J208" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K208" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L208" t="n">
-        <v>58.0</v>
+        <v>50.0</v>
       </c>
       <c r="M208" t="n">
-        <v>16.5</v>
+        <v>42.26</v>
       </c>
       <c r="N208" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O208" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P208" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R208" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S208" t="inlineStr">
         <is>
-          <t>4.3</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T208" t="n">
+        <v>1.0059</v>
       </c>
       <c r="U208" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V208" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W208" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y208" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB208" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF208" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>IRS/2025/6353/OPPC</t>
+          <t>IRS/2025/6385/OPPC</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>24 June 2025 08:00</t>
+          <t>23 June 2025 15:00</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G209" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H209" t="n">
-        <v>28.0</v>
+        <v>5.0</v>
       </c>
       <c r="I209" t="n">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
       <c r="J209" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K209" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L209" t="n">
-        <v>31.0</v>
+        <v>7.0</v>
       </c>
       <c r="M209" t="n">
-        <v>43.0</v>
+        <v>45.0</v>
       </c>
       <c r="N209" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O209" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P209" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R209" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S209" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Exceeded the maximum concentration of 30mg/l in one month average.</t>
         </is>
       </c>
       <c r="T209" t="n">
-        <v>0.0983</v>
+        <v>0.0018</v>
       </c>
       <c r="U209" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V209" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>IRS/2025/6358/OPPC</t>
+          <t>IRS/2025/6389/OPPC</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>27 June 2025 08:00</t>
+          <t>01 July 2025 12:00</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G210" t="n">
         <v>57.0</v>
       </c>
       <c r="H210" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
       <c r="I210" t="n">
-        <v>53.88</v>
+        <v>6.0</v>
       </c>
       <c r="J210" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K210" t="n">
         <v>0.0</v>
       </c>
       <c r="L210" t="n">
-        <v>58.0</v>
+        <v>31.0</v>
       </c>
       <c r="M210" t="n">
-        <v>21.95</v>
+        <v>43.0</v>
       </c>
       <c r="N210" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O210" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P210" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R210" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S210" t="inlineStr">
         <is>
-          <t>Condition 4. Permitted Discharges: Discharge Produced Water Stream (&gt;2 te) overboard discharge concentration &gt; 100 mg/l</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T210" t="n">
-        <v>0.2719</v>
+        <v>0.6787</v>
       </c>
       <c r="U210" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V210" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>IRS/2025/6361/OPPC</t>
+          <t>IRS/2025/6390/OPPC</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>27 June 2025 14:00</t>
+          <t>01 July 2025 15:14</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="G211" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H211" t="n">
-        <v>28.0</v>
+        <v>46.0</v>
       </c>
       <c r="I211" t="n">
-        <v>6.0</v>
+        <v>12.43</v>
       </c>
       <c r="J211" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K211" t="n">
         <v>0.0</v>
       </c>
       <c r="L211" t="n">
-        <v>31.0</v>
+        <v>42.0</v>
       </c>
       <c r="M211" t="n">
-        <v>43.0</v>
+        <v>46.93</v>
       </c>
       <c r="N211" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O211" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>28</t>
         </is>
       </c>
       <c r="P211" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R211" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S211" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T211" t="n">
-        <v>0.1201</v>
+        <v>6.0E-4</v>
       </c>
       <c r="U211" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V211" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>IRS/2025/6371/OPPC</t>
+          <t>IRS/2025/6393/OPPC</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>28 June 2025 09:05</t>
+          <t>02 July 2025 08:00</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G212" t="n">
         <v>61.0</v>
       </c>
       <c r="H212" t="n">
         <v>37.0</v>
       </c>
       <c r="I212" t="n">
         <v>12.45</v>
@@ -23372,2744 +23540,2734 @@
       <c r="M212" t="n">
         <v>25.96</v>
       </c>
       <c r="N212" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O212" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P212" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R212" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S212" t="inlineStr">
         <is>
-          <t>The maximum concentration of oil within the produced water discharged via the PROWD 1 (C-1504).
-Sample concentration exceeding the 100mg/l limit.</t>
+          <t>4A</t>
         </is>
       </c>
       <c r="T212" t="n">
-        <v>0.117</v>
+        <v>0.4932</v>
       </c>
       <c r="U212" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V212" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W212" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y212" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB212" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF212" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>IRS/2025/6372/OPPC</t>
+          <t>IRS/2025/6395/OPPC</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>30 June 2025 10:00</t>
+          <t>30 June 2025 12:00</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G213" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H213" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="I213" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="J213" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K213" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L213" t="n">
         <v>53.0</v>
       </c>
-      <c r="H213" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="M213" t="n">
-        <v>29.68</v>
+        <v>32.8</v>
       </c>
       <c r="N213" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O213" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P213" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R213" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S213" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
-[...3 lines deleted...]
-        <v>0.8568</v>
+          <t>Failure to collect H1 biannual PW samples.</t>
+        </is>
       </c>
       <c r="U213" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W213" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y213" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z213" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB213" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF213" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>IRS/2025/6373/OPPC</t>
+          <t>IRS/2025/6398/OPPC</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>20 June 2025 10:00</t>
+          <t>04 July 2025 13:00</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>NEO ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Global Producer III</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>DONAN [MAERSK]</t>
         </is>
       </c>
       <c r="G214" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="H214" t="n">
-        <v>19.0</v>
+        <v>21.0</v>
       </c>
       <c r="I214" t="n">
-        <v>25.12</v>
+        <v>38.6</v>
       </c>
       <c r="J214" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K214" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L214" t="n">
-        <v>34.0</v>
+        <v>52.0</v>
       </c>
       <c r="M214" t="n">
-        <v>29.68</v>
+        <v>4.69</v>
       </c>
       <c r="N214" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O214" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>15</t>
         </is>
       </c>
       <c r="P214" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>20</t>
         </is>
       </c>
       <c r="R214" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S214" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions - 4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
-[...3 lines deleted...]
-        <v>0.5221</v>
+          <t>5</t>
+        </is>
       </c>
       <c r="U214" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W214" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y214" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB214" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>0.7</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF214" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>IRS/2025/6380/OPPC</t>
+          <t>IRS/2025/6402/OPPC</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>01 July 2025 09:30</t>
+          <t>05 July 2025 01:30</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>STELLA</t>
         </is>
       </c>
       <c r="G215" t="n">
         <v>56.0</v>
       </c>
       <c r="H215" t="n">
-        <v>41.0</v>
+        <v>46.0</v>
       </c>
       <c r="I215" t="n">
-        <v>48.3</v>
+        <v>50.78</v>
       </c>
       <c r="J215" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K215" t="n">
         <v>2.0</v>
       </c>
       <c r="L215" t="n">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
       <c r="M215" t="n">
-        <v>13.35</v>
+        <v>32.52</v>
       </c>
       <c r="N215" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O215" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P215" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R215" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S215" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T215" t="n">
-        <v>0.0169</v>
+        <v>0.1109</v>
       </c>
       <c r="U215" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V215" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W215" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y215" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB215" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC215" t="n">
+        <v>230.0</v>
+      </c>
+      <c r="AD215" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="AE215" t="n">
+        <v>3.0</v>
       </c>
       <c r="AF215" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>IRS/2025/6381/OPPC</t>
+          <t>IRS/2025/6407/OPPC</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>25 June 2025 09:00</t>
+          <t>07 July 2025 09:15</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G216" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H216" t="n">
-        <v>57.0</v>
+        <v>50.0</v>
       </c>
       <c r="I216" t="n">
-        <v>26.76</v>
+        <v>4.4</v>
       </c>
       <c r="J216" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K216" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L216" t="n">
-        <v>50.0</v>
+        <v>26.0</v>
       </c>
       <c r="M216" t="n">
-        <v>42.26</v>
+        <v>34.8</v>
       </c>
       <c r="N216" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O216" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P216" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R216" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S216" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Table 1 monthly Average OiW limit exceeded</t>
         </is>
       </c>
       <c r="T216" t="n">
-        <v>1.0059</v>
+        <v>6.0E-4</v>
       </c>
       <c r="U216" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V216" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W216" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y216" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB216" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF216" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>IRS/2025/6385/OPPC</t>
+          <t>IRS/2025/6418/OPPC</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>23 June 2025 15:00</t>
+          <t>07 July 2025 15:25</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
-          <t>Leman AD1 Platform [SHELL]</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G217" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H217" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="I217" t="n">
-        <v>22.0</v>
+        <v>36.0</v>
       </c>
       <c r="J217" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K217" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L217" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M217" t="n">
         <v>7.0</v>
       </c>
-      <c r="M217" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N217" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O217" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P217" t="inlineStr">
         <is>
-          <t>26</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF217" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>IRS/2025/6389/OPPC</t>
+          <t>IRS/2025/6423/OPPC</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>01 July 2025 12:00</t>
+          <t>08 July 2025 19:30</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G218" t="n">
         <v>57.0</v>
       </c>
       <c r="H218" t="n">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
       <c r="I218" t="n">
-        <v>6.0</v>
+        <v>15.15</v>
       </c>
       <c r="J218" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K218" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L218" t="n">
-        <v>31.0</v>
+        <v>10.0</v>
       </c>
       <c r="M218" t="n">
-        <v>43.0</v>
+        <v>41.51</v>
       </c>
       <c r="N218" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O218" t="inlineStr">
         <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P218" t="inlineStr">
+        <is>
           <t>21</t>
         </is>
       </c>
-      <c r="P218" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R218" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S218" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T218" t="n">
-        <v>0.6787</v>
+        <v>0.0159</v>
       </c>
       <c r="U218" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V218" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W218" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y218" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB218" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF218" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>IRS/2025/6390/OPPC</t>
+          <t>IRS/2025/6427/OPPC</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>01 July 2025 15:14</t>
+          <t>10 July 2025 12:00</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>DRAKE</t>
         </is>
       </c>
       <c r="G219" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H219" t="n">
-        <v>46.0</v>
+        <v>57.0</v>
       </c>
       <c r="I219" t="n">
-        <v>12.43</v>
+        <v>26.76</v>
       </c>
       <c r="J219" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K219" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L219" t="n">
-        <v>42.0</v>
+        <v>50.0</v>
       </c>
       <c r="M219" t="n">
-        <v>46.93</v>
+        <v>42.26</v>
       </c>
       <c r="N219" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O219" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P219" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>5</t>
         </is>
       </c>
       <c r="R219" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S219" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T219" t="n">
-        <v>6.0E-4</v>
+        <v>0.0013</v>
       </c>
       <c r="U219" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V219" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W219" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y219" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB219" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF219" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>IRS/2025/6393/OPPC</t>
+          <t>IRS/2025/6431/OPPC</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>02 July 2025 08:00</t>
+          <t>10 July 2025 15:00</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G220" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H220" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I220" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J220" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K220" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L220" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M220" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N220" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O220" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P220" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R220" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S220" t="inlineStr">
         <is>
-          <t>4A</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T220" t="n">
-        <v>0.4932</v>
+        <v>0.0128</v>
       </c>
       <c r="U220" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V220" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W220" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y220" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB220" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF220" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>IRS/2025/6395/OPPC</t>
+          <t>IRS/2025/6439/OPPC</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>30 June 2025 12:00</t>
+          <t>12 July 2025 03:00</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G221" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H221" t="n">
-        <v>5.0</v>
+        <v>41.0</v>
       </c>
       <c r="I221" t="n">
-        <v>2.1</v>
+        <v>48.3</v>
       </c>
       <c r="J221" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K221" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L221" t="n">
-        <v>53.0</v>
+        <v>20.0</v>
       </c>
       <c r="M221" t="n">
-        <v>32.8</v>
+        <v>13.35</v>
       </c>
       <c r="N221" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O221" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P221" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R221" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S221" t="inlineStr">
         <is>
-          <t>Failure to collect H1 biannual PW samples.</t>
-        </is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T221" t="n">
+        <v>0.0134</v>
       </c>
       <c r="U221" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V221" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W221" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y221" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB221" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF221" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>IRS/2025/6398/OPPC</t>
+          <t>IRS/2025/6440/OPPC</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>04 July 2025 13:00</t>
+          <t>14 July 2025 16:30</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>NEO ENERGY PRODUCTION UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
-          <t>Global Producer III</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>DONAN [MAERSK]</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G222" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="H222" t="n">
-        <v>21.0</v>
+        <v>37.0</v>
       </c>
       <c r="I222" t="n">
-        <v>38.6</v>
+        <v>12.45</v>
       </c>
       <c r="J222" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K222" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L222" t="n">
-        <v>52.0</v>
+        <v>18.0</v>
       </c>
       <c r="M222" t="n">
-        <v>4.69</v>
+        <v>25.96</v>
       </c>
       <c r="N222" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O222" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P222" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R222" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S222" t="inlineStr">
         <is>
-          <t>5</t>
-        </is>
+          <t>4. Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="T222" t="n">
+        <v>2.3789</v>
       </c>
       <c r="U222" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V222" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W222" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y222" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB222" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF222" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>IRS/2025/6402/OPPC</t>
+          <t>IRS/2025/6446/OPPC</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>05 July 2025 01:30</t>
+          <t>27 June 2025 08:00</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="G223" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H223" t="n">
-        <v>46.0</v>
+        <v>48.0</v>
       </c>
       <c r="I223" t="n">
-        <v>50.78</v>
+        <v>53.88</v>
       </c>
       <c r="J223" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K223" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L223" t="n">
-        <v>6.0</v>
+        <v>58.0</v>
       </c>
       <c r="M223" t="n">
-        <v>32.52</v>
+        <v>21.95</v>
       </c>
       <c r="N223" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O223" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>20</t>
         </is>
       </c>
       <c r="P223" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="R223" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S223" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4. Permitted Discharges: Discharge Produced Water Stream monthly average concentration &gt; 30mg/l</t>
         </is>
       </c>
       <c r="T223" t="n">
-        <v>0.1109</v>
+        <v>0.1662</v>
       </c>
       <c r="U223" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V223" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W223" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y223" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB223" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>3.0</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF223" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>IRS/2025/6407/OPPC</t>
+          <t>IRS/2025/6447/OPPC</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>07 July 2025 09:15</t>
+          <t>16 July 2025 14:00</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G224" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H224" t="n">
-        <v>50.0</v>
+        <v>28.0</v>
       </c>
       <c r="I224" t="n">
-        <v>4.4</v>
+        <v>6.0</v>
       </c>
       <c r="J224" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K224" t="n">
         <v>0.0</v>
       </c>
       <c r="L224" t="n">
-        <v>26.0</v>
+        <v>31.0</v>
       </c>
       <c r="M224" t="n">
-        <v>34.8</v>
+        <v>43.0</v>
       </c>
       <c r="N224" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O224" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P224" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R224" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S224" t="inlineStr">
         <is>
-          <t>Table 1 monthly Average OiW limit exceeded</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T224" t="n">
-        <v>6.0E-4</v>
+        <v>0.0391</v>
       </c>
       <c r="U224" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V224" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB224" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>IRS/2025/6418/OPPC</t>
+          <t>IRS/2025/6448/OPPC</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>07 July 2025 15:25</t>
+          <t>04 July 2025 18:00</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G225" t="n">
         <v>60.0</v>
       </c>
       <c r="H225" t="n">
-        <v>48.0</v>
+        <v>51.0</v>
       </c>
       <c r="I225" t="n">
-        <v>36.0</v>
+        <v>34.4</v>
       </c>
       <c r="J225" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K225" t="n">
         <v>1.0</v>
       </c>
       <c r="L225" t="n">
-        <v>44.0</v>
+        <v>28.0</v>
       </c>
       <c r="M225" t="n">
-        <v>7.0</v>
+        <v>9.6</v>
       </c>
       <c r="N225" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O225" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P225" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF225" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>IRS/2025/6423/OPPC</t>
+          <t>IRS/2025/6450/OPPC</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>08 July 2025 19:30</t>
+          <t>17 July 2025 09:00</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Andrew Platform</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>ANDREW</t>
         </is>
       </c>
       <c r="G226" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H226" t="n">
-        <v>17.0</v>
+        <v>2.0</v>
       </c>
       <c r="I226" t="n">
-        <v>15.15</v>
+        <v>51.122</v>
       </c>
       <c r="J226" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K226" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L226" t="n">
-        <v>10.0</v>
+        <v>24.0</v>
       </c>
       <c r="M226" t="n">
-        <v>41.51</v>
+        <v>15.552</v>
       </c>
       <c r="N226" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O226" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P226" t="inlineStr">
         <is>
-          <t>21</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>28</t>
         </is>
       </c>
       <c r="AF226" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>IRS/2025/6427/OPPC</t>
+          <t>IRS/2025/6453/OPPC</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>10 July 2025 12:00</t>
+          <t>16 July 2025 15:00</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>DRAKE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G227" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H227" t="n">
-        <v>57.0</v>
+        <v>41.0</v>
       </c>
       <c r="I227" t="n">
-        <v>26.76</v>
+        <v>48.3</v>
       </c>
       <c r="J227" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K227" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L227" t="n">
-        <v>50.0</v>
+        <v>20.0</v>
       </c>
       <c r="M227" t="n">
-        <v>42.26</v>
+        <v>13.35</v>
       </c>
       <c r="N227" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O227" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P227" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R227" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S227" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T227" t="n">
-        <v>0.0013</v>
+        <v>0.0213</v>
       </c>
       <c r="U227" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V227" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W227" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y227" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB227" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF227" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>IRS/2025/6431/OPPC</t>
+          <t>IRS/2025/6459/OPPC</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>10 July 2025 15:00</t>
+          <t>17 July 2025 14:00</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="G228" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="H228" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="I228" t="n">
-        <v>48.3</v>
+        <v>57.099</v>
       </c>
       <c r="J228" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K228" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L228" t="n">
-        <v>20.0</v>
+        <v>46.0</v>
       </c>
       <c r="M228" t="n">
-        <v>13.35</v>
+        <v>40.8</v>
       </c>
       <c r="N228" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O228" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P228" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>22</t>
         </is>
       </c>
       <c r="R228" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S228" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>Exceedance of drains discharge maximum concentration for a short period of time. Samples (x3) exceeded 100mg/l</t>
         </is>
       </c>
       <c r="T228" t="n">
-        <v>0.0128</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U228" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V228" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>IRS/2025/6439/OPPC</t>
+          <t>IRS/2025/6470/OPPC</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>12 July 2025 03:00</t>
+          <t>21 July 2025 20:30</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G229" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H229" t="n">
-        <v>41.0</v>
+        <v>51.0</v>
       </c>
       <c r="I229" t="n">
-        <v>48.3</v>
+        <v>34.4</v>
       </c>
       <c r="J229" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K229" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L229" t="n">
-        <v>20.0</v>
+        <v>28.0</v>
       </c>
       <c r="M229" t="n">
-        <v>13.35</v>
+        <v>9.6</v>
       </c>
       <c r="N229" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O229" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P229" t="inlineStr">
         <is>
-          <t>7</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF229" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>IRS/2025/6440/OPPC</t>
+          <t>IRS/2025/6471/OPPC</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>14 July 2025 16:30</t>
+          <t>23 July 2025 03:00</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G230" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H230" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="I230" t="n">
-        <v>12.45</v>
+        <v>48.3</v>
       </c>
       <c r="J230" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K230" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L230" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="M230" t="n">
-        <v>25.96</v>
+        <v>13.35</v>
       </c>
       <c r="N230" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O230" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P230" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R230" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S230" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T230" t="n">
-        <v>2.3789</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U230" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V230" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W230" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y230" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB230" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF230" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>IRS/2025/6446/OPPC</t>
+          <t>IRS/2025/6475/OPPC</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>27 June 2025 08:00</t>
+          <t>24 July 2025 21:00</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Rough BP Platform</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G231" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H231" t="n">
-        <v>48.0</v>
+        <v>50.0</v>
       </c>
       <c r="I231" t="n">
-        <v>53.88</v>
+        <v>4.0</v>
       </c>
       <c r="J231" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K231" t="n">
         <v>0.0</v>
       </c>
       <c r="L231" t="n">
-        <v>58.0</v>
+        <v>26.0</v>
       </c>
       <c r="M231" t="n">
-        <v>21.95</v>
+        <v>34.8</v>
       </c>
       <c r="N231" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O231" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P231" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R231" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S231" t="inlineStr">
         <is>
-          <t>Condition 4. Permitted Discharges: Discharge Produced Water Stream monthly average concentration &gt; 30mg/l</t>
+          <t>Breach of the maximum oil in water concentration daily limit</t>
         </is>
       </c>
       <c r="T231" t="n">
-        <v>0.1662</v>
+        <v>0.0012</v>
       </c>
       <c r="U231" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V231" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W231" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y231" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB231" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF231" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>IRS/2025/6447/OPPC</t>
+          <t>IRS/2025/6476/OPPC</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>16 July 2025 14:00</t>
+          <t>25 July 2025 03:00</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G232" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H232" t="n">
-        <v>28.0</v>
+        <v>41.0</v>
       </c>
       <c r="I232" t="n">
-        <v>6.0</v>
+        <v>48.3</v>
       </c>
       <c r="J232" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K232" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L232" t="n">
-        <v>31.0</v>
+        <v>20.0</v>
       </c>
       <c r="M232" t="n">
-        <v>43.0</v>
+        <v>13.35</v>
       </c>
       <c r="N232" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O232" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P232" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R232" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S232" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1</t>
         </is>
       </c>
       <c r="T232" t="n">
-        <v>0.0391</v>
+        <v>0.6623</v>
       </c>
       <c r="U232" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V232" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W232" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y232" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB232" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF232" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>IRS/2025/6448/OPPC</t>
+          <t>IRS/2025/6494/OPPC</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>04 July 2025 18:00</t>
+          <t>29 July 2025 11:00</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G233" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H233" t="n">
-        <v>51.0</v>
+        <v>28.0</v>
       </c>
       <c r="I233" t="n">
-        <v>34.4</v>
+        <v>6.0</v>
       </c>
       <c r="J233" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K233" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L233" t="n">
-        <v>28.0</v>
+        <v>31.0</v>
       </c>
       <c r="M233" t="n">
-        <v>9.6</v>
+        <v>43.0</v>
       </c>
       <c r="N233" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O233" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P233" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R233" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S233" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T233" t="n">
+        <v>0.0445</v>
+      </c>
+      <c r="U233" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V233" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W233" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y233" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB233" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF233" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>IRS/2025/6450/OPPC</t>
+          <t>IRS/2025/6499/OPPC</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>17 July 2025 09:00</t>
+          <t>01 August 2025 00:00</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
-          <t>Andrew Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>ANDREW</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G234" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="H234" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I234" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J234" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K234" t="n">
         <v>2.0</v>
       </c>
-      <c r="I234" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="L234" t="n">
-        <v>24.0</v>
+        <v>20.0</v>
       </c>
       <c r="M234" t="n">
-        <v>15.552</v>
+        <v>13.35</v>
       </c>
       <c r="N234" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O234" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P234" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R234" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S234" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T234" t="n">
+        <v>0.0319</v>
+      </c>
+      <c r="U234" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V234" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W234" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y234" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB234" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF234" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>IRS/2025/6453/OPPC</t>
+          <t>IRS/2025/6500/OPPC</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>16 July 2025 15:00</t>
+          <t>01 August 2025 01:00</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G235" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H235" t="n">
-        <v>41.0</v>
+        <v>11.0</v>
       </c>
       <c r="I235" t="n">
-        <v>48.3</v>
+        <v>3.752</v>
       </c>
       <c r="J235" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K235" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L235" t="n">
-        <v>20.0</v>
+        <v>59.0</v>
       </c>
       <c r="M235" t="n">
-        <v>13.35</v>
+        <v>54.329</v>
       </c>
       <c r="N235" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O235" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P235" t="inlineStr">
         <is>
-          <t>7</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF235" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>IRS/2025/6459/OPPC</t>
+          <t>IRS/2025/6509/OPPC</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>17 July 2025 14:00</t>
+          <t>01 August 2025 12:00</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G236" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="H236" t="n">
-        <v>17.0</v>
+        <v>55.0</v>
       </c>
       <c r="I236" t="n">
-        <v>57.099</v>
+        <v>31.635</v>
       </c>
       <c r="J236" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K236" t="n">
         <v>1.0</v>
       </c>
       <c r="L236" t="n">
-        <v>46.0</v>
+        <v>17.0</v>
       </c>
       <c r="M236" t="n">
-        <v>40.8</v>
+        <v>34.315</v>
       </c>
       <c r="N236" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O236" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P236" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R236" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S236" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T236" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="U236" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V236" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W236" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y236" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB236" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF236" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>IRS/2025/6470/OPPC</t>
+          <t>IRS/2025/6510/OPPC</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>21 July 2025 20:30</t>
+          <t>01 August 2025 12:00</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G237" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="H237" t="n">
-        <v>51.0</v>
+        <v>55.0</v>
       </c>
       <c r="I237" t="n">
-        <v>34.4</v>
+        <v>31.635</v>
       </c>
       <c r="J237" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K237" t="n">
         <v>1.0</v>
       </c>
       <c r="L237" t="n">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
       <c r="M237" t="n">
-        <v>9.6</v>
+        <v>34.315</v>
       </c>
       <c r="N237" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O237" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P237" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R237" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S237" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T237" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="U237" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V237" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W237" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y237" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB237" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF237" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>IRS/2025/6471/OPPC</t>
+          <t>IRS/2025/6511/OPPC</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>23 July 2025 03:00</t>
+          <t>04 August 2025 10:00</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G238" t="n">
         <v>56.0</v>
       </c>
       <c r="H238" t="n">
         <v>41.0</v>
       </c>
       <c r="I238" t="n">
         <v>48.3</v>
@@ -26132,850 +26290,859 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O238" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P238" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R238" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S238" t="inlineStr">
         <is>
           <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T238" t="n">
-        <v>2.0E-4</v>
+        <v>1.4398</v>
       </c>
       <c r="U238" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V238" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>IRS/2025/6475/OPPC</t>
+          <t>IRS/2025/6512/OPPC</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>24 July 2025 21:00</t>
+          <t>04 August 2025 10:00</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
-          <t>Rough BP Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G239" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H239" t="n">
-        <v>50.0</v>
+        <v>41.0</v>
       </c>
       <c r="I239" t="n">
-        <v>4.0</v>
+        <v>48.3</v>
       </c>
       <c r="J239" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K239" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L239" t="n">
-        <v>26.0</v>
+        <v>20.0</v>
       </c>
       <c r="M239" t="n">
-        <v>34.8</v>
+        <v>13.35</v>
       </c>
       <c r="N239" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O239" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P239" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R239" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S239" t="inlineStr">
         <is>
-          <t>Breach of the maximum oil in water concentration daily limit</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T239" t="n">
-        <v>0.0012</v>
+        <v>0.0051</v>
       </c>
       <c r="U239" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V239" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>IRS/2025/6476/OPPC</t>
+          <t>IRS/2025/6513/OPPC</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>25 July 2025 03:00</t>
+          <t>01 August 2025 05:50</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G240" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H240" t="n">
-        <v>41.0</v>
+        <v>51.0</v>
       </c>
       <c r="I240" t="n">
-        <v>48.3</v>
+        <v>24.42</v>
       </c>
       <c r="J240" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K240" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L240" t="n">
-        <v>20.0</v>
+        <v>28.0</v>
       </c>
       <c r="M240" t="n">
-        <v>13.35</v>
+        <v>8.73</v>
       </c>
       <c r="N240" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O240" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P240" t="inlineStr">
         <is>
-          <t>7</t>
-[...37 lines deleted...]
-          <t>Yes</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>IRS/2025/6494/OPPC</t>
+          <t>IRS/2025/6515/OPPC</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>29 July 2025 11:00</t>
+          <t>04 August 2025 03:00</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G241" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H241" t="n">
-        <v>28.0</v>
+        <v>41.0</v>
       </c>
       <c r="I241" t="n">
-        <v>6.0</v>
+        <v>48.3</v>
       </c>
       <c r="J241" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K241" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L241" t="n">
-        <v>31.0</v>
+        <v>20.0</v>
       </c>
       <c r="M241" t="n">
-        <v>43.0</v>
+        <v>13.35</v>
       </c>
       <c r="N241" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O241" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P241" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R241" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S241" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T241" t="n">
-        <v>0.0445</v>
+        <v>0.0172</v>
       </c>
       <c r="U241" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V241" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W241" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y241" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB241" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF241" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>IRS/2025/6499/OPPC</t>
+          <t>IRS/2025/6519/OPPC</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>01 August 2025 00:00</t>
+          <t>05 August 2025 14:00</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>STELLA</t>
         </is>
       </c>
       <c r="G242" t="n">
         <v>56.0</v>
       </c>
       <c r="H242" t="n">
-        <v>41.0</v>
+        <v>46.0</v>
       </c>
       <c r="I242" t="n">
-        <v>48.3</v>
+        <v>50.78</v>
       </c>
       <c r="J242" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K242" t="n">
         <v>2.0</v>
       </c>
       <c r="L242" t="n">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
       <c r="M242" t="n">
-        <v>13.35</v>
+        <v>32.52</v>
       </c>
       <c r="N242" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O242" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P242" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R242" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S242" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T242" t="n">
-        <v>0.0319</v>
+        <v>0.0405</v>
       </c>
       <c r="U242" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V242" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>IRS/2025/6500/OPPC</t>
+          <t>IRS/2025/6520/OPPC</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>01 August 2025 01:00</t>
+          <t>05 August 2025 11:00</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G243" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H243" t="n">
-        <v>11.0</v>
+        <v>41.0</v>
       </c>
       <c r="I243" t="n">
-        <v>3.752</v>
+        <v>48.3</v>
       </c>
       <c r="J243" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K243" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L243" t="n">
-        <v>59.0</v>
+        <v>20.0</v>
       </c>
       <c r="M243" t="n">
-        <v>54.329</v>
+        <v>13.35</v>
       </c>
       <c r="N243" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O243" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P243" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R243" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S243" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T243" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="U243" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V243" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W243" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y243" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB243" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF243" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>IRS/2025/6509/OPPC</t>
+          <t>IRS/2025/6521/OPPC</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>01 August 2025 12:00</t>
+          <t>01 August 2025 04:00</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G244" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H244" t="n">
-        <v>55.0</v>
+        <v>37.0</v>
       </c>
       <c r="I244" t="n">
-        <v>31.635</v>
+        <v>12.45</v>
       </c>
       <c r="J244" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K244" t="n">
         <v>1.0</v>
       </c>
       <c r="L244" t="n">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
       <c r="M244" t="n">
-        <v>34.315</v>
+        <v>25.96</v>
       </c>
       <c r="N244" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O244" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P244" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R244" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S244" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4A</t>
         </is>
       </c>
       <c r="T244" t="n">
-        <v>0.0095</v>
+        <v>0.2747</v>
       </c>
       <c r="U244" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V244" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration, Monthly average concentration</t>
         </is>
       </c>
       <c r="W244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
+      </c>
+      <c r="AC244" t="n">
+        <v>337.0</v>
+      </c>
+      <c r="AD244" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="AE244" t="n">
+        <v>1.9</v>
       </c>
       <c r="AF244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>IRS/2025/6510/OPPC</t>
+          <t>IRS/2025/6522/OPPC</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>01 August 2025 12:00</t>
+          <t>01 August 2025 00:01</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G245" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H245" t="n">
-        <v>55.0</v>
+        <v>37.0</v>
       </c>
       <c r="I245" t="n">
-        <v>31.635</v>
+        <v>12.45</v>
       </c>
       <c r="J245" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K245" t="n">
         <v>1.0</v>
       </c>
       <c r="L245" t="n">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
       <c r="M245" t="n">
-        <v>34.315</v>
+        <v>25.96</v>
       </c>
       <c r="N245" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O245" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P245" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R245" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S245" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4A</t>
         </is>
       </c>
       <c r="T245" t="n">
-        <v>0.0146</v>
+        <v>2.4002</v>
       </c>
       <c r="U245" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V245" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>IRS/2025/6511/OPPC</t>
+          <t>IRS/2025/6524/OPPC</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>04 August 2025 10:00</t>
+          <t>06 August 2025 19:00</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G246" t="n">
         <v>56.0</v>
       </c>
       <c r="H246" t="n">
         <v>41.0</v>
       </c>
       <c r="I246" t="n">
         <v>48.3</v>
@@ -26998,624 +27165,655 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O246" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P246" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R246" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S246" t="inlineStr">
         <is>
           <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T246" t="n">
-        <v>1.4398</v>
+        <v>0.0761</v>
       </c>
       <c r="U246" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V246" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W246" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y246" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB246" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF246" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>IRS/2025/6512/OPPC</t>
+          <t>IRS/2025/6525/OPPC</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>04 August 2025 10:00</t>
+          <t>07 August 2025 01:00</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G247" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H247" t="n">
-        <v>41.0</v>
+        <v>5.0</v>
       </c>
       <c r="I247" t="n">
-        <v>48.3</v>
+        <v>2.1</v>
       </c>
       <c r="J247" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K247" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L247" t="n">
-        <v>20.0</v>
+        <v>53.0</v>
       </c>
       <c r="M247" t="n">
-        <v>13.35</v>
+        <v>32.8</v>
       </c>
       <c r="N247" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O247" t="inlineStr">
         <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P247" t="inlineStr">
+        <is>
           <t>30</t>
         </is>
       </c>
-      <c r="P247" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R247" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S247" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>Maximum concentration of oil in produced water discharge from slops &gt;100mg/l</t>
         </is>
       </c>
       <c r="T247" t="n">
-        <v>0.0051</v>
+        <v>0.0391</v>
       </c>
       <c r="U247" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V247" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W247" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y247" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB247" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF247" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>IRS/2025/6513/OPPC</t>
+          <t>IRS/2025/6527/OPPC</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>01 August 2025 05:50</t>
+          <t>08 August 2025 04:00</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G248" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H248" t="n">
-        <v>51.0</v>
+        <v>28.0</v>
       </c>
       <c r="I248" t="n">
-        <v>24.42</v>
+        <v>6.0</v>
       </c>
       <c r="J248" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K248" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L248" t="n">
-        <v>28.0</v>
+        <v>31.0</v>
       </c>
       <c r="M248" t="n">
-        <v>8.73</v>
+        <v>43.0</v>
       </c>
       <c r="N248" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O248" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P248" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R248" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S248" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T248" t="n">
+        <v>0.0985</v>
+      </c>
+      <c r="U248" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V248" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W248" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y248" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB248" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF248" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>IRS/2025/6515/OPPC</t>
+          <t>IRS/2025/6538/OPPC</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>04 August 2025 03:00</t>
+          <t>08 August 2025 00:50</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G249" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H249" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="I249" t="n">
-        <v>48.3</v>
+        <v>15.15</v>
       </c>
       <c r="J249" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K249" t="n">
         <v>2.0</v>
       </c>
       <c r="L249" t="n">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="M249" t="n">
-        <v>13.35</v>
+        <v>41.51</v>
       </c>
       <c r="N249" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O249" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P249" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R249" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S249" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T249" t="n">
-        <v>0.0172</v>
+        <v>0.0062</v>
       </c>
       <c r="U249" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V249" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W249" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y249" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB249" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF249" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>IRS/2025/6519/OPPC</t>
+          <t>IRS/2025/6546/OPPC</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>05 August 2025 14:00</t>
+          <t>10 August 2025 15:00</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G250" t="n">
         <v>56.0</v>
       </c>
       <c r="H250" t="n">
-        <v>46.0</v>
+        <v>41.0</v>
       </c>
       <c r="I250" t="n">
-        <v>50.78</v>
+        <v>48.3</v>
       </c>
       <c r="J250" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K250" t="n">
         <v>2.0</v>
       </c>
       <c r="L250" t="n">
-        <v>6.0</v>
+        <v>20.0</v>
       </c>
       <c r="M250" t="n">
-        <v>32.52</v>
+        <v>13.35</v>
       </c>
       <c r="N250" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O250" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P250" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R250" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S250" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T250" t="n">
-        <v>0.0405</v>
+        <v>0.0118</v>
       </c>
       <c r="U250" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V250" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>IRS/2025/6520/OPPC</t>
+          <t>IRS/2025/6549/OPPC</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>05 August 2025 11:00</t>
+          <t>12 August 2025 15:30</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G251" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H251" t="n">
-        <v>41.0</v>
+        <v>48.0</v>
       </c>
       <c r="I251" t="n">
-        <v>48.3</v>
+        <v>36.0</v>
       </c>
       <c r="J251" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K251" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L251" t="n">
-        <v>20.0</v>
+        <v>44.0</v>
       </c>
       <c r="M251" t="n">
-        <v>13.35</v>
+        <v>7.0</v>
       </c>
       <c r="N251" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O251" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P251" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="R251" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S251" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
-[...3 lines deleted...]
-        <v>0.0147</v>
+          <t>3.1	
+The Permit Holder shall only undertake Oil Discharge Operations in accordance with the arrangements described within the Permit Application, the Permit and the Standard Industry Conditions.</t>
+        </is>
       </c>
       <c r="U251" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>IRS/2025/6521/OPPC</t>
+          <t>IRS/2025/6569/OPPC</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>01 August 2025 04:00</t>
+          <t>18 August 2025 10:00</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G252" t="n">
         <v>61.0</v>
       </c>
       <c r="H252" t="n">
         <v>37.0</v>
       </c>
       <c r="I252" t="n">
         <v>12.45</v>
@@ -27634,1646 +27832,1644 @@
       <c r="M252" t="n">
         <v>25.96</v>
       </c>
       <c r="N252" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O252" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P252" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="R252" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S252" t="inlineStr">
         <is>
-          <t>4A</t>
-[...3 lines deleted...]
-        <v>0.2747</v>
+          <t>4.3 Conducting Sampling in accordance with the requirements for monitoring as specified in Table 2 of the permit approval.</t>
+        </is>
       </c>
       <c r="U252" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration, Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y252" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z252" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
-      </c>
-[...7 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="AF252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>IRS/2025/6522/OPPC</t>
+          <t>IRS/2025/6580/OPPC</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>01 August 2025 00:01</t>
+          <t>19 August 2025 13:00</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="G253" t="n">
-        <v>61.0</v>
+        <v>59.0</v>
       </c>
       <c r="H253" t="n">
-        <v>37.0</v>
+        <v>35.0</v>
       </c>
       <c r="I253" t="n">
-        <v>12.45</v>
+        <v>18.315</v>
       </c>
       <c r="J253" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K253" t="n">
         <v>1.0</v>
       </c>
       <c r="L253" t="n">
-        <v>18.0</v>
+        <v>3.0</v>
       </c>
       <c r="M253" t="n">
-        <v>25.96</v>
+        <v>17.314</v>
       </c>
       <c r="N253" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O253" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P253" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="R253" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S253" t="inlineStr">
         <is>
-          <t>4A</t>
-[...3 lines deleted...]
-        <v>2.4002</v>
+          <t>OLP/546/22
+Schedule of conditions:
+4.1 No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
+        </is>
       </c>
       <c r="U253" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V253" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W253" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y253" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB253" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF253" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>IRS/2025/6524/OPPC</t>
+          <t>IRS/2025/6583/OPPC</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>06 August 2025 19:00</t>
+          <t>21 August 2025 16:00</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G254" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H254" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="I254" t="n">
-        <v>48.3</v>
+        <v>15.15</v>
       </c>
       <c r="J254" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K254" t="n">
         <v>2.0</v>
       </c>
       <c r="L254" t="n">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="M254" t="n">
-        <v>13.35</v>
+        <v>41.51</v>
       </c>
       <c r="N254" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O254" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P254" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R254" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S254" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
-[...3 lines deleted...]
-        <v>0.0761</v>
+          <t>4.3</t>
+        </is>
       </c>
       <c r="U254" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W254" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y254" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z254" t="inlineStr">
+        <is>
+          <t>Measurement uncertainty of produced water volume</t>
         </is>
       </c>
       <c r="AB254" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF254" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>IRS/2025/6525/OPPC</t>
+          <t>IRS/2025/6584/OPPC</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>07 August 2025 01:00</t>
+          <t>21 August 2025 11:00</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G255" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H255" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="I255" t="n">
-        <v>2.1</v>
+        <v>36.0</v>
       </c>
       <c r="J255" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K255" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L255" t="n">
-        <v>53.0</v>
+        <v>44.0</v>
       </c>
       <c r="M255" t="n">
-        <v>32.8</v>
+        <v>7.0</v>
       </c>
       <c r="N255" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O255" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P255" t="inlineStr">
         <is>
-          <t>30</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF255" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>IRS/2025/6527/OPPC</t>
+          <t>IRS/2025/6591/OPPC</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>08 August 2025 04:00</t>
+          <t>12 July 2025 06:00</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Montrose A Platform</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>BLP</t>
         </is>
       </c>
       <c r="G256" t="n">
         <v>57.0</v>
       </c>
       <c r="H256" t="n">
-        <v>28.0</v>
+        <v>26.0</v>
       </c>
       <c r="I256" t="n">
-        <v>6.0</v>
+        <v>52.415</v>
       </c>
       <c r="J256" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K256" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L256" t="n">
-        <v>31.0</v>
+        <v>24.0</v>
       </c>
       <c r="M256" t="n">
-        <v>43.0</v>
+        <v>48.319</v>
       </c>
       <c r="N256" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O256" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P256" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>17</t>
         </is>
       </c>
       <c r="R256" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S256" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.0985</v>
+          <t>4.3</t>
+        </is>
       </c>
       <c r="U256" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W256" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y256" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z256" t="inlineStr">
+        <is>
+          <t>Calculation method</t>
         </is>
       </c>
       <c r="AB256" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF256" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>IRS/2025/6538/OPPC</t>
+          <t>IRS/2025/6607/OPPC</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>08 August 2025 00:50</t>
+          <t>28 August 2025 02:55</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G257" t="n">
         <v>57.0</v>
       </c>
       <c r="H257" t="n">
-        <v>17.0</v>
+        <v>1.0</v>
       </c>
       <c r="I257" t="n">
-        <v>15.15</v>
+        <v>53.58</v>
       </c>
       <c r="J257" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K257" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L257" t="n">
-        <v>10.0</v>
+        <v>57.0</v>
       </c>
       <c r="M257" t="n">
-        <v>41.51</v>
+        <v>19.22</v>
       </c>
       <c r="N257" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O257" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P257" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R257" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S257" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample concentration over 100 mg/l</t>
         </is>
       </c>
       <c r="T257" t="n">
-        <v>0.0062</v>
+        <v>0.0018</v>
       </c>
       <c r="U257" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V257" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W257" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y257" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB257" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF257" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>IRS/2025/6546/OPPC</t>
+          <t>IRS/2025/6611/OPPC</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>10 August 2025 15:00</t>
+          <t>28 August 2025 12:00</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G258" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H258" t="n">
-        <v>41.0</v>
+        <v>28.0</v>
       </c>
       <c r="I258" t="n">
-        <v>48.3</v>
+        <v>6.0</v>
       </c>
       <c r="J258" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K258" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L258" t="n">
-        <v>20.0</v>
+        <v>31.0</v>
       </c>
       <c r="M258" t="n">
-        <v>13.35</v>
+        <v>43.0</v>
       </c>
       <c r="N258" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O258" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P258" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R258" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S258" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T258" t="n">
-        <v>0.0118</v>
+        <v>0.1329</v>
       </c>
       <c r="U258" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V258" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W258" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y258" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB258" t="inlineStr">
         <is>
-          <t>No</t>
-        </is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC258" t="n">
+        <v>165.0</v>
+      </c>
+      <c r="AD258" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="AE258" t="n">
+        <v>1.5</v>
       </c>
       <c r="AF258" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>IRS/2025/6549/OPPC</t>
+          <t>IRS/2025/6614/OPPC</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>12 August 2025 15:30</t>
+          <t>28 August 2025 03:00</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G259" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H259" t="n">
-        <v>48.0</v>
+        <v>41.0</v>
       </c>
       <c r="I259" t="n">
-        <v>36.0</v>
+        <v>48.3</v>
       </c>
       <c r="J259" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K259" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L259" t="n">
-        <v>44.0</v>
+        <v>20.0</v>
       </c>
       <c r="M259" t="n">
-        <v>7.0</v>
+        <v>13.35</v>
       </c>
       <c r="N259" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O259" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P259" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R259" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S259" t="inlineStr">
         <is>
-          <t>3.1	
-[...1 lines deleted...]
-        </is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T259" t="n">
+        <v>0.0246</v>
       </c>
       <c r="U259" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V259" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W259" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y259" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB259" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF259" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>IRS/2025/6569/OPPC</t>
+          <t>IRS/2025/6623/OPPC</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>18 August 2025 10:00</t>
+          <t>31 August 2025 08:00</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Forties FD Platform</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G260" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H260" t="n">
-        <v>37.0</v>
+        <v>43.0</v>
       </c>
       <c r="I260" t="n">
-        <v>12.45</v>
+        <v>30.65</v>
       </c>
       <c r="J260" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K260" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L260" t="n">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
       <c r="M260" t="n">
-        <v>25.96</v>
+        <v>11.22</v>
       </c>
       <c r="N260" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O260" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P260" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R260" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S260" t="inlineStr">
         <is>
-          <t>4.3 Conducting Sampling in accordance with the requirements for monitoring as specified in Table 2 of the permit approval.</t>
-        </is>
+          <t>Table 1 - Discharges - Maximum Concentration 100mg/l</t>
+        </is>
+      </c>
+      <c r="T260" t="n">
+        <v>0.0436</v>
       </c>
       <c r="U260" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V260" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W260" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y260" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB260" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF260" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>IRS/2025/6580/OPPC</t>
+          <t>IRS/2025/6626/OPPC</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>19 August 2025 13:00</t>
+          <t>01 September 2025 00:01</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G261" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="H261" t="n">
-        <v>35.0</v>
+        <v>1.0</v>
       </c>
       <c r="I261" t="n">
-        <v>18.315</v>
+        <v>53.58</v>
       </c>
       <c r="J261" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K261" t="n">
         <v>1.0</v>
       </c>
       <c r="L261" t="n">
-        <v>3.0</v>
+        <v>57.0</v>
       </c>
       <c r="M261" t="n">
-        <v>17.314</v>
+        <v>19.22</v>
       </c>
       <c r="N261" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O261" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P261" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R261" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S261" t="inlineStr">
         <is>
-          <t>OLP/546/22
-[...2 lines deleted...]
-        </is>
+          <t>Monthly average exceeded.</t>
+        </is>
+      </c>
+      <c r="T261" t="n">
+        <v>9.0E-4</v>
       </c>
       <c r="U261" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V261" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W261" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y261" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB261" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF261" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>IRS/2025/6583/OPPC</t>
+          <t>IRS/2025/6631/OPPC</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>21 August 2025 16:00</t>
+          <t>01 September 2025 12:00</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G262" t="n">
         <v>57.0</v>
       </c>
       <c r="H262" t="n">
-        <v>17.0</v>
+        <v>28.0</v>
       </c>
       <c r="I262" t="n">
-        <v>15.15</v>
+        <v>6.0</v>
       </c>
       <c r="J262" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K262" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L262" t="n">
-        <v>10.0</v>
+        <v>31.0</v>
       </c>
       <c r="M262" t="n">
-        <v>41.51</v>
+        <v>43.0</v>
       </c>
       <c r="N262" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O262" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P262" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R262" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S262" t="inlineStr">
         <is>
-          <t>4.3</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T262" t="n">
+        <v>0.3629</v>
       </c>
       <c r="U262" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V262" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W262" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y262" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Measurement uncertainty of produced water volume</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB262" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF262" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>IRS/2025/6584/OPPC</t>
+          <t>IRS/2025/6632/OPPC</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>21 August 2025 11:00</t>
+          <t>01 September 2025 11:00</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G263" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="H263" t="n">
-        <v>48.0</v>
+        <v>41.0</v>
       </c>
       <c r="I263" t="n">
-        <v>36.0</v>
+        <v>48.3</v>
       </c>
       <c r="J263" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K263" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L263" t="n">
-        <v>44.0</v>
+        <v>20.0</v>
       </c>
       <c r="M263" t="n">
-        <v>7.0</v>
+        <v>13.35</v>
       </c>
       <c r="N263" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O263" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P263" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R263" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S263" t="inlineStr">
+        <is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T263" t="n">
+        <v>0.8136</v>
+      </c>
+      <c r="U263" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V263" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W263" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y263" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB263" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF263" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>IRS/2025/6591/OPPC</t>
+          <t>IRS/2025/6633/OPPC</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>12 July 2025 06:00</t>
+          <t>01 September 2025 12:00</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>Montrose A Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>BLP</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G264" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H264" t="n">
-        <v>26.0</v>
+        <v>55.0</v>
       </c>
       <c r="I264" t="n">
-        <v>52.415</v>
+        <v>31.635</v>
       </c>
       <c r="J264" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K264" t="n">
         <v>1.0</v>
       </c>
       <c r="L264" t="n">
-        <v>24.0</v>
+        <v>17.0</v>
       </c>
       <c r="M264" t="n">
-        <v>48.319</v>
+        <v>34.315</v>
       </c>
       <c r="N264" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O264" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P264" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R264" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S264" t="inlineStr">
         <is>
-          <t>4.3</t>
-        </is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T264" t="n">
+        <v>0.7314</v>
       </c>
       <c r="U264" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V264" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W264" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y264" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Calculation method</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB264" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF264" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>IRS/2025/6607/OPPC</t>
+          <t>IRS/2025/6634/OPPC</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>28 August 2025 02:55</t>
+          <t>01 September 2025 12:00</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G265" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H265" t="n">
-        <v>1.0</v>
+        <v>55.0</v>
       </c>
       <c r="I265" t="n">
-        <v>53.58</v>
+        <v>31.635</v>
       </c>
       <c r="J265" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K265" t="n">
         <v>1.0</v>
       </c>
       <c r="L265" t="n">
-        <v>57.0</v>
+        <v>17.0</v>
       </c>
       <c r="M265" t="n">
-        <v>19.22</v>
+        <v>34.315</v>
       </c>
       <c r="N265" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O265" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P265" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R265" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S265" t="inlineStr">
         <is>
-          <t>Exceedance of Condition in table 1 OPPC Permit relating to single sample concentration over 100 mg/l</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T265" t="n">
-        <v>0.0018</v>
+        <v>0.0326</v>
       </c>
       <c r="U265" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V265" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>IRS/2025/6611/OPPC</t>
+          <t>IRS/2025/6635/OPPC</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>28 August 2025 12:00</t>
+          <t>02 September 2025 02:00</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G266" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H266" t="n">
-        <v>28.0</v>
+        <v>55.0</v>
       </c>
       <c r="I266" t="n">
-        <v>6.0</v>
+        <v>31.635</v>
       </c>
       <c r="J266" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K266" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L266" t="n">
-        <v>31.0</v>
+        <v>17.0</v>
       </c>
       <c r="M266" t="n">
-        <v>43.0</v>
+        <v>34.315</v>
       </c>
       <c r="N266" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O266" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P266" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R266" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S266" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Starboard Produced Water Discharge (Table 1 - Location 3), Maximum Concentration (mg/l)</t>
         </is>
       </c>
       <c r="T266" t="n">
-        <v>0.1329</v>
+        <v>0.0208</v>
       </c>
       <c r="U266" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V266" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W266" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y266" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB266" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>1.5</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF266" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>IRS/2025/6614/OPPC</t>
+          <t>IRS/2025/6637/OPPC</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>28 August 2025 03:00</t>
+          <t>01 September 2025 03:00</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G267" t="n">
         <v>56.0</v>
       </c>
       <c r="H267" t="n">
         <v>41.0</v>
       </c>
       <c r="I267" t="n">
         <v>48.3</v>
@@ -29296,2569 +29492,2556 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O267" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P267" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R267" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S267" t="inlineStr">
         <is>
           <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T267" t="n">
-        <v>0.0246</v>
+        <v>0.0284</v>
       </c>
       <c r="U267" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V267" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>IRS/2025/6623/OPPC</t>
+          <t>IRS/2025/6638/OPPC</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>31 August 2025 08:00</t>
+          <t>01 September 2025 00:00</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
-          <t>Forties FD Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G268" t="n">
         <v>57.0</v>
       </c>
       <c r="H268" t="n">
-        <v>43.0</v>
+        <v>11.0</v>
       </c>
       <c r="I268" t="n">
-        <v>30.65</v>
+        <v>3.752</v>
       </c>
       <c r="J268" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K268" t="n">
         <v>0.0</v>
       </c>
       <c r="L268" t="n">
-        <v>54.0</v>
+        <v>59.0</v>
       </c>
       <c r="M268" t="n">
-        <v>11.22</v>
+        <v>54.329</v>
       </c>
       <c r="N268" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O268" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P268" t="inlineStr">
         <is>
-          <t>10</t>
-[...37 lines deleted...]
-          <t>Yes</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF268" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>IRS/2025/6626/OPPC</t>
+          <t>IRS/2025/6639/OPPC</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>01 September 2025 00:01</t>
+          <t>01 September 2025 00:00</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="G269" t="n">
         <v>57.0</v>
       </c>
       <c r="H269" t="n">
-        <v>1.0</v>
+        <v>48.0</v>
       </c>
       <c r="I269" t="n">
-        <v>53.58</v>
+        <v>53.88</v>
       </c>
       <c r="J269" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K269" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L269" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="M269" t="n">
-        <v>19.22</v>
+        <v>21.95</v>
       </c>
       <c r="N269" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O269" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>20</t>
         </is>
       </c>
       <c r="P269" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R269" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S269" t="inlineStr">
         <is>
-          <t>Monthly average exceeded.</t>
+          <t>OLP/28/23, condition 4.1 and Table 1</t>
         </is>
       </c>
       <c r="T269" t="n">
-        <v>9.0E-4</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U269" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V269" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W269" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y269" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB269" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF269" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>IRS/2025/6631/OPPC</t>
+          <t>IRS/2025/6644/OPPC</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>01 September 2025 12:00</t>
+          <t>04 September 2025 08:00</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Elgin PUQ Platform</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>ELGIN</t>
         </is>
       </c>
       <c r="G270" t="n">
         <v>57.0</v>
       </c>
       <c r="H270" t="n">
-        <v>28.0</v>
+        <v>0.0</v>
       </c>
       <c r="I270" t="n">
-        <v>6.0</v>
+        <v>44.0</v>
       </c>
       <c r="J270" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K270" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L270" t="n">
-        <v>31.0</v>
+        <v>50.0</v>
       </c>
       <c r="M270" t="n">
-        <v>43.0</v>
+        <v>24.0</v>
       </c>
       <c r="N270" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O270" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P270" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R270" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S270" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.3629</v>
+          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U270" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W270" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y270" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z270" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB270" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF270" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>IRS/2025/6632/OPPC</t>
+          <t>IRS/2025/6648/OPPC</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>01 September 2025 11:00</t>
+          <t>04 September 2025 01:03</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Rough BP Platform</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G271" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="H271" t="n">
-        <v>41.0</v>
+        <v>50.0</v>
       </c>
       <c r="I271" t="n">
-        <v>48.3</v>
+        <v>4.4</v>
       </c>
       <c r="J271" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K271" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L271" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
       <c r="M271" t="n">
-        <v>13.35</v>
+        <v>34.8</v>
       </c>
       <c r="N271" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O271" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P271" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R271" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S271" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
+          <t>Condition 4.1 - Maximum concentration of dispersed oil in produced water discharge (100gm/l)</t>
         </is>
       </c>
       <c r="T271" t="n">
-        <v>0.8136</v>
+        <v>5.0E-4</v>
       </c>
       <c r="U271" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V271" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W271" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y271" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB271" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF271" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>IRS/2025/6633/OPPC</t>
+          <t>IRS/2025/6654/OPPC</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>01 September 2025 12:00</t>
+          <t>24 August 2025 05:13</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G272" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="H272" t="n">
-        <v>55.0</v>
+        <v>5.0</v>
       </c>
       <c r="I272" t="n">
-        <v>31.635</v>
+        <v>22.0</v>
       </c>
       <c r="J272" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K272" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L272" t="n">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
       <c r="M272" t="n">
-        <v>34.315</v>
+        <v>45.0</v>
       </c>
       <c r="N272" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O272" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P272" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R272" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S272" t="inlineStr">
-        <is>
-[...823 lines deleted...]
-      <c r="S280" t="inlineStr">
         <is>
           <t>Exceeded the
 maximum
 concentration of
 30mg/l in one month
 average</t>
         </is>
       </c>
-      <c r="T280" t="n">
+      <c r="T272" t="n">
         <v>0.0031</v>
       </c>
+      <c r="U272" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V272" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W272" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y272" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB272" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF272" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="inlineStr">
+        <is>
+          <t>IRS/2025/6661/OPPC</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>06 September 2025 04:00</t>
+        </is>
+      </c>
+      <c r="D273" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F273" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G273" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H273" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I273" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J273" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K273" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L273" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M273" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N273" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O273" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P273" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R273" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S273" t="inlineStr">
+        <is>
+          <t>4A</t>
+        </is>
+      </c>
+      <c r="T273" t="n">
+        <v>0.4079</v>
+      </c>
+      <c r="U273" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V273" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W273" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y273" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB273" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC273" t="n">
+        <v>150.0</v>
+      </c>
+      <c r="AD273" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="AE273" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="AF273" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>IRS/2025/6666/OPPC</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>08 September 2025 11:00</t>
+        </is>
+      </c>
+      <c r="D274" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E274" t="inlineStr">
+        <is>
+          <t>Alwyn North NAB Platform</t>
+        </is>
+      </c>
+      <c r="F274" t="inlineStr">
+        <is>
+          <t>ALWYN NORTH</t>
+        </is>
+      </c>
+      <c r="G274" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H274" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I274" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="J274" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K274" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L274" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M274" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N274" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O274" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P274" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="AF274" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr">
+        <is>
+          <t>IRS/2025/6675/OPPC</t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>08 September 2025 19:30</t>
+        </is>
+      </c>
+      <c r="D275" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E275" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G275" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H275" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I275" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J275" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K275" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L275" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M275" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N275" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O275" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P275" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R275" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S275" t="inlineStr">
+        <is>
+          <t>The permit condition that has been breached is discharge conditions 4.1</t>
+        </is>
+      </c>
+      <c r="U275" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V275" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
+        </is>
+      </c>
+      <c r="W275" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y275" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB275" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF275" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="inlineStr">
+        <is>
+          <t>IRS/2025/6676/OPPC</t>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <t>09 September 2025 12:30</t>
+        </is>
+      </c>
+      <c r="D276" t="inlineStr">
+        <is>
+          <t>ONE-DYAS UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E276" t="inlineStr">
+        <is>
+          <t>Sean PP Platform</t>
+        </is>
+      </c>
+      <c r="F276" t="inlineStr">
+        <is>
+          <t>SOUTH SEAN</t>
+        </is>
+      </c>
+      <c r="G276" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H276" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="I276" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="J276" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K276" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L276" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="M276" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="N276" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O276" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="P276" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="R276" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S276" t="inlineStr">
+        <is>
+          <t>Section 4.3 Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.  Oil discharge location 3 samples should be analysed according to BEIS Sampling and Analysis Methodology.</t>
+        </is>
+      </c>
+      <c r="U276" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W276" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y276" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z276" t="inlineStr">
+        <is>
+          <t>Sampling and analysis method</t>
+        </is>
+      </c>
+      <c r="AB276" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF276" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="inlineStr">
+        <is>
+          <t>IRS/2025/6682/OPPC</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C277" t="inlineStr">
+        <is>
+          <t>12 September 2025 14:00</t>
+        </is>
+      </c>
+      <c r="D277" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E277" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F277" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G277" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H277" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I277" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J277" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K277" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L277" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M277" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N277" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O277" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P277" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R277" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S277" t="inlineStr">
+        <is>
+          <t>4. Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="T277" t="n">
+        <v>1.6202</v>
+      </c>
+      <c r="U277" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V277" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W277" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y277" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB277" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF277" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="inlineStr">
+        <is>
+          <t>IRS/2025/6683/OPPC</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C278" t="inlineStr">
+        <is>
+          <t>11 September 2025 19:40</t>
+        </is>
+      </c>
+      <c r="D278" t="inlineStr">
+        <is>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+        </is>
+      </c>
+      <c r="E278" t="inlineStr">
+        <is>
+          <t>Rough BD Platform</t>
+        </is>
+      </c>
+      <c r="F278" t="inlineStr">
+        <is>
+          <t>ROUGH</t>
+        </is>
+      </c>
+      <c r="G278" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H278" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="I278" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="J278" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K278" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L278" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="M278" t="n">
+        <v>34.8</v>
+      </c>
+      <c r="N278" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O278" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="P278" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AF278" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="inlineStr">
+        <is>
+          <t>IRS/2025/6700/OPPC</t>
+        </is>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C279" t="inlineStr">
+        <is>
+          <t>15 September 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D279" t="inlineStr">
+        <is>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="E279" t="inlineStr">
+        <is>
+          <t>Kittiwake A Platform</t>
+        </is>
+      </c>
+      <c r="F279" t="inlineStr">
+        <is>
+          <t>KITTIWAKE</t>
+        </is>
+      </c>
+      <c r="G279" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H279" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I279" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="J279" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K279" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L279" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="M279" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="N279" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O279" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P279" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R279" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S279" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T279" t="n">
+        <v>0.4326</v>
+      </c>
+      <c r="U279" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V279" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W279" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y279" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB279" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AF279" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="inlineStr">
+        <is>
+          <t>IRS/2025/6702/OPPC</t>
+        </is>
+      </c>
+      <c r="B280" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C280" t="inlineStr">
+        <is>
+          <t>07 August 2025 20:00</t>
+        </is>
+      </c>
+      <c r="D280" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E280" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F280" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G280" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H280" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I280" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J280" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K280" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L280" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M280" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N280" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O280" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P280" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R280" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S280" t="inlineStr">
+        <is>
+          <t>Discharge Conditions 4.1</t>
+        </is>
+      </c>
       <c r="U280" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V280" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W280" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y280" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB280" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF280" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>IRS/2025/6661/OPPC</t>
+          <t>IRS/2025/6703/OPPC</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>06 September 2025 04:00</t>
+          <t>05 July 2023 19:15</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G281" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H281" t="n">
-        <v>37.0</v>
+        <v>5.0</v>
       </c>
       <c r="I281" t="n">
-        <v>12.45</v>
+        <v>2.1</v>
       </c>
       <c r="J281" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K281" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L281" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M281" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="N281" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O281" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P281" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="R281" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S281" t="inlineStr">
+        <is>
+          <t>Maximum Load (t/12hour) of oil in produced water discharged from slops exceeded 1 tonne</t>
+        </is>
+      </c>
+      <c r="T281" t="n">
+        <v>0.055</v>
+      </c>
+      <c r="U281" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V281" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
+        </is>
+      </c>
+      <c r="W281" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y281" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB281" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AC281" t="n">
+        <v>225.0</v>
+      </c>
+      <c r="AD281" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="AE281" t="n">
         <v>1.0</v>
-      </c>
-[...66 lines deleted...]
-        <v>1.7</v>
       </c>
       <c r="AF281" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>IRS/2025/6666/OPPC</t>
+          <t>IRS/2025/6704/OPPC</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>08 September 2025 11:00</t>
+          <t>16 September 2025 19:30</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G282" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="H282" t="n">
-        <v>48.0</v>
+        <v>17.0</v>
       </c>
       <c r="I282" t="n">
-        <v>36.0</v>
+        <v>15.15</v>
       </c>
       <c r="J282" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K282" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L282" t="n">
-        <v>44.0</v>
+        <v>10.0</v>
       </c>
       <c r="M282" t="n">
-        <v>7.0</v>
+        <v>41.51</v>
       </c>
       <c r="N282" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O282" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P282" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R282" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S282" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T282" t="n">
+        <v>0.1929</v>
+      </c>
+      <c r="U282" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V282" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W282" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y282" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB282" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF282" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>IRS/2025/6675/OPPC</t>
+          <t>IRS/2025/6709/OPPC</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>08 September 2025 19:30</t>
+          <t>18 September 2025 08:00</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G283" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H283" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I283" t="n">
-        <v>12.45</v>
+        <v>15.15</v>
       </c>
       <c r="J283" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K283" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L283" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M283" t="n">
-        <v>25.96</v>
+        <v>41.51</v>
       </c>
       <c r="N283" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O283" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P283" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R283" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S283" t="inlineStr">
         <is>
-          <t>The permit condition that has been breached is discharge conditions 4.1</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T283" t="n">
+        <v>2.0E-4</v>
       </c>
       <c r="U283" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V283" t="inlineStr">
         <is>
-          <t>Maximum load</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>IRS/2025/6676/OPPC</t>
+          <t>IRS/2025/6723/OPPC</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>09 September 2025 12:30</t>
+          <t>23 August 2025 10:41</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>ONE-DYAS UK LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>Sean PP Platform</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>SOUTH SEAN</t>
+          <t>STELLA</t>
         </is>
       </c>
       <c r="G284" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H284" t="n">
-        <v>11.0</v>
+        <v>46.0</v>
       </c>
       <c r="I284" t="n">
-        <v>23.0</v>
+        <v>50.78</v>
       </c>
       <c r="J284" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K284" t="n">
         <v>2.0</v>
       </c>
       <c r="L284" t="n">
-        <v>51.0</v>
+        <v>6.0</v>
       </c>
       <c r="M284" t="n">
-        <v>45.0</v>
+        <v>32.52</v>
       </c>
       <c r="N284" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O284" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P284" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R284" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S284" t="inlineStr">
         <is>
-          <t>Section 4.3 Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.  Oil discharge location 3 samples should be analysed according to BEIS Sampling and Analysis Methodology.</t>
-        </is>
+          <t>Permit schedule of conditions: 4.2</t>
+        </is>
+      </c>
+      <c r="T284" t="n">
+        <v>0.1007</v>
       </c>
       <c r="U284" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V284" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W284" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y284" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling and analysis method</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB284" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF284" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>IRS/2025/6682/OPPC</t>
+          <t>IRS/2025/6728/OPPC</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>12 September 2025 14:00</t>
+          <t>21 September 2025 16:00</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G285" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H285" t="n">
-        <v>37.0</v>
+        <v>28.0</v>
       </c>
       <c r="I285" t="n">
-        <v>12.45</v>
+        <v>6.0</v>
       </c>
       <c r="J285" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K285" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L285" t="n">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
       <c r="M285" t="n">
-        <v>25.96</v>
+        <v>43.0</v>
       </c>
       <c r="N285" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O285" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P285" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R285" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S285" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T285" t="n">
-        <v>1.6202</v>
+        <v>0.0244</v>
       </c>
       <c r="U285" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V285" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W285" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y285" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB285" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF285" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>IRS/2025/6683/OPPC</t>
+          <t>IRS/2025/6730/OPPC</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>11 September 2025 19:40</t>
+          <t>09 June 2025 14:00</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G286" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="H286" t="n">
-        <v>50.0</v>
+        <v>26.0</v>
       </c>
       <c r="I286" t="n">
-        <v>4.4</v>
+        <v>58.0</v>
       </c>
       <c r="J286" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K286" t="n">
         <v>0.0</v>
       </c>
       <c r="L286" t="n">
-        <v>26.0</v>
+        <v>15.0</v>
       </c>
       <c r="M286" t="n">
-        <v>34.8</v>
+        <v>13.0</v>
       </c>
       <c r="N286" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O286" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P286" t="inlineStr">
         <is>
-          <t>3</t>
-        </is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="AC286" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD286" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AE286" t="n">
+        <v>0.0</v>
       </c>
       <c r="AF286" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>IRS/2025/6700/OPPC</t>
+          <t>IRS/2025/6733/OPPC</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>15 September 2025 15:00</t>
+          <t>28 May 2025 08:00</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G287" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H287" t="n">
-        <v>28.0</v>
+        <v>19.0</v>
       </c>
       <c r="I287" t="n">
-        <v>6.0</v>
+        <v>25.12</v>
       </c>
       <c r="J287" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K287" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L287" t="n">
-        <v>31.0</v>
+        <v>34.0</v>
       </c>
       <c r="M287" t="n">
-        <v>43.0</v>
+        <v>29.68</v>
       </c>
       <c r="N287" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O287" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P287" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>23</t>
         </is>
       </c>
       <c r="R287" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S287" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section  (4) Discharge Conditions.
+(4.1) - No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that table.</t>
         </is>
       </c>
       <c r="T287" t="n">
-        <v>0.4326</v>
+        <v>0.0779</v>
       </c>
       <c r="U287" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V287" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W287" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y287" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB287" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
+      </c>
+      <c r="AC287" t="n">
+        <v>78.0</v>
+      </c>
+      <c r="AD287" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="AE287" t="n">
+        <v>1.3</v>
       </c>
       <c r="AF287" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>IRS/2025/6702/OPPC</t>
+          <t>IRS/2025/6749/OPPC</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>07 August 2025 20:00</t>
+          <t>28 September 2025 08:00</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G288" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H288" t="n">
-        <v>37.0</v>
+        <v>28.0</v>
       </c>
       <c r="I288" t="n">
-        <v>12.45</v>
+        <v>6.0</v>
       </c>
       <c r="J288" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K288" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L288" t="n">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
       <c r="M288" t="n">
-        <v>25.96</v>
+        <v>43.0</v>
       </c>
       <c r="N288" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O288" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P288" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R288" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S288" t="inlineStr">
         <is>
-          <t>Discharge Conditions 4.1</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T288" t="n">
+        <v>0.5289</v>
       </c>
       <c r="U288" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V288" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>IRS/2025/6703/OPPC</t>
+          <t>IRS/2025/6763/OPPC</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>05 July 2023 19:15</t>
+          <t>01 October 2025 04:00</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G289" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H289" t="n">
-        <v>5.0</v>
+        <v>37.0</v>
       </c>
       <c r="I289" t="n">
-        <v>2.1</v>
+        <v>12.45</v>
       </c>
       <c r="J289" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K289" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L289" t="n">
-        <v>53.0</v>
+        <v>18.0</v>
       </c>
       <c r="M289" t="n">
-        <v>32.8</v>
+        <v>25.96</v>
       </c>
       <c r="N289" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O289" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P289" t="inlineStr">
         <is>
-          <t>30</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>12</t>
         </is>
       </c>
       <c r="AC289" t="n">
-        <v>225.0</v>
+        <v>170.0</v>
       </c>
       <c r="AD289" t="n">
-        <v>15.0</v>
+        <v>40.0</v>
       </c>
       <c r="AE289" t="n">
-        <v>1.0</v>
+        <v>4.3</v>
       </c>
       <c r="AF289" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>IRS/2025/6704/OPPC</t>
+          <t>IRS/2025/6764/OPPC</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>16 September 2025 19:30</t>
+          <t>01 October 2025 14:00</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Britannia</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="G290" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="H290" t="n">
-        <v>17.0</v>
+        <v>2.0</v>
       </c>
       <c r="I290" t="n">
-        <v>15.15</v>
+        <v>55.13</v>
       </c>
       <c r="J290" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K290" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L290" t="n">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="M290" t="n">
-        <v>41.51</v>
+        <v>19.54</v>
       </c>
       <c r="N290" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O290" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P290" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R290" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S290" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.1929</v>
+          <t>4.3 Sampling and quantification of the dishcarge(s) in Table 1 shall be carried out by the permit holder in accordance with the requirements for monitoring specified in Table 2</t>
+        </is>
       </c>
       <c r="U290" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W290" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y290" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z290" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB290" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF290" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>IRS/2025/6709/OPPC</t>
+          <t>IRS/2025/6766/OPPC</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>18 September 2025 08:00</t>
+          <t>01 October 2025 09:00</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G291" t="n">
         <v>57.0</v>
       </c>
       <c r="H291" t="n">
         <v>17.0</v>
       </c>
       <c r="I291" t="n">
         <v>15.15</v>
       </c>
       <c r="J291" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K291" t="n">
         <v>2.0</v>
       </c>
       <c r="L291" t="n">
         <v>10.0</v>
       </c>
       <c r="M291" t="n">
         <v>41.51</v>
       </c>
@@ -31866,1519 +32049,1481 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O291" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P291" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="R291" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S291" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T291" t="n">
-        <v>2.0E-4</v>
+        <v>0.1668</v>
       </c>
       <c r="U291" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V291" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W291" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y291" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB291" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF291" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>IRS/2025/6723/OPPC</t>
+          <t>IRS/2025/6767/OPPC</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>23 August 2025 10:41</t>
+          <t>01 October 2025 09:00</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G292" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H292" t="n">
-        <v>46.0</v>
+        <v>28.0</v>
       </c>
       <c r="I292" t="n">
-        <v>50.78</v>
+        <v>6.0</v>
       </c>
       <c r="J292" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K292" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L292" t="n">
-        <v>6.0</v>
+        <v>31.0</v>
       </c>
       <c r="M292" t="n">
-        <v>32.52</v>
+        <v>43.0</v>
       </c>
       <c r="N292" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O292" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P292" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R292" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S292" t="inlineStr">
         <is>
-          <t>Permit schedule of conditions: 4.2</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T292" t="n">
-        <v>0.1007</v>
+        <v>1.3172</v>
       </c>
       <c r="U292" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V292" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>IRS/2025/6728/OPPC</t>
+          <t>IRS/2025/6769/OPPC</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>21 September 2025 16:00</t>
+          <t>02 October 2025 00:55</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G293" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H293" t="n">
-        <v>28.0</v>
+        <v>50.0</v>
       </c>
       <c r="I293" t="n">
-        <v>6.0</v>
+        <v>4.4</v>
       </c>
       <c r="J293" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K293" t="n">
         <v>0.0</v>
       </c>
       <c r="L293" t="n">
-        <v>31.0</v>
+        <v>26.0</v>
       </c>
       <c r="M293" t="n">
-        <v>43.0</v>
+        <v>34.8</v>
       </c>
       <c r="N293" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O293" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P293" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R293" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S293" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4.1 Table 1 monthly Average OIW limit exceeded</t>
         </is>
       </c>
       <c r="T293" t="n">
-        <v>0.0244</v>
+        <v>0.0092</v>
       </c>
       <c r="U293" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V293" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W293" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y293" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB293" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF293" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>IRS/2025/6730/OPPC</t>
+          <t>IRS/2025/6771/OPPC</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>09 June 2025 14:00</t>
+          <t>01 October 2025 12:00</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G294" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="H294" t="n">
-        <v>26.0</v>
+        <v>55.0</v>
       </c>
       <c r="I294" t="n">
-        <v>58.0</v>
+        <v>31.635</v>
       </c>
       <c r="J294" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K294" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L294" t="n">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
       <c r="M294" t="n">
-        <v>13.0</v>
+        <v>34.315</v>
       </c>
       <c r="N294" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O294" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P294" t="inlineStr">
         <is>
-          <t>19</t>
-[...9 lines deleted...]
-        <v>0.0</v>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R294" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S294" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T294" t="n">
+        <v>0.0307</v>
+      </c>
+      <c r="U294" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V294" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W294" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y294" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB294" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF294" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>IRS/2025/6733/OPPC</t>
+          <t>IRS/2025/6772/OPPC</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>28 May 2025 08:00</t>
+          <t>01 October 2025 12:00</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G295" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="H295" t="n">
-        <v>19.0</v>
+        <v>55.0</v>
       </c>
       <c r="I295" t="n">
-        <v>25.12</v>
+        <v>31.635</v>
       </c>
       <c r="J295" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K295" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L295" t="n">
-        <v>34.0</v>
+        <v>17.0</v>
       </c>
       <c r="M295" t="n">
-        <v>29.68</v>
+        <v>34.315</v>
       </c>
       <c r="N295" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O295" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P295" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R295" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S295" t="inlineStr">
         <is>
-          <t>Section  (4) Discharge Conditions.
-(4.1) - No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that table.</t>
+          <t>Table 1. Monthly Average mg/L</t>
         </is>
       </c>
       <c r="T295" t="n">
-        <v>0.0779</v>
+        <v>0.5442</v>
       </c>
       <c r="U295" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V295" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W295" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y295" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB295" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>1.3</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF295" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>IRS/2025/6749/OPPC</t>
+          <t>IRS/2025/6779/OPPC</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>28 September 2025 08:00</t>
+          <t>01 October 2025 00:00</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G296" t="n">
         <v>57.0</v>
       </c>
       <c r="H296" t="n">
-        <v>28.0</v>
+        <v>11.0</v>
       </c>
       <c r="I296" t="n">
-        <v>6.0</v>
+        <v>3.752</v>
       </c>
       <c r="J296" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K296" t="n">
         <v>0.0</v>
       </c>
       <c r="L296" t="n">
-        <v>31.0</v>
+        <v>59.0</v>
       </c>
       <c r="M296" t="n">
-        <v>43.0</v>
+        <v>54.329</v>
       </c>
       <c r="N296" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O296" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P296" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>25</t>
         </is>
       </c>
       <c r="R296" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S296" t="inlineStr">
-        <is>
-[...870 lines deleted...]
-      <c r="S304" t="inlineStr">
         <is>
           <t>Breach of permit condition 4 Discharge
 conditions. 4.1 no discharge(s) specified in
 table 1 shall exceed the limit(s) for the
 parameters specified in that table. Monthly
 average &lt;30 (mg/L)</t>
         </is>
       </c>
-      <c r="T304" t="n">
+      <c r="T296" t="n">
         <v>1.2282</v>
       </c>
+      <c r="U296" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V296" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W296" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y296" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB296" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF296" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="inlineStr">
+        <is>
+          <t>IRS/2025/6780/OPPC</t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>03 October 2025 20:00</t>
+        </is>
+      </c>
+      <c r="D297" t="inlineStr">
+        <is>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="E297" t="inlineStr">
+        <is>
+          <t>Kittiwake A Platform</t>
+        </is>
+      </c>
+      <c r="F297" t="inlineStr">
+        <is>
+          <t>KITTIWAKE</t>
+        </is>
+      </c>
+      <c r="G297" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H297" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I297" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="J297" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K297" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L297" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="M297" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="N297" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O297" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P297" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="R297" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S297" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T297" t="n">
+        <v>0.404</v>
+      </c>
+      <c r="U297" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V297" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W297" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y297" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB297" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF297" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="inlineStr">
+        <is>
+          <t>IRS/2025/6783/OPPC</t>
+        </is>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C298" t="inlineStr">
+        <is>
+          <t>05 October 2025 04:45</t>
+        </is>
+      </c>
+      <c r="D298" t="inlineStr">
+        <is>
+          <t>APACHE NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="E298" t="inlineStr">
+        <is>
+          <t>Forties FB Platform</t>
+        </is>
+      </c>
+      <c r="F298" t="inlineStr">
+        <is>
+          <t>FORTIES</t>
+        </is>
+      </c>
+      <c r="G298" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H298" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="I298" t="n">
+        <v>57.49</v>
+      </c>
+      <c r="J298" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K298" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L298" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="M298" t="n">
+        <v>54.21</v>
+      </c>
+      <c r="N298" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O298" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P298" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="R298" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S298" t="inlineStr">
+        <is>
+          <t>Condition 4 - Discharge Height</t>
+        </is>
+      </c>
+      <c r="U298" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W298" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X298" t="inlineStr">
+        <is>
+          <t>Discharge height(s)</t>
+        </is>
+      </c>
+      <c r="Y298" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB298" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF298" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="inlineStr">
+        <is>
+          <t>IRS/2025/6800/OPPC</t>
+        </is>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>03 October 2025 10:23</t>
+        </is>
+      </c>
+      <c r="D299" t="inlineStr">
+        <is>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="E299" t="inlineStr">
+        <is>
+          <t>BW Catcher</t>
+        </is>
+      </c>
+      <c r="F299" t="inlineStr">
+        <is>
+          <t>CATCHER</t>
+        </is>
+      </c>
+      <c r="G299" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H299" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="I299" t="n">
+        <v>12.43</v>
+      </c>
+      <c r="J299" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K299" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L299" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="M299" t="n">
+        <v>46.93</v>
+      </c>
+      <c r="N299" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O299" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="P299" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="R299" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S299" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T299" t="n">
+        <v>2.0E-4</v>
+      </c>
+      <c r="U299" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V299" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W299" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y299" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB299" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF299" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>IRS/2025/6803/OPPC</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>06 October 2025 13:45</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>Armada Platform</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
+          <t>FLEMING</t>
+        </is>
+      </c>
+      <c r="G300" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H300" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="I300" t="n">
+        <v>26.76</v>
+      </c>
+      <c r="J300" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K300" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L300" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="M300" t="n">
+        <v>42.26</v>
+      </c>
+      <c r="N300" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O300" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P300" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="R300" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S300" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T300" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="U300" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V300" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W300" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y300" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB300" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF300" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="inlineStr">
+        <is>
+          <t>IRS/2025/6817/OPPC</t>
+        </is>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C301" t="inlineStr">
+        <is>
+          <t>08 October 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D301" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E301" t="inlineStr">
+        <is>
+          <t>Alwyn North NAB Platform</t>
+        </is>
+      </c>
+      <c r="F301" t="inlineStr">
+        <is>
+          <t>ALWYN NORTH</t>
+        </is>
+      </c>
+      <c r="G301" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H301" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I301" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="J301" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K301" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L301" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M301" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N301" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O301" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P301" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="AF301" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="inlineStr">
+        <is>
+          <t>IRS/2025/6838/OPPC</t>
+        </is>
+      </c>
+      <c r="B302" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr">
+        <is>
+          <t>11 October 2025 07:00</t>
+        </is>
+      </c>
+      <c r="D302" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="E302" t="inlineStr">
+        <is>
+          <t>Brae A Platform</t>
+        </is>
+      </c>
+      <c r="F302" t="inlineStr">
+        <is>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
+        </is>
+      </c>
+      <c r="G302" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H302" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I302" t="n">
+        <v>33.5</v>
+      </c>
+      <c r="J302" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K302" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L302" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="M302" t="n">
+        <v>54.7</v>
+      </c>
+      <c r="N302" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O302" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="P302" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="AF302" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr">
+        <is>
+          <t>IRS/2025/6841/OPPC</t>
+        </is>
+      </c>
+      <c r="B303" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>01 January 2022 08:00</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>Hyde Platform</t>
+        </is>
+      </c>
+      <c r="F303" t="inlineStr">
+        <is>
+          <t>HYDE</t>
+        </is>
+      </c>
+      <c r="G303" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H303" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I303" t="n">
+        <v>26.53</v>
+      </c>
+      <c r="J303" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K303" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L303" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M303" t="n">
+        <v>43.3</v>
+      </c>
+      <c r="N303" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O303" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="P303" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="R303" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S303" t="inlineStr">
+        <is>
+          <t>Section 4, Discharge Conditions, namely, quantification at the flow metering location(s)</t>
+        </is>
+      </c>
+      <c r="U303" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W303" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X303" t="inlineStr">
+        <is>
+          <t>Flow metering location(s)</t>
+        </is>
+      </c>
+      <c r="Y303" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB303" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF303" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="inlineStr">
+        <is>
+          <t>IRS/2025/6842/OPPC</t>
+        </is>
+      </c>
+      <c r="B304" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C304" t="inlineStr">
+        <is>
+          <t>01 January 2023 08:00</t>
+        </is>
+      </c>
+      <c r="D304" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E304" t="inlineStr">
+        <is>
+          <t>Ravenspurn North CPP Platform</t>
+        </is>
+      </c>
+      <c r="F304" t="inlineStr">
+        <is>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+        </is>
+      </c>
+      <c r="G304" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="H304" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="I304" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="J304" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K304" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L304" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="M304" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N304" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O304" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="P304" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="R304" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S304" t="inlineStr">
+        <is>
+          <t>Condition 3.1 - The permit holder shall only undertake Oil Discharge Operations in accordance with the arrangements described within the Permit Application, the Permit and the Standard Industry Conditions
+Condition 5.1 - The Permit Holder shall comply with the Standard Industry Conditions.</t>
+        </is>
+      </c>
       <c r="U304" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W304" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y304" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB304" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF304" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>IRS/2025/6780/OPPC</t>
+          <t>IRS/2025/6844/OPPC</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>03 October 2025 20:00</t>
+          <t>14 October 2025 08:00</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
         <is>
           <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
           <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G305" t="n">
         <v>57.0</v>
       </c>
       <c r="H305" t="n">
         <v>28.0</v>
       </c>
       <c r="I305" t="n">
         <v>6.0</v>
@@ -33401,3253 +33546,3301 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O305" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P305" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="R305" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S305" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T305" t="n">
-        <v>0.404</v>
+        <v>0.2313</v>
       </c>
       <c r="U305" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V305" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W305" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y305" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB305" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF305" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>IRS/2025/6783/OPPC</t>
+          <t>IRS/2025/6862/OPPC</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>05 October 2025 04:45</t>
+          <t>16 October 2025 14:07</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E306" t="inlineStr">
         <is>
-          <t>Forties FB Platform</t>
+          <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G306" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H306" t="n">
-        <v>44.0</v>
+        <v>5.0</v>
       </c>
       <c r="I306" t="n">
-        <v>57.49</v>
+        <v>22.0</v>
       </c>
       <c r="J306" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K306" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L306" t="n">
-        <v>54.0</v>
+        <v>7.0</v>
       </c>
       <c r="M306" t="n">
-        <v>54.21</v>
+        <v>45.0</v>
       </c>
       <c r="N306" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O306" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P306" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="R306" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S306" t="inlineStr">
+        <is>
+          <t>Exceeded the maximum concentration of 30mg/l in one month average</t>
+        </is>
+      </c>
+      <c r="T306" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="U306" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V306" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W306" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y306" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB306" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF306" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>IRS/2025/6800/OPPC</t>
+          <t>IRS/2025/6870/OPPC</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>03 October 2025 10:23</t>
+          <t>17 October 2025 14:00</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G307" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="H307" t="n">
-        <v>46.0</v>
+        <v>51.0</v>
       </c>
       <c r="I307" t="n">
-        <v>12.43</v>
+        <v>24.42</v>
       </c>
       <c r="J307" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K307" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L307" t="n">
-        <v>42.0</v>
+        <v>28.0</v>
       </c>
       <c r="M307" t="n">
-        <v>46.93</v>
+        <v>8.73</v>
       </c>
       <c r="N307" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O307" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P307" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R307" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S307" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T307" t="n">
-        <v>2.0E-4</v>
+        <v>0.2049</v>
       </c>
       <c r="U307" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V307" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>IRS/2025/6803/OPPC</t>
+          <t>IRS/2025/6873/OPPC</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>06 October 2025 13:45</t>
+          <t>21 October 2025 09:45</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G308" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="H308" t="n">
-        <v>57.0</v>
+        <v>37.0</v>
       </c>
       <c r="I308" t="n">
-        <v>26.76</v>
+        <v>12.45</v>
       </c>
       <c r="J308" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K308" t="n">
         <v>1.0</v>
       </c>
       <c r="L308" t="n">
-        <v>50.0</v>
+        <v>18.0</v>
       </c>
       <c r="M308" t="n">
-        <v>42.26</v>
+        <v>25.96</v>
       </c>
       <c r="N308" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O308" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P308" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R308" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S308" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4. Discharge Conditions</t>
         </is>
       </c>
       <c r="T308" t="n">
-        <v>0.0205</v>
+        <v>2.4802</v>
       </c>
       <c r="U308" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V308" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>IRS/2025/6817/OPPC</t>
+          <t>IRS/2025/6878/OPPC</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>08 October 2025 12:00</t>
+          <t>22 October 2025 15:41</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Leman BD Platform [PERENCO]</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G309" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="H309" t="n">
-        <v>48.0</v>
+        <v>3.0</v>
       </c>
       <c r="I309" t="n">
-        <v>36.0</v>
+        <v>7.476</v>
       </c>
       <c r="J309" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K309" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L309" t="n">
-        <v>44.0</v>
+        <v>17.0</v>
       </c>
       <c r="M309" t="n">
-        <v>7.0</v>
+        <v>10.818</v>
       </c>
       <c r="N309" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O309" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P309" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="R309" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S309" t="inlineStr">
+        <is>
+          <t>Section 4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
+      </c>
+      <c r="U309" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W309" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y309" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z309" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB309" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF309" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>IRS/2025/6838/OPPC</t>
+          <t>IRS/2025/6882/OPPC</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>11 October 2025 07:00</t>
+          <t>26 September 2025 02:00</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G310" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="H310" t="n">
-        <v>41.0</v>
+        <v>48.0</v>
       </c>
       <c r="I310" t="n">
-        <v>33.5</v>
+        <v>36.0</v>
       </c>
       <c r="J310" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K310" t="n">
         <v>1.0</v>
       </c>
       <c r="L310" t="n">
-        <v>16.0</v>
+        <v>44.0</v>
       </c>
       <c r="M310" t="n">
-        <v>54.7</v>
+        <v>7.0</v>
       </c>
       <c r="N310" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O310" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P310" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF310" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>IRS/2025/6841/OPPC</t>
+          <t>IRS/2025/6898/OPPC</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>01 January 2022 08:00</t>
+          <t>23 October 2025 07:00</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
-          <t>Hyde Platform</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>HYDE</t>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
         </is>
       </c>
       <c r="G311" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="H311" t="n">
-        <v>48.0</v>
+        <v>41.0</v>
       </c>
       <c r="I311" t="n">
-        <v>26.53</v>
+        <v>33.5</v>
       </c>
       <c r="J311" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K311" t="n">
         <v>1.0</v>
       </c>
       <c r="L311" t="n">
-        <v>1.0</v>
+        <v>16.0</v>
       </c>
       <c r="M311" t="n">
-        <v>43.3</v>
+        <v>54.7</v>
       </c>
       <c r="N311" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O311" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P311" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R311" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S311" t="inlineStr">
         <is>
-          <t>Section 4, Discharge Conditions, namely, quantification at the flow metering location(s)</t>
+          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
         </is>
       </c>
       <c r="U311" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="W311" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Flow metering location(s)</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Y311" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z311" t="inlineStr">
+        <is>
+          <t>Measurement uncertainty of produced water volume</t>
         </is>
       </c>
       <c r="AB311" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF311" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>IRS/2025/6842/OPPC</t>
+          <t>IRS/2025/6899/OPPC</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>01 January 2023 08:00</t>
+          <t>24 October 2025 05:00</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
-          <t>Ravenspurn North CPP Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G312" t="n">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="H312" t="n">
-        <v>1.0</v>
+        <v>17.0</v>
       </c>
       <c r="I312" t="n">
-        <v>48.0</v>
+        <v>15.15</v>
       </c>
       <c r="J312" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K312" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L312" t="n">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="M312" t="n">
-        <v>0.0</v>
+        <v>41.51</v>
       </c>
       <c r="N312" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O312" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P312" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R312" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S312" t="inlineStr">
         <is>
-          <t>Condition 3.1 - The permit holder shall only undertake Oil Discharge Operations in accordance with the arrangements described within the Permit Application, the Permit and the Standard Industry Conditions
-[...1 lines deleted...]
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T312" t="n">
+        <v>0.3492</v>
       </c>
       <c r="U312" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V312" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W312" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y312" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB312" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF312" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>IRS/2025/6844/OPPC</t>
+          <t>IRS/2025/6900/OPPC</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>14 October 2025 08:00</t>
+          <t>23 October 2025 14:00</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G313" t="n">
         <v>57.0</v>
       </c>
       <c r="H313" t="n">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
       <c r="I313" t="n">
-        <v>6.0</v>
+        <v>15.15</v>
       </c>
       <c r="J313" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K313" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L313" t="n">
-        <v>31.0</v>
+        <v>10.0</v>
       </c>
       <c r="M313" t="n">
-        <v>43.0</v>
+        <v>41.51</v>
       </c>
       <c r="N313" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O313" t="inlineStr">
         <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P313" t="inlineStr">
+        <is>
           <t>21</t>
         </is>
       </c>
-      <c r="P313" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R313" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S313" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T313" t="n">
-        <v>0.2313</v>
+        <v>5.0E-4</v>
       </c>
       <c r="U313" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V313" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W313" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y313" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB313" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF313" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>IRS/2025/6862/OPPC</t>
+          <t>IRS/2025/6901/OPPC</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>16 October 2025 14:07</t>
+          <t>18 October 2025 20:00</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
-          <t>Leman AD1 Platform [SHELL]</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G314" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H314" t="n">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
       <c r="I314" t="n">
-        <v>22.0</v>
+        <v>15.15</v>
       </c>
       <c r="J314" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K314" t="n">
         <v>2.0</v>
       </c>
       <c r="L314" t="n">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="M314" t="n">
-        <v>45.0</v>
+        <v>41.51</v>
       </c>
       <c r="N314" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O314" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P314" t="inlineStr">
         <is>
-          <t>26</t>
-[...38 lines deleted...]
-        </is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="AC314" t="n">
+        <v>336.0</v>
+      </c>
+      <c r="AD314" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="AE314" t="n">
+        <v>1.2</v>
       </c>
       <c r="AF314" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>IRS/2025/6870/OPPC</t>
+          <t>IRS/2025/6902/OPPC</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>17 October 2025 14:00</t>
+          <t>28 October 2025 01:00</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G315" t="n">
         <v>60.0</v>
       </c>
       <c r="H315" t="n">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
       <c r="I315" t="n">
-        <v>24.42</v>
+        <v>36.0</v>
       </c>
       <c r="J315" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K315" t="n">
         <v>1.0</v>
       </c>
       <c r="L315" t="n">
-        <v>28.0</v>
+        <v>44.0</v>
       </c>
       <c r="M315" t="n">
-        <v>8.73</v>
+        <v>7.0</v>
       </c>
       <c r="N315" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O315" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P315" t="inlineStr">
         <is>
-          <t>3</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF315" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>IRS/2025/6873/OPPC</t>
+          <t>IRS/2025/6904/OPPC</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>21 October 2025 09:45</t>
+          <t>26 August 2023 09:45</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Captain BLP</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="G316" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="H316" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="I316" t="n">
-        <v>12.45</v>
+        <v>57.099</v>
       </c>
       <c r="J316" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K316" t="n">
         <v>1.0</v>
       </c>
       <c r="L316" t="n">
-        <v>18.0</v>
+        <v>46.0</v>
       </c>
       <c r="M316" t="n">
-        <v>25.96</v>
+        <v>40.8</v>
       </c>
       <c r="N316" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O316" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P316" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>22</t>
         </is>
       </c>
       <c r="R316" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S316" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
-[...3 lines deleted...]
-        <v>2.4802</v>
+          <t>4 Discharge Conditions - 4.2 The discharge(s) from the source(s) specified in Table 1, shall only be permitted:
+(a) from the discharge location(s)</t>
+        </is>
       </c>
       <c r="U316" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W316" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X316" t="inlineStr">
+        <is>
+          <t>Circumstances of use</t>
         </is>
       </c>
       <c r="Y316" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB316" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF316" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>IRS/2025/6878/OPPC</t>
+          <t>IRS/2025/6905/OPPC</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>22 October 2025 15:41</t>
+          <t>27 October 2025 03:00</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
-          <t>Leman BD Platform [PERENCO]</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G317" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H317" t="n">
-        <v>3.0</v>
+        <v>41.0</v>
       </c>
       <c r="I317" t="n">
-        <v>7.476</v>
+        <v>48.3</v>
       </c>
       <c r="J317" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K317" t="n">
         <v>2.0</v>
       </c>
       <c r="L317" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="M317" t="n">
-        <v>10.818</v>
+        <v>13.35</v>
       </c>
       <c r="N317" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O317" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P317" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R317" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S317" t="inlineStr">
         <is>
-          <t>Section 4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Operator in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T317" t="n">
+        <v>0.009</v>
       </c>
       <c r="U317" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V317" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
         </is>
       </c>
       <c r="W317" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y317" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB317" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF317" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>IRS/2025/6882/OPPC</t>
+          <t>IRS/2025/6916/OPPC</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>26 September 2025 02:00</t>
+          <t>01 November 2025 09:00</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G318" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="H318" t="n">
-        <v>48.0</v>
+        <v>55.0</v>
       </c>
       <c r="I318" t="n">
-        <v>36.0</v>
+        <v>31.635</v>
       </c>
       <c r="J318" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K318" t="n">
         <v>1.0</v>
       </c>
       <c r="L318" t="n">
-        <v>44.0</v>
+        <v>17.0</v>
       </c>
       <c r="M318" t="n">
-        <v>7.0</v>
+        <v>34.315</v>
       </c>
       <c r="N318" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O318" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P318" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R318" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S318" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T318" t="n">
+        <v>0.1778</v>
+      </c>
+      <c r="U318" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V318" t="inlineStr">
+        <is>
+          <t>Average concentration for the operation</t>
+        </is>
+      </c>
+      <c r="W318" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y318" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB318" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF318" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>IRS/2025/6898/OPPC</t>
+          <t>IRS/2025/6917/OPPC</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>23 October 2025 07:00</t>
+          <t>01 November 2025 09:00</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G319" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="H319" t="n">
-        <v>41.0</v>
+        <v>55.0</v>
       </c>
       <c r="I319" t="n">
-        <v>33.5</v>
+        <v>31.635</v>
       </c>
       <c r="J319" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K319" t="n">
         <v>1.0</v>
       </c>
       <c r="L319" t="n">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
       <c r="M319" t="n">
-        <v>54.7</v>
+        <v>34.315</v>
       </c>
       <c r="N319" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O319" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P319" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R319" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S319" t="inlineStr">
         <is>
-          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T319" t="n">
+        <v>0.0249</v>
       </c>
       <c r="U319" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V319" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W319" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y319" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Measurement uncertainty of produced water volume</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB319" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF319" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>IRS/2025/6899/OPPC</t>
+          <t>IRS/2025/6925/OPPC</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>24 October 2025 05:00</t>
+          <t>03 November 2025 08:00</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G320" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H320" t="n">
-        <v>17.0</v>
+        <v>50.0</v>
       </c>
       <c r="I320" t="n">
-        <v>15.15</v>
+        <v>4.4</v>
       </c>
       <c r="J320" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K320" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L320" t="n">
-        <v>10.0</v>
+        <v>26.0</v>
       </c>
       <c r="M320" t="n">
-        <v>41.51</v>
+        <v>34.8</v>
       </c>
       <c r="N320" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O320" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P320" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R320" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S320" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>4.1 Table 1 monthly AVERAGE OIW limit - exceeded</t>
         </is>
       </c>
       <c r="T320" t="n">
-        <v>0.3492</v>
+        <v>0.0017</v>
       </c>
       <c r="U320" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V320" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W320" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y320" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB320" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF320" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>IRS/2025/6900/OPPC</t>
+          <t>IRS/2025/6926/OPPC</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>23 October 2025 14:00</t>
+          <t>03 November 2025 10:00</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G321" t="n">
         <v>57.0</v>
       </c>
       <c r="H321" t="n">
-        <v>17.0</v>
+        <v>28.0</v>
       </c>
       <c r="I321" t="n">
-        <v>15.15</v>
+        <v>6.0</v>
       </c>
       <c r="J321" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K321" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L321" t="n">
-        <v>10.0</v>
+        <v>31.0</v>
       </c>
       <c r="M321" t="n">
-        <v>41.51</v>
+        <v>43.0</v>
       </c>
       <c r="N321" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O321" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P321" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R321" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S321" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T321" t="n">
-        <v>5.0E-4</v>
+        <v>0.6206</v>
       </c>
       <c r="U321" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V321" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W321" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y321" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB321" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF321" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>IRS/2025/6901/OPPC</t>
+          <t>IRS/2025/6929/OPPC</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>18 October 2025 20:00</t>
+          <t>03 November 2025 15:00</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Leman AD1 Platform [SHELL]</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G322" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H322" t="n">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
       <c r="I322" t="n">
-        <v>15.15</v>
+        <v>22.0</v>
       </c>
       <c r="J322" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K322" t="n">
         <v>2.0</v>
       </c>
       <c r="L322" t="n">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="M322" t="n">
-        <v>41.51</v>
+        <v>45.0</v>
       </c>
       <c r="N322" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O322" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P322" t="inlineStr">
         <is>
-          <t>21</t>
-[...9 lines deleted...]
-        <v>1.2</v>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="R322" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S322" t="inlineStr">
+        <is>
+          <t>Exceeded the maximum concentration of 30mg/l in one month average</t>
+        </is>
+      </c>
+      <c r="T322" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="U322" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V322" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W322" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y322" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB322" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF322" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>IRS/2025/6902/OPPC</t>
+          <t>IRS/2025/6932/OPPC</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>28 October 2025 01:00</t>
+          <t>03 November 2025 12:00</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G323" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H323" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I323" t="n">
-        <v>36.0</v>
+        <v>12.45</v>
       </c>
       <c r="J323" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K323" t="n">
         <v>1.0</v>
       </c>
       <c r="L323" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="M323" t="n">
-        <v>7.0</v>
+        <v>25.96</v>
       </c>
       <c r="N323" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O323" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P323" t="inlineStr">
         <is>
-          <t>9</t>
-        </is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="R323" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S323" t="inlineStr">
+        <is>
+          <t>4A</t>
+        </is>
+      </c>
+      <c r="T323" t="n">
+        <v>0.0919</v>
+      </c>
+      <c r="U323" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V323" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W323" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y323" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB323" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC323" t="n">
+        <v>174.0</v>
+      </c>
+      <c r="AD323" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="AE323" t="n">
+        <v>3.6</v>
       </c>
       <c r="AF323" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>IRS/2025/6904/OPPC</t>
+          <t>IRS/2025/6935/OPPC</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>26 August 2023 09:45</t>
+          <t>04 November 2025 10:00</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
-          <t>Captain BLP</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G324" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="H324" t="n">
-        <v>17.0</v>
+        <v>55.0</v>
       </c>
       <c r="I324" t="n">
-        <v>57.099</v>
+        <v>31.635</v>
       </c>
       <c r="J324" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K324" t="n">
         <v>1.0</v>
       </c>
       <c r="L324" t="n">
-        <v>46.0</v>
+        <v>17.0</v>
       </c>
       <c r="M324" t="n">
-        <v>40.8</v>
+        <v>34.315</v>
       </c>
       <c r="N324" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O324" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P324" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>2</t>
         </is>
       </c>
       <c r="R324" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S324" t="inlineStr">
         <is>
-          <t>4 Discharge Conditions - 4.2 The discharge(s) from the source(s) specified in Table 1, shall only be permitted:
-[...1 lines deleted...]
-        </is>
+          <t>Table 1, Discharge Location 4 (HSP &amp; WI Pump Min Flow Protection), Maximum Concentration breached.</t>
+        </is>
+      </c>
+      <c r="T324" t="n">
+        <v>0.0015</v>
       </c>
       <c r="U324" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V324" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W324" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Circumstances of use</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Y324" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB324" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF324" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>IRS/2025/6905/OPPC</t>
+          <t>IRS/2025/6940/OPPC</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>27 October 2025 03:00</t>
+          <t>03 November 2025 09:00</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E325" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G325" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H325" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="I325" t="n">
-        <v>48.3</v>
+        <v>15.15</v>
       </c>
       <c r="J325" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K325" t="n">
         <v>2.0</v>
       </c>
       <c r="L325" t="n">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="M325" t="n">
-        <v>13.35</v>
+        <v>41.51</v>
       </c>
       <c r="N325" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O325" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P325" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R325" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S325" t="inlineStr">
         <is>
-          <t>Section 4.1.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T325" t="n">
-        <v>0.009</v>
+        <v>0.3006</v>
       </c>
       <c r="U325" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V325" t="inlineStr">
         <is>
-          <t>Maximum load</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>IRS/2025/6916/OPPC</t>
+          <t>IRS/2025/6945/OPPC</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>01 November 2025 09:00</t>
+          <t>04 October 2025 01:05</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E326" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Clyde Platform</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>CLYDE</t>
         </is>
       </c>
       <c r="G326" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="H326" t="n">
-        <v>55.0</v>
+        <v>27.0</v>
       </c>
       <c r="I326" t="n">
-        <v>31.635</v>
+        <v>10.0</v>
       </c>
       <c r="J326" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K326" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L326" t="n">
         <v>17.0</v>
       </c>
       <c r="M326" t="n">
-        <v>34.315</v>
+        <v>18.0</v>
       </c>
       <c r="N326" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O326" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P326" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>17</t>
         </is>
       </c>
       <c r="R326" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S326" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
-[...3 lines deleted...]
-        <v>0.1778</v>
+          <t>Measurement Uncertainty of Produced Water Volume (Table 2)</t>
+        </is>
       </c>
       <c r="U326" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Average concentration for the operation</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W326" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y326" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z326" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB326" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF326" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>IRS/2025/6917/OPPC</t>
+          <t>IRS/2025/6956/OPPC</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>01 November 2025 09:00</t>
+          <t>08 November 2025 15:00</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E327" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
         </is>
       </c>
       <c r="G327" t="n">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="H327" t="n">
-        <v>55.0</v>
+        <v>41.0</v>
       </c>
       <c r="I327" t="n">
-        <v>31.635</v>
+        <v>33.5</v>
       </c>
       <c r="J327" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K327" t="n">
         <v>1.0</v>
       </c>
       <c r="L327" t="n">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
       <c r="M327" t="n">
-        <v>34.315</v>
+        <v>54.7</v>
       </c>
       <c r="N327" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O327" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P327" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R327" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S327" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
-[...3 lines deleted...]
-        <v>0.0249</v>
+          <t>Condition 1.2: This Permit shall be valid for Oil Discharge Operations from the Brae A Platform, as detailed within the Permit Application.</t>
+        </is>
       </c>
       <c r="U327" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W327" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X327" t="inlineStr">
+        <is>
+          <t>Circumstances of use</t>
         </is>
       </c>
       <c r="Y327" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB327" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF327" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>IRS/2025/6925/OPPC</t>
+          <t>IRS/2025/6958/OPPC</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>03 November 2025 08:00</t>
+          <t>09 November 2025 20:00</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G328" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H328" t="n">
-        <v>50.0</v>
+        <v>28.0</v>
       </c>
       <c r="I328" t="n">
-        <v>4.4</v>
+        <v>6.0</v>
       </c>
       <c r="J328" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K328" t="n">
         <v>0.0</v>
       </c>
       <c r="L328" t="n">
-        <v>26.0</v>
+        <v>31.0</v>
       </c>
       <c r="M328" t="n">
-        <v>34.8</v>
+        <v>43.0</v>
       </c>
       <c r="N328" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O328" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P328" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R328" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S328" t="inlineStr">
         <is>
-          <t>4.1 Table 1 monthly AVERAGE OIW limit - exceeded</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T328" t="n">
-        <v>0.0017</v>
+        <v>0.1801</v>
       </c>
       <c r="U328" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V328" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W328" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y328" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB328" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF328" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>IRS/2025/6926/OPPC</t>
+          <t>IRS/2025/6961/OPPC</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>03 November 2025 10:00</t>
+          <t>10 November 2025 14:12</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="G329" t="n">
         <v>57.0</v>
       </c>
       <c r="H329" t="n">
-        <v>28.0</v>
+        <v>48.0</v>
       </c>
       <c r="I329" t="n">
-        <v>6.0</v>
+        <v>53.88</v>
       </c>
       <c r="J329" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K329" t="n">
         <v>0.0</v>
       </c>
       <c r="L329" t="n">
-        <v>31.0</v>
+        <v>58.0</v>
       </c>
       <c r="M329" t="n">
-        <v>43.0</v>
+        <v>21.95</v>
       </c>
       <c r="N329" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O329" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>20</t>
         </is>
       </c>
       <c r="P329" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R329" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S329" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4.1, Table 1</t>
         </is>
       </c>
       <c r="T329" t="n">
-        <v>0.6206</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U329" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V329" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>IRS/2025/6929/OPPC</t>
+          <t>IRS/2025/6962/OPPC</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>03 November 2025 15:00</t>
+          <t>11 November 2025 12:00</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
-          <t>Leman AD1 Platform [SHELL]</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G330" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H330" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="I330" t="n">
-        <v>22.0</v>
+        <v>36.0</v>
       </c>
       <c r="J330" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K330" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L330" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M330" t="n">
         <v>7.0</v>
       </c>
-      <c r="M330" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N330" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O330" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P330" t="inlineStr">
         <is>
-          <t>26</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF330" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>IRS/2025/6932/OPPC</t>
+          <t>IRS/2025/6964/OPPC</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>03 November 2025 12:00</t>
+          <t>01 May 2022 08:00</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E331" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Hyde Platform</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>HYDE</t>
         </is>
       </c>
       <c r="G331" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="H331" t="n">
-        <v>37.0</v>
+        <v>48.0</v>
       </c>
       <c r="I331" t="n">
-        <v>12.45</v>
+        <v>26.53</v>
       </c>
       <c r="J331" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K331" t="n">
         <v>1.0</v>
       </c>
       <c r="L331" t="n">
-        <v>18.0</v>
+        <v>1.0</v>
       </c>
       <c r="M331" t="n">
-        <v>25.96</v>
+        <v>43.3</v>
       </c>
       <c r="N331" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O331" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>48</t>
         </is>
       </c>
       <c r="P331" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>6</t>
         </is>
       </c>
       <c r="R331" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S331" t="inlineStr">
         <is>
-          <t>4A</t>
+          <t>Section 4, Discharge Conditions, 4.1, No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
         </is>
       </c>
       <c r="T331" t="n">
-        <v>0.0919</v>
+        <v>0.0525</v>
       </c>
       <c r="U331" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V331" t="inlineStr">
         <is>
-          <t>Maximum concentration</t>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W331" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y331" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB331" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...9 lines deleted...]
-        <v>3.6</v>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF331" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>IRS/2025/6935/OPPC</t>
+          <t>IRS/2025/6973/OPPC</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>04 November 2025 10:00</t>
+          <t>15 November 2025 15:00</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E332" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>DUNBAR</t>
         </is>
       </c>
       <c r="G332" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H332" t="n">
-        <v>55.0</v>
+        <v>37.0</v>
       </c>
       <c r="I332" t="n">
-        <v>31.635</v>
+        <v>45.816</v>
       </c>
       <c r="J332" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K332" t="n">
         <v>1.0</v>
       </c>
       <c r="L332" t="n">
-        <v>17.0</v>
+        <v>39.0</v>
       </c>
       <c r="M332" t="n">
-        <v>34.315</v>
+        <v>9.557</v>
       </c>
       <c r="N332" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O332" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P332" t="inlineStr">
         <is>
-          <t>2</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>14</t>
         </is>
       </c>
       <c r="AF332" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>IRS/2025/6940/OPPC</t>
+          <t>IRS/2025/6977/OPPC</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>03 November 2025 09:00</t>
+          <t>13 November 2025 19:00</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E333" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G333" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H333" t="n">
-        <v>17.0</v>
+        <v>41.0</v>
       </c>
       <c r="I333" t="n">
-        <v>15.15</v>
+        <v>48.3</v>
       </c>
       <c r="J333" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K333" t="n">
         <v>2.0</v>
       </c>
       <c r="L333" t="n">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="M333" t="n">
-        <v>41.51</v>
+        <v>13.35</v>
       </c>
       <c r="N333" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O333" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P333" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R333" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S333" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T333" t="n">
-        <v>0.3006</v>
+        <v>0.0025</v>
       </c>
       <c r="U333" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V333" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W333" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y333" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB333" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF333" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>IRS/2025/6945/OPPC</t>
+          <t>IRS/2025/6983/OPPC</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>04 October 2025 01:05</t>
+          <t>17 November 2025 19:30</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E334" t="inlineStr">
         <is>
-          <t>Clyde Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>CLYDE</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="G334" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H334" t="n">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
       <c r="I334" t="n">
-        <v>10.0</v>
+        <v>15.15</v>
       </c>
       <c r="J334" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K334" t="n">
         <v>2.0</v>
       </c>
       <c r="L334" t="n">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
       <c r="M334" t="n">
-        <v>18.0</v>
+        <v>41.51</v>
       </c>
       <c r="N334" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O334" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P334" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R334" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S334" t="inlineStr">
         <is>
-          <t>Measurement Uncertainty of Produced Water Volume (Table 2)</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T334" t="n">
+        <v>0.0071</v>
       </c>
       <c r="U334" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V334" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W334" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y334" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB334" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF334" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>IRS/2025/6956/OPPC</t>
+          <t>IRS/2025/6991/OPPC</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>08 November 2025 15:00</t>
+          <t>20 November 2025 16:00</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E335" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G335" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="H335" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="I335" t="n">
-        <v>33.5</v>
+        <v>12.45</v>
       </c>
       <c r="J335" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K335" t="n">
         <v>1.0</v>
       </c>
       <c r="L335" t="n">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
       <c r="M335" t="n">
-        <v>54.7</v>
+        <v>25.96</v>
       </c>
       <c r="N335" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O335" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P335" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R335" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S335" t="inlineStr">
         <is>
-          <t>Condition 1.2: This Permit shall be valid for Oil Discharge Operations from the Brae A Platform, as detailed within the Permit Application.</t>
-        </is>
+          <t>4. Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="T335" t="n">
+        <v>2.6989</v>
       </c>
       <c r="U335" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V335" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W335" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Circumstances of use</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Y335" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB335" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AF335" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>IRS/2025/6958/OPPC</t>
+          <t>IRS/2025/6993/OPPC</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>09 November 2025 20:00</t>
+          <t>21 November 2025 08:00</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
           <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
           <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G336" t="n">
         <v>57.0</v>
       </c>
       <c r="H336" t="n">
         <v>28.0</v>
       </c>
       <c r="I336" t="n">
         <v>6.0</v>
@@ -36659,597 +36852,560 @@
       </c>
       <c r="K336" t="n">
         <v>0.0</v>
       </c>
       <c r="L336" t="n">
         <v>31.0</v>
       </c>
       <c r="M336" t="n">
         <v>43.0</v>
       </c>
       <c r="N336" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O336" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P336" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
-      <c r="R336" t="inlineStr">
-[...35 lines deleted...]
-        </is>
+      <c r="AC336" t="n">
+        <v>286.0</v>
+      </c>
+      <c r="AD336" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="AE336" t="n">
+        <v>2.0</v>
       </c>
       <c r="AF336" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>IRS/2025/6961/OPPC</t>
+          <t>IRS/2025/7005/OPPC</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>10 November 2025 14:12</t>
+          <t>24 November 2025 20:11</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G337" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="H337" t="n">
         <v>48.0</v>
       </c>
       <c r="I337" t="n">
-        <v>53.88</v>
+        <v>36.0</v>
       </c>
       <c r="J337" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K337" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L337" t="n">
-        <v>58.0</v>
+        <v>44.0</v>
       </c>
       <c r="M337" t="n">
-        <v>21.95</v>
+        <v>7.0</v>
       </c>
       <c r="N337" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O337" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P337" t="inlineStr">
         <is>
-          <t>6</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF337" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>IRS/2025/6962/OPPC</t>
+          <t>IRS/2025/7006/OPPC</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>11 November 2025 12:00</t>
+          <t>23 November 2025 06:00</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G338" t="n">
         <v>60.0</v>
       </c>
       <c r="H338" t="n">
-        <v>48.0</v>
+        <v>51.0</v>
       </c>
       <c r="I338" t="n">
-        <v>36.0</v>
+        <v>24.42</v>
       </c>
       <c r="J338" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K338" t="n">
         <v>1.0</v>
       </c>
       <c r="L338" t="n">
-        <v>44.0</v>
+        <v>28.0</v>
       </c>
       <c r="M338" t="n">
-        <v>7.0</v>
+        <v>8.73</v>
       </c>
       <c r="N338" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O338" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P338" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="R338" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S338" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T338" t="n">
+        <v>0.0348</v>
+      </c>
+      <c r="U338" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V338" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W338" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y338" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB338" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF338" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>IRS/2025/6964/OPPC</t>
+          <t>IRS/2025/7008/OPPC</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>01 May 2022 08:00</t>
+          <t>21 November 2025 05:00</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
-          <t>Hyde Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>HYDE</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="G339" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="H339" t="n">
-        <v>48.0</v>
+        <v>17.0</v>
       </c>
       <c r="I339" t="n">
-        <v>26.53</v>
+        <v>15.15</v>
       </c>
       <c r="J339" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K339" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L339" t="n">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="M339" t="n">
-        <v>43.3</v>
+        <v>41.51</v>
       </c>
       <c r="N339" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O339" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P339" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>21</t>
         </is>
       </c>
       <c r="R339" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S339" t="inlineStr">
         <is>
-          <t>Section 4, Discharge Conditions, 4.1, No discharge(s) specified in Table 1 shall exceed the limit(s) for the parameters specified in that Table.</t>
+          <t>4.1</t>
         </is>
       </c>
       <c r="T339" t="n">
-        <v>0.0525</v>
+        <v>0.0032</v>
       </c>
       <c r="U339" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V339" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W339" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y339" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB339" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF339" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>IRS/2025/6973/OPPC</t>
+          <t>IRS/2025/7029/OPPC</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>15 November 2025 15:00</t>
+          <t>01 December 2025 10:30</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>DUNBAR</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="G340" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="H340" t="n">
-        <v>37.0</v>
+        <v>2.0</v>
       </c>
       <c r="I340" t="n">
-        <v>45.816</v>
+        <v>55.13</v>
       </c>
       <c r="J340" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K340" t="n">
         <v>1.0</v>
       </c>
       <c r="L340" t="n">
-        <v>39.0</v>
+        <v>8.0</v>
       </c>
       <c r="M340" t="n">
-        <v>9.557</v>
+        <v>19.54</v>
       </c>
       <c r="N340" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O340" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P340" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="R340" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S340" t="inlineStr">
+        <is>
+          <t>Standard Industry Conditions 4.1</t>
+        </is>
+      </c>
+      <c r="U340" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W340" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y340" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB340" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF340" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>IRS/2025/6977/OPPC</t>
+          <t>IRS/2025/7030/OPPC</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>13 November 2025 19:00</t>
+          <t>30 November 2025 09:30</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="G341" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="H341" t="n">
-        <v>41.0</v>
+        <v>27.0</v>
       </c>
       <c r="I341" t="n">
-        <v>48.3</v>
+        <v>40.86</v>
       </c>
       <c r="J341" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K341" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L341" t="n">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="M341" t="n">
-        <v>13.35</v>
+        <v>3.83</v>
       </c>
       <c r="N341" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O341" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>15</t>
         </is>
       </c>
       <c r="P341" t="inlineStr">
         <is>
-          <t>7</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>17</t>
         </is>
       </c>
       <c r="AF341" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>IRS/2025/6983/OPPC</t>
+          <t>IRS/2025/7032/OPPC</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>17 November 2025 19:30</t>
+          <t>01 December 2025 08:00</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
           <t>Lomond Platform</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
           <t>ERSKINE</t>
         </is>
       </c>
       <c r="G342" t="n">
         <v>57.0</v>
       </c>
       <c r="H342" t="n">
         <v>17.0</v>
       </c>
       <c r="I342" t="n">
         <v>15.15</v>
@@ -37272,2086 +37428,2156 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O342" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P342" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="R342" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S342" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T342" t="n">
-        <v>0.0071</v>
+        <v>0.014</v>
       </c>
       <c r="U342" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V342" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W342" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y342" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB342" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF342" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>IRS/2025/6991/OPPC</t>
+          <t>IRS/2025/7034/OPPC</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>20 November 2025 16:00</t>
+          <t>01 December 2025 05:00</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G343" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H343" t="n">
-        <v>37.0</v>
+        <v>48.0</v>
       </c>
       <c r="I343" t="n">
-        <v>12.45</v>
+        <v>36.0</v>
       </c>
       <c r="J343" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K343" t="n">
         <v>1.0</v>
       </c>
       <c r="L343" t="n">
-        <v>18.0</v>
+        <v>44.0</v>
       </c>
       <c r="M343" t="n">
-        <v>25.96</v>
+        <v>7.0</v>
       </c>
       <c r="N343" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O343" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P343" t="inlineStr">
         <is>
-          <t>12</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF343" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>IRS/2025/6993/OPPC</t>
+          <t>IRS/2025/7038/OPPC</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>21 November 2025 08:00</t>
+          <t>01 December 2025 12:00</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G344" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="H344" t="n">
-        <v>28.0</v>
+        <v>55.0</v>
       </c>
       <c r="I344" t="n">
-        <v>6.0</v>
+        <v>31.635</v>
       </c>
       <c r="J344" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K344" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L344" t="n">
-        <v>31.0</v>
+        <v>17.0</v>
       </c>
       <c r="M344" t="n">
-        <v>43.0</v>
+        <v>34.315</v>
       </c>
       <c r="N344" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O344" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P344" t="inlineStr">
         <is>
-          <t>18</t>
-[...9 lines deleted...]
-        <v>2.0</v>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R344" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S344" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T344" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="U344" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V344" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W344" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y344" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB344" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF344" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>IRS/2025/7005/OPPC</t>
+          <t>IRS/2025/7039/OPPC</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>24 November 2025 20:11</t>
+          <t>01 December 2025 12:00</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="G345" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="H345" t="n">
-        <v>48.0</v>
+        <v>55.0</v>
       </c>
       <c r="I345" t="n">
-        <v>36.0</v>
+        <v>31.635</v>
       </c>
       <c r="J345" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K345" t="n">
         <v>1.0</v>
       </c>
       <c r="L345" t="n">
-        <v>44.0</v>
+        <v>17.0</v>
       </c>
       <c r="M345" t="n">
-        <v>7.0</v>
+        <v>34.315</v>
       </c>
       <c r="N345" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O345" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P345" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="R345" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S345" t="inlineStr">
+        <is>
+          <t>Table 1. Monthly Average mg/L</t>
+        </is>
+      </c>
+      <c r="T345" t="n">
+        <v>0.4836</v>
+      </c>
+      <c r="U345" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V345" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W345" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y345" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB345" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF345" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>IRS/2025/7006/OPPC</t>
+          <t>IRS/2025/7040/OPPC</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>23 November 2025 06:00</t>
+          <t>01 December 2025 14:30</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="E346" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
         </is>
       </c>
       <c r="G346" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="H346" t="n">
-        <v>51.0</v>
+        <v>41.0</v>
       </c>
       <c r="I346" t="n">
-        <v>24.42</v>
+        <v>33.5</v>
       </c>
       <c r="J346" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K346" t="n">
         <v>1.0</v>
       </c>
       <c r="L346" t="n">
-        <v>28.0</v>
+        <v>16.0</v>
       </c>
       <c r="M346" t="n">
-        <v>8.73</v>
+        <v>54.7</v>
       </c>
       <c r="N346" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O346" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P346" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R346" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S346" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.0348</v>
+          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U346" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W346" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y346" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z346" t="inlineStr">
+        <is>
+          <t>Measurement uncertainty of produced water volume</t>
         </is>
       </c>
       <c r="AB346" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF346" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>IRS/2025/7008/OPPC</t>
+          <t>IRS/2025/7042/OPPC</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>21 November 2025 05:00</t>
+          <t>01 December 2025 00:00</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="G347" t="n">
         <v>57.0</v>
       </c>
       <c r="H347" t="n">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
       <c r="I347" t="n">
-        <v>15.15</v>
+        <v>3.752</v>
       </c>
       <c r="J347" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K347" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L347" t="n">
-        <v>10.0</v>
+        <v>59.0</v>
       </c>
       <c r="M347" t="n">
-        <v>41.51</v>
+        <v>54.329</v>
       </c>
       <c r="N347" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O347" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P347" t="inlineStr">
         <is>
-          <t>21</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>25</t>
         </is>
       </c>
       <c r="AF347" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>IRS/2025/7029/OPPC</t>
+          <t>IRS/2025/7045/OPPC</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>01 December 2025 10:30</t>
+          <t>01 December 2025 12:00</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E348" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G348" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="H348" t="n">
-        <v>2.0</v>
+        <v>28.0</v>
       </c>
       <c r="I348" t="n">
-        <v>55.13</v>
+        <v>6.0</v>
       </c>
       <c r="J348" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K348" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L348" t="n">
-        <v>8.0</v>
+        <v>31.0</v>
       </c>
       <c r="M348" t="n">
-        <v>19.54</v>
+        <v>43.0</v>
       </c>
       <c r="N348" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O348" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P348" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>18</t>
         </is>
       </c>
       <c r="R348" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S348" t="inlineStr">
         <is>
-          <t>Standard Industry Conditions 4.1</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T348" t="n">
+        <v>0.2499</v>
       </c>
       <c r="U348" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V348" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W348" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y348" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB348" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF348" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>IRS/2025/7030/OPPC</t>
+          <t>IRS/2025/7049/OPPC</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>30 November 2025 09:30</t>
+          <t>03 December 2025 15:00</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G349" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="H349" t="n">
-        <v>27.0</v>
+        <v>41.0</v>
       </c>
       <c r="I349" t="n">
-        <v>40.86</v>
+        <v>48.3</v>
       </c>
       <c r="J349" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K349" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L349" t="n">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="M349" t="n">
-        <v>3.83</v>
+        <v>13.35</v>
       </c>
       <c r="N349" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O349" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P349" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R349" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S349" t="inlineStr">
+        <is>
+          <t>Section 4.1</t>
+        </is>
+      </c>
+      <c r="T349" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="U349" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V349" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W349" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y349" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB349" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF349" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>IRS/2025/7032/OPPC</t>
+          <t>IRS/2025/7050/OPPC</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>01 December 2025 08:00</t>
+          <t>08 October 2025 08:00</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Ravenspurn North CPP Platform</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="G350" t="n">
-        <v>57.0</v>
+        <v>54.0</v>
       </c>
       <c r="H350" t="n">
-        <v>17.0</v>
+        <v>1.0</v>
       </c>
       <c r="I350" t="n">
-        <v>15.15</v>
+        <v>48.0</v>
       </c>
       <c r="J350" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K350" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L350" t="n">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="M350" t="n">
-        <v>41.51</v>
+        <v>0.0</v>
       </c>
       <c r="N350" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O350" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>43</t>
         </is>
       </c>
       <c r="P350" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R350" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S350" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.014</v>
+          <t>Condition 4.3  Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U350" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W350" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y350" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z350" t="inlineStr">
+        <is>
+          <t>Sampling and analysis method</t>
         </is>
       </c>
       <c r="AB350" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF350" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>IRS/2025/7034/OPPC</t>
+          <t>IRS/2025/7060/OPPC</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>01 December 2025 05:00</t>
+          <t>05 December 2025 16:00</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G351" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="H351" t="n">
-        <v>48.0</v>
+        <v>37.0</v>
       </c>
       <c r="I351" t="n">
-        <v>36.0</v>
+        <v>12.45</v>
       </c>
       <c r="J351" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K351" t="n">
         <v>1.0</v>
       </c>
       <c r="L351" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="M351" t="n">
-        <v>7.0</v>
+        <v>25.96</v>
       </c>
       <c r="N351" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O351" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P351" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="AF351" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>IRS/2025/7038/OPPC</t>
+          <t>IRS/2025/7067/OPPC</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>01 December 2025 12:00</t>
+          <t>08 December 2025 08:00</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="E352" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="G352" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="H352" t="n">
-        <v>55.0</v>
+        <v>50.0</v>
       </c>
       <c r="I352" t="n">
-        <v>31.635</v>
+        <v>4.4</v>
       </c>
       <c r="J352" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K352" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L352" t="n">
-        <v>17.0</v>
+        <v>26.0</v>
       </c>
       <c r="M352" t="n">
-        <v>34.315</v>
+        <v>34.8</v>
       </c>
       <c r="N352" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O352" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>47</t>
         </is>
       </c>
       <c r="P352" t="inlineStr">
         <is>
-          <t>2</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AF352" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>IRS/2025/7039/OPPC</t>
+          <t>IRS/2025/7069/OPPC</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>01 December 2025 12:00</t>
+          <t>08 December 2025 14:30</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E353" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="G353" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="H353" t="n">
-        <v>55.0</v>
+        <v>37.0</v>
       </c>
       <c r="I353" t="n">
-        <v>31.635</v>
+        <v>12.45</v>
       </c>
       <c r="J353" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K353" t="n">
         <v>1.0</v>
       </c>
       <c r="L353" t="n">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
       <c r="M353" t="n">
-        <v>34.315</v>
+        <v>25.96</v>
       </c>
       <c r="N353" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O353" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>211</t>
         </is>
       </c>
       <c r="P353" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>12</t>
         </is>
       </c>
       <c r="R353" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S353" t="inlineStr">
         <is>
-          <t>Table 1. Monthly Average mg/L</t>
+          <t>4. Discharge Conditions</t>
         </is>
       </c>
       <c r="T353" t="n">
-        <v>0.4836</v>
+        <v>0.8032</v>
       </c>
       <c r="U353" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V353" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W353" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y353" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB353" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF353" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>IRS/2025/7040/OPPC</t>
+          <t>IRS/2025/7075/OPPC</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>01 December 2025 14:30</t>
+          <t>07 December 2025 15:00</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E354" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G354" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="H354" t="n">
-        <v>41.0</v>
+        <v>51.0</v>
       </c>
       <c r="I354" t="n">
-        <v>33.5</v>
+        <v>34.4</v>
       </c>
       <c r="J354" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K354" t="n">
         <v>1.0</v>
       </c>
       <c r="L354" t="n">
-        <v>16.0</v>
+        <v>28.0</v>
       </c>
       <c r="M354" t="n">
-        <v>54.7</v>
+        <v>9.6</v>
       </c>
       <c r="N354" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O354" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P354" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>3</t>
         </is>
       </c>
       <c r="R354" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S354" t="inlineStr">
         <is>
-          <t>Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T354" t="n">
+        <v>0.7031</v>
       </c>
       <c r="U354" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V354" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W354" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y354" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Measurement uncertainty of produced water volume</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB354" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF354" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>IRS/2025/7042/OPPC</t>
+          <t>IRS/2025/7076/OPPC</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>01 December 2025 00:00</t>
+          <t>06 December 2025 15:00</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E355" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G355" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H355" t="n">
-        <v>11.0</v>
+        <v>41.0</v>
       </c>
       <c r="I355" t="n">
-        <v>3.752</v>
+        <v>48.3</v>
       </c>
       <c r="J355" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K355" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="L355" t="n">
-        <v>59.0</v>
+        <v>20.0</v>
       </c>
       <c r="M355" t="n">
-        <v>54.329</v>
+        <v>13.35</v>
       </c>
       <c r="N355" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O355" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P355" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R355" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S355" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T355" t="n">
+        <v>0.0307</v>
+      </c>
+      <c r="U355" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V355" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W355" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y355" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB355" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF355" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>IRS/2025/7045/OPPC</t>
+          <t>IRS/2025/7079/OPPC</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>01 December 2025 12:00</t>
+          <t>06 December 2025 06:30</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E356" t="inlineStr">
         <is>
-          <t>Kittiwake A Platform</t>
+          <t>Cleeton CPQ Platform</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>KITTIWAKE</t>
+          <t>CLEETON</t>
         </is>
       </c>
       <c r="G356" t="n">
-        <v>57.0</v>
+        <v>54.0</v>
       </c>
       <c r="H356" t="n">
-        <v>28.0</v>
+        <v>2.0</v>
       </c>
       <c r="I356" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="J356" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K356" t="n">
         <v>0.0</v>
       </c>
       <c r="L356" t="n">
-        <v>31.0</v>
+        <v>43.0</v>
       </c>
       <c r="M356" t="n">
-        <v>43.0</v>
+        <v>39.9</v>
       </c>
       <c r="N356" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O356" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>42</t>
         </is>
       </c>
       <c r="P356" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>29</t>
         </is>
       </c>
       <c r="R356" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S356" t="inlineStr">
         <is>
-          <t>4.1</t>
-[...3 lines deleted...]
-        <v>0.2499</v>
+          <t>4.3</t>
+        </is>
       </c>
       <c r="U356" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Monthly average concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W356" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y356" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z356" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB356" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF356" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>IRS/2025/7049/OPPC</t>
+          <t>IRS/2025/7102/OPPC</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>03 December 2025 15:00</t>
+          <t>01 December 2025 00:00</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="E357" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="G357" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="H357" t="n">
-        <v>41.0</v>
+        <v>2.0</v>
       </c>
       <c r="I357" t="n">
-        <v>48.3</v>
+        <v>55.13</v>
       </c>
       <c r="J357" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K357" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L357" t="n">
-        <v>20.0</v>
+        <v>8.0</v>
       </c>
       <c r="M357" t="n">
-        <v>13.35</v>
+        <v>19.54</v>
       </c>
       <c r="N357" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O357" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P357" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>26</t>
         </is>
       </c>
       <c r="R357" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S357" t="inlineStr">
         <is>
-          <t>Section 4.1</t>
-[...3 lines deleted...]
-        <v>0.0052</v>
+          <t>4.3 - Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
+        </is>
       </c>
       <c r="U357" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Maximum concentration</t>
+          <t>No</t>
         </is>
       </c>
       <c r="W357" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y357" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z357" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB357" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF357" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>IRS/2025/7050/OPPC</t>
+          <t>IRS/2025/7111/OPPC</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>08 October 2025 08:00</t>
+          <t>17 December 2025 17:20</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="E358" t="inlineStr">
         <is>
-          <t>Ravenspurn North CPP Platform</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="G358" t="n">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="H358" t="n">
-        <v>1.0</v>
+        <v>43.0</v>
       </c>
       <c r="I358" t="n">
-        <v>48.0</v>
+        <v>55.01</v>
       </c>
       <c r="J358" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K358" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="L358" t="n">
-        <v>6.0</v>
+        <v>58.0</v>
       </c>
       <c r="M358" t="n">
-        <v>0.0</v>
+        <v>21.78</v>
       </c>
       <c r="N358" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O358" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>21</t>
         </is>
       </c>
       <c r="P358" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>10</t>
         </is>
       </c>
       <c r="R358" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S358" t="inlineStr">
         <is>
-          <t>Condition 4.3  Sampling and quantification of the discharge(s) in Table 1 shall be carried out by the Permit Holder in accordance with the requirements for monitoring specified in Table 2.</t>
-        </is>
+          <t>Condition 4 - Exceedance of 100mg/l PW sample
+FASP - 100.4mg/l sampled.</t>
+        </is>
+      </c>
+      <c r="T358" t="n">
+        <v>0.0471</v>
       </c>
       <c r="U358" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V358" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W358" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y358" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling and analysis method</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB358" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF358" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>IRS/2025/7060/OPPC</t>
+          <t>IRS/2025/7124/OPPC</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>05 December 2025 16:00</t>
+          <t>21 December 2025 12:00</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E359" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G359" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="H359" t="n">
-        <v>37.0</v>
+        <v>48.0</v>
       </c>
       <c r="I359" t="n">
-        <v>12.45</v>
+        <v>36.0</v>
       </c>
       <c r="J359" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K359" t="n">
         <v>1.0</v>
       </c>
       <c r="L359" t="n">
-        <v>18.0</v>
+        <v>44.0</v>
       </c>
       <c r="M359" t="n">
-        <v>25.96</v>
+        <v>7.0</v>
       </c>
       <c r="N359" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O359" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P359" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AF359" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>IRS/2025/7067/OPPC</t>
+          <t>IRS/2025/7125/OPPC</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>08 December 2025 08:00</t>
+          <t>18 December 2025 05:40</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E360" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="G360" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="H360" t="n">
-        <v>50.0</v>
+        <v>17.0</v>
       </c>
       <c r="I360" t="n">
-        <v>4.4</v>
+        <v>57.099</v>
       </c>
       <c r="J360" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K360" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L360" t="n">
-        <v>26.0</v>
+        <v>46.0</v>
       </c>
       <c r="M360" t="n">
-        <v>34.8</v>
+        <v>40.8</v>
       </c>
       <c r="N360" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O360" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P360" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="R360" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S360" t="inlineStr">
+        <is>
+          <t>4.1 Table 1</t>
+        </is>
+      </c>
+      <c r="T360" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="U360" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V360" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W360" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y360" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB360" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF360" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>IRS/2025/7069/OPPC</t>
+          <t>IRS/2025/7127/OPPC</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>08 December 2025 14:30</t>
+          <t>23 December 2025 05:55</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>ADURA OPERATIONS LIMITED</t>
         </is>
       </c>
       <c r="E361" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G361" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="H361" t="n">
-        <v>37.0</v>
+        <v>1.0</v>
       </c>
       <c r="I361" t="n">
-        <v>12.45</v>
+        <v>53.58</v>
       </c>
       <c r="J361" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K361" t="n">
         <v>1.0</v>
       </c>
       <c r="L361" t="n">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="M361" t="n">
-        <v>25.96</v>
+        <v>19.22</v>
       </c>
       <c r="N361" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O361" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P361" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R361" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S361" t="inlineStr">
         <is>
-          <t>4. Discharge Conditions</t>
+          <t>Max OiW conc.</t>
         </is>
       </c>
       <c r="T361" t="n">
-        <v>0.8032</v>
+        <v>7.0E-4</v>
       </c>
       <c r="U361" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V361" t="inlineStr">
         <is>
-          <t>Monthly average concentration</t>
+          <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W361" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y361" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB361" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF361" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>IRS/2025/7075/OPPC</t>
+          <t>IRS/2025/7140/OPPC</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>07 December 2025 15:00</t>
+          <t>23 December 2025 12:00</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E362" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G362" t="n">
         <v>60.0</v>
       </c>
       <c r="H362" t="n">
         <v>51.0</v>
       </c>
       <c r="I362" t="n">
-        <v>34.4</v>
+        <v>24.42</v>
       </c>
       <c r="J362" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K362" t="n">
         <v>1.0</v>
       </c>
       <c r="L362" t="n">
         <v>28.0</v>
       </c>
       <c r="M362" t="n">
-        <v>9.6</v>
+        <v>8.73</v>
       </c>
       <c r="N362" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O362" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P362" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="R362" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S362" t="inlineStr">
         <is>
           <t>4.1</t>
         </is>
       </c>
       <c r="T362" t="n">
-        <v>0.7031</v>
+        <v>0.3866</v>
       </c>
       <c r="U362" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V362" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W362" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y362" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB362" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF362" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>IRS/2025/7076/OPPC</t>
+          <t>IRS/2025/7141/OPPC</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>06 December 2025 15:00</t>
+          <t>27 November 2025 15:00</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E363" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="G363" t="n">
         <v>56.0</v>
       </c>
       <c r="H363" t="n">
         <v>41.0</v>
       </c>
       <c r="I363" t="n">
         <v>48.3</v>
@@ -39374,78 +39600,191 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O363" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P363" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="R363" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S363" t="inlineStr">
         <is>
           <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T363" t="n">
-        <v>0.0307</v>
+        <v>2.0E-4</v>
       </c>
       <c r="U363" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V363" t="inlineStr">
         <is>
           <t>Maximum concentration</t>
         </is>
       </c>
       <c r="W363" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y363" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB363" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF363" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="inlineStr">
+        <is>
+          <t>IRS/2025/7144/OPPC</t>
+        </is>
+      </c>
+      <c r="B364" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C364" t="inlineStr">
+        <is>
+          <t>30 December 2025 11:00</t>
+        </is>
+      </c>
+      <c r="D364" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E364" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F364" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G364" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H364" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I364" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J364" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K364" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L364" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M364" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N364" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O364" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P364" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="R364" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S364" t="inlineStr">
+        <is>
+          <t>Section 4.1.</t>
+        </is>
+      </c>
+      <c r="T364" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="U364" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V364" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W364" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y364" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB364" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF364" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>