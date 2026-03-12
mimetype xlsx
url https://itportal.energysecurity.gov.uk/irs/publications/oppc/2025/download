--- v5 (2026-02-17)
+++ v6 (2026-03-12)
@@ -1644,51 +1644,51 @@
       </c>
       <c r="Y10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>IRS/2025/5616/OPPC</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>01 January 2025 00:00</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G11" t="n">
         <v>60.0</v>
       </c>
@@ -1703,50 +1703,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K11" t="n">
         <v>1.0</v>
       </c>
       <c r="L11" t="n">
         <v>28.0</v>
       </c>
       <c r="M11" t="n">
         <v>9.6</v>
       </c>
       <c r="N11" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O11" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P11" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R11" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S11" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T11" t="n">
+        <v>0.2489</v>
+      </c>
+      <c r="U11" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V11" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W11" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y11" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB11" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>IRS/2025/5622/OPPC</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>05 January 2025 20:40</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
@@ -2735,51 +2773,51 @@
       </c>
       <c r="Z20" t="inlineStr">
         <is>
           <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB20" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF20" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>IRS/2025/5653/OPPC</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>13 January 2025 07:00</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G21" t="n">
         <v>60.0</v>
       </c>
@@ -2794,76 +2832,114 @@
           <t>North</t>
         </is>
       </c>
       <c r="K21" t="n">
         <v>1.0</v>
       </c>
       <c r="L21" t="n">
         <v>28.0</v>
       </c>
       <c r="M21" t="n">
         <v>8.73</v>
       </c>
       <c r="N21" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O21" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P21" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R21" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S21" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T21" t="n">
+        <v>0.755</v>
+      </c>
+      <c r="U21" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V21" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
+        </is>
+      </c>
+      <c r="W21" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y21" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB21" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AC21" t="n">
         <v>208.0</v>
       </c>
       <c r="AD21" t="n">
         <v>38.0</v>
       </c>
       <c r="AE21" t="n">
         <v>5.0</v>
       </c>
       <c r="AF21" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>IRS/2025/5656/OPPC</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>13 January 2025 06:00</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G22" t="n">
         <v>60.0</v>
       </c>
@@ -2878,50 +2954,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K22" t="n">
         <v>1.0</v>
       </c>
       <c r="L22" t="n">
         <v>28.0</v>
       </c>
       <c r="M22" t="n">
         <v>8.73</v>
       </c>
       <c r="N22" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O22" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P22" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R22" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S22" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T22" t="n">
+        <v>1.3525</v>
+      </c>
+      <c r="U22" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V22" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W22" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y22" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB22" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF22" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>IRS/2025/5658/OPPC</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>13 January 2025 15:00</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
@@ -3346,51 +3460,51 @@
       </c>
       <c r="Y26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>IRS/2025/5670/OPPC</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>17 January 2025 12:00</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G27" t="n">
         <v>60.0</v>
       </c>
@@ -3405,50 +3519,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K27" t="n">
         <v>1.0</v>
       </c>
       <c r="L27" t="n">
         <v>28.0</v>
       </c>
       <c r="M27" t="n">
         <v>8.73</v>
       </c>
       <c r="N27" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R27" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S27" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T27" t="n">
+        <v>0.2162</v>
+      </c>
+      <c r="U27" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V27" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W27" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y27" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB27" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF27" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>IRS/2025/5672/OPPC</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>18 January 2025 16:30</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
@@ -3644,51 +3796,51 @@
       </c>
       <c r="Y29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>IRS/2025/5682/OPPC</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>22 January 2025 07:00</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G30" t="n">
         <v>60.0</v>
       </c>
@@ -3703,50 +3855,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K30" t="n">
         <v>1.0</v>
       </c>
       <c r="L30" t="n">
         <v>28.0</v>
       </c>
       <c r="M30" t="n">
         <v>8.73</v>
       </c>
       <c r="N30" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O30" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P30" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R30" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S30" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T30" t="n">
+        <v>3.841</v>
+      </c>
+      <c r="U30" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V30" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
+        </is>
+      </c>
+      <c r="W30" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y30" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB30" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AC30" t="n">
         <v>43.0</v>
       </c>
       <c r="AD30" t="n">
         <v>2.0</v>
       </c>
       <c r="AE30" t="n">
         <v>2.0</v>
       </c>
       <c r="AF30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>IRS/2025/5686/OPPC</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
@@ -3841,51 +4031,51 @@
       </c>
       <c r="Y31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>IRS/2025/5688/OPPC</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>22 January 2025 06:00</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G32" t="n">
         <v>60.0</v>
       </c>
@@ -3900,50 +4090,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K32" t="n">
         <v>1.0</v>
       </c>
       <c r="L32" t="n">
         <v>28.0</v>
       </c>
       <c r="M32" t="n">
         <v>9.6</v>
       </c>
       <c r="N32" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O32" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R32" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S32" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T32" t="n">
+        <v>4.479</v>
+      </c>
+      <c r="U32" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V32" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W32" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y32" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB32" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF32" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>IRS/2025/5697/OPPC</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>23 January 2025 20:00</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
@@ -4594,51 +4822,51 @@
       </c>
       <c r="Y38" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB38" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF38" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>IRS/2025/5726/OPPC</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>30 January 2025 08:00</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G39" t="n">
         <v>58.0</v>
       </c>
@@ -4653,50 +4881,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K39" t="n">
         <v>0.0</v>
       </c>
       <c r="L39" t="n">
         <v>15.0</v>
       </c>
       <c r="M39" t="n">
         <v>13.0</v>
       </c>
       <c r="N39" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="O39" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="P39" t="inlineStr">
         <is>
           <t>19</t>
+        </is>
+      </c>
+      <c r="R39" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S39" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T39" t="n">
+        <v>0.1856</v>
+      </c>
+      <c r="U39" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V39" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W39" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y39" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB39" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF39" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>IRS/2025/5732/OPPC</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>29 January 2025 16:00</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
@@ -7168,51 +7434,51 @@
         </is>
       </c>
       <c r="AC61" t="n">
         <v>90.0</v>
       </c>
       <c r="AD61" t="n">
         <v>25.0</v>
       </c>
       <c r="AE61" t="n">
         <v>2.5</v>
       </c>
       <c r="AF61" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>IRS/2025/5803/OPPC</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>15 February 2025 19:00</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G62" t="n">
         <v>60.0</v>
       </c>
@@ -7227,50 +7493,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K62" t="n">
         <v>1.0</v>
       </c>
       <c r="L62" t="n">
         <v>28.0</v>
       </c>
       <c r="M62" t="n">
         <v>8.73</v>
       </c>
       <c r="N62" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O62" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P62" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R62" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S62" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T62" t="n">
+        <v>0.636</v>
+      </c>
+      <c r="U62" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V62" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
+        </is>
+      </c>
+      <c r="W62" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y62" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB62" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AC62" t="n">
         <v>90.0</v>
       </c>
       <c r="AD62" t="n">
         <v>20.0</v>
       </c>
       <c r="AE62" t="n">
         <v>2.3</v>
       </c>
       <c r="AF62" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>IRS/2025/5804/OPPC</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
@@ -7591,51 +7895,51 @@
       </c>
       <c r="Y65" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB65" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF65" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>IRS/2025/5821/OPPC</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>15 February 2025 16:30</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G66" t="n">
         <v>60.0</v>
       </c>
@@ -7650,50 +7954,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K66" t="n">
         <v>1.0</v>
       </c>
       <c r="L66" t="n">
         <v>28.0</v>
       </c>
       <c r="M66" t="n">
         <v>8.73</v>
       </c>
       <c r="N66" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O66" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R66" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S66" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T66" t="n">
+        <v>1.1519</v>
+      </c>
+      <c r="U66" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V66" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
+        </is>
+      </c>
+      <c r="W66" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y66" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB66" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>IRS/2025/5824/OPPC</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>18 February 2024 15:40</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
@@ -8002,51 +8344,51 @@
       </c>
       <c r="Y69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF69" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>IRS/2025/5829/OPPC</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>19 February 2025 23:00</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G70" t="n">
         <v>60.0</v>
       </c>
@@ -8061,76 +8403,114 @@
           <t>North</t>
         </is>
       </c>
       <c r="K70" t="n">
         <v>1.0</v>
       </c>
       <c r="L70" t="n">
         <v>28.0</v>
       </c>
       <c r="M70" t="n">
         <v>8.73</v>
       </c>
       <c r="N70" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O70" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P70" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R70" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S70" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T70" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="U70" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V70" t="inlineStr">
+        <is>
+          <t>Maximum load</t>
+        </is>
+      </c>
+      <c r="W70" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y70" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB70" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AC70" t="n">
         <v>170.0</v>
       </c>
       <c r="AD70" t="n">
         <v>50.0</v>
       </c>
       <c r="AE70" t="n">
         <v>6.4</v>
       </c>
       <c r="AF70" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>IRS/2025/5833/OPPC</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>19 February 2025 18:00</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G71" t="n">
         <v>60.0</v>
       </c>
@@ -8145,50 +8525,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K71" t="n">
         <v>1.0</v>
       </c>
       <c r="L71" t="n">
         <v>28.0</v>
       </c>
       <c r="M71" t="n">
         <v>8.73</v>
       </c>
       <c r="N71" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O71" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P71" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R71" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S71" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T71" t="n">
+        <v>0.7418</v>
+      </c>
+      <c r="U71" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V71" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB71" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF71" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>IRS/2025/5837/OPPC</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>19 February 2025 20:00</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
@@ -8836,51 +9254,51 @@
       </c>
       <c r="Z77" t="inlineStr">
         <is>
           <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB77" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF77" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>IRS/2025/5860/OPPC</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>27 February 2025 14:30</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G78" t="n">
         <v>61.0</v>
       </c>
@@ -8895,50 +9313,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K78" t="n">
         <v>1.0</v>
       </c>
       <c r="L78" t="n">
         <v>18.0</v>
       </c>
       <c r="M78" t="n">
         <v>25.96</v>
       </c>
       <c r="N78" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O78" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P78" t="inlineStr">
         <is>
           <t>12</t>
+        </is>
+      </c>
+      <c r="R78" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S78" t="inlineStr">
+        <is>
+          <t>4 Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="T78" t="n">
+        <v>0.1912</v>
+      </c>
+      <c r="U78" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V78" t="inlineStr">
+        <is>
+          <t>Forecast annual average concentration</t>
+        </is>
+      </c>
+      <c r="W78" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y78" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB78" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF78" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>IRS/2025/5862/OPPC</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>28 February 2025 10:00</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
@@ -9476,51 +9932,51 @@
       </c>
       <c r="Y83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF83" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>IRS/2025/5875/OPPC</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>28 February 2025 23:59</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>GANNET A</t>
         </is>
       </c>
       <c r="G84" t="n">
         <v>57.0</v>
       </c>
@@ -9535,50 +9991,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K84" t="n">
         <v>0.0</v>
       </c>
       <c r="L84" t="n">
         <v>59.0</v>
       </c>
       <c r="M84" t="n">
         <v>54.329</v>
       </c>
       <c r="N84" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O84" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P84" t="inlineStr">
         <is>
           <t>25</t>
+        </is>
+      </c>
+      <c r="R84" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S84" t="inlineStr">
+        <is>
+          <t>The monthly average concentration limit exceeded for February 2025.</t>
+        </is>
+      </c>
+      <c r="T84" t="n">
+        <v>0.74</v>
+      </c>
+      <c r="U84" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V84" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W84" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y84" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB84" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF84" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>IRS/2025/5878/OPPC</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>01 March 2025 07:30</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
@@ -14444,51 +14938,51 @@
       </c>
       <c r="Y127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>IRS/2025/6015/OPPC</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>31 March 2025 23:59</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>GANNET A</t>
         </is>
       </c>
       <c r="G128" t="n">
         <v>57.0</v>
       </c>
@@ -14503,50 +14997,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K128" t="n">
         <v>0.0</v>
       </c>
       <c r="L128" t="n">
         <v>59.0</v>
       </c>
       <c r="M128" t="n">
         <v>54.329</v>
       </c>
       <c r="N128" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O128" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P128" t="inlineStr">
         <is>
           <t>25</t>
+        </is>
+      </c>
+      <c r="R128" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S128" t="inlineStr">
+        <is>
+          <t>Monthly average discharge concentration breached 30mg/l limit for March 2025.</t>
+        </is>
+      </c>
+      <c r="T128" t="n">
+        <v>0.8396</v>
+      </c>
+      <c r="U128" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V128" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W128" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y128" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB128" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF128" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>IRS/2025/6017/OPPC</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>01 April 2025 08:00</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
@@ -15310,51 +15842,51 @@
       </c>
       <c r="Y135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF135" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>IRS/2025/6050/OPPC</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>01 April 2025 00:00</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>STRATHSPEY</t>
         </is>
       </c>
       <c r="G136" t="n">
         <v>60.0</v>
       </c>
@@ -15369,50 +15901,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K136" t="n">
         <v>1.0</v>
       </c>
       <c r="L136" t="n">
         <v>28.0</v>
       </c>
       <c r="M136" t="n">
         <v>9.6</v>
       </c>
       <c r="N136" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O136" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P136" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R136" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S136" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T136" t="n">
+        <v>1.0E-4</v>
+      </c>
+      <c r="U136" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V136" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W136" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y136" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB136" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF136" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>IRS/2025/6054/OPPC</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>04 April 2025 15:30</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
@@ -16173,51 +16743,51 @@
       </c>
       <c r="Y143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>IRS/2025/6104/OPPC</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>22 April 2025 09:00</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="G144" t="n">
         <v>57.0</v>
       </c>
@@ -16232,50 +16802,80 @@
           <t>North</t>
         </is>
       </c>
       <c r="K144" t="n">
         <v>1.0</v>
       </c>
       <c r="L144" t="n">
         <v>39.0</v>
       </c>
       <c r="M144" t="n">
         <v>46.0</v>
       </c>
       <c r="N144" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O144" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P144" t="inlineStr">
         <is>
           <t>24</t>
+        </is>
+      </c>
+      <c r="R144" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S144" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="U144" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W144" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y144" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB144" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF144" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>IRS/2025/6110/OPPC</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>24 April 2025 07:00</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
@@ -16694,51 +17294,51 @@
         </is>
       </c>
       <c r="AC148" t="n">
         <v>250.0</v>
       </c>
       <c r="AD148" t="n">
         <v>40.0</v>
       </c>
       <c r="AE148" t="n">
         <v>4.0</v>
       </c>
       <c r="AF148" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>IRS/2025/6144/OPPC</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>01 May 2025 01:00</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>Nelson Platform</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>NELSON</t>
         </is>
       </c>
       <c r="G149" t="n">
         <v>57.0</v>
       </c>
@@ -16753,50 +17353,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K149" t="n">
         <v>1.0</v>
       </c>
       <c r="L149" t="n">
         <v>8.0</v>
       </c>
       <c r="M149" t="n">
         <v>39.0</v>
       </c>
       <c r="N149" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O149" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P149" t="inlineStr">
         <is>
           <t>11</t>
+        </is>
+      </c>
+      <c r="R149" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S149" t="inlineStr">
+        <is>
+          <t>Exceeding of condition Table 1 of the oil discharge permit - monthly average limit of 30 mg/L.</t>
+        </is>
+      </c>
+      <c r="T149" t="n">
+        <v>0.8995</v>
+      </c>
+      <c r="U149" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V149" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W149" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y149" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB149" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF149" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>IRS/2025/6145/OPPC</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>01 April 2025 08:00</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
@@ -16882,51 +17520,51 @@
       </c>
       <c r="Y150" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB150" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF150" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>IRS/2025/6146/OPPC</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>01 May 2025 00:01</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>GANNET A</t>
         </is>
       </c>
       <c r="G151" t="n">
         <v>57.0</v>
       </c>
@@ -16941,50 +17579,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K151" t="n">
         <v>0.0</v>
       </c>
       <c r="L151" t="n">
         <v>59.0</v>
       </c>
       <c r="M151" t="n">
         <v>54.329</v>
       </c>
       <c r="N151" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O151" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P151" t="inlineStr">
         <is>
           <t>25</t>
+        </is>
+      </c>
+      <c r="R151" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S151" t="inlineStr">
+        <is>
+          <t>Monthly average discharge concentration breached 30mg/l limit for April 2025.</t>
+        </is>
+      </c>
+      <c r="T151" t="n">
+        <v>0.8254</v>
+      </c>
+      <c r="U151" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V151" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W151" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y151" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB151" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF151" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>IRS/2025/6149/OPPC</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>01 May 2025 12:00</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
@@ -17861,51 +18537,51 @@
       </c>
       <c r="Y159" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB159" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF159" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>IRS/2025/6180/OPPC</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>09 May 2025 04:00</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="G160" t="n">
         <v>57.0</v>
       </c>
@@ -17920,50 +18596,80 @@
           <t>North</t>
         </is>
       </c>
       <c r="K160" t="n">
         <v>1.0</v>
       </c>
       <c r="L160" t="n">
         <v>39.0</v>
       </c>
       <c r="M160" t="n">
         <v>46.0</v>
       </c>
       <c r="N160" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O160" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P160" t="inlineStr">
         <is>
           <t>24</t>
+        </is>
+      </c>
+      <c r="R160" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S160" t="inlineStr">
+        <is>
+          <t>Permit condition 5, Standard Industry Condition 1 - maintenance</t>
+        </is>
+      </c>
+      <c r="U160" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W160" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y160" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB160" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF160" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>IRS/2025/6194/OPPC</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>12 May 2025 09:00</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
@@ -19592,51 +20298,51 @@
       </c>
       <c r="Y175" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB175" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF175" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>IRS/2025/6263/OPPC</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>01 June 2025 02:55</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CLAYMORE</t>
         </is>
       </c>
       <c r="G176" t="n">
         <v>58.0</v>
       </c>
@@ -19651,50 +20357,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K176" t="n">
         <v>0.0</v>
       </c>
       <c r="L176" t="n">
         <v>15.0</v>
       </c>
       <c r="M176" t="n">
         <v>13.0</v>
       </c>
       <c r="N176" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="O176" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="P176" t="inlineStr">
         <is>
           <t>19</t>
+        </is>
+      </c>
+      <c r="R176" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S176" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T176" t="n">
+        <v>0.0682</v>
+      </c>
+      <c r="U176" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V176" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W176" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y176" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB176" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF176" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>IRS/2025/6264/OPPC</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>31 May 2025 11:05</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
@@ -20081,51 +20825,51 @@
       </c>
       <c r="Y180" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB180" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF180" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>IRS/2025/6269/OPPC</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>01 June 2025 00:01</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>GANNET A</t>
         </is>
       </c>
       <c r="G181" t="n">
         <v>57.0</v>
       </c>
@@ -20140,50 +20884,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K181" t="n">
         <v>0.0</v>
       </c>
       <c r="L181" t="n">
         <v>59.0</v>
       </c>
       <c r="M181" t="n">
         <v>54.329</v>
       </c>
       <c r="N181" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O181" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P181" t="inlineStr">
         <is>
           <t>25</t>
+        </is>
+      </c>
+      <c r="R181" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S181" t="inlineStr">
+        <is>
+          <t>Monthly average discharge concentration breached 30mg/l limit for May 2025.</t>
+        </is>
+      </c>
+      <c r="T181" t="n">
+        <v>1.1289</v>
+      </c>
+      <c r="U181" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V181" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W181" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y181" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB181" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF181" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>IRS/2025/6270/OPPC</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>01 June 2025 00:00</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
@@ -20941,51 +21723,51 @@
       </c>
       <c r="Z188" t="inlineStr">
         <is>
           <t>Sampling frequency</t>
         </is>
       </c>
       <c r="AB188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>IRS/2025/6284/OPPC</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>22 May 2025 18:00</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G189" t="n">
         <v>60.0</v>
       </c>
@@ -21000,50 +21782,85 @@
           <t>North</t>
         </is>
       </c>
       <c r="K189" t="n">
         <v>1.0</v>
       </c>
       <c r="L189" t="n">
         <v>28.0</v>
       </c>
       <c r="M189" t="n">
         <v>9.6</v>
       </c>
       <c r="N189" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O189" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P189" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R189" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S189" t="inlineStr">
+        <is>
+          <t>4.2(e)</t>
+        </is>
+      </c>
+      <c r="U189" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W189" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X189" t="inlineStr">
+        <is>
+          <t>Sampling location(s)</t>
+        </is>
+      </c>
+      <c r="Y189" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB189" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF189" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>IRS/2025/6299/OPPC</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>09 June 2025 16:30</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
@@ -24901,51 +25718,51 @@
       </c>
       <c r="Y224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB224" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AF224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>IRS/2025/6448/OPPC</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>04 July 2025 18:00</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G225" t="n">
         <v>60.0</v>
       </c>
@@ -24960,67 +25777,102 @@
           <t>North</t>
         </is>
       </c>
       <c r="K225" t="n">
         <v>1.0</v>
       </c>
       <c r="L225" t="n">
         <v>28.0</v>
       </c>
       <c r="M225" t="n">
         <v>9.6</v>
       </c>
       <c r="N225" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O225" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P225" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R225" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S225" t="inlineStr">
+        <is>
+          <t>4.2(e)</t>
+        </is>
+      </c>
+      <c r="U225" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W225" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X225" t="inlineStr">
+        <is>
+          <t>Sampling location(s)</t>
+        </is>
+      </c>
+      <c r="Y225" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB225" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF225" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>IRS/2025/6450/OPPC</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>17 July 2025 09:00</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>Andrew Platform</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>ANDREW</t>
         </is>
       </c>
       <c r="G226" t="n">
         <v>58.0</v>
       </c>
@@ -25035,50 +25887,80 @@
           <t>North</t>
         </is>
       </c>
       <c r="K226" t="n">
         <v>1.0</v>
       </c>
       <c r="L226" t="n">
         <v>24.0</v>
       </c>
       <c r="M226" t="n">
         <v>15.552</v>
       </c>
       <c r="N226" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O226" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="P226" t="inlineStr">
         <is>
           <t>28</t>
+        </is>
+      </c>
+      <c r="R226" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S226" t="inlineStr">
+        <is>
+          <t>4 Discharge Conditions</t>
+        </is>
+      </c>
+      <c r="U226" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W226" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y226" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB226" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF226" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>IRS/2025/6453/OPPC</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>16 July 2025 15:00</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
@@ -25277,51 +26159,51 @@
       </c>
       <c r="Y228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>IRS/2025/6470/OPPC</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>21 July 2025 20:30</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G229" t="n">
         <v>60.0</v>
       </c>
@@ -25336,50 +26218,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K229" t="n">
         <v>1.0</v>
       </c>
       <c r="L229" t="n">
         <v>28.0</v>
       </c>
       <c r="M229" t="n">
         <v>9.6</v>
       </c>
       <c r="N229" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O229" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P229" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R229" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S229" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T229" t="n">
+        <v>0.091</v>
+      </c>
+      <c r="U229" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V229" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W229" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y229" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB229" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF229" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>IRS/2025/6471/OPPC</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>23 July 2025 03:00</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
@@ -26444,51 +27364,51 @@
       </c>
       <c r="Y239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>IRS/2025/6513/OPPC</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>01 August 2025 05:50</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="G240" t="n">
         <v>60.0</v>
       </c>
@@ -26503,50 +27423,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K240" t="n">
         <v>1.0</v>
       </c>
       <c r="L240" t="n">
         <v>28.0</v>
       </c>
       <c r="M240" t="n">
         <v>8.73</v>
       </c>
       <c r="N240" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O240" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P240" t="inlineStr">
         <is>
           <t>3</t>
+        </is>
+      </c>
+      <c r="R240" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S240" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T240" t="n">
+        <v>0.1195</v>
+      </c>
+      <c r="U240" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V240" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W240" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y240" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB240" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>IRS/2025/6515/OPPC</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>04 August 2025 03:00</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
@@ -31783,51 +32741,51 @@
       </c>
       <c r="Y288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF288" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>IRS/2025/6763/OPPC</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
           <t>01 October 2025 04:00</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G289" t="n">
         <v>61.0</v>
       </c>
@@ -31842,50 +32800,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K289" t="n">
         <v>1.0</v>
       </c>
       <c r="L289" t="n">
         <v>18.0</v>
       </c>
       <c r="M289" t="n">
         <v>25.96</v>
       </c>
       <c r="N289" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O289" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P289" t="inlineStr">
         <is>
           <t>12</t>
+        </is>
+      </c>
+      <c r="R289" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S289" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="T289" t="n">
+        <v>0.4792</v>
+      </c>
+      <c r="U289" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V289" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W289" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y289" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB289" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AC289" t="n">
         <v>170.0</v>
       </c>
       <c r="AD289" t="n">
         <v>40.0</v>
       </c>
       <c r="AE289" t="n">
         <v>4.3</v>
       </c>
       <c r="AF289" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
           <t>IRS/2025/6764/OPPC</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
@@ -36189,51 +37185,51 @@
       </c>
       <c r="Y329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF329" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
           <t>IRS/2025/6962/OPPC</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
           <t>11 November 2025 12:00</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
           <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
           <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="G330" t="n">
         <v>60.0</v>
       </c>
@@ -36248,50 +37244,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K330" t="n">
         <v>1.0</v>
       </c>
       <c r="L330" t="n">
         <v>44.0</v>
       </c>
       <c r="M330" t="n">
         <v>7.0</v>
       </c>
       <c r="N330" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O330" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P330" t="inlineStr">
         <is>
           <t>9</t>
+        </is>
+      </c>
+      <c r="R330" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S330" t="inlineStr">
+        <is>
+          <t>Discharge conditions, item 4.1</t>
+        </is>
+      </c>
+      <c r="T330" t="n">
+        <v>0.1849</v>
+      </c>
+      <c r="U330" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V330" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W330" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y330" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB330" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF330" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
           <t>IRS/2025/6964/OPPC</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
           <t>01 May 2022 08:00</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
@@ -37281,51 +38315,51 @@
       </c>
       <c r="Y340" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB340" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF340" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
           <t>IRS/2025/7030/OPPC</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
           <t>30 November 2025 09:30</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
           <t>Piper B Platform</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
           <t>PIPER</t>
         </is>
       </c>
       <c r="G341" t="n">
         <v>58.0</v>
       </c>
@@ -37340,50 +38374,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K341" t="n">
         <v>0.0</v>
       </c>
       <c r="L341" t="n">
         <v>15.0</v>
       </c>
       <c r="M341" t="n">
         <v>3.83</v>
       </c>
       <c r="N341" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O341" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="P341" t="inlineStr">
         <is>
           <t>17</t>
+        </is>
+      </c>
+      <c r="R341" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S341" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T341" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="U341" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V341" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W341" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y341" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB341" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF341" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
           <t>IRS/2025/7032/OPPC</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
           <t>01 December 2025 08:00</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
@@ -38291,51 +39363,51 @@
       </c>
       <c r="Z350" t="inlineStr">
         <is>
           <t>Sampling and analysis method</t>
         </is>
       </c>
       <c r="AB350" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF350" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
           <t>IRS/2025/7060/OPPC</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
           <t>05 December 2025 16:00</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
           <t>MAGNUS</t>
         </is>
       </c>
       <c r="G351" t="n">
         <v>61.0</v>
       </c>
@@ -38350,50 +39422,88 @@
           <t>North</t>
         </is>
       </c>
       <c r="K351" t="n">
         <v>1.0</v>
       </c>
       <c r="L351" t="n">
         <v>18.0</v>
       </c>
       <c r="M351" t="n">
         <v>25.96</v>
       </c>
       <c r="N351" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O351" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P351" t="inlineStr">
         <is>
           <t>12</t>
+        </is>
+      </c>
+      <c r="R351" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S351" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="T351" t="n">
+        <v>0.518</v>
+      </c>
+      <c r="U351" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V351" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W351" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y351" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB351" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AF351" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
           <t>IRS/2025/7067/OPPC</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
           <t>08 December 2025 08:00</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">