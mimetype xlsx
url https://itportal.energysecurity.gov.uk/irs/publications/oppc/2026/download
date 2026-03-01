--- v0 (2026-02-06)
+++ v1 (2026-03-01)
@@ -508,51 +508,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AF12"/>
+  <dimension ref="A2:AF20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="14" max="14" customWidth="true" width="17.28515625"/>
     <col min="15" max="15" customWidth="true" width="17.7109375"/>
     <col min="16" max="32" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>29</v>
       </c>
@@ -622,873 +622,873 @@
       <c r="Z1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AA1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AD1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AE1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AF1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>IRS/2026/7161/OPPC</t>
+          <t>IRS/2026/7148/OPPC</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>01 January 2026 00:00</t>
+          <t>31 December 2025 12:00</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Beryl B Platform</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="G2" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="H2" t="n">
-        <v>51.0</v>
+        <v>36.0</v>
       </c>
       <c r="I2" t="n">
-        <v>24.42</v>
+        <v>37.23</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K2" t="n">
         <v>1.0</v>
       </c>
       <c r="L2" t="n">
-        <v>28.0</v>
+        <v>30.0</v>
       </c>
       <c r="M2" t="n">
-        <v>8.73</v>
+        <v>45.87</v>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>13</t>
         </is>
       </c>
       <c r="R2" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S2" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Condition 4</t>
         </is>
       </c>
       <c r="T2" t="n">
-        <v>0.5705</v>
+        <v>0.0092</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>IRS/2026/7162/OPPC</t>
+          <t>IRS/2026/7149/OPPC</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>16 December 2025 09:21</t>
+          <t>01 January 2026 00:00</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>ADURA ENERGY LIMITED</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="G3" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H3" t="n">
-        <v>46.0</v>
+        <v>1.0</v>
       </c>
       <c r="I3" t="n">
-        <v>12.43</v>
+        <v>53.58</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K3" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="L3" t="n">
-        <v>42.0</v>
+        <v>57.0</v>
       </c>
       <c r="M3" t="n">
-        <v>46.93</v>
+        <v>19.22</v>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>30</t>
         </is>
       </c>
       <c r="R3" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S3" t="inlineStr">
         <is>
-          <t>4.1</t>
+          <t>Platform Exceeded Avg Monthly OIWOB concentration of 30mg/l</t>
         </is>
       </c>
       <c r="T3" t="n">
-        <v>3.0E-4</v>
+        <v>0.1339</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V3" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>IRS/2026/7166/OPPC</t>
+          <t>IRS/2026/7154/OPPC</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>31 December 2025 23:05</t>
+          <t>04 December 2025 15:30</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Morecambe South CPP1 Platform</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="G4" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="H4" t="n">
-        <v>48.0</v>
+        <v>50.0</v>
       </c>
       <c r="I4" t="n">
-        <v>53.88</v>
+        <v>44.31</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K4" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="L4" t="n">
-        <v>58.0</v>
+        <v>35.0</v>
       </c>
       <c r="M4" t="n">
-        <v>21.95</v>
+        <v>0.38</v>
       </c>
       <c r="N4" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>110</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="R4" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S4" t="inlineStr">
+        <is>
+          <t>We have been unable to sample H2 Bi-annual produced water. The current tank level is at its normal operating range low level. Its contents will have been sat stagnant for 4 months, and we are unlikely to increase the volume much after restart to discharge a representative sample. Now year end has rolled over, this is confirmed as no further volume produced.</t>
+        </is>
+      </c>
+      <c r="U4" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="W4" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y4" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z4" t="inlineStr">
+        <is>
+          <t>Sampling frequency</t>
+        </is>
+      </c>
+      <c r="AB4" t="inlineStr">
+        <is>
+          <t>No</t>
         </is>
       </c>
       <c r="AF4" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>IRS/2026/7148/OPPC</t>
+          <t>IRS/2026/7155/OPPC</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>31 December 2025 12:00</t>
+          <t>28 May 2025 08:00</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Beryl B Platform</t>
+          <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="G5" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="H5" t="n">
-        <v>36.0</v>
+        <v>19.0</v>
       </c>
       <c r="I5" t="n">
-        <v>37.23</v>
+        <v>25.12</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K5" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L5" t="n">
-        <v>30.0</v>
+        <v>34.0</v>
       </c>
       <c r="M5" t="n">
-        <v>45.87</v>
+        <v>29.68</v>
       </c>
       <c r="N5" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O5" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>49</t>
         </is>
       </c>
       <c r="P5" t="inlineStr">
         <is>
-          <t>13</t>
-[...38 lines deleted...]
-        </is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="AC5" t="n">
+        <v>343.0</v>
+      </c>
+      <c r="AD5" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="AE5" t="n">
+        <v>0.5</v>
       </c>
       <c r="AF5" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>IRS/2026/7149/OPPC</t>
+          <t>IRS/2026/7160/OPPC</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>01 January 2026 00:00</t>
+          <t>02 January 2026 10:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>ADURA ENERGY LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="G6" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="H6" t="n">
-        <v>1.0</v>
+        <v>41.0</v>
       </c>
       <c r="I6" t="n">
-        <v>53.58</v>
+        <v>48.3</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K6" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L6" t="n">
-        <v>57.0</v>
+        <v>20.0</v>
       </c>
       <c r="M6" t="n">
-        <v>19.22</v>
+        <v>13.35</v>
       </c>
       <c r="N6" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>7</t>
         </is>
       </c>
       <c r="R6" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S6" t="inlineStr">
         <is>
-          <t>Platform Exceeded Avg Monthly OIWOB concentration of 30mg/l</t>
+          <t>Section 4.1.</t>
         </is>
       </c>
       <c r="T6" t="n">
-        <v>0.1339</v>
+        <v>0.2086</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="V6" t="inlineStr">
         <is>
           <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AB6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>IRS/2026/7154/OPPC</t>
+          <t>IRS/2026/7161/OPPC</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>04 December 2025 15:30</t>
+          <t>01 January 2026 00:00</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Morecambe South CPP1 Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="G7" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="H7" t="n">
-        <v>50.0</v>
+        <v>51.0</v>
       </c>
       <c r="I7" t="n">
-        <v>44.31</v>
+        <v>24.42</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K7" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L7" t="n">
-        <v>35.0</v>
+        <v>28.0</v>
       </c>
       <c r="M7" t="n">
-        <v>0.38</v>
+        <v>8.73</v>
       </c>
       <c r="N7" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="R7" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S7" t="inlineStr">
         <is>
-          <t>We have been unable to sample H2 Bi-annual produced water. The current tank level is at its normal operating range low level. Its contents will have been sat stagnant for 4 months, and we are unlikely to increase the volume much after restart to discharge a representative sample. Now year end has rolled over, this is confirmed as no further volume produced.</t>
-        </is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T7" t="n">
+        <v>0.5705</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V7" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
         </is>
       </c>
       <c r="W7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y7" t="inlineStr">
         <is>
-          <t>Yes</t>
-[...4 lines deleted...]
-          <t>Sampling frequency</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AB7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AF7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>IRS/2026/7155/OPPC</t>
+          <t>IRS/2026/7162/OPPC</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>28 May 2025 08:00</t>
+          <t>16 December 2025 09:21</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Inde AC Platform (PERENCO)</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="G8" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="H8" t="n">
-        <v>19.0</v>
+        <v>46.0</v>
       </c>
       <c r="I8" t="n">
-        <v>25.12</v>
+        <v>12.43</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K8" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L8" t="n">
-        <v>34.0</v>
+        <v>42.0</v>
       </c>
       <c r="M8" t="n">
-        <v>29.68</v>
+        <v>46.93</v>
       </c>
       <c r="N8" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O8" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>28</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
-          <t>23</t>
-[...9 lines deleted...]
-        <v>0.5</v>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="R8" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S8" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T8" t="n">
+        <v>3.0E-4</v>
+      </c>
+      <c r="U8" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V8" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W8" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y8" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB8" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
       </c>
       <c r="AF8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>IRS/2026/7160/OPPC</t>
+          <t>IRS/2026/7166/OPPC</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>02 January 2026 10:30</t>
+          <t>31 December 2025 23:05</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="G9" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="H9" t="n">
-        <v>41.0</v>
+        <v>48.0</v>
       </c>
       <c r="I9" t="n">
-        <v>48.3</v>
+        <v>53.88</v>
       </c>
       <c r="J9" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="K9" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="L9" t="n">
-        <v>20.0</v>
+        <v>58.0</v>
       </c>
       <c r="M9" t="n">
-        <v>13.35</v>
+        <v>21.95</v>
       </c>
       <c r="N9" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="O9" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>20</t>
         </is>
       </c>
       <c r="P9" t="inlineStr">
         <is>
-          <t>7</t>
-[...37 lines deleted...]
-          <t>No</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AF9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>IRS/2026/7167/OPPC</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>05 January 2026 12:00</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
@@ -1749,50 +1749,887 @@
       <c r="K12" t="n">
         <v>0.0</v>
       </c>
       <c r="L12" t="n">
         <v>58.0</v>
       </c>
       <c r="M12" t="n">
         <v>21.95</v>
       </c>
       <c r="N12" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="O12" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="P12" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="AF12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>IRS/2026/7176/OPPC</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>09 January 2026 00:01</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G13" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H13" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I13" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K13" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L13" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M13" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P13" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="AC13" t="n">
+        <v>142.0</v>
+      </c>
+      <c r="AD13" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="AE13" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="AF13" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>IRS/2026/7186/OPPC</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>11 January 2026 12:00</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Alwyn North NAB Platform</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>ALWYN NORTH</t>
+        </is>
+      </c>
+      <c r="G14" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H14" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="I14" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L14" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M14" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N14" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O14" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P14" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="R14" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S14" t="inlineStr">
+        <is>
+          <t>Discharge conditions, item 4.1</t>
+        </is>
+      </c>
+      <c r="T14" t="n">
+        <v>9.0E-4</v>
+      </c>
+      <c r="U14" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V14" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W14" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y14" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB14" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF14" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>IRS/2026/7191/OPPC</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>09 January 2026 09:00</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>Ninian Central Platform</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>NINIAN</t>
+        </is>
+      </c>
+      <c r="G15" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H15" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="I15" t="n">
+        <v>34.4</v>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L15" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="M15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O15" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P15" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="R15" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S15" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T15" t="n">
+        <v>0.2143</v>
+      </c>
+      <c r="U15" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V15" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>IRS/2026/7192/OPPC</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>13 January 2026 10:03</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>Glen Lyon FPSO</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>SCHIEHALLION</t>
+        </is>
+      </c>
+      <c r="G16" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H16" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I16" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K16" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="L16" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="M16" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O16" t="inlineStr">
+        <is>
+          <t>204</t>
+        </is>
+      </c>
+      <c r="P16" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="R16" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S16" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T16" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="U16" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V16" t="inlineStr">
+        <is>
+          <t>Monthly average concentration</t>
+        </is>
+      </c>
+      <c r="W16" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y16" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB16" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF16" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>IRS/2026/7193/OPPC</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>12 January 2026 09:00</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G17" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H17" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I17" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K17" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L17" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M17" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O17" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P17" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="AF17" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>IRS/2026/7202/OPPC</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>15 January 2026 17:00</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>Armada Platform</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>FLEMING</t>
+        </is>
+      </c>
+      <c r="G18" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H18" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="I18" t="n">
+        <v>26.76</v>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K18" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L18" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="M18" t="n">
+        <v>42.26</v>
+      </c>
+      <c r="N18" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O18" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P18" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="R18" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S18" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T18" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="U18" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V18" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W18" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y18" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB18" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF18" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>IRS/2026/7212/OPPC</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>19 January 2026 04:40</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>Triton FPSO</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>GUILLEMOT WEST</t>
+        </is>
+      </c>
+      <c r="G19" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H19" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="I19" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K19" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L19" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M19" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O19" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="R19" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S19" t="inlineStr">
+        <is>
+          <t>Maximum concentration of oil in produced water discharged from slops &gt; 100 mg/l</t>
+        </is>
+      </c>
+      <c r="T19" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="U19" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V19" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>IRS/2026/7221/OPPC</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>21 January 2026 18:45</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>ERSKINE</t>
+        </is>
+      </c>
+      <c r="G20" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H20" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I20" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K20" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L20" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M20" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="N20" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O20" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P20" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="R20" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S20" t="inlineStr">
+        <is>
+          <t>4.1</t>
+        </is>
+      </c>
+      <c r="T20" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="U20" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V20" t="inlineStr">
+        <is>
+          <t>Maximum concentration</t>
+        </is>
+      </c>
+      <c r="W20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Y20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AB20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AF20" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>