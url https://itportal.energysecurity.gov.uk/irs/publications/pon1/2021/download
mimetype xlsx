--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -43954,51 +43954,51 @@
           <t>Oceanic HW 443</t>
         </is>
       </c>
       <c r="W407" t="n">
         <v>860.93</v>
       </c>
       <c r="X407" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z407" t="inlineStr">
         <is>
           <t>Hydraulics - Open System - Hydraulic Hose</t>
         </is>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
           <t>IRS/2021/501/PON1</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
           <t>05 August 2019 03:20</t>
         </is>
       </c>
       <c r="D408" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E408" t="inlineStr">
         <is>
           <t>SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
           <t>Bruce Template</t>
         </is>
       </c>
       <c r="G408" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -44033,66 +44033,64 @@
         <v>22.0</v>
       </c>
       <c r="P408" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q408" t="n">
         <v>9.0</v>
       </c>
       <c r="R408" t="n">
         <v>8.0</v>
       </c>
       <c r="S408" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T408" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V408" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW443ND</t>
+        </is>
+      </c>
+      <c r="W408" t="n">
+        <v>2378.16</v>
       </c>
       <c r="X408" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z408" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Accumulator Failure</t>
         </is>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
           <t>IRS/2021/502/PON1</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
           <t>16 December 2021 15:00</t>
         </is>
       </c>
       <c r="D409" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E409" t="inlineStr">