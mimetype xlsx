--- v1 (2025-10-27)
+++ v2 (2026-03-30)
@@ -39696,51 +39696,51 @@
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
           <t>IRS/2021/291/PON1</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
           <t>11 November 2021 21:32</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E367" t="inlineStr">
         <is>
-          <t>ALTERA INFRASTRUCTURE PRODUCTION AS, BP P.L.C.</t>
+          <t>PGS PRODUCTION AS, BP P.L.C.</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
           <t>Normand Subsea</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
           <t>Vessel</t>
         </is>
       </c>
       <c r="H367" t="inlineStr">
         <is>
           <t>FOINAVEN</t>
         </is>
       </c>
       <c r="I367" t="n">
         <v>60.0</v>
       </c>
       <c r="J367" t="n">
         <v>18.0</v>
       </c>
       <c r="K367" t="n">
         <v>40.0</v>