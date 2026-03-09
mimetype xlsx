--- v1 (2026-01-27)
+++ v2 (2026-03-09)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z464"/>
+  <dimension ref="A2:Z463"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -33589,51 +33589,51 @@
       </c>
       <c r="X320" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y320" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z320" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
           <t>IRS/2022/1608/PON1</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
           <t>19 December 2020 00:00</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
           <t>CHRYSAOR (U.K.) BRITANNIA LIMITED, ITHACA ENERGY (UK) LIMITED, CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
           <t>Alder Production Manifold</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
           <t>Other</t>
@@ -33668,78 +33668,81 @@
         <v>41.489</v>
       </c>
       <c r="P321" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q321" t="n">
         <v>15.0</v>
       </c>
       <c r="R321" t="n">
         <v>29.0</v>
       </c>
       <c r="S321" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T321" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V321" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua SP</t>
+        </is>
+      </c>
+      <c r="W321" t="n">
+        <v>13842.15</v>
       </c>
       <c r="X321" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Y321" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z321" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Open System - Umbilical Rupture</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
           <t>IRS/2022/1608/PON1</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
           <t>19 December 2020 00:00</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
           <t>CHRYSAOR (U.K.) BRITANNIA LIMITED, ITHACA ENERGY (UK) LIMITED, CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
           <t>Alder Production Manifold</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
           <t>Other</t>
@@ -33774,66 +33777,69 @@
         <v>41.489</v>
       </c>
       <c r="P322" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q322" t="n">
         <v>15.0</v>
       </c>
       <c r="R322" t="n">
         <v>29.0</v>
       </c>
       <c r="S322" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T322" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V322" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua HT2</t>
+        </is>
+      </c>
+      <c r="W322" t="n">
+        <v>44943.0</v>
       </c>
       <c r="X322" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Y322" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z322" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Open System - Umbilical Rupture</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
           <t>IRS/2022/1613/PON1</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
           <t>12 August 2022 16:30</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
@@ -46655,55 +46661,55 @@
         <v>0.0</v>
       </c>
       <c r="P447" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q447" t="n">
         <v>47.0</v>
       </c>
       <c r="R447" t="n">
         <v>4.0</v>
       </c>
       <c r="S447" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T447" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V447" t="inlineStr">
         <is>
-          <t>METHANOL</t>
+          <t>CORRTREAT 7712A</t>
         </is>
       </c>
       <c r="W447" t="n">
-        <v>11841.0</v>
+        <v>3.0012</v>
       </c>
       <c r="X447" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z447" t="inlineStr">
         <is>
           <t>Subsea Chemical Systems - Hose failures</t>
         </is>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
           <t>IRS/2022/2097/PON1</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
@@ -46759,55 +46765,55 @@
         <v>0.0</v>
       </c>
       <c r="P448" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q448" t="n">
         <v>47.0</v>
       </c>
       <c r="R448" t="n">
         <v>4.0</v>
       </c>
       <c r="S448" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T448" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V448" t="inlineStr">
         <is>
-          <t>CORRTREAT 7712A</t>
+          <t>METHANOL</t>
         </is>
       </c>
       <c r="W448" t="n">
-        <v>3.0012</v>
+        <v>11841.0</v>
       </c>
       <c r="X448" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z448" t="inlineStr">
         <is>
           <t>Subsea Chemical Systems - Hose failures</t>
         </is>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
           <t>IRS/2022/2099/PON1</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
@@ -47461,55 +47467,55 @@
         <v>33.58</v>
       </c>
       <c r="P455" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q455" t="n">
         <v>205.0</v>
       </c>
       <c r="R455" t="n">
         <v>27.0</v>
       </c>
       <c r="S455" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T455" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V455" t="inlineStr">
         <is>
-          <t>Versaclean VB</t>
+          <t>SAFE-CARB (All Grades)</t>
         </is>
       </c>
       <c r="W455" t="n">
-        <v>10.0</v>
+        <v>50.0</v>
       </c>
       <c r="X455" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z455" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
           <t>IRS/2022/2157/PON1</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
@@ -47560,51 +47566,51 @@
         <v>33.58</v>
       </c>
       <c r="P456" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q456" t="n">
         <v>205.0</v>
       </c>
       <c r="R456" t="n">
         <v>27.0</v>
       </c>
       <c r="S456" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T456" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V456" t="inlineStr">
         <is>
-          <t>CALCIUM CHLORIDE (ALL GRADES)</t>
+          <t>Versaclean VB</t>
         </is>
       </c>
       <c r="W456" t="n">
         <v>10.0</v>
       </c>
       <c r="X456" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z456" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
           <t>IRS/2022/2157/PON1</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -47659,55 +47665,55 @@
         <v>33.58</v>
       </c>
       <c r="P457" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q457" t="n">
         <v>205.0</v>
       </c>
       <c r="R457" t="n">
         <v>27.0</v>
       </c>
       <c r="S457" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T457" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V457" t="inlineStr">
         <is>
-          <t>SAFE-CARB (All Grades)</t>
+          <t>CALCIUM CHLORIDE (ALL GRADES)</t>
         </is>
       </c>
       <c r="W457" t="n">
-        <v>50.0</v>
+        <v>10.0</v>
       </c>
       <c r="X457" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z457" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
           <t>IRS/2022/2186/PON1</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
@@ -47881,548 +47887,442 @@
           <t/>
         </is>
       </c>
       <c r="V459" t="inlineStr">
         <is>
           <t>MEG-WATER 80-20</t>
         </is>
       </c>
       <c r="W459" t="n">
         <v>304.0</v>
       </c>
       <c r="X459" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z459" t="inlineStr">
         <is>
           <t>Bunkering Hose - Hose Rupture</t>
         </is>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>IRS/2022/2224/PON1</t>
+          <t>IRS/2022/2226/PON1</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>17 December 2022 10:15</t>
+          <t>18 December 2022 05:30</t>
         </is>
       </c>
       <c r="D460" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E460" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G460" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H460" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I460" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J460" t="n">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
       <c r="K460" t="n">
-        <v>41.0</v>
+        <v>0.612</v>
       </c>
       <c r="L460" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M460" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N460" t="n">
-        <v>15.0</v>
+        <v>39.0</v>
       </c>
       <c r="O460" t="n">
-        <v>3.0</v>
+        <v>0.622</v>
       </c>
       <c r="P460" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q460" t="n">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
       <c r="R460" t="n">
-        <v>17.0</v>
+        <v>24.0</v>
       </c>
       <c r="S460" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T460" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U460" t="n">
+        <v>2.73E-6</v>
       </c>
       <c r="V460" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X460" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z460" t="inlineStr">
         <is>
-          <t/>
+          <t>Valves - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>IRS/2022/2226/PON1</t>
+          <t>IRS/2022/2228/PON1</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>18 December 2022 05:30</t>
+          <t>17 December 2022 14:00</t>
         </is>
       </c>
       <c r="D461" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E461" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G461" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I461" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J461" t="n">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
       <c r="K461" t="n">
-        <v>0.612</v>
+        <v>46.0</v>
       </c>
       <c r="L461" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M461" t="n">
         <v>1.0</v>
       </c>
       <c r="N461" t="n">
-        <v>39.0</v>
+        <v>30.0</v>
       </c>
       <c r="O461" t="n">
-        <v>0.622</v>
+        <v>58.0</v>
       </c>
       <c r="P461" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q461" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S461" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T461" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.73E-6</v>
+          <t/>
+        </is>
       </c>
       <c r="V461" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 v3</t>
+        </is>
+      </c>
+      <c r="W461" t="n">
+        <v>7.595</v>
       </c>
       <c r="X461" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z461" t="inlineStr">
         <is>
-          <t>Valves - Valve Failure</t>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>IRS/2022/2228/PON1</t>
+          <t>IRS/2022/2241/PON1</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>17 December 2022 14:00</t>
+          <t>19 December 2022 14:00</t>
         </is>
       </c>
       <c r="D462" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E462" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>Clair phase1</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G462" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H462" t="inlineStr">
+        <is>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+        </is>
+      </c>
       <c r="I462" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="J462" t="n">
-        <v>16.0</v>
+        <v>41.0</v>
       </c>
       <c r="K462" t="n">
-        <v>46.0</v>
+        <v>30.0</v>
       </c>
       <c r="L462" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M462" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N462" t="n">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
       <c r="O462" t="n">
-        <v>58.0</v>
+        <v>40.0</v>
       </c>
       <c r="P462" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q462" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R462" t="n">
+        <v>8.0</v>
       </c>
       <c r="S462" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T462" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U462" t="n">
+        <v>2.645E-5</v>
       </c>
       <c r="V462" t="inlineStr">
         <is>
-          <t>Erifon 818 v3</t>
-[...3 lines deleted...]
-        <v>7.595</v>
+          <t/>
+        </is>
       </c>
       <c r="X462" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z462" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>IRS/2022/2241/PON1</t>
+          <t>IRS/2022/2247/PON1</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>19 December 2022 14:00</t>
+          <t>20 December 2022 13:00</t>
         </is>
       </c>
       <c r="D463" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E463" t="inlineStr">
         <is>
-          <t>Clair phase1</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Leman CD Platform [SHELL]</t>
         </is>
       </c>
       <c r="G463" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H463" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="I463" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J463" t="n">
-        <v>41.0</v>
+        <v>4.0</v>
       </c>
       <c r="K463" t="n">
-        <v>30.0</v>
+        <v>34.0</v>
       </c>
       <c r="L463" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M463" t="n">
         <v>2.0</v>
       </c>
       <c r="N463" t="n">
-        <v>32.0</v>
+        <v>11.0</v>
       </c>
       <c r="O463" t="n">
-        <v>40.0</v>
+        <v>6.0</v>
       </c>
       <c r="P463" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q463" t="n">
-        <v>206.0</v>
+        <v>49.0</v>
       </c>
       <c r="R463" t="n">
-        <v>8.0</v>
+        <v>26.0</v>
       </c>
       <c r="S463" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T463" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U463" t="n">
-        <v>2.645E-5</v>
+        <v>4.04</v>
       </c>
       <c r="V463" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X463" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z463" t="inlineStr">
-        <is>
-[...102 lines deleted...]
-      <c r="Z464" t="inlineStr">
         <is>
           <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>