--- v2 (2026-03-09)
+++ v3 (2026-03-30)
@@ -10645,51 +10645,51 @@
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>IRS/2022/689/PON1</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>25 January 2022 10:00</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>BP LIMITED</t>
+          <t>HACKREMCO(NO.1379) LIMITED</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
           <t>MUNGO</t>
         </is>
       </c>
       <c r="I98" t="n">
         <v>57.0</v>
       </c>
       <c r="J98" t="n">
         <v>22.0</v>
       </c>
       <c r="K98" t="n">
         <v>31.0</v>
@@ -13604,55 +13604,55 @@
         <v>12.0</v>
       </c>
       <c r="P126" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q126" t="n">
         <v>211.0</v>
       </c>
       <c r="R126" t="n">
         <v>29.0</v>
       </c>
       <c r="S126" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T126" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V126" t="inlineStr">
         <is>
-          <t>RX-5526</t>
+          <t>CAUSTIC SODA</t>
         </is>
       </c>
       <c r="W126" t="n">
-        <v>3.403</v>
+        <v>21.274</v>
       </c>
       <c r="X126" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z126" t="inlineStr">
         <is>
           <t>Well decommissioning - Leak in conductor</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>IRS/2022/862/PON1</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
@@ -13708,55 +13708,55 @@
         <v>12.0</v>
       </c>
       <c r="P127" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q127" t="n">
         <v>211.0</v>
       </c>
       <c r="R127" t="n">
         <v>29.0</v>
       </c>
       <c r="S127" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T127" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V127" t="inlineStr">
         <is>
-          <t>RX-1236</t>
+          <t>RX-5526</t>
         </is>
       </c>
       <c r="W127" t="n">
-        <v>2.272</v>
+        <v>3.403</v>
       </c>
       <c r="X127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z127" t="inlineStr">
         <is>
           <t>Well decommissioning - Leak in conductor</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>IRS/2022/862/PON1</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
@@ -13812,55 +13812,55 @@
         <v>12.0</v>
       </c>
       <c r="P128" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q128" t="n">
         <v>211.0</v>
       </c>
       <c r="R128" t="n">
         <v>29.0</v>
       </c>
       <c r="S128" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T128" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V128" t="inlineStr">
         <is>
-          <t>CAUSTIC SODA</t>
+          <t>RX-1236</t>
         </is>
       </c>
       <c r="W128" t="n">
-        <v>21.274</v>
+        <v>2.272</v>
       </c>
       <c r="X128" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z128" t="inlineStr">
         <is>
           <t>Well decommissioning - Leak in conductor</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>IRS/2022/874/PON1</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
@@ -16961,51 +16961,51 @@
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>IRS/2022/997/PON1</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>01 April 2022 01:31</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>ALTERA INFRASTRUCTURE PRODUCTION AS, BP P.L.C.</t>
+          <t>PGS PRODUCTION AS, BP P.L.C.</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>Normand Subsea</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <t>Vessel</t>
         </is>
       </c>
       <c r="H159" t="inlineStr">
         <is>
           <t>FOINAVEN</t>
         </is>
       </c>
       <c r="I159" t="n">
         <v>60.0</v>
       </c>
       <c r="J159" t="n">
         <v>20.0</v>
       </c>
       <c r="K159" t="n">
         <v>37.0</v>
@@ -30404,51 +30404,51 @@
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
           <t>IRS/2022/1532/PON1</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
           <t>26 July 2022 10:00</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, ISLAND DRILLING MANAGEMENT AS, PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, NORTH SEA DRILLING GROUP AS, PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
           <t>Island Innovator</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H290" t="inlineStr">
         <is>
           <t>ORLANDO</t>
         </is>
       </c>
       <c r="I290" t="n">
         <v>60.0</v>
       </c>
       <c r="J290" t="n">
         <v>56.0</v>
       </c>
       <c r="K290" t="n">
         <v>42.0</v>
@@ -30508,51 +30508,51 @@
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
           <t>IRS/2022/1532/PON1</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
           <t>26 July 2022 10:00</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, ISLAND DRILLING MANAGEMENT AS, PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, NORTH SEA DRILLING GROUP AS, PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
           <t>Island Innovator</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
           <t>ORLANDO</t>
         </is>
       </c>
       <c r="I291" t="n">
         <v>60.0</v>
       </c>
       <c r="J291" t="n">
         <v>56.0</v>
       </c>
       <c r="K291" t="n">
         <v>42.0</v>
@@ -30612,51 +30612,51 @@
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
           <t>IRS/2022/1532/PON1</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <t>26 July 2022 10:00</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, ISLAND DRILLING MANAGEMENT AS, PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, NORTH SEA DRILLING GROUP AS, PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
           <t>Island Innovator</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
           <t>ORLANDO</t>
         </is>
       </c>
       <c r="I292" t="n">
         <v>60.0</v>
       </c>
       <c r="J292" t="n">
         <v>56.0</v>
       </c>
       <c r="K292" t="n">
         <v>42.0</v>
@@ -30716,51 +30716,51 @@
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>IRS/2022/1532/PON1</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>26 July 2022 10:00</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, ISLAND DRILLING MANAGEMENT AS, PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, NORTH SEA DRILLING GROUP AS, PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
           <t>Island Innovator</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
           <t>ORLANDO</t>
         </is>
       </c>
       <c r="I293" t="n">
         <v>60.0</v>
       </c>
       <c r="J293" t="n">
         <v>56.0</v>
       </c>
       <c r="K293" t="n">
         <v>42.0</v>
@@ -38353,51 +38353,51 @@
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
           <t>IRS/2022/1769/PON1</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
           <t>13 September 2022 18:00</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
           <t>Oil release, Chemical release</t>
         </is>
       </c>
       <c r="E367" t="inlineStr">
         <is>
-          <t>DNO NORTH SEA (ENERGY) LIMITED</t>
+          <t>OLDCO (04848025) LIMITED</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
           <t>Schooner A Platform</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H367" t="inlineStr">
         <is>
           <t>SCHOONER</t>
         </is>
       </c>
       <c r="I367" t="n">
         <v>54.0</v>
       </c>
       <c r="J367" t="n">
         <v>3.0</v>
       </c>
       <c r="K367" t="n">
         <v>35.3</v>