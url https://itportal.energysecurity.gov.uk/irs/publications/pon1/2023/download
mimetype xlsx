--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -23965,51 +23965,51 @@
       </c>
       <c r="V227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X227" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z227" t="inlineStr">
         <is>
           <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>IRS/2023/3336/PON1</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>20 September 2023 07:00</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -24034,76 +24034,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M228" t="n">
         <v>1.0</v>
       </c>
       <c r="N228" t="n">
         <v>46.0</v>
       </c>
       <c r="O228" t="n">
         <v>6.0</v>
       </c>
       <c r="P228" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q228" t="n">
         <v>13.0</v>
       </c>
       <c r="R228" t="n">
         <v>22.0</v>
       </c>
       <c r="S228" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T228" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U228" t="n">
+        <v>0.0017</v>
       </c>
       <c r="V228" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X228" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z228" t="inlineStr">
         <is>
-          <t/>
+          <t>Cranes - drain bund</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>IRS/2023/3339/PON1</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>21 September 2023 10:40</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">