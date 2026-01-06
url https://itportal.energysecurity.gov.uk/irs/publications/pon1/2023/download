--- v1 (2025-10-27)
+++ v2 (2026-01-06)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z296"/>
+  <dimension ref="A2:Z295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -21088,3124 +21088,3120 @@
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U199" t="n">
         <v>4.871E-5</v>
       </c>
       <c r="V199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X199" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z199" t="inlineStr">
         <is>
           <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>IRS/2023/3212/PON1</t>
+          <t>IRS/2023/3213/PON1</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>26 August 2023 09:45</t>
+          <t>26 August 2023 20:30</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>TAQA BRATANI LIMITED, TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>Captain Bridge Lnked Platform</t>
+          <t>Cormorant A Platform</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>SOUTH CORMORANT</t>
         </is>
       </c>
       <c r="I200" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J200" t="n">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
       <c r="K200" t="n">
-        <v>27.0</v>
+        <v>9.0</v>
       </c>
       <c r="L200" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M200" t="n">
         <v>1.0</v>
       </c>
       <c r="N200" t="n">
-        <v>46.0</v>
+        <v>4.0</v>
       </c>
       <c r="O200" t="n">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
       <c r="P200" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q200" t="n">
-        <v>13.0</v>
+        <v>211.0</v>
       </c>
       <c r="R200" t="n">
-        <v>22.0</v>
+        <v>26.0</v>
       </c>
       <c r="S200" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T200" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U200" t="n">
+        <v>0.0047</v>
       </c>
       <c r="V200" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X200" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z200" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - Failure Of Equipment</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>IRS/2023/3213/PON1</t>
+          <t>IRS/2023/3219/PON1</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>26 August 2023 20:30</t>
+          <t>27 August 2023 19:02</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED, TAQA BRATANI LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>Cormorant A Platform</t>
+          <t>seven oceanic</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>SOUTH CORMORANT</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I201" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J201" t="n">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
       <c r="K201" t="n">
-        <v>9.0</v>
+        <v>53.008</v>
       </c>
       <c r="L201" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M201" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N201" t="n">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="O201" t="n">
-        <v>22.0</v>
+        <v>51.786</v>
       </c>
       <c r="P201" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q201" t="n">
-        <v>211.0</v>
+        <v>204.0</v>
       </c>
       <c r="R201" t="n">
-        <v>26.0</v>
+        <v>20.0</v>
       </c>
       <c r="S201" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T201" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U201" t="n">
-        <v>0.0047</v>
+        <v>4.175E-4</v>
       </c>
       <c r="V201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X201" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z201" t="inlineStr">
         <is>
-          <t>Diesel Systems - Failure Of Equipment</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>IRS/2023/3219/PON1</t>
+          <t>IRS/2023/3220/PON1</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>27 August 2023 19:02</t>
+          <t>27 August 2023 16:00</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>seven oceanic</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
-          <t>Vessel</t>
-[...4 lines deleted...]
-          <t>SCHIEHALLION</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I202" t="n">
         <v>60.0</v>
       </c>
       <c r="J202" t="n">
-        <v>22.0</v>
+        <v>48.0</v>
       </c>
       <c r="K202" t="n">
-        <v>53.008</v>
+        <v>36.0</v>
       </c>
       <c r="L202" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M202" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N202" t="n">
-        <v>5.0</v>
+        <v>44.0</v>
       </c>
       <c r="O202" t="n">
-        <v>51.786</v>
+        <v>8.0</v>
       </c>
       <c r="P202" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q202" t="n">
-        <v>204.0</v>
+        <v>3.0</v>
       </c>
       <c r="R202" t="n">
-        <v>20.0</v>
+        <v>9.0</v>
       </c>
       <c r="S202" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T202" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U202" t="n">
-        <v>4.175E-4</v>
+        <v>0.0624624</v>
       </c>
       <c r="V202" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X202" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z202" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>IRS/2023/3220/PON1</t>
+          <t>IRS/2023/3225/PON1</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>27 August 2023 16:00</t>
+          <t>28 August 2023 14:15</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Oil release, Chemical release</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE OFFSHORE DRILLING (UK) LTD</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Ocean GreatWhite</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I203" t="n">
         <v>60.0</v>
       </c>
       <c r="J203" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="K203" t="n">
         <v>48.0</v>
       </c>
-      <c r="K203" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L203" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M203" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N203" t="n">
-        <v>44.0</v>
+        <v>6.0</v>
       </c>
       <c r="O203" t="n">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="P203" t="inlineStr">
         <is>
-          <t>East</t>
-[...6 lines deleted...]
-        <v>9.0</v>
+          <t>West</t>
+        </is>
       </c>
       <c r="S203" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Mineral Oil</t>
         </is>
       </c>
       <c r="T203" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U203" t="n">
-        <v>0.0624624</v>
+        <v>1.66E-5</v>
       </c>
       <c r="V203" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM CHLORIDE BRINE</t>
+        </is>
+      </c>
+      <c r="W203" t="n">
+        <v>1.8</v>
       </c>
       <c r="X203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z203" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Vessel</t>
+          <t>Vent Line - Diverter Line</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>IRS/2023/3225/PON1</t>
+          <t>IRS/2023/3230/PON1</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>28 August 2023 14:15</t>
+          <t>29 August 2023 09:35</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>Oil release, Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE OFFSHORE DRILLING (UK) LTD</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>Ocean GreatWhite</t>
+          <t>Normand Jarstein</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>SHELL BRENT</t>
         </is>
       </c>
       <c r="I204" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="J204" t="n">
-        <v>19.0</v>
+        <v>3.0</v>
       </c>
       <c r="K204" t="n">
-        <v>48.0</v>
+        <v>24.0</v>
       </c>
       <c r="L204" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M204" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N204" t="n">
-        <v>6.0</v>
+        <v>42.0</v>
       </c>
       <c r="O204" t="n">
-        <v>0.0</v>
+        <v>43.0</v>
       </c>
       <c r="P204" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="S204" t="inlineStr">
         <is>
-          <t>Mineral Oil</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T204" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U204" t="n">
-        <v>1.66E-5</v>
+        <v>5.0E-4</v>
       </c>
       <c r="V204" t="inlineStr">
         <is>
-          <t>SODIUM CHLORIDE BRINE</t>
-[...3 lines deleted...]
-        <v>1.8</v>
+          <t/>
+        </is>
       </c>
       <c r="X204" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z204" t="inlineStr">
         <is>
-          <t>Vent Line - Diverter Line</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>IRS/2023/3230/PON1</t>
+          <t>IRS/2023/3233/PON1</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>29 August 2023 09:35</t>
+          <t>30 August 2023 03:20</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>Normand Jarstein</t>
+          <t>Normand Subsea</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>Vessel</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
-          <t>SHELL BRENT</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I205" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J205" t="n">
-        <v>3.0</v>
+        <v>20.0</v>
       </c>
       <c r="K205" t="n">
-        <v>24.0</v>
+        <v>4.0</v>
       </c>
       <c r="L205" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M205" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N205" t="n">
-        <v>42.0</v>
+        <v>2.0</v>
       </c>
       <c r="O205" t="n">
-        <v>43.0</v>
+        <v>21.0</v>
       </c>
       <c r="P205" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q205" t="n">
+        <v>204.0</v>
+      </c>
+      <c r="R205" t="n">
+        <v>20.0</v>
       </c>
       <c r="S205" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T205" t="inlineStr">
         <is>
           <t>Measured</t>
         </is>
       </c>
       <c r="U205" t="n">
-        <v>5.0E-4</v>
+        <v>8.6E-4</v>
       </c>
       <c r="V205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z205" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>IRS/2023/3233/PON1</t>
+          <t>IRS/2023/3243/PON1</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>30 August 2023 03:20</t>
+          <t>01 September 2023 16:45</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>Normand Subsea</t>
+          <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I206" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J206" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="K206" t="n">
-        <v>4.0</v>
+        <v>27.0</v>
       </c>
       <c r="L206" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M206" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N206" t="n">
-        <v>2.0</v>
+        <v>46.0</v>
       </c>
       <c r="O206" t="n">
-        <v>21.0</v>
+        <v>6.0</v>
       </c>
       <c r="P206" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q206" t="n">
-        <v>204.0</v>
+        <v>13.0</v>
       </c>
       <c r="R206" t="n">
-        <v>20.0</v>
+        <v>22.0</v>
       </c>
       <c r="S206" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T206" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U206" t="n">
-        <v>8.6E-4</v>
+        <v>2.55E-4</v>
       </c>
       <c r="V206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X206" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z206" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Hose (Topsides, Not Bunkering) - Hose Parted from Coupling / Break Away Coupling</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>IRS/2023/3243/PON1</t>
+          <t>IRS/2023/3246/PON1</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>01 September 2023 16:45</t>
+          <t>03 September 2023 08:00</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>Captain Bridge Linked Platform</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>Captain Bridge Lnked Platform</t>
+          <t>Heather A Platform</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H207" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>HEATHER</t>
         </is>
       </c>
       <c r="I207" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J207" t="n">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="K207" t="n">
-        <v>27.0</v>
+        <v>13.0</v>
       </c>
       <c r="L207" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M207" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N207" t="n">
-        <v>46.0</v>
+        <v>56.0</v>
       </c>
       <c r="O207" t="n">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
       <c r="P207" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q207" t="n">
-        <v>13.0</v>
+        <v>2.0</v>
       </c>
       <c r="R207" t="n">
-        <v>22.0</v>
+        <v>5.0</v>
       </c>
       <c r="S207" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T207" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U207" t="n">
+        <v>0.0335916</v>
       </c>
       <c r="V207" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X207" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z207" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - PSV lifted on coalescer resulting in overflow to drains</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>IRS/2023/3246/PON1</t>
+          <t>IRS/2023/3252/PON1</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>03 September 2023 08:00</t>
+          <t>04 September 2023 06:56</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>Heather A Platform</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H208" t="inlineStr">
         <is>
-          <t>HEATHER</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I208" t="n">
         <v>60.0</v>
       </c>
       <c r="J208" t="n">
-        <v>57.0</v>
+        <v>21.0</v>
       </c>
       <c r="K208" t="n">
-        <v>13.0</v>
+        <v>23.0</v>
       </c>
       <c r="L208" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M208" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="N208" t="n">
-        <v>56.0</v>
+        <v>4.0</v>
       </c>
       <c r="O208" t="n">
-        <v>22.0</v>
+        <v>4.0</v>
       </c>
       <c r="P208" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q208" t="n">
-        <v>2.0</v>
+        <v>204.0</v>
       </c>
       <c r="R208" t="n">
-        <v>5.0</v>
+        <v>20.0</v>
       </c>
       <c r="S208" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T208" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U208" t="n">
-        <v>0.0335916</v>
+        <v>0.01075</v>
       </c>
       <c r="V208" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X208" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z208" t="inlineStr">
         <is>
-          <t>Diesel Systems - PSV lifted on coalescer resulting in overflow to drains</t>
+          <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>IRS/2023/3252/PON1</t>
+          <t>IRS/2023/3260/PON1</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>04 September 2023 06:56</t>
+          <t>04 September 2023 15:00</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>Clair Ridge</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Clair Ridge DP Template</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H209" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I209" t="n">
         <v>60.0</v>
       </c>
       <c r="J209" t="n">
-        <v>21.0</v>
+        <v>44.0</v>
       </c>
       <c r="K209" t="n">
-        <v>23.0</v>
+        <v>10.0</v>
       </c>
       <c r="L209" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M209" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="N209" t="n">
-        <v>4.0</v>
+        <v>29.0</v>
       </c>
       <c r="O209" t="n">
-        <v>4.0</v>
+        <v>39.0</v>
       </c>
       <c r="P209" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q209" t="n">
-        <v>204.0</v>
+        <v>206.0</v>
       </c>
       <c r="R209" t="n">
-        <v>20.0</v>
+        <v>8.0</v>
       </c>
       <c r="S209" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T209" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U209" t="n">
-        <v>0.01075</v>
+        <v>5.0E-9</v>
       </c>
       <c r="V209" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z209" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Fitting / Connections</t>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>IRS/2023/3260/PON1</t>
+          <t>IRS/2023/3271/PON1</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>04 September 2023 15:00</t>
+          <t>07 September 2023 08:35</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>Clair Ridge</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>Clair Ridge DP Template</t>
+          <t>Seajacks Kraken</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>NORTH MORECAMBE</t>
         </is>
       </c>
       <c r="I210" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J210" t="n">
-        <v>44.0</v>
+        <v>57.0</v>
       </c>
       <c r="K210" t="n">
-        <v>10.0</v>
+        <v>37.742</v>
       </c>
       <c r="L210" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M210" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="N210" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="O210" t="n">
+        <v>17.146</v>
+      </c>
+      <c r="P210" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q210" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R210" t="n">
         <v>2.0</v>
       </c>
-      <c r="N210" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S210" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T210" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U210" t="n">
-        <v>5.0E-9</v>
+        <v>4.979E-6</v>
       </c>
       <c r="V210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z210" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Jacking leg hydraulics - gear box</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>IRS/2023/3271/PON1</t>
+          <t>IRS/2023/3273/PON1</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>07 September 2023 08:35</t>
+          <t>07 September 2023 15:00</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>Seajacks Kraken</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
-          <t>NPI</t>
-[...4 lines deleted...]
-          <t>NORTH MORECAMBE</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="I211" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="J211" t="n">
-        <v>57.0</v>
+        <v>46.0</v>
       </c>
       <c r="K211" t="n">
-        <v>37.742</v>
+        <v>58.0</v>
       </c>
       <c r="L211" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M211" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N211" t="n">
-        <v>40.0</v>
+        <v>6.0</v>
       </c>
       <c r="O211" t="n">
-        <v>17.146</v>
+        <v>38.0</v>
       </c>
       <c r="P211" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q211" t="n">
-        <v>110.0</v>
+        <v>30.0</v>
       </c>
       <c r="R211" t="n">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="S211" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T211" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U211" t="n">
-        <v>4.979E-6</v>
+        <v>4.2E-5</v>
       </c>
       <c r="V211" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z211" t="inlineStr">
         <is>
-          <t>Jacking leg hydraulics - gear box</t>
+          <t>mooring utility winch - starboard aft</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>IRS/2023/3273/PON1</t>
+          <t>IRS/2023/3274/PON1</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>07 September 2023 15:00</t>
+          <t>07 September 2023 16:30</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>ISP</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
           <t>Vessel</t>
         </is>
       </c>
+      <c r="H212" t="inlineStr">
+        <is>
+          <t>Liverpool Bay</t>
+        </is>
+      </c>
       <c r="I212" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J212" t="n">
-        <v>46.0</v>
+        <v>32.0</v>
       </c>
       <c r="K212" t="n">
-        <v>58.0</v>
+        <v>16.94</v>
       </c>
       <c r="L212" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M212" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N212" t="n">
-        <v>6.0</v>
+        <v>34.0</v>
       </c>
       <c r="O212" t="n">
-        <v>38.0</v>
+        <v>42.29</v>
       </c>
       <c r="P212" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q212" t="n">
-        <v>30.0</v>
+        <v>110.0</v>
       </c>
       <c r="R212" t="n">
-        <v>6.0</v>
+        <v>13.0</v>
       </c>
       <c r="S212" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T212" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U212" t="n">
-        <v>4.2E-5</v>
+        <v>8.1E-5</v>
       </c>
       <c r="V212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X212" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z212" t="inlineStr">
         <is>
-          <t>mooring utility winch - starboard aft</t>
+          <t>Turbines, Pumps, etc. - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>IRS/2023/3274/PON1</t>
+          <t>IRS/2023/3281/PON1</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>07 September 2023 16:30</t>
+          <t>09 September 2023 07:45</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>ISP</t>
+          <t>Morecambe South CPP1 Platform</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>Liverpool Bay</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="I213" t="n">
         <v>53.0</v>
       </c>
       <c r="J213" t="n">
-        <v>32.0</v>
+        <v>50.0</v>
       </c>
       <c r="K213" t="n">
-        <v>16.94</v>
+        <v>44.0</v>
       </c>
       <c r="L213" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M213" t="n">
         <v>3.0</v>
       </c>
       <c r="N213" t="n">
-        <v>34.0</v>
+        <v>35.0</v>
       </c>
       <c r="O213" t="n">
-        <v>42.29</v>
+        <v>0.0</v>
       </c>
       <c r="P213" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q213" t="n">
         <v>110.0</v>
       </c>
       <c r="R213" t="n">
-        <v>13.0</v>
+        <v>3.0</v>
       </c>
       <c r="S213" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T213" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>8.1E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V213" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X213" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y213" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z213" t="inlineStr">
         <is>
-          <t>Turbines, Pumps, etc. - Seal Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>IRS/2023/3281/PON1</t>
+          <t>IRS/2023/3284/PON1</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>09 September 2023 07:45</t>
+          <t>09 September 2023 15:15</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>Morecambe South CPP1 Platform</t>
+          <t>Pierce Satellite Manifold</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I214" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J214" t="n">
-        <v>50.0</v>
+        <v>9.0</v>
       </c>
       <c r="K214" t="n">
-        <v>44.0</v>
+        <v>38.834</v>
       </c>
       <c r="L214" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M214" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N214" t="n">
-        <v>35.0</v>
+        <v>17.0</v>
       </c>
       <c r="O214" t="n">
-        <v>0.0</v>
+        <v>35.13</v>
       </c>
       <c r="P214" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q214" t="n">
-        <v>110.0</v>
+        <v>23.0</v>
       </c>
       <c r="R214" t="n">
-        <v>3.0</v>
+        <v>22.0</v>
       </c>
       <c r="S214" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T214" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V214" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua HT2</t>
+        </is>
+      </c>
+      <c r="W214" t="n">
+        <v>260.0</v>
       </c>
       <c r="X214" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z214" t="inlineStr">
         <is>
-          <t/>
+          <t>Subsea Chemical Systems - valve</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>IRS/2023/3284/PON1</t>
+          <t>IRS/2023/3285/PON1</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>09 September 2023 15:15</t>
+          <t>09 September 2023 18:25</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
+          <t>ONE-DYAS UK LIMITED</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>Pierce Satellite Manifold</t>
+          <t>Sean PD Platform</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
-          <t>PIERCE</t>
+          <t>SEAN</t>
         </is>
       </c>
       <c r="I215" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J215" t="n">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
       <c r="K215" t="n">
-        <v>38.834</v>
+        <v>21.0</v>
       </c>
       <c r="L215" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M215" t="n">
         <v>2.0</v>
       </c>
       <c r="N215" t="n">
-        <v>17.0</v>
+        <v>51.0</v>
       </c>
       <c r="O215" t="n">
-        <v>35.13</v>
+        <v>45.0</v>
       </c>
       <c r="P215" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q215" t="n">
-        <v>23.0</v>
+        <v>49.0</v>
       </c>
       <c r="R215" t="n">
-        <v>22.0</v>
+        <v>25.0</v>
       </c>
       <c r="S215" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T215" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U215" t="n">
+        <v>3.0375E-5</v>
       </c>
       <c r="V215" t="inlineStr">
         <is>
-          <t>Castrol Transaqua HT2</t>
-[...3 lines deleted...]
-        <v>260.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X215" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z215" t="inlineStr">
         <is>
-          <t>Subsea Chemical Systems - valve</t>
+          <t>Spill - During Manual Operations</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>IRS/2023/3285/PON1</t>
+          <t>IRS/2023/3288/PON1</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>09 September 2023 18:25</t>
+          <t>10 September 2023 10:30</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>ONE-DYAS UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>Sean PD Platform</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
-          <t>SEAN</t>
+          <t>Leverett</t>
         </is>
       </c>
       <c r="I216" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J216" t="n">
-        <v>11.0</v>
+        <v>58.0</v>
       </c>
       <c r="K216" t="n">
+        <v>43.734</v>
+      </c>
+      <c r="L216" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M216" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N216" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="O216" t="n">
+        <v>47.599</v>
+      </c>
+      <c r="P216" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q216" t="n">
         <v>21.0</v>
       </c>
-      <c r="L216" t="inlineStr">
-[...20 lines deleted...]
-      </c>
       <c r="R216" t="n">
-        <v>25.0</v>
+        <v>3.0</v>
       </c>
       <c r="S216" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Mineral Oil</t>
         </is>
       </c>
       <c r="T216" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U216" t="n">
-        <v>3.0375E-5</v>
+        <v>2.0721E-5</v>
       </c>
       <c r="V216" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X216" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z216" t="inlineStr">
         <is>
-          <t>Spill - During Manual Operations</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>IRS/2023/3288/PON1</t>
+          <t>IRS/2023/3296/PON1</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>10 September 2023 10:30</t>
+          <t>09 September 2023 22:19</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
-          <t>Other</t>
-[...4 lines deleted...]
-          <t>Leverett</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I217" t="n">
         <v>57.0</v>
       </c>
       <c r="J217" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="K217" t="n">
-        <v>43.734</v>
+        <v>26.0</v>
       </c>
       <c r="L217" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M217" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N217" t="n">
-        <v>31.0</v>
+        <v>50.0</v>
       </c>
       <c r="O217" t="n">
-        <v>47.599</v>
+        <v>42.0</v>
       </c>
       <c r="P217" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q217" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="R217" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="S217" t="inlineStr">
         <is>
-          <t>Mineral Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T217" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.0721E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V217" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM HYPOCHLORITE 5-15.5%</t>
+        </is>
+      </c>
+      <c r="W217" t="n">
+        <v>3.3E-4</v>
       </c>
       <c r="X217" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z217" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Drainage Systems - Water Based Chemicals</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>IRS/2023/3296/PON1</t>
+          <t>IRS/2023/3299/PON1</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>09 September 2023 22:19</t>
+          <t>12 September 2023 09:00</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H218" t="inlineStr">
+        <is>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I218" t="n">
         <v>57.0</v>
       </c>
       <c r="J218" t="n">
-        <v>57.0</v>
+        <v>9.0</v>
       </c>
       <c r="K218" t="n">
-        <v>26.0</v>
+        <v>38.834</v>
       </c>
       <c r="L218" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M218" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N218" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="O218" t="n">
+        <v>35.13</v>
+      </c>
+      <c r="P218" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q218" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="R218" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="S218" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T218" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V218" t="inlineStr">
+        <is>
+          <t>Castrol Transaqua HT2</t>
+        </is>
+      </c>
+      <c r="W218" t="n">
         <v>1.0</v>
       </c>
-      <c r="N218" t="n">
-[...33 lines deleted...]
-      </c>
       <c r="X218" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z218" t="inlineStr">
         <is>
-          <t>Drainage Systems - Water Based Chemicals</t>
+          <t>Hydraulics - Open System - Umbilical Rupture</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>IRS/2023/3299/PON1</t>
+          <t>IRS/2023/3303/PON1</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>12 September 2023 09:00</t>
+          <t>15 July 2023 00:01</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
-          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>Haewene Brim</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
-          <t>PIERCE</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I219" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J219" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K219" t="n">
         <v>57.0</v>
       </c>
-      <c r="J219" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="L219" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M219" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N219" t="n">
-        <v>17.0</v>
+        <v>46.0</v>
       </c>
       <c r="O219" t="n">
-        <v>35.13</v>
+        <v>40.0</v>
       </c>
       <c r="P219" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q219" t="n">
-        <v>23.0</v>
+        <v>13.0</v>
       </c>
       <c r="R219" t="n">
         <v>22.0</v>
       </c>
       <c r="S219" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T219" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V219" t="inlineStr">
         <is>
-          <t>Castrol Transaqua HT2</t>
+          <t>Oceanic HW540 E</t>
         </is>
       </c>
       <c r="W219" t="n">
-        <v>1.0</v>
+        <v>5754.0</v>
       </c>
       <c r="X219" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z219" t="inlineStr">
         <is>
-          <t>Hydraulics - Open System - Umbilical Rupture</t>
+          <t>Hydraulics - Closed System - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>IRS/2023/3303/PON1</t>
+          <t>IRS/2023/3307/PON1</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>15 July 2023 00:01</t>
+          <t>13 September 2023 14:00</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H220" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I220" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J220" t="n">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
       <c r="K220" t="n">
-        <v>57.0</v>
+        <v>2.0</v>
       </c>
       <c r="L220" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M220" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N220" t="n">
-        <v>46.0</v>
+        <v>53.0</v>
       </c>
       <c r="O220" t="n">
-        <v>40.0</v>
+        <v>38.0</v>
       </c>
       <c r="P220" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q220" t="n">
-        <v>13.0</v>
+        <v>21.0</v>
       </c>
       <c r="R220" t="n">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
       <c r="S220" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T220" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U220" t="n">
+        <v>0.0036624</v>
       </c>
       <c r="V220" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
-[...3 lines deleted...]
-        <v>5754.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X220" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z220" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Valve Failure</t>
+          <t>Bunkering Hose - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>IRS/2023/3307/PON1</t>
+          <t>IRS/2023/3308/PON1</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>13 September 2023 14:00</t>
+          <t>13 September 2023 15:00</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I221" t="n">
         <v>57.0</v>
       </c>
       <c r="J221" t="n">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
       <c r="K221" t="n">
-        <v>2.0</v>
+        <v>42.0</v>
       </c>
       <c r="L221" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M221" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N221" t="n">
-        <v>53.0</v>
+        <v>39.0</v>
       </c>
       <c r="O221" t="n">
-        <v>38.0</v>
+        <v>46.0</v>
       </c>
       <c r="P221" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q221" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S221" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T221" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.0036624</v>
+          <t/>
+        </is>
       </c>
       <c r="V221" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ACPC31000A</t>
+        </is>
+      </c>
+      <c r="W221" t="n">
+        <v>200.0</v>
       </c>
       <c r="X221" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z221" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Pinhole Leak</t>
+          <t>Hose (Topsides, Not Bunkering) - fissures within the liner material</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>IRS/2023/3308/PON1</t>
+          <t>IRS/2023/3317/PON1</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>13 September 2023 15:00</t>
+          <t>16 September 2023 00:30</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H222" t="inlineStr">
+        <is>
+          <t>PENGUIN A {PENGUIN WEST}</t>
+        </is>
+      </c>
       <c r="I222" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J222" t="n">
-        <v>17.0</v>
+        <v>44.0</v>
       </c>
       <c r="K222" t="n">
-        <v>42.0</v>
+        <v>8.0</v>
       </c>
       <c r="L222" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M222" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N222" t="n">
-        <v>39.0</v>
+        <v>6.0</v>
       </c>
       <c r="O222" t="n">
-        <v>46.0</v>
+        <v>4.0</v>
       </c>
       <c r="P222" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="S222" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T222" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U222" t="n">
+        <v>8.0E-5</v>
       </c>
       <c r="V222" t="inlineStr">
         <is>
-          <t>ACPC31000A</t>
-[...3 lines deleted...]
-        <v>200.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X222" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z222" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - fissures within the liner material</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>IRS/2023/3317/PON1</t>
+          <t>IRS/2023/3318/PON1</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>16 September 2023 00:30</t>
+          <t>16 September 2023 11:30</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>Brent C Platform</t>
+          <t>Tiffany Platform</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
-          <t>PENGUIN A {PENGUIN WEST}</t>
+          <t>TIFFANY</t>
         </is>
       </c>
       <c r="I223" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J223" t="n">
-        <v>44.0</v>
+        <v>30.0</v>
       </c>
       <c r="K223" t="n">
-        <v>8.0</v>
+        <v>19.184</v>
       </c>
       <c r="L223" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M223" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N223" t="n">
-        <v>6.0</v>
+        <v>15.0</v>
       </c>
       <c r="O223" t="n">
-        <v>4.0</v>
+        <v>54.828</v>
       </c>
       <c r="P223" t="inlineStr">
         <is>
-          <t>West</t>
-        </is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q223" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="R223" t="n">
+        <v>17.0</v>
       </c>
       <c r="S223" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T223" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U223" t="n">
-        <v>8.0E-5</v>
+        <v>0.0123</v>
       </c>
       <c r="V223" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X223" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z223" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Bunkering Hose - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>IRS/2023/3318/PON1</t>
+          <t>IRS/2023/3319/PON1</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>16 September 2023 11:30</t>
+          <t>16 August 2023 10:30</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>COSL DRILLING EUROPE AS</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>Tiffany Platform</t>
+          <t>COSLInnovator</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
-          <t>TIFFANY</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="I224" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J224" t="n">
-        <v>30.0</v>
+        <v>50.0</v>
       </c>
       <c r="K224" t="n">
-        <v>19.184</v>
+        <v>42.4</v>
       </c>
       <c r="L224" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M224" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N224" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="O224" t="n">
+        <v>35.8</v>
+      </c>
+      <c r="P224" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q224" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="R224" t="n">
         <v>1.0</v>
       </c>
-      <c r="N224" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S224" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Mineral Oil</t>
         </is>
       </c>
       <c r="T224" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U224" t="n">
-        <v>0.0123</v>
+        <v>0.0015</v>
       </c>
       <c r="V224" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X224" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z224" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Pinhole Leak</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>IRS/2023/3319/PON1</t>
+          <t>IRS/2023/3324/PON1</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>16 August 2023 10:30</t>
+          <t>17 September 2023 17:05</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
-          <t>COSL DRILLING EUROPE AS</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>COSLInnovator</t>
+          <t>Ravenspurn North CPP Platform</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>RAVENSPURN</t>
         </is>
       </c>
       <c r="I225" t="n">
-        <v>57.0</v>
+        <v>54.0</v>
       </c>
       <c r="J225" t="n">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="K225" t="n">
-        <v>42.4</v>
+        <v>54.8</v>
       </c>
       <c r="L225" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M225" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N225" t="n">
-        <v>54.0</v>
+        <v>6.0</v>
       </c>
       <c r="O225" t="n">
-        <v>35.8</v>
+        <v>13.0</v>
       </c>
       <c r="P225" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q225" t="n">
-        <v>20.0</v>
+        <v>43.0</v>
       </c>
       <c r="R225" t="n">
-        <v>1.0</v>
+        <v>26.0</v>
       </c>
       <c r="S225" t="inlineStr">
         <is>
-          <t>Mineral Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T225" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U225" t="n">
-        <v>0.0015</v>
+        <v>0.4</v>
       </c>
       <c r="V225" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X225" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z225" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Diesel Systems - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>IRS/2023/3324/PON1</t>
+          <t>IRS/2023/3326/PON1</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>17 September 2023 17:05</t>
+          <t>18 September 2023 20:00</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>Ravenspurn North CPP Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
-          <t>RAVENSPURN</t>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I226" t="n">
-        <v>54.0</v>
+        <v>60.0</v>
       </c>
       <c r="J226" t="n">
-        <v>1.0</v>
+        <v>41.0</v>
       </c>
       <c r="K226" t="n">
-        <v>54.8</v>
+        <v>30.0</v>
       </c>
       <c r="L226" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M226" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N226" t="n">
-        <v>6.0</v>
+        <v>32.0</v>
       </c>
       <c r="O226" t="n">
-        <v>13.0</v>
+        <v>40.0</v>
       </c>
       <c r="P226" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q226" t="n">
-        <v>43.0</v>
+        <v>206.0</v>
       </c>
       <c r="R226" t="n">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
       <c r="S226" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T226" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U226" t="n">
-        <v>0.4</v>
+        <v>7.0E-4</v>
       </c>
       <c r="V226" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X226" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z226" t="inlineStr">
         <is>
-          <t>Diesel Systems - Over Filled</t>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>IRS/2023/3326/PON1</t>
+          <t>IRS/2023/3336/PON1</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>18 September 2023 20:00</t>
+          <t>20 September 2023 07:00</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I227" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J227" t="n">
-        <v>41.0</v>
+        <v>18.0</v>
       </c>
       <c r="K227" t="n">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="L227" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M227" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N227" t="n">
-        <v>32.0</v>
+        <v>46.0</v>
       </c>
       <c r="O227" t="n">
-        <v>40.0</v>
+        <v>6.0</v>
       </c>
       <c r="P227" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q227" t="n">
-        <v>206.0</v>
+        <v>13.0</v>
       </c>
       <c r="R227" t="n">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
       <c r="S227" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T227" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U227" t="n">
-        <v>7.0E-4</v>
+        <v>0.0017</v>
       </c>
       <c r="V227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X227" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z227" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Vessel</t>
+          <t>Cranes - drain bund</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>IRS/2023/3336/PON1</t>
+          <t>IRS/2023/3339/PON1</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>20 September 2023 07:00</t>
+          <t>21 September 2023 10:40</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>Captain Bridge Lnked Platform</t>
+          <t>Forties FD Platform</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H228" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="I228" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J228" t="n">
-        <v>18.0</v>
+        <v>43.0</v>
       </c>
       <c r="K228" t="n">
-        <v>27.0</v>
+        <v>30.65</v>
       </c>
       <c r="L228" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M228" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N228" t="n">
-        <v>46.0</v>
+        <v>54.0</v>
       </c>
       <c r="O228" t="n">
-        <v>6.0</v>
+        <v>11.22</v>
       </c>
       <c r="P228" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q228" t="n">
-        <v>13.0</v>
+        <v>21.0</v>
       </c>
       <c r="R228" t="n">
-        <v>22.0</v>
+        <v>10.0</v>
       </c>
       <c r="S228" t="inlineStr">
         <is>
           <t>Diesel</t>
         </is>
       </c>
       <c r="T228" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U228" t="n">
-        <v>0.0017</v>
+        <v>2.485</v>
       </c>
       <c r="V228" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X228" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z228" t="inlineStr">
         <is>
-          <t>Cranes - drain bund</t>
+          <t>Diesel Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>IRS/2023/3339/PON1</t>
+          <t>IRS/2023/3340/PON1</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>21 September 2023 10:40</t>
+          <t>21 September 2023 16:10</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED, COSL DRILLING EUROPE AS</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>Forties FD Platform</t>
+          <t>COSLPioneer</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H229" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I229" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J229" t="n">
-        <v>43.0</v>
+        <v>19.0</v>
       </c>
       <c r="K229" t="n">
-        <v>30.65</v>
+        <v>50.3</v>
       </c>
       <c r="L229" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M229" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N229" t="n">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="O229" t="n">
-        <v>11.22</v>
+        <v>38.5</v>
       </c>
       <c r="P229" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q229" t="n">
-        <v>21.0</v>
+        <v>13.0</v>
       </c>
       <c r="R229" t="n">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
       <c r="S229" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T229" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>2.485</v>
+          <t/>
+        </is>
       </c>
       <c r="V229" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ERIFON STACK GLYCOL</t>
+        </is>
+      </c>
+      <c r="W229" t="n">
+        <v>9.3</v>
       </c>
       <c r="X229" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z229" t="inlineStr">
         <is>
-          <t>Diesel Systems - Pipework Failure</t>
+          <t>Bop (Subsea) - Auto Shear Trigger Valve</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>IRS/2023/3340/PON1</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>21 September 2023 16:10</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
@@ -24252,2989 +24248,2989 @@
         <v>38.5</v>
       </c>
       <c r="P230" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q230" t="n">
         <v>13.0</v>
       </c>
       <c r="R230" t="n">
         <v>22.0</v>
       </c>
       <c r="S230" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T230" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V230" t="inlineStr">
         <is>
-          <t>ERIFON STACK GLYCOL</t>
+          <t>Erifon HD603HP (No Dye)</t>
         </is>
       </c>
       <c r="W230" t="n">
-        <v>9.3</v>
+        <v>3.8</v>
       </c>
       <c r="X230" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z230" t="inlineStr">
         <is>
           <t>Bop (Subsea) - Auto Shear Trigger Valve</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>IRS/2023/3340/PON1</t>
+          <t>IRS/2023/3341/PON1</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>21 September 2023 16:10</t>
+          <t>22 September 2023 17:20</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED, COSL DRILLING EUROPE AS</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED, NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>COSLPioneer</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="I231" t="n">
         <v>58.0</v>
       </c>
       <c r="J231" t="n">
-        <v>19.0</v>
+        <v>27.0</v>
       </c>
       <c r="K231" t="n">
-        <v>50.3</v>
+        <v>40.86</v>
       </c>
       <c r="L231" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M231" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N231" t="n">
-        <v>42.0</v>
+        <v>15.0</v>
       </c>
       <c r="O231" t="n">
-        <v>38.5</v>
+        <v>3.83</v>
       </c>
       <c r="P231" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q231" t="n">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
       <c r="R231" t="n">
-        <v>22.0</v>
+        <v>17.0</v>
       </c>
       <c r="S231" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T231" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V231" t="inlineStr">
         <is>
-          <t>Erifon HD603HP (No Dye)</t>
-[...3 lines deleted...]
-        <v>3.8</v>
+          <t/>
+        </is>
       </c>
       <c r="X231" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y231" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z231" t="inlineStr">
         <is>
-          <t>Bop (Subsea) - Auto Shear Trigger Valve</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>IRS/2023/3341/PON1</t>
+          <t>IRS/2023/3350/PON1</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>22 September 2023 17:20</t>
+          <t>24 September 2023 17:31</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED, NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Gannet D Subsea Completion</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H232" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>GANNET D</t>
         </is>
       </c>
       <c r="I232" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J232" t="n">
-        <v>27.0</v>
+        <v>19.0</v>
       </c>
       <c r="K232" t="n">
-        <v>40.86</v>
+        <v>2.0</v>
       </c>
       <c r="L232" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M232" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N232" t="n">
-        <v>15.0</v>
+        <v>4.0</v>
       </c>
       <c r="O232" t="n">
-        <v>3.83</v>
+        <v>52.0</v>
       </c>
       <c r="P232" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q232" t="n">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
       <c r="R232" t="n">
-        <v>17.0</v>
+        <v>25.0</v>
       </c>
       <c r="S232" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T232" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U232" t="n">
+        <v>0.0041</v>
       </c>
       <c r="V232" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X232" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z232" t="inlineStr">
         <is>
-          <t/>
+          <t>Subsea Intervention Work - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>IRS/2023/3350/PON1</t>
+          <t>IRS/2023/3352/PON1</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>24 September 2023 17:31</t>
+          <t>25 September 2023 08:30</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED, COSL DRILLING EUROPE AS</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>Gannet D Subsea Completion</t>
+          <t>COSLPioneer</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
-          <t>GANNET D</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I233" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J233" t="n">
         <v>19.0</v>
       </c>
       <c r="K233" t="n">
-        <v>2.0</v>
+        <v>50.3</v>
       </c>
       <c r="L233" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M233" t="n">
         <v>1.0</v>
       </c>
       <c r="N233" t="n">
-        <v>4.0</v>
+        <v>42.0</v>
       </c>
       <c r="O233" t="n">
-        <v>52.0</v>
+        <v>38.5</v>
       </c>
       <c r="P233" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q233" t="n">
-        <v>21.0</v>
+        <v>13.0</v>
       </c>
       <c r="R233" t="n">
-        <v>25.0</v>
+        <v>22.0</v>
       </c>
       <c r="S233" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T233" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0041</v>
+          <t/>
+        </is>
       </c>
       <c r="V233" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X233" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y233" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z233" t="inlineStr">
         <is>
-          <t>Subsea Intervention Work - Release During Operation</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>IRS/2023/3352/PON1</t>
+          <t>IRS/2023/3357/PON1</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>25 September 2023 08:30</t>
+          <t>27 September 2023 14:30</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED, COSL DRILLING EUROPE AS</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>COSLPioneer</t>
+          <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H234" t="inlineStr">
         <is>
           <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I234" t="n">
         <v>58.0</v>
       </c>
       <c r="J234" t="n">
-        <v>19.0</v>
+        <v>18.0</v>
       </c>
       <c r="K234" t="n">
-        <v>50.3</v>
+        <v>27.0</v>
       </c>
       <c r="L234" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M234" t="n">
         <v>1.0</v>
       </c>
       <c r="N234" t="n">
-        <v>42.0</v>
+        <v>46.0</v>
       </c>
       <c r="O234" t="n">
-        <v>38.5</v>
+        <v>6.0</v>
       </c>
       <c r="P234" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q234" t="n">
         <v>13.0</v>
       </c>
       <c r="R234" t="n">
         <v>22.0</v>
       </c>
       <c r="S234" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T234" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U234" t="n">
+        <v>3.2616E-4</v>
       </c>
       <c r="V234" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X234" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z234" t="inlineStr">
         <is>
-          <t/>
+          <t>Turbines, Pumps, etc. - Bund Overflow / Open</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>IRS/2023/3357/PON1</t>
+          <t>IRS/2023/3363/PON1</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>27 September 2023 14:30</t>
+          <t>30 September 2023 06:45</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>NEO ENERGY (PRODUCTION) LIMITED</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>Captain Bridge Lnked Platform</t>
+          <t>Global Producer III</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H235" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>LOCHRANZA</t>
         </is>
       </c>
       <c r="I235" t="n">
         <v>58.0</v>
       </c>
       <c r="J235" t="n">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
       <c r="K235" t="n">
-        <v>27.0</v>
+        <v>38.6</v>
       </c>
       <c r="L235" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M235" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N235" t="n">
-        <v>46.0</v>
+        <v>52.0</v>
       </c>
       <c r="O235" t="n">
-        <v>6.0</v>
+        <v>4.69</v>
       </c>
       <c r="P235" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q235" t="n">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
       <c r="R235" t="n">
-        <v>22.0</v>
+        <v>20.0</v>
       </c>
       <c r="S235" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T235" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U235" t="n">
-        <v>3.2616E-4</v>
+        <v>5.0E-4</v>
       </c>
       <c r="V235" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X235" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z235" t="inlineStr">
         <is>
-          <t>Turbines, Pumps, etc. - Bund Overflow / Open</t>
+          <t>FPSOs, etc. - Oil residue from offloading coupler valve</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>IRS/2023/3363/PON1</t>
+          <t>IRS/2023/3365/PON1</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>30 September 2023 06:45</t>
+          <t>30 September 2023 13:45</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
-          <t>NEO ENERGY (PRODUCTION) LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>Global Producer III</t>
+          <t>Alba Northern Platform</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H236" t="inlineStr">
         <is>
-          <t>LOCHRANZA</t>
+          <t>ALBA</t>
         </is>
       </c>
       <c r="I236" t="n">
         <v>58.0</v>
       </c>
       <c r="J236" t="n">
-        <v>21.0</v>
+        <v>3.0</v>
       </c>
       <c r="K236" t="n">
-        <v>38.6</v>
+        <v>31.0</v>
       </c>
       <c r="L236" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M236" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N236" t="n">
-        <v>52.0</v>
+        <v>4.0</v>
       </c>
       <c r="O236" t="n">
-        <v>4.69</v>
+        <v>53.0</v>
       </c>
       <c r="P236" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q236" t="n">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
       <c r="R236" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
       <c r="S236" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T236" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U236" t="n">
-        <v>5.0E-4</v>
+        <v>0.00392</v>
       </c>
       <c r="V236" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X236" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z236" t="inlineStr">
         <is>
-          <t>FPSOs, etc. - Oil residue from offloading coupler valve</t>
+          <t>Bunkering Hose - Sheared</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>IRS/2023/3365/PON1</t>
+          <t>IRS/2023/3387/PON1</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>30 September 2023 13:45</t>
+          <t>03 October 2023 19:58</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>Alba Northern Platform</t>
+          <t>Scapa Template</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H237" t="inlineStr">
         <is>
-          <t>ALBA</t>
+          <t>SCAPA</t>
         </is>
       </c>
       <c r="I237" t="n">
         <v>58.0</v>
       </c>
       <c r="J237" t="n">
-        <v>3.0</v>
+        <v>26.0</v>
       </c>
       <c r="K237" t="n">
-        <v>31.0</v>
+        <v>58.0</v>
       </c>
       <c r="L237" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M237" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N237" t="n">
-        <v>4.0</v>
+        <v>15.0</v>
       </c>
       <c r="O237" t="n">
-        <v>53.0</v>
+        <v>13.0</v>
       </c>
       <c r="P237" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q237" t="n">
-        <v>16.0</v>
+        <v>14.0</v>
       </c>
       <c r="R237" t="n">
-        <v>26.0</v>
+        <v>19.0</v>
       </c>
       <c r="S237" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T237" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.00392</v>
+          <t/>
+        </is>
       </c>
       <c r="V237" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>PELAGIC 100 H</t>
+        </is>
+      </c>
+      <c r="W237" t="n">
+        <v>47.43</v>
       </c>
       <c r="X237" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z237" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Sheared</t>
+          <t>Hydraulics - Closed System - Hydraulic Hose</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>IRS/2023/3387/PON1</t>
+          <t>IRS/2023/3391/PON1</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>03 October 2023 19:58</t>
+          <t>05 October 2023 12:30</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>Scapa Template</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H238" t="inlineStr">
         <is>
-          <t>SCAPA</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="I238" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J238" t="n">
-        <v>26.0</v>
+        <v>37.0</v>
       </c>
       <c r="K238" t="n">
-        <v>58.0</v>
+        <v>12.45</v>
       </c>
       <c r="L238" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M238" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N238" t="n">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="O238" t="n">
-        <v>13.0</v>
+        <v>25.96</v>
       </c>
       <c r="P238" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q238" t="n">
-        <v>14.0</v>
+        <v>211.0</v>
       </c>
       <c r="R238" t="n">
-        <v>19.0</v>
+        <v>12.0</v>
       </c>
       <c r="S238" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T238" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U238" t="n">
+        <v>5.75125E-4</v>
       </c>
       <c r="V238" t="inlineStr">
         <is>
-          <t>PELAGIC 100 H</t>
-[...3 lines deleted...]
-        <v>47.43</v>
+          <t/>
+        </is>
       </c>
       <c r="X238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z238" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Hydraulic Hose</t>
+          <t>Bunkering Hose - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>IRS/2023/3391/PON1</t>
+          <t>IRS/2023/3394/PON1</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>05 October 2023 12:30</t>
+          <t>06 October 2023 20:03</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="I239" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J239" t="n">
-        <v>37.0</v>
+        <v>57.0</v>
       </c>
       <c r="K239" t="n">
-        <v>12.45</v>
+        <v>26.0</v>
       </c>
       <c r="L239" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M239" t="n">
         <v>1.0</v>
       </c>
       <c r="N239" t="n">
-        <v>18.0</v>
+        <v>50.0</v>
       </c>
       <c r="O239" t="n">
-        <v>25.96</v>
+        <v>45.0</v>
       </c>
       <c r="P239" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q239" t="n">
-        <v>211.0</v>
+        <v>22.0</v>
       </c>
       <c r="R239" t="n">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
       <c r="S239" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T239" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>5.75125E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V239" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua SP</t>
+        </is>
+      </c>
+      <c r="W239" t="n">
+        <v>30.0</v>
       </c>
       <c r="X239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z239" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Pinhole Leak</t>
+          <t>Well Head hydraulic Block Valve - Well Head Hydraulic Block Valve</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>IRS/2023/3394/PON1</t>
+          <t>IRS/2023/3398/PON1</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>06 October 2023 20:03</t>
+          <t>07 October 2023 22:50</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>GP3</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>GP3</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>LOCHRANZA</t>
         </is>
       </c>
       <c r="I240" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J240" t="n">
-        <v>57.0</v>
+        <v>21.0</v>
       </c>
       <c r="K240" t="n">
-        <v>26.0</v>
+        <v>38.6</v>
       </c>
       <c r="L240" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M240" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N240" t="n">
-        <v>50.0</v>
+        <v>52.0</v>
       </c>
       <c r="O240" t="n">
-        <v>45.0</v>
+        <v>4.69</v>
       </c>
       <c r="P240" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q240" t="n">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="R240" t="n">
-        <v>5.0</v>
+        <v>20.0</v>
       </c>
       <c r="S240" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T240" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U240" t="n">
+        <v>0.001</v>
       </c>
       <c r="V240" t="inlineStr">
         <is>
-          <t>Castrol Transaqua SP</t>
-[...3 lines deleted...]
-        <v>30.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z240" t="inlineStr">
         <is>
-          <t>Well Head hydraulic Block Valve - Well Head Hydraulic Block Valve</t>
+          <t>Valves - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>IRS/2023/3398/PON1</t>
+          <t>IRS/2023/3399/PON1</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>07 October 2023 22:50</t>
+          <t>08 October 2023 09:00</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
-          <t>GP3</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>GP3</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
-          <t>LOCHRANZA</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="I241" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J241" t="n">
-        <v>21.0</v>
+        <v>43.0</v>
       </c>
       <c r="K241" t="n">
-        <v>38.6</v>
+        <v>55.01</v>
       </c>
       <c r="L241" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M241" t="n">
         <v>0.0</v>
       </c>
       <c r="N241" t="n">
-        <v>52.0</v>
+        <v>58.0</v>
       </c>
       <c r="O241" t="n">
-        <v>4.69</v>
+        <v>21.79</v>
       </c>
       <c r="P241" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q241" t="n">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
       <c r="R241" t="n">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="S241" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T241" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U241" t="n">
-        <v>0.001</v>
+        <v>1.0602E-5</v>
       </c>
       <c r="V241" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X241" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z241" t="inlineStr">
         <is>
-          <t>Valves - Valve Failure</t>
+          <t>Turbines, Pumps, etc. - Isolation Failure / Passing Valve</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>IRS/2023/3399/PON1</t>
+          <t>IRS/2023/3414/PON1</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>08 October 2023 09:00</t>
+          <t>09 October 2023 08:20</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H242" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I242" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J242" t="n">
-        <v>43.0</v>
+        <v>41.0</v>
       </c>
       <c r="K242" t="n">
-        <v>55.01</v>
+        <v>30.0</v>
       </c>
       <c r="L242" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M242" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N242" t="n">
-        <v>58.0</v>
+        <v>32.0</v>
       </c>
       <c r="O242" t="n">
-        <v>21.79</v>
+        <v>40.0</v>
       </c>
       <c r="P242" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q242" t="n">
-        <v>21.0</v>
+        <v>206.0</v>
       </c>
       <c r="R242" t="n">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="S242" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T242" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.0602E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V242" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
+        </is>
+      </c>
+      <c r="W242" t="n">
+        <v>5.0</v>
       </c>
       <c r="X242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z242" t="inlineStr">
         <is>
-          <t>Turbines, Pumps, etc. - Isolation Failure / Passing Valve</t>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>IRS/2023/3414/PON1</t>
+          <t>IRS/2023/3415/PON1</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>09 October 2023 08:20</t>
+          <t>09 October 2023 17:45</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Valaris 121</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Remote well (not connected to an installation)</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>TOLMOUNT</t>
         </is>
       </c>
       <c r="I243" t="n">
-        <v>60.0</v>
+        <v>54.0</v>
       </c>
       <c r="J243" t="n">
-        <v>41.0</v>
+        <v>2.0</v>
       </c>
       <c r="K243" t="n">
-        <v>30.0</v>
+        <v>30.79</v>
       </c>
       <c r="L243" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M243" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N243" t="n">
-        <v>32.0</v>
+        <v>23.0</v>
       </c>
       <c r="O243" t="n">
-        <v>40.0</v>
+        <v>33.102</v>
       </c>
       <c r="P243" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q243" t="n">
-        <v>206.0</v>
+        <v>42.0</v>
       </c>
       <c r="R243" t="n">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
       <c r="S243" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T243" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U243" t="n">
+        <v>2.1703E-5</v>
       </c>
       <c r="V243" t="inlineStr">
         <is>
-          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
-[...3 lines deleted...]
-        <v>5.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X243" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z243" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
+          <t>Pipework - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>IRS/2023/3415/PON1</t>
+          <t>IRS/2023/3456/PON1</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>09 October 2023 17:45</t>
+          <t>18 October 2023 04:15</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE OFFSHORE DRILLING (UK) LTD</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>Valaris 121</t>
+          <t>Ocean GreatWhite</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
-          <t>Remote well (not connected to an installation)</t>
-[...4 lines deleted...]
-          <t>TOLMOUNT</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="I244" t="n">
-        <v>54.0</v>
+        <v>60.0</v>
       </c>
       <c r="J244" t="n">
-        <v>2.0</v>
+        <v>24.0</v>
       </c>
       <c r="K244" t="n">
-        <v>30.79</v>
+        <v>40.0</v>
       </c>
       <c r="L244" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M244" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="N244" t="n">
-        <v>23.0</v>
+        <v>3.0</v>
       </c>
       <c r="O244" t="n">
-        <v>33.102</v>
+        <v>22.0</v>
       </c>
       <c r="P244" t="inlineStr">
         <is>
-          <t>East</t>
-[...6 lines deleted...]
-        <v>27.0</v>
+          <t>West</t>
+        </is>
       </c>
       <c r="S244" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T244" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.1703E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V244" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ERIFON HD 603 HP</t>
+        </is>
+      </c>
+      <c r="W244" t="n">
+        <v>6.8</v>
       </c>
       <c r="X244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z244" t="inlineStr">
         <is>
-          <t>Pipework - Release From Joint</t>
+          <t>Bop (Topsides) - Hydraulic System</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>IRS/2023/3456/PON1</t>
+          <t>IRS/2023/3459/PON1</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>18 October 2023 04:15</t>
+          <t>18 October 2023 14:30</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE OFFSHORE DRILLING (UK) LTD</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>Ocean GreatWhite</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I245" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J245" t="n">
-        <v>24.0</v>
+        <v>17.0</v>
       </c>
       <c r="K245" t="n">
-        <v>40.0</v>
+        <v>42.0</v>
       </c>
       <c r="L245" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M245" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N245" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="O245" t="n">
-        <v>22.0</v>
+        <v>46.0</v>
       </c>
       <c r="P245" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="S245" t="inlineStr">
         <is>
-          <t/>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="T245" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U245" t="n">
+        <v>2.23975E-4</v>
       </c>
       <c r="V245" t="inlineStr">
         <is>
-          <t>ERIFON HD 603 HP</t>
-[...3 lines deleted...]
-        <v>6.8</v>
+          <t/>
+        </is>
       </c>
       <c r="X245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z245" t="inlineStr">
         <is>
-          <t>Bop (Topsides) - Hydraulic System</t>
+          <t>unknown spotting - spotting on sea</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>IRS/2023/3459/PON1</t>
+          <t>IRS/2023/3462/PON1</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>18 October 2023 14:30</t>
+          <t>18 October 2023 03:45</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>NEO ENERGY NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Ocean Patriot</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H246" t="inlineStr">
+        <is>
+          <t>TARTAN</t>
         </is>
       </c>
       <c r="I246" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J246" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="K246" t="n">
-        <v>42.0</v>
+        <v>49.0</v>
       </c>
       <c r="L246" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M246" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N246" t="n">
-        <v>39.0</v>
+        <v>6.0</v>
       </c>
       <c r="O246" t="n">
-        <v>46.0</v>
+        <v>49.8</v>
       </c>
       <c r="P246" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q246" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R246" t="n">
+        <v>16.0</v>
+      </c>
       <c r="S246" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t/>
         </is>
       </c>
       <c r="T246" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.23975E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V246" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>PELAGIC 100 H</t>
+        </is>
+      </c>
+      <c r="W246" t="n">
+        <v>16.0</v>
       </c>
       <c r="X246" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z246" t="inlineStr">
         <is>
-          <t>unknown spotting - spotting on sea</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>IRS/2023/3462/PON1</t>
+          <t>IRS/2023/3494/PON1</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>18 October 2023 03:45</t>
+          <t>22 October 2023 12:00</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
-          <t>NEO ENERGY NORTH SEA LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>Ocean Patriot</t>
+          <t>Neptune Platform</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
-          <t>TARTAN</t>
+          <t>NEPTUNE</t>
         </is>
       </c>
       <c r="I247" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J247" t="n">
-        <v>20.0</v>
+        <v>59.0</v>
       </c>
       <c r="K247" t="n">
-        <v>49.0</v>
+        <v>0.0</v>
       </c>
       <c r="L247" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M247" t="n">
         <v>0.0</v>
       </c>
       <c r="N247" t="n">
-        <v>6.0</v>
+        <v>47.0</v>
       </c>
       <c r="O247" t="n">
-        <v>49.8</v>
+        <v>40.0</v>
       </c>
       <c r="P247" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q247" t="n">
-        <v>15.0</v>
+        <v>47.0</v>
       </c>
       <c r="R247" t="n">
-        <v>16.0</v>
+        <v>4.0</v>
       </c>
       <c r="S247" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T247" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V247" t="inlineStr">
         <is>
-          <t>PELAGIC 100 H</t>
+          <t>AQUALINK HT804F VER2</t>
         </is>
       </c>
       <c r="W247" t="n">
-        <v>16.0</v>
+        <v>2297.9</v>
       </c>
       <c r="X247" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z247" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Hydraulics - Open System - Fittings / Connections</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>IRS/2023/3494/PON1</t>
+          <t>IRS/2023/3498/PON1</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>22 October 2023 12:00</t>
+          <t>23 October 2023 02:30</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>NEO ENERGY NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>Neptune Platform</t>
+          <t>Ocean Patriot</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
-          <t>NEPTUNE</t>
+          <t>TARTAN</t>
         </is>
       </c>
       <c r="I248" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J248" t="n">
-        <v>59.0</v>
+        <v>20.0</v>
       </c>
       <c r="K248" t="n">
-        <v>0.0</v>
+        <v>49.0</v>
       </c>
       <c r="L248" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M248" t="n">
         <v>0.0</v>
       </c>
       <c r="N248" t="n">
-        <v>47.0</v>
+        <v>6.0</v>
       </c>
       <c r="O248" t="n">
-        <v>40.0</v>
+        <v>49.8</v>
       </c>
       <c r="P248" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q248" t="n">
-        <v>47.0</v>
+        <v>15.0</v>
       </c>
       <c r="R248" t="n">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
       <c r="S248" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T248" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V248" t="inlineStr">
         <is>
-          <t>AQUALINK HT804F VER2</t>
-[...3 lines deleted...]
-        <v>2297.9</v>
+          <t/>
+        </is>
       </c>
       <c r="X248" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y248" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z248" t="inlineStr">
         <is>
-          <t>Hydraulics - Open System - Fittings / Connections</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>IRS/2023/3498/PON1</t>
+          <t>IRS/2023/3504/PON1</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>23 October 2023 02:30</t>
+          <t>23 October 2023 17:00</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
-          <t>NEO ENERGY NORTH SEA LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>Ocean Patriot</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
-          <t>TARTAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="I249" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J249" t="n">
-        <v>20.0</v>
+        <v>37.0</v>
       </c>
       <c r="K249" t="n">
-        <v>49.0</v>
+        <v>12.0</v>
       </c>
       <c r="L249" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M249" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N249" t="n">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
       <c r="O249" t="n">
-        <v>49.8</v>
+        <v>25.0</v>
       </c>
       <c r="P249" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q249" t="n">
-        <v>15.0</v>
+        <v>211.0</v>
       </c>
       <c r="R249" t="n">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
       <c r="S249" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T249" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U249" t="n">
+        <v>0.0049896</v>
       </c>
       <c r="V249" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X249" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z249" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>IRS/2023/3504/PON1</t>
+          <t>IRS/2023/3510/PON1</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>23 October 2023 17:00</t>
+          <t>24 October 2023 16:23</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>ROV</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GANNET C</t>
         </is>
       </c>
       <c r="I250" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J250" t="n">
-        <v>37.0</v>
+        <v>8.0</v>
       </c>
       <c r="K250" t="n">
-        <v>12.0</v>
+        <v>30.0</v>
       </c>
       <c r="L250" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M250" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N250" t="n">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="O250" t="n">
-        <v>25.0</v>
+        <v>23.0</v>
       </c>
       <c r="P250" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q250" t="n">
-        <v>211.0</v>
+        <v>21.0</v>
       </c>
       <c r="R250" t="n">
-        <v>12.0</v>
+        <v>30.0</v>
       </c>
       <c r="S250" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T250" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U250" t="n">
-        <v>0.0049896</v>
+        <v>0.015</v>
       </c>
       <c r="V250" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z250" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>IRS/2023/3510/PON1</t>
+          <t>IRS/2023/3515/PON1</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>24 October 2023 16:23</t>
+          <t>25 October 2023 14:00</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>ROV</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
-          <t>GANNET C</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I251" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J251" t="n">
-        <v>8.0</v>
+        <v>51.0</v>
       </c>
       <c r="K251" t="n">
-        <v>30.0</v>
+        <v>24.0</v>
       </c>
       <c r="L251" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M251" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N251" t="n">
-        <v>57.0</v>
+        <v>28.0</v>
       </c>
       <c r="O251" t="n">
-        <v>23.0</v>
+        <v>9.0</v>
       </c>
       <c r="P251" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q251" t="n">
-        <v>21.0</v>
+        <v>3.0</v>
       </c>
       <c r="R251" t="n">
-        <v>30.0</v>
+        <v>3.0</v>
       </c>
       <c r="S251" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T251" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.015</v>
+          <t/>
+        </is>
       </c>
       <c r="V251" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>METHANOL</t>
+        </is>
+      </c>
+      <c r="W251" t="n">
+        <v>5.0</v>
       </c>
       <c r="X251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z251" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>IRS/2023/3515/PON1</t>
+          <t>IRS/2023/3539/PON1</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>25 October 2023 14:00</t>
+          <t>29 October 2023 00:02</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>TAQA BRATANI LIMITED, TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Tern Platform</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H252" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>FALCON</t>
         </is>
       </c>
       <c r="I252" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="J252" t="n">
-        <v>51.0</v>
+        <v>19.0</v>
       </c>
       <c r="K252" t="n">
-        <v>24.0</v>
+        <v>50.08</v>
       </c>
       <c r="L252" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M252" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N252" t="n">
-        <v>28.0</v>
+        <v>59.0</v>
       </c>
       <c r="O252" t="n">
-        <v>9.0</v>
+        <v>28.19</v>
       </c>
       <c r="P252" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q252" t="n">
-        <v>3.0</v>
+        <v>210.0</v>
       </c>
       <c r="R252" t="n">
-        <v>3.0</v>
+        <v>25.0</v>
       </c>
       <c r="S252" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T252" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V252" t="inlineStr">
         <is>
-          <t>METHANOL</t>
+          <t>Castrol Brayco Micronic SV/3</t>
         </is>
       </c>
       <c r="W252" t="n">
-        <v>5.0</v>
+        <v>479.3</v>
       </c>
       <c r="X252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z252" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Production Chemicals) - Pinhole Leak</t>
+          <t>Hydraulics - Open System - Accumulator Failure</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>IRS/2023/3539/PON1</t>
+          <t>IRS/2023/3543/PON1</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>29 October 2023 00:02</t>
+          <t>30 October 2023 20:30</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED, TAQA BRATANI LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>Tern Platform</t>
+          <t>Erskine Platform</t>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H253" t="inlineStr">
         <is>
-          <t>FALCON</t>
+          <t>ERSKINE</t>
         </is>
       </c>
       <c r="I253" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J253" t="n">
-        <v>19.0</v>
+        <v>2.0</v>
       </c>
       <c r="K253" t="n">
-        <v>50.08</v>
+        <v>23.524</v>
       </c>
       <c r="L253" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M253" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N253" t="n">
-        <v>59.0</v>
+        <v>4.0</v>
       </c>
       <c r="O253" t="n">
-        <v>28.19</v>
+        <v>16.957</v>
       </c>
       <c r="P253" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q253" t="n">
-        <v>210.0</v>
+        <v>23.0</v>
       </c>
       <c r="R253" t="n">
-        <v>25.0</v>
+        <v>26.0</v>
       </c>
       <c r="S253" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T253" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U253" t="n">
+        <v>0.0163</v>
       </c>
       <c r="V253" t="inlineStr">
         <is>
-          <t>Castrol Brayco Micronic SV/3</t>
-[...3 lines deleted...]
-        <v>479.3</v>
+          <t/>
+        </is>
       </c>
       <c r="X253" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z253" t="inlineStr">
         <is>
-          <t>Hydraulics - Open System - Accumulator Failure</t>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>IRS/2023/3543/PON1</t>
+          <t>IRS/2023/3554/PON1</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>30 October 2023 20:30</t>
+          <t>01 November 2023 09:05</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>Erskine Platform</t>
+          <t>Gannet D Subsea Completion</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H254" t="inlineStr">
         <is>
-          <t>ERSKINE</t>
+          <t>GANNET D</t>
         </is>
       </c>
       <c r="I254" t="n">
         <v>57.0</v>
       </c>
       <c r="J254" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="K254" t="n">
         <v>2.0</v>
       </c>
-      <c r="K254" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L254" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M254" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N254" t="n">
         <v>4.0</v>
       </c>
       <c r="O254" t="n">
-        <v>16.957</v>
+        <v>52.0</v>
       </c>
       <c r="P254" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q254" t="n">
-        <v>23.0</v>
+        <v>21.0</v>
       </c>
       <c r="R254" t="n">
-        <v>26.0</v>
+        <v>25.0</v>
       </c>
       <c r="S254" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T254" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.0163</v>
+          <t/>
+        </is>
       </c>
       <c r="V254" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X254" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y254" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z254" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>IRS/2023/3554/PON1</t>
+          <t>IRS/2023/3563/PON1</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>01 November 2023 09:05</t>
+          <t>03 November 2023 10:20</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>Gannet D Subsea Completion</t>
+          <t>Eider Platform</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H255" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I255" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J255" t="n">
-        <v>19.0</v>
+        <v>21.0</v>
       </c>
       <c r="K255" t="n">
-        <v>2.0</v>
+        <v>26.3</v>
       </c>
       <c r="L255" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M255" t="n">
         <v>1.0</v>
       </c>
       <c r="N255" t="n">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="O255" t="n">
-        <v>52.0</v>
+        <v>40.4</v>
       </c>
       <c r="P255" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q255" t="n">
-        <v>21.0</v>
+        <v>211.0</v>
       </c>
       <c r="R255" t="n">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
       <c r="S255" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T255" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U255" t="n">
+        <v>1.72E-5</v>
       </c>
       <c r="V255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X255" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z255" t="inlineStr">
         <is>
-          <t/>
+          <t>Bunkering Hose - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>IRS/2023/3563/PON1</t>
+          <t>IRS/2023/3582/PON1</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>03 November 2023 10:20</t>
+          <t>05 November 2023 10:00</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED, HARBOUR ENERGY PLC</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>Eider Platform</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H256" t="inlineStr">
+        <is>
+          <t>CATCHER</t>
+        </is>
+      </c>
       <c r="I256" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="J256" t="n">
-        <v>21.0</v>
+        <v>46.0</v>
       </c>
       <c r="K256" t="n">
-        <v>26.3</v>
+        <v>20.0</v>
       </c>
       <c r="L256" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M256" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N256" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="O256" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="P256" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q256" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="R256" t="n">
         <v>9.0</v>
       </c>
-      <c r="O256" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="S256" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T256" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.72E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V256" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW443 R</t>
+        </is>
+      </c>
+      <c r="W256" t="n">
+        <v>5966.0</v>
       </c>
       <c r="X256" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z256" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Pinhole Leak</t>
+          <t>Hydraulics - Open System - SCM Failure (Otherwise Unspecified)</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>IRS/2023/3582/PON1</t>
+          <t>IRS/2023/3588/PON1</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>05 November 2023 10:00</t>
+          <t>06 November 2023 09:50</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED, HARBOUR ENERGY PLC</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Morecambe South DP6 Platform</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H257" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="I257" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J257" t="n">
-        <v>46.0</v>
+        <v>51.0</v>
       </c>
       <c r="K257" t="n">
-        <v>20.0</v>
+        <v>51.0</v>
       </c>
       <c r="L257" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M257" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="N257" t="n">
-        <v>46.0</v>
+        <v>37.0</v>
       </c>
       <c r="O257" t="n">
-        <v>23.0</v>
+        <v>5.0</v>
       </c>
       <c r="P257" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q257" t="n">
-        <v>28.0</v>
+        <v>110.0</v>
       </c>
       <c r="R257" t="n">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
       <c r="S257" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T257" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U257" t="n">
+        <v>0.204</v>
       </c>
       <c r="V257" t="inlineStr">
         <is>
-          <t>Oceanic HW443 R</t>
-[...3 lines deleted...]
-        <v>5966.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X257" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z257" t="inlineStr">
         <is>
-          <t>Hydraulics - Open System - SCM Failure (Otherwise Unspecified)</t>
+          <t>Valves - Actuator indicator cap</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>IRS/2023/3588/PON1</t>
+          <t>IRS/2023/3598/PON1</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>06 November 2023 09:50</t>
+          <t>07 November 2023 14:00</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>Morecambe South DP6 Platform</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H258" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="I258" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="J258" t="n">
-        <v>51.0</v>
+        <v>35.0</v>
       </c>
       <c r="K258" t="n">
-        <v>51.0</v>
+        <v>18.176</v>
       </c>
       <c r="L258" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M258" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N258" t="n">
         <v>3.0</v>
       </c>
-      <c r="N258" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O258" t="n">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
       <c r="P258" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q258" t="n">
-        <v>110.0</v>
+        <v>9.0</v>
       </c>
       <c r="R258" t="n">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
       <c r="S258" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T258" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U258" t="n">
-        <v>0.204</v>
+        <v>2.0E-4</v>
       </c>
       <c r="V258" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X258" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z258" t="inlineStr">
         <is>
-          <t>Valves - Actuator indicator cap</t>
+          <t>Drains - commissioning of deluge system overflowed drains to sea</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>IRS/2023/3598/PON1</t>
+          <t>IRS/2023/3599/PON1</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>07 November 2023 14:00</t>
+          <t>04 November 2023 10:30</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Drilling drains collection tank</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H259" t="inlineStr">
         <is>
           <t>MARINER</t>
         </is>
       </c>
       <c r="I259" t="n">
         <v>59.0</v>
       </c>
       <c r="J259" t="n">
         <v>35.0</v>
       </c>
       <c r="K259" t="n">
         <v>18.176</v>
       </c>
       <c r="L259" t="inlineStr">
         <is>
           <t>North</t>
         </is>
@@ -27269,1292 +27265,1292 @@
           <t>Calculated</t>
         </is>
       </c>
       <c r="U259" t="n">
         <v>2.0E-4</v>
       </c>
       <c r="V259" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X259" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z259" t="inlineStr">
         <is>
           <t>Drains - commissioning of deluge system overflowed drains to sea</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>IRS/2023/3599/PON1</t>
+          <t>IRS/2023/3607/PON1</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>04 November 2023 10:30</t>
+          <t>10 November 2023 11:20</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>Drilling drains collection tank</t>
+          <t>Bruce PUQ Platform</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>BRUCE</t>
         </is>
       </c>
       <c r="I260" t="n">
         <v>59.0</v>
       </c>
       <c r="J260" t="n">
-        <v>35.0</v>
+        <v>44.0</v>
       </c>
       <c r="K260" t="n">
-        <v>18.176</v>
+        <v>34.0</v>
       </c>
       <c r="L260" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M260" t="n">
         <v>1.0</v>
       </c>
       <c r="N260" t="n">
-        <v>3.0</v>
+        <v>40.0</v>
       </c>
       <c r="O260" t="n">
-        <v>17.0</v>
+        <v>22.0</v>
       </c>
       <c r="P260" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q260" t="n">
         <v>9.0</v>
       </c>
       <c r="R260" t="n">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
       <c r="S260" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T260" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U260" t="n">
-        <v>2.0E-4</v>
+        <v>8.56E-7</v>
       </c>
       <c r="V260" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X260" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z260" t="inlineStr">
         <is>
-          <t>Drains - commissioning of deluge system overflowed drains to sea</t>
+          <t>inadvertent lube oil drain valve operation - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>IRS/2023/3607/PON1</t>
+          <t>IRS/2023/3615/PON1</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>10 November 2023 11:20</t>
+          <t>11 November 2023 15:00</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
-          <t>SERICA ENERGY (UK) LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>Bruce PUQ Platform</t>
+          <t>Beryl SPM2 Loading Terminal</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H261" t="inlineStr">
         <is>
-          <t>BRUCE</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I261" t="n">
         <v>59.0</v>
       </c>
       <c r="J261" t="n">
-        <v>44.0</v>
+        <v>33.0</v>
       </c>
       <c r="K261" t="n">
-        <v>34.0</v>
+        <v>16.77</v>
       </c>
       <c r="L261" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M261" t="n">
         <v>1.0</v>
       </c>
       <c r="N261" t="n">
-        <v>40.0</v>
+        <v>33.0</v>
       </c>
       <c r="O261" t="n">
-        <v>22.0</v>
+        <v>44.53</v>
       </c>
       <c r="P261" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q261" t="n">
         <v>9.0</v>
       </c>
       <c r="R261" t="n">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
       <c r="S261" t="inlineStr">
         <is>
           <t>Lube Oil</t>
         </is>
       </c>
       <c r="T261" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U261" t="n">
-        <v>8.56E-7</v>
+        <v>0.006950135</v>
       </c>
       <c r="V261" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X261" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z261" t="inlineStr">
         <is>
-          <t>inadvertent lube oil drain valve operation - Release During Operation</t>
+          <t>CARDEN JOINT - LUBRICATION</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>IRS/2023/3615/PON1</t>
+          <t>IRS/2023/3617/PON1</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>11 November 2023 15:00</t>
+          <t>12 November 2023 08:10</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>Beryl SPM2 Loading Terminal</t>
+          <t>Cleeton CPQ Platform</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H262" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>CLEETON</t>
         </is>
       </c>
       <c r="I262" t="n">
-        <v>59.0</v>
+        <v>54.0</v>
       </c>
       <c r="J262" t="n">
-        <v>33.0</v>
+        <v>2.0</v>
       </c>
       <c r="K262" t="n">
-        <v>16.77</v>
+        <v>0.1</v>
       </c>
       <c r="L262" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M262" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N262" t="n">
-        <v>33.0</v>
+        <v>43.0</v>
       </c>
       <c r="O262" t="n">
-        <v>44.53</v>
+        <v>40.11</v>
       </c>
       <c r="P262" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q262" t="n">
-        <v>9.0</v>
+        <v>42.0</v>
       </c>
       <c r="R262" t="n">
-        <v>13.0</v>
+        <v>29.0</v>
       </c>
       <c r="S262" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T262" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U262" t="n">
-        <v>0.006950135</v>
+        <v>2.952E-5</v>
       </c>
       <c r="V262" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X262" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z262" t="inlineStr">
         <is>
-          <t>CARDEN JOINT - LUBRICATION</t>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>IRS/2023/3617/PON1</t>
+          <t>IRS/2023/3622/PON1</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>12 November 2023 08:10</t>
+          <t>12 November 2023 10:30</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>Cleeton CPQ Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
-          <t>CLEETON</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="I263" t="n">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="J263" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K263" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="L263" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M263" t="n">
         <v>2.0</v>
       </c>
-      <c r="K263" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N263" t="n">
-        <v>43.0</v>
+        <v>10.0</v>
       </c>
       <c r="O263" t="n">
-        <v>40.11</v>
+        <v>41.51</v>
       </c>
       <c r="P263" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q263" t="n">
-        <v>42.0</v>
+        <v>23.0</v>
       </c>
       <c r="R263" t="n">
-        <v>29.0</v>
+        <v>21.0</v>
       </c>
       <c r="S263" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T263" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U263" t="n">
-        <v>2.952E-5</v>
+        <v>4.122E-6</v>
       </c>
       <c r="V263" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X263" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z263" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Caisson - Through wall defect</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>IRS/2023/3622/PON1</t>
+          <t>IRS/2023/3641/PON1</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>12 November 2023 10:30</t>
+          <t>17 November 2023 05:40</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Auk A Platform</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H264" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>AUK</t>
         </is>
       </c>
       <c r="I264" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="J264" t="n">
-        <v>17.0</v>
+        <v>24.0</v>
       </c>
       <c r="K264" t="n">
-        <v>15.15</v>
+        <v>1.94</v>
       </c>
       <c r="L264" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M264" t="n">
         <v>2.0</v>
       </c>
       <c r="N264" t="n">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
       <c r="O264" t="n">
-        <v>41.51</v>
+        <v>48.61</v>
       </c>
       <c r="P264" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q264" t="n">
-        <v>23.0</v>
+        <v>30.0</v>
       </c>
       <c r="R264" t="n">
-        <v>21.0</v>
+        <v>16.0</v>
       </c>
       <c r="S264" t="inlineStr">
         <is>
-          <t>Condensate</t>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T264" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U264" t="n">
-        <v>4.122E-6</v>
+        <v>7.5E-6</v>
       </c>
       <c r="V264" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X264" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z264" t="inlineStr">
         <is>
-          <t>Caisson - Through wall defect</t>
+          <t>Drainage Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>IRS/2023/3641/PON1</t>
+          <t>IRS/2023/3643/PON1</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>17 November 2023 05:40</t>
+          <t>17 November 2023 16:09</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CHRYSAOR RESOURCES (IRISH SEA) LIMITED</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>Auk A Platform</t>
+          <t>Ensco 92</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
-          <t>AUK</t>
+          <t>DARWEN</t>
         </is>
       </c>
       <c r="I265" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J265" t="n">
-        <v>24.0</v>
+        <v>43.0</v>
       </c>
       <c r="K265" t="n">
-        <v>1.94</v>
+        <v>18.591</v>
       </c>
       <c r="L265" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M265" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N265" t="n">
-        <v>3.0</v>
+        <v>32.0</v>
       </c>
       <c r="O265" t="n">
-        <v>48.61</v>
+        <v>11.665</v>
       </c>
       <c r="P265" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q265" t="n">
-        <v>30.0</v>
+        <v>110.0</v>
       </c>
       <c r="R265" t="n">
-        <v>16.0</v>
+        <v>8.0</v>
       </c>
       <c r="S265" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T265" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U265" t="n">
-        <v>7.5E-6</v>
+        <v>1.008E-6</v>
       </c>
       <c r="V265" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z265" t="inlineStr">
         <is>
-          <t>Drainage Systems - Pipework Failure</t>
+          <t>Bunkering Hose - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>IRS/2023/3643/PON1</t>
+          <t>IRS/2023/3644/PON1</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>17 November 2023 16:09</t>
+          <t>17 November 2023 20:05</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>CHRYSAOR RESOURCES (IRISH SEA) LIMITED</t>
+          <t>SPIRIT ENERGY NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>Ensco 92</t>
+          <t>Normand Jarstein</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H266" t="inlineStr">
         <is>
-          <t>DARWEN</t>
+          <t>ALISON</t>
         </is>
       </c>
       <c r="I266" t="n">
         <v>53.0</v>
       </c>
       <c r="J266" t="n">
-        <v>43.0</v>
+        <v>30.0</v>
       </c>
       <c r="K266" t="n">
-        <v>18.591</v>
+        <v>33.208</v>
       </c>
       <c r="L266" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M266" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N266" t="n">
-        <v>32.0</v>
+        <v>10.0</v>
       </c>
       <c r="O266" t="n">
-        <v>11.665</v>
+        <v>11.818</v>
       </c>
       <c r="P266" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q266" t="n">
-        <v>110.0</v>
+        <v>49.0</v>
       </c>
       <c r="R266" t="n">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
       <c r="S266" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T266" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U266" t="n">
-        <v>1.008E-6</v>
+        <v>0.004</v>
       </c>
       <c r="V266" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X266" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z266" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Pinhole Leak</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>IRS/2023/3644/PON1</t>
+          <t>IRS/2023/3650/PON1</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>17 November 2023 20:05</t>
+          <t>18 November 2023 09:00</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY NORTH SEA LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>Normand Jarstein</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H267" t="inlineStr">
         <is>
-          <t>ALISON</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="I267" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J267" t="n">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="K267" t="n">
-        <v>33.208</v>
+        <v>40.0</v>
       </c>
       <c r="L267" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M267" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N267" t="n">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="O267" t="n">
-        <v>11.818</v>
+        <v>3.0</v>
       </c>
       <c r="P267" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q267" t="n">
-        <v>49.0</v>
+        <v>15.0</v>
       </c>
       <c r="R267" t="n">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
       <c r="S267" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T267" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.004</v>
+          <t/>
+        </is>
       </c>
       <c r="V267" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Ethylene Glycol</t>
+        </is>
+      </c>
+      <c r="W267" t="n">
+        <v>5.0</v>
       </c>
       <c r="X267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z267" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Air handling unit fault - Glycol line</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>IRS/2023/3650/PON1</t>
+          <t>IRS/2023/3664/PON1</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>18 November 2023 09:00</t>
+          <t>20 November 2023 09:15</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Otter Manifold</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>OTTER</t>
         </is>
       </c>
       <c r="I268" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J268" t="n">
-        <v>27.0</v>
+        <v>30.0</v>
       </c>
       <c r="K268" t="n">
-        <v>40.0</v>
+        <v>52.24</v>
       </c>
       <c r="L268" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M268" t="n">
         <v>0.0</v>
       </c>
       <c r="N268" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="O268" t="n">
+        <v>4.35</v>
+      </c>
+      <c r="P268" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q268" t="n">
+        <v>210.0</v>
+      </c>
+      <c r="R268" t="n">
         <v>15.0</v>
       </c>
-      <c r="O268" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="S268" t="inlineStr">
         <is>
-          <t/>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="T268" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U268" t="n">
+        <v>0.0583</v>
       </c>
       <c r="V268" t="inlineStr">
         <is>
-          <t>Ethylene Glycol</t>
-[...3 lines deleted...]
-        <v>5.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X268" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z268" t="inlineStr">
         <is>
-          <t>Air handling unit fault - Glycol line</t>
+          <t>Chemical Injection Umbilical - Umbilical Rupture</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>IRS/2023/3664/PON1</t>
+          <t>IRS/2023/3665/PON1</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>20 November 2023 09:15</t>
+          <t>20 November 2023 20:02</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>Otter Manifold</t>
+          <t>Ninian Southern Platform</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>OTTER</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I269" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J269" t="n">
-        <v>30.0</v>
+        <v>48.0</v>
       </c>
       <c r="K269" t="n">
-        <v>52.24</v>
+        <v>20.02</v>
       </c>
       <c r="L269" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M269" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N269" t="n">
-        <v>57.0</v>
+        <v>27.0</v>
       </c>
       <c r="O269" t="n">
-        <v>4.35</v>
+        <v>1.36</v>
       </c>
       <c r="P269" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q269" t="n">
-        <v>210.0</v>
+        <v>3.0</v>
       </c>
       <c r="R269" t="n">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
       <c r="S269" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t/>
         </is>
       </c>
       <c r="T269" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0583</v>
+          <t/>
+        </is>
       </c>
       <c r="V269" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>TEG (Triethylene glycol)</t>
+        </is>
+      </c>
+      <c r="W269" t="n">
+        <v>3080.0</v>
       </c>
       <c r="X269" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z269" t="inlineStr">
         <is>
-          <t>Chemical Injection Umbilical - Umbilical Rupture</t>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Corrosion under insulation (CUI)</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>IRS/2023/3665/PON1</t>
+          <t>IRS/2023/3678/PON1</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>20 November 2023 20:02</t>
+          <t>14 November 2023 20:00</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>Ninian Southern Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I270" t="n">
         <v>60.0</v>
       </c>
       <c r="J270" t="n">
-        <v>48.0</v>
+        <v>41.0</v>
       </c>
       <c r="K270" t="n">
-        <v>20.02</v>
+        <v>30.0</v>
       </c>
       <c r="L270" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M270" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N270" t="n">
-        <v>27.0</v>
+        <v>32.0</v>
       </c>
       <c r="O270" t="n">
-        <v>1.36</v>
+        <v>40.0</v>
       </c>
       <c r="P270" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q270" t="n">
-        <v>3.0</v>
+        <v>206.0</v>
       </c>
       <c r="R270" t="n">
         <v>8.0</v>
       </c>
       <c r="S270" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T270" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V270" t="inlineStr">
         <is>
-          <t>TEG (Triethylene glycol)</t>
+          <t>Castrol Transaqua HT2</t>
         </is>
       </c>
       <c r="W270" t="n">
-        <v>3080.0</v>
+        <v>0.5</v>
       </c>
       <c r="X270" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z270" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Utility Chemicals) - Corrosion under insulation (CUI)</t>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>IRS/2023/3678/PON1</t>
+          <t>IRS/2023/3681/PON1</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>14 November 2023 20:00</t>
+          <t>24 April 2023 00:01</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I271" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J271" t="n">
-        <v>41.0</v>
+        <v>18.0</v>
       </c>
       <c r="K271" t="n">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="L271" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M271" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N271" t="n">
-        <v>32.0</v>
+        <v>46.0</v>
       </c>
       <c r="O271" t="n">
-        <v>40.0</v>
+        <v>6.0</v>
       </c>
       <c r="P271" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q271" t="n">
-        <v>206.0</v>
+        <v>13.0</v>
       </c>
       <c r="R271" t="n">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
       <c r="S271" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T271" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V271" t="inlineStr">
         <is>
-          <t>Castrol Transaqua HT2</t>
+          <t>CRW85733</t>
         </is>
       </c>
       <c r="W271" t="n">
-        <v>0.5</v>
+        <v>423.5</v>
       </c>
       <c r="X271" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z271" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Utility Chemicals) - Release From Joint</t>
+          <t>Entrained Chemicals - cooling system</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>IRS/2023/3681/PON1</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>24 April 2023 00:01</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
@@ -28601,168 +28597,163 @@
         <v>6.0</v>
       </c>
       <c r="P272" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q272" t="n">
         <v>13.0</v>
       </c>
       <c r="R272" t="n">
         <v>22.0</v>
       </c>
       <c r="S272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V272" t="inlineStr">
         <is>
-          <t>CRW85733</t>
+          <t>TEG/WATER 30/70</t>
         </is>
       </c>
       <c r="W272" t="n">
-        <v>423.5</v>
+        <v>38589.0</v>
       </c>
       <c r="X272" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z272" t="inlineStr">
         <is>
           <t>Entrained Chemicals - cooling system</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>IRS/2023/3681/PON1</t>
+          <t>IRS/2023/3685/PON1</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>24 April 2023 00:01</t>
+          <t>24 November 2023 14:30</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E273" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
-[...4 lines deleted...]
-          <t>CAPTAIN</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="I273" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J273" t="n">
         <v>58.0</v>
       </c>
-      <c r="J273" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K273" t="n">
-        <v>27.0</v>
+        <v>43.0</v>
       </c>
       <c r="L273" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M273" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N273" t="n">
-        <v>46.0</v>
+        <v>31.0</v>
       </c>
       <c r="O273" t="n">
-        <v>6.0</v>
+        <v>47.0</v>
       </c>
       <c r="P273" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q273" t="n">
-        <v>13.0</v>
+        <v>21.0</v>
       </c>
       <c r="R273" t="n">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
       <c r="S273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V273" t="inlineStr">
         <is>
-          <t>TEG/WATER 30/70</t>
+          <t>STACK-MAGIC ECO-F V2</t>
         </is>
       </c>
       <c r="W273" t="n">
-        <v>38589.0</v>
+        <v>0.27</v>
       </c>
       <c r="X273" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z273" t="inlineStr">
         <is>
-          <t>Entrained Chemicals - cooling system</t>
+          <t>Riser - Operational failure during adverse weather</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
           <t>IRS/2023/3685/PON1</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>24 November 2023 14:30</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
@@ -28804,1090 +28795,1093 @@
         <v>47.0</v>
       </c>
       <c r="P274" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q274" t="n">
         <v>21.0</v>
       </c>
       <c r="R274" t="n">
         <v>3.0</v>
       </c>
       <c r="S274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V274" t="inlineStr">
         <is>
-          <t>STACK-MAGIC ECO-F V2</t>
+          <t>Ethylene Glycol (MEG)</t>
         </is>
       </c>
       <c r="W274" t="n">
-        <v>0.27</v>
+        <v>0.13</v>
       </c>
       <c r="X274" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z274" t="inlineStr">
         <is>
           <t>Riser - Operational failure during adverse weather</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>IRS/2023/3685/PON1</t>
+          <t>IRS/2023/3699/PON1</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>24 November 2023 14:30</t>
+          <t>27 November 2023 08:30</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE OFFSHORE DRILLING (UK) LTD</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Ocean GreatWhite</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H275" t="inlineStr">
+        <is>
+          <t>LOYAL [Part of SCHIEHALLION]</t>
         </is>
       </c>
       <c r="I275" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J275" t="n">
-        <v>58.0</v>
+        <v>24.0</v>
       </c>
       <c r="K275" t="n">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="L275" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M275" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="N275" t="n">
-        <v>31.0</v>
+        <v>3.0</v>
       </c>
       <c r="O275" t="n">
-        <v>47.0</v>
+        <v>22.0</v>
       </c>
       <c r="P275" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q275" t="n">
-        <v>21.0</v>
+        <v>204.0</v>
       </c>
       <c r="R275" t="n">
-        <v>3.0</v>
+        <v>20.0</v>
       </c>
       <c r="S275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V275" t="inlineStr">
         <is>
-          <t>Ethylene Glycol (MEG)</t>
+          <t>ERIFON HD 603 HP</t>
         </is>
       </c>
       <c r="W275" t="n">
-        <v>0.13</v>
+        <v>12.0</v>
       </c>
       <c r="X275" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z275" t="inlineStr">
         <is>
-          <t>Riser - Operational failure during adverse weather</t>
+          <t>Bop (Subsea) - Hydraulic Fitting</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>IRS/2023/3699/PON1</t>
+          <t>IRS/2023/3704/PON1</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>27 November 2023 08:30</t>
+          <t>28 November 2023 07:05</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE OFFSHORE DRILLING (UK) LTD</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>Ocean GreatWhite</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
-          <t>NPI</t>
-[...4 lines deleted...]
-          <t>LOYAL [Part of SCHIEHALLION]</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I276" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J276" t="n">
-        <v>24.0</v>
+        <v>57.0</v>
       </c>
       <c r="K276" t="n">
-        <v>44.0</v>
+        <v>26.0</v>
       </c>
       <c r="L276" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M276" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N276" t="n">
-        <v>3.0</v>
+        <v>50.0</v>
       </c>
       <c r="O276" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="P276" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q276" t="n">
         <v>22.0</v>
       </c>
-      <c r="P276" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="R276" t="n">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
       <c r="S276" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T276" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U276" t="n">
+        <v>0.007</v>
       </c>
       <c r="V276" t="inlineStr">
         <is>
-          <t>ERIFON HD 603 HP</t>
-[...3 lines deleted...]
-        <v>12.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X276" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z276" t="inlineStr">
         <is>
-          <t>Bop (Subsea) - Hydraulic Fitting</t>
+          <t>Valves - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>IRS/2023/3704/PON1</t>
+          <t>IRS/2023/3707/PON1</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>28 November 2023 07:05</t>
+          <t>28 November 2023 16:10</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>CNOOC UK LIMITED, COSL DRILLING EUROPE AS</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>COSLInnovator</t>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H277" t="inlineStr">
+        <is>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="I277" t="n">
         <v>57.0</v>
       </c>
       <c r="J277" t="n">
-        <v>57.0</v>
+        <v>50.0</v>
       </c>
       <c r="K277" t="n">
-        <v>26.0</v>
+        <v>43.0</v>
       </c>
       <c r="L277" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M277" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N277" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="O277" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="P277" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q277" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="R277" t="n">
         <v>1.0</v>
       </c>
-      <c r="N277" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S277" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T277" t="inlineStr">
         <is>
           <t>Measured</t>
         </is>
       </c>
       <c r="U277" t="n">
-        <v>0.007</v>
+        <v>0.0025</v>
       </c>
       <c r="V277" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X277" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z277" t="inlineStr">
         <is>
-          <t>Valves - Valve Failure</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>IRS/2023/3707/PON1</t>
+          <t>IRS/2023/3719/PON1</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>28 November 2023 16:10</t>
+          <t>02 December 2023 03:00</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E278" t="inlineStr">
         <is>
-          <t>CNOOC UK LIMITED, COSL DRILLING EUROPE AS</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>COSLInnovator</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H278" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I278" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J278" t="n">
-        <v>50.0</v>
+        <v>0.0</v>
       </c>
       <c r="K278" t="n">
-        <v>43.0</v>
+        <v>53.008</v>
       </c>
       <c r="L278" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M278" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="N278" t="n">
-        <v>54.0</v>
+        <v>5.0</v>
       </c>
       <c r="O278" t="n">
-        <v>44.0</v>
+        <v>51.786</v>
       </c>
       <c r="P278" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q278" t="n">
+        <v>204.0</v>
+      </c>
+      <c r="R278" t="n">
         <v>20.0</v>
       </c>
-      <c r="R278" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="S278" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T278" t="inlineStr">
         <is>
           <t>Measured</t>
         </is>
       </c>
       <c r="U278" t="n">
-        <v>0.0025</v>
+        <v>0.3</v>
       </c>
       <c r="V278" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X278" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z278" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Hose (Topsides, Not Bunkering) - Hose Parted from Coupling / Break Away Coupling</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>IRS/2023/3719/PON1</t>
+          <t>IRS/2023/3720/PON1</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>02 December 2023 03:00</t>
+          <t>02 December 2023 04:00</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>STENA DRILLING LIMITED, ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Stena Spey</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H279" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>HUNTINGTON</t>
         </is>
       </c>
       <c r="I279" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J279" t="n">
-        <v>0.0</v>
+        <v>38.0</v>
       </c>
       <c r="K279" t="n">
-        <v>53.008</v>
+        <v>20.0</v>
       </c>
       <c r="L279" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M279" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N279" t="n">
-        <v>5.0</v>
+        <v>40.0</v>
       </c>
       <c r="O279" t="n">
-        <v>51.786</v>
+        <v>31.0</v>
       </c>
       <c r="P279" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q279" t="n">
-        <v>204.0</v>
+        <v>22.0</v>
       </c>
       <c r="R279" t="n">
-        <v>20.0</v>
+        <v>14.0</v>
       </c>
       <c r="S279" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T279" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.3</v>
+          <t/>
+        </is>
       </c>
       <c r="V279" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>STACK MAGIC ECO v2</t>
+        </is>
+      </c>
+      <c r="W279" t="n">
+        <v>18.4</v>
       </c>
       <c r="X279" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z279" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Hose Parted from Coupling / Break Away Coupling</t>
+          <t>Bop (Subsea) - POD Failure</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>IRS/2023/3720/PON1</t>
+          <t>IRS/2023/3726/PON1</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>02 December 2023 04:00</t>
+          <t>03 December 2023 10:05</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
-          <t>STENA DRILLING LIMITED, ITHACA ENERGY (UK) LIMITED</t>
+          <t>Brent Charlie</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>Stena Spey</t>
+          <t>ROV</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H280" t="inlineStr">
         <is>
-          <t>HUNTINGTON</t>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I280" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J280" t="n">
-        <v>38.0</v>
+        <v>5.0</v>
       </c>
       <c r="K280" t="n">
-        <v>20.0</v>
+        <v>7.0</v>
       </c>
       <c r="L280" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M280" t="n">
         <v>1.0</v>
       </c>
       <c r="N280" t="n">
-        <v>40.0</v>
+        <v>43.0</v>
       </c>
       <c r="O280" t="n">
-        <v>31.0</v>
+        <v>0.0</v>
       </c>
       <c r="P280" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q280" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S280" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T280" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U280" t="n">
+        <v>0.0014</v>
       </c>
       <c r="V280" t="inlineStr">
         <is>
-          <t>STACK MAGIC ECO v2</t>
-[...3 lines deleted...]
-        <v>18.4</v>
+          <t/>
+        </is>
       </c>
       <c r="X280" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z280" t="inlineStr">
         <is>
-          <t>Bop (Subsea) - POD Failure</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>IRS/2023/3726/PON1</t>
+          <t>IRS/2023/3727/PON1</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>03 December 2023 10:05</t>
+          <t>03 December 2023 10:52</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
-          <t>Brent Charlie</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ROV</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
-          <t>BRENT</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="I281" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J281" t="n">
-        <v>5.0</v>
+        <v>57.0</v>
       </c>
       <c r="K281" t="n">
-        <v>7.0</v>
+        <v>26.0</v>
       </c>
       <c r="L281" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M281" t="n">
         <v>1.0</v>
       </c>
       <c r="N281" t="n">
-        <v>43.0</v>
+        <v>50.0</v>
       </c>
       <c r="O281" t="n">
-        <v>0.0</v>
+        <v>42.0</v>
       </c>
       <c r="P281" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q281" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R281" t="n">
+        <v>5.0</v>
+      </c>
       <c r="S281" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T281" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U281" t="n">
-        <v>0.0014</v>
+        <v>0.0032832</v>
       </c>
       <c r="V281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X281" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z281" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Bunkering Hose - Hose Parted from Coupling / Break Away Coupling</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>IRS/2023/3727/PON1</t>
+          <t>IRS/2023/3739/PON1</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>03 December 2023 10:52</t>
+          <t>05 December 2023 12:30</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Beryl B Platform</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H282" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I282" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J282" t="n">
-        <v>57.0</v>
+        <v>36.0</v>
       </c>
       <c r="K282" t="n">
-        <v>26.0</v>
+        <v>38.35</v>
       </c>
       <c r="L282" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M282" t="n">
         <v>1.0</v>
       </c>
       <c r="N282" t="n">
-        <v>50.0</v>
+        <v>30.0</v>
       </c>
       <c r="O282" t="n">
-        <v>42.0</v>
+        <v>45.97</v>
       </c>
       <c r="P282" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q282" t="n">
-        <v>22.0</v>
+        <v>9.0</v>
       </c>
       <c r="R282" t="n">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
       <c r="S282" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T282" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U282" t="n">
+        <v>1.025E-6</v>
       </c>
       <c r="V282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X282" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z282" t="inlineStr">
         <is>
-          <t/>
+          <t>Sheen - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>IRS/2023/3739/PON1</t>
+          <t>IRS/2023/3740/PON1</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>05 December 2023 12:30</t>
+          <t>05 December 2023 15:25</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>ENSCO OFFSHORE U.K. LIMITED, CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>Beryl B Platform</t>
+          <t>ensco120</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H283" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>TALBOT</t>
         </is>
       </c>
       <c r="I283" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="J283" t="n">
-        <v>36.0</v>
+        <v>35.0</v>
       </c>
       <c r="K283" t="n">
-        <v>38.35</v>
+        <v>2.0</v>
       </c>
       <c r="L283" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M283" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N283" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="O283" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="P283" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q283" t="n">
         <v>30.0</v>
-      </c>
-[...9 lines deleted...]
-        <v>9.0</v>
       </c>
       <c r="R283" t="n">
         <v>13.0</v>
       </c>
       <c r="S283" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T283" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.025E-6</v>
+          <t/>
+        </is>
       </c>
       <c r="V283" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>XP-07 Base Oil</t>
+        </is>
+      </c>
+      <c r="W283" t="n">
+        <v>0.078</v>
       </c>
       <c r="X283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z283" t="inlineStr">
         <is>
-          <t>Sheen - Unknown Cause</t>
+          <t>Bunkering Hose - Leaking valve gasket</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>IRS/2023/3740/PON1</t>
+          <t>IRS/2023/3741/PON1</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>05 December 2023 15:25</t>
+          <t>05 December 2023 17:00</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>ENSCO OFFSHORE U.K. LIMITED, CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ensco120</t>
+          <t>Stena Don</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
-          <t>TALBOT</t>
+          <t>KINGFISHER</t>
         </is>
       </c>
       <c r="I284" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="J284" t="n">
-        <v>35.0</v>
+        <v>46.0</v>
       </c>
       <c r="K284" t="n">
-        <v>2.0</v>
+        <v>16.0</v>
       </c>
       <c r="L284" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M284" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N284" t="n">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="O284" t="n">
-        <v>32.0</v>
+        <v>23.0</v>
       </c>
       <c r="P284" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q284" t="n">
-        <v>30.0</v>
+        <v>16.0</v>
       </c>
       <c r="R284" t="n">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
       <c r="S284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V284" t="inlineStr">
         <is>
-          <t>XP-07 Base Oil</t>
+          <t>RX-1236</t>
         </is>
       </c>
       <c r="W284" t="n">
-        <v>0.078</v>
+        <v>0.312</v>
       </c>
       <c r="X284" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z284" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Leaking valve gasket</t>
+          <t>Riser - unlatch</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>IRS/2023/3741/PON1</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
           <t>05 December 2023 17:00</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
@@ -29934,55 +29928,55 @@
         <v>23.0</v>
       </c>
       <c r="P285" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q285" t="n">
         <v>16.0</v>
       </c>
       <c r="R285" t="n">
         <v>8.0</v>
       </c>
       <c r="S285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V285" t="inlineStr">
         <is>
-          <t>RX-1236</t>
+          <t>CAUSTIC SODA</t>
         </is>
       </c>
       <c r="W285" t="n">
-        <v>0.312</v>
+        <v>0.13</v>
       </c>
       <c r="X285" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z285" t="inlineStr">
         <is>
           <t>Riser - unlatch</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>IRS/2023/3741/PON1</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
@@ -30038,1064 +30032,960 @@
         <v>23.0</v>
       </c>
       <c r="P286" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q286" t="n">
         <v>16.0</v>
       </c>
       <c r="R286" t="n">
         <v>8.0</v>
       </c>
       <c r="S286" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T286" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V286" t="inlineStr">
         <is>
-          <t>CAUSTIC SODA</t>
+          <t>SODIUM CHLORIDE</t>
         </is>
       </c>
       <c r="W286" t="n">
-        <v>0.13</v>
+        <v>496.0</v>
       </c>
       <c r="X286" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z286" t="inlineStr">
         <is>
           <t>Riser - unlatch</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>IRS/2023/3741/PON1</t>
+          <t>IRS/2023/3749/PON1</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>05 December 2023 17:00</t>
+          <t>08 December 2023 02:20</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>Stena Don</t>
+          <t>Buzzard Sweetening Platform</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>KINGFISHER</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="I287" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J287" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="K287" t="n">
+        <v>51.183</v>
+      </c>
+      <c r="L287" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M287" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N287" t="n">
         <v>58.0</v>
       </c>
-      <c r="J287" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="O287" t="n">
-        <v>23.0</v>
+        <v>27.69</v>
       </c>
       <c r="P287" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q287" t="n">
-        <v>16.0</v>
+        <v>20.0</v>
       </c>
       <c r="R287" t="n">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="S287" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T287" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V287" t="inlineStr">
         <is>
-          <t>SODIUM CHLORIDE</t>
-[...3 lines deleted...]
-        <v>496.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X287" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y287" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z287" t="inlineStr">
         <is>
-          <t>Riser - unlatch</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>IRS/2023/3749/PON1</t>
+          <t>IRS/2023/3757/PON1</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>08 December 2023 02:20</t>
+          <t>10 December 2023 07:45</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>Buzzard Sweetening Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H288" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>Marnock</t>
         </is>
       </c>
       <c r="I288" t="n">
         <v>57.0</v>
       </c>
       <c r="J288" t="n">
-        <v>48.0</v>
+        <v>17.0</v>
       </c>
       <c r="K288" t="n">
-        <v>51.183</v>
+        <v>42.0</v>
       </c>
       <c r="L288" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M288" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N288" t="n">
-        <v>58.0</v>
+        <v>39.0</v>
       </c>
       <c r="O288" t="n">
-        <v>27.69</v>
+        <v>46.0</v>
       </c>
       <c r="P288" t="inlineStr">
         <is>
-          <t>West</t>
-[...6 lines deleted...]
-        <v>6.0</v>
+          <t>East</t>
+        </is>
       </c>
       <c r="S288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V288" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Monoethylene Glycol (MEG) – pure form and all dilutions</t>
+        </is>
+      </c>
+      <c r="W288" t="n">
+        <v>28.0</v>
       </c>
       <c r="X288" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z288" t="inlineStr">
         <is>
-          <t/>
+          <t>Riser - union O'ring failure</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>IRS/2023/3757/PON1</t>
+          <t>IRS/2023/3759/PON1</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>10 December 2023 07:45</t>
+          <t>10 December 2023 18:20</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
-          <t>Marnock</t>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I289" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J289" t="n">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
       <c r="K289" t="n">
-        <v>42.0</v>
+        <v>7.0</v>
       </c>
       <c r="L289" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M289" t="n">
         <v>1.0</v>
       </c>
       <c r="N289" t="n">
-        <v>39.0</v>
+        <v>43.0</v>
       </c>
       <c r="O289" t="n">
-        <v>46.0</v>
+        <v>0.0</v>
       </c>
       <c r="P289" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S289" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T289" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U289" t="n">
+        <v>0.0014</v>
       </c>
       <c r="V289" t="inlineStr">
         <is>
-          <t>Monoethylene Glycol (MEG) – pure form and all dilutions</t>
-[...3 lines deleted...]
-        <v>28.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X289" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z289" t="inlineStr">
         <is>
-          <t>Riser - union O'ring failure</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>IRS/2023/3759/PON1</t>
+          <t>IRS/2023/3760/PON1</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>10 December 2023 18:20</t>
+          <t>11 December 2023 01:13</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
+          <t>ROV</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
           <t>Vessel</t>
         </is>
       </c>
-      <c r="G290" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H290" t="inlineStr">
         <is>
           <t>BRENT</t>
         </is>
       </c>
       <c r="I290" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="J290" t="n">
         <v>5.0</v>
       </c>
       <c r="K290" t="n">
         <v>7.0</v>
       </c>
       <c r="L290" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M290" t="n">
         <v>1.0</v>
       </c>
       <c r="N290" t="n">
         <v>43.0</v>
       </c>
       <c r="O290" t="n">
         <v>0.0</v>
       </c>
       <c r="P290" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S290" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Mineral Oil</t>
         </is>
       </c>
       <c r="T290" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U290" t="n">
-        <v>0.0014</v>
+        <v>0.00247</v>
       </c>
       <c r="V290" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X290" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z290" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>IRS/2023/3760/PON1</t>
+          <t>IRS/2023/3767/PON1</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>11 December 2023 01:13</t>
+          <t>12 December 2023 11:24</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ITHACA (NE) E&amp;P LIMITED</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ROV</t>
+          <t>Cygnus B Platform</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>BRENT</t>
+          <t>CYGNUS</t>
         </is>
       </c>
       <c r="I291" t="n">
-        <v>61.0</v>
+        <v>54.0</v>
       </c>
       <c r="J291" t="n">
-        <v>5.0</v>
+        <v>35.0</v>
       </c>
       <c r="K291" t="n">
-        <v>7.0</v>
+        <v>59.75</v>
       </c>
       <c r="L291" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M291" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N291" t="n">
-        <v>43.0</v>
+        <v>11.0</v>
       </c>
       <c r="O291" t="n">
-        <v>0.0</v>
+        <v>41.33</v>
       </c>
       <c r="P291" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q291" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="R291" t="n">
+        <v>11.0</v>
+      </c>
       <c r="S291" t="inlineStr">
         <is>
-          <t>Mineral Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T291" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.00247</v>
+          <t/>
+        </is>
       </c>
       <c r="V291" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua HT2</t>
+        </is>
+      </c>
+      <c r="W291" t="n">
+        <v>87.5</v>
       </c>
       <c r="X291" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z291" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Hydraulic Manifold/Control Panel - Piston seal failure</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>IRS/2023/3767/PON1</t>
+          <t>IRS/2023/3769/PON1</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>12 December 2023 11:24</t>
+          <t>10 December 2023 08:30</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>ITHACA (NE) E&amp;P LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>Cygnus B Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H292" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I292" t="n">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="J292" t="n">
-        <v>35.0</v>
+        <v>17.0</v>
       </c>
       <c r="K292" t="n">
-        <v>59.75</v>
+        <v>42.0</v>
       </c>
       <c r="L292" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M292" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N292" t="n">
-        <v>11.0</v>
+        <v>39.0</v>
       </c>
       <c r="O292" t="n">
-        <v>41.33</v>
+        <v>46.0</v>
       </c>
       <c r="P292" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q292" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S292" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T292" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U292" t="n">
+        <v>0.001</v>
       </c>
       <c r="V292" t="inlineStr">
         <is>
-          <t>Castrol Transaqua HT2</t>
-[...3 lines deleted...]
-        <v>87.5</v>
+          <t/>
+        </is>
       </c>
       <c r="X292" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z292" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Piston seal failure</t>
+          <t>Pipework - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>IRS/2023/3769/PON1</t>
+          <t>IRS/2023/3778/PON1</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>10 December 2023 08:30</t>
+          <t>16 December 2023 14:20</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Britannia Manifold</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H293" t="inlineStr">
+        <is>
+          <t>BRITANNIA</t>
+        </is>
+      </c>
       <c r="I293" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J293" t="n">
-        <v>17.0</v>
+        <v>4.0</v>
       </c>
       <c r="K293" t="n">
-        <v>42.0</v>
+        <v>27.3</v>
       </c>
       <c r="L293" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M293" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N293" t="n">
-        <v>39.0</v>
+        <v>53.0</v>
       </c>
       <c r="O293" t="n">
-        <v>46.0</v>
+        <v>35.72</v>
       </c>
       <c r="P293" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q293" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R293" t="n">
+        <v>30.0</v>
+      </c>
       <c r="S293" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T293" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.001</v>
+          <t/>
+        </is>
       </c>
       <c r="V293" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua SP</t>
+        </is>
+      </c>
+      <c r="W293" t="n">
+        <v>10.0</v>
       </c>
       <c r="X293" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z293" t="inlineStr">
         <is>
-          <t>Pipework - Pinhole Leak</t>
+          <t>Hydraulics - Closed System - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>IRS/2023/3778/PON1</t>
+          <t>IRS/2023/3791/PON1</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>16 December 2023 14:20</t>
+          <t>18 December 2023 13:45</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>Britannia Manifold</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H294" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I294" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J294" t="n">
-        <v>4.0</v>
+        <v>17.0</v>
       </c>
       <c r="K294" t="n">
-        <v>27.3</v>
+        <v>42.0</v>
       </c>
       <c r="L294" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M294" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N294" t="n">
-        <v>53.0</v>
+        <v>39.0</v>
       </c>
       <c r="O294" t="n">
-        <v>35.72</v>
+        <v>46.0</v>
       </c>
       <c r="P294" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q294" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S294" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T294" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U294" t="n">
+        <v>0.0012</v>
       </c>
       <c r="V294" t="inlineStr">
         <is>
-          <t>Castrol Transaqua SP</t>
-[...3 lines deleted...]
-        <v>10.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X294" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z294" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Unknown Cause</t>
+          <t>spotting unknown - spotting unknown</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>IRS/2023/3791/PON1</t>
+          <t>IRS/2023/3797/PON1</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>18 December 2023 13:45</t>
+          <t>19 December 2023 23:00</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Fulmar A Platform</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H295" t="inlineStr">
+        <is>
+          <t>FULMAR</t>
+        </is>
+      </c>
       <c r="I295" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="J295" t="n">
-        <v>17.0</v>
+        <v>29.0</v>
       </c>
       <c r="K295" t="n">
-        <v>42.0</v>
+        <v>37.1</v>
       </c>
       <c r="L295" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M295" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N295" t="n">
-        <v>39.0</v>
+        <v>9.0</v>
       </c>
       <c r="O295" t="n">
-        <v>46.0</v>
+        <v>16.67</v>
       </c>
       <c r="P295" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q295" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="R295" t="n">
+        <v>16.0</v>
+      </c>
       <c r="S295" t="inlineStr">
         <is>
           <t>Crude</t>
         </is>
       </c>
       <c r="T295" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U295" t="n">
-        <v>0.0012</v>
+        <v>1.0E-4</v>
       </c>
       <c r="V295" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X295" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z295" t="inlineStr">
-        <is>
-[...102 lines deleted...]
-      <c r="Z296" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>