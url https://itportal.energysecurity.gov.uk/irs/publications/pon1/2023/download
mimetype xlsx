--- v2 (2026-01-06)
+++ v3 (2026-01-27)
@@ -6409,51 +6409,51 @@
           <t>Oil based Mud (WARP)</t>
         </is>
       </c>
       <c r="W57" t="n">
         <v>211.61</v>
       </c>
       <c r="X57" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z57" t="inlineStr">
         <is>
           <t>shakers - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>IRS/2023/2667/PON1</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>10 April 2023 11:30</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -6473,76 +6473,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M58" t="n">
         <v>0.0</v>
       </c>
       <c r="N58" t="n">
         <v>48.0</v>
       </c>
       <c r="O58" t="n">
         <v>29.282</v>
       </c>
       <c r="P58" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q58" t="n">
         <v>21.0</v>
       </c>
       <c r="R58" t="n">
         <v>25.0</v>
       </c>
       <c r="S58" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T58" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U58" t="n">
+        <v>0.02138752</v>
       </c>
       <c r="V58" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X58" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z58" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>IRS/2023/2675/PON1</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>12 April 2023 19:48</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">