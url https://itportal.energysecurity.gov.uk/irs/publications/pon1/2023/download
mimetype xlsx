--- v3 (2026-01-27)
+++ v4 (2026-02-17)
@@ -7121,51 +7121,51 @@
       </c>
       <c r="V64" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z64" t="inlineStr">
         <is>
           <t>Turbines, Pumps, etc. - Pump change out</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>IRS/2023/2702/PON1</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>20 April 2023 16:00</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Anglia A Platform</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -7190,76 +7190,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M65" t="n">
         <v>1.0</v>
       </c>
       <c r="N65" t="n">
         <v>39.0</v>
       </c>
       <c r="O65" t="n">
         <v>11.2</v>
       </c>
       <c r="P65" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q65" t="n">
         <v>48.0</v>
       </c>
       <c r="R65" t="n">
         <v>18.0</v>
       </c>
       <c r="S65" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T65" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U65" t="n">
+        <v>2.475E-4</v>
       </c>
       <c r="V65" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X65" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z65" t="inlineStr">
         <is>
-          <t/>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>IRS/2023/2705/PON1</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>21 April 2023 05:22</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
@@ -24481,51 +24479,51 @@
       </c>
       <c r="V232" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X232" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z232" t="inlineStr">
         <is>
           <t>Subsea Intervention Work - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>IRS/2023/3352/PON1</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>25 September 2023 08:30</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED, COSL DRILLING EUROPE AS</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>COSLPioneer</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -24560,66 +24558,64 @@
         <v>38.5</v>
       </c>
       <c r="P233" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q233" t="n">
         <v>13.0</v>
       </c>
       <c r="R233" t="n">
         <v>22.0</v>
       </c>
       <c r="S233" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T233" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V233" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW443ND</t>
+        </is>
+      </c>
+      <c r="W233" t="n">
+        <v>43.0</v>
       </c>
       <c r="X233" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z233" t="inlineStr">
         <is>
-          <t/>
+          <t>Bop (Topsides) - Hydraulic System</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>IRS/2023/3357/PON1</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>27 September 2023 14:30</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">