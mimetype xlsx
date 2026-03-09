--- v4 (2026-02-17)
+++ v5 (2026-03-09)
@@ -19020,51 +19020,51 @@
       </c>
       <c r="Z179" t="inlineStr">
         <is>
           <t>Well - Small Subsea Release From Well</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>IRS/2023/3139/PON1</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>30 July 2023 09:30</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>Oil release, Chemical release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>Alba Northern Platform</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H180" t="inlineStr">
         <is>
           <t>ALBA</t>
         </is>
       </c>
       <c r="I180" t="n">
         <v>58.0</v>
       </c>
@@ -19126,51 +19126,51 @@
       </c>
       <c r="Z180" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>IRS/2023/3139/PON1</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>30 July 2023 09:30</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>Oil release, Chemical release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>Alba Northern Platform</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H181" t="inlineStr">
         <is>
           <t>ALBA</t>
         </is>
       </c>
       <c r="I181" t="n">
         <v>58.0</v>
       </c>
@@ -20129,55 +20129,55 @@
         <v>55.999</v>
       </c>
       <c r="P190" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q190" t="n">
         <v>48.0</v>
       </c>
       <c r="R190" t="n">
         <v>19.0</v>
       </c>
       <c r="S190" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T190" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V190" t="inlineStr">
         <is>
-          <t>MONOETHYLENE GLYCOL (MEG) (ALL DILUTIONS)</t>
+          <t>CORR22617A</t>
         </is>
       </c>
       <c r="W190" t="n">
-        <v>964010.0</v>
+        <v>1969.0</v>
       </c>
       <c r="X190" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y190" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z190" t="inlineStr">
         <is>
           <t>Subsea Pipelines - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>IRS/2023/3183/PON1</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
@@ -20238,55 +20238,55 @@
         <v>55.999</v>
       </c>
       <c r="P191" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q191" t="n">
         <v>48.0</v>
       </c>
       <c r="R191" t="n">
         <v>19.0</v>
       </c>
       <c r="S191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V191" t="inlineStr">
         <is>
-          <t>CORR22617A</t>
+          <t>MONOETHYLENE GLYCOL (MEG) (ALL DILUTIONS)</t>
         </is>
       </c>
       <c r="W191" t="n">
-        <v>1969.0</v>
+        <v>964010.0</v>
       </c>
       <c r="X191" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Y191" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z191" t="inlineStr">
         <is>
           <t>Subsea Pipelines - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>IRS/2023/3186/PON1</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
@@ -24269,51 +24269,51 @@
           <t>Erifon HD603HP (No Dye)</t>
         </is>
       </c>
       <c r="W230" t="n">
         <v>3.8</v>
       </c>
       <c r="X230" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z230" t="inlineStr">
         <is>
           <t>Bop (Subsea) - Auto Shear Trigger Valve</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>IRS/2023/3341/PON1</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>22 September 2023 17:20</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED, NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -24348,66 +24348,69 @@
         <v>3.83</v>
       </c>
       <c r="P231" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q231" t="n">
         <v>15.0</v>
       </c>
       <c r="R231" t="n">
         <v>17.0</v>
       </c>
       <c r="S231" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T231" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V231" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>OSW85797</t>
+        </is>
+      </c>
+      <c r="W231" t="n">
+        <v>7425.0</v>
       </c>
       <c r="X231" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y231" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z231" t="inlineStr">
         <is>
-          <t/>
+          <t>Storage Tanks, etc. - chemical reaction</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>IRS/2023/3350/PON1</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>24 September 2023 17:31</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">