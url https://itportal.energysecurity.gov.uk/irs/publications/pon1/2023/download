--- v5 (2026-03-09)
+++ v6 (2026-03-30)
@@ -2868,51 +2868,51 @@
       </c>
       <c r="V23" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X23" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z23" t="inlineStr">
         <is>
           <t>Pipework - damaged pipeline</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>IRS/2023/2419/PON1</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>28 January 2019 16:10</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cormorant A Platform</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -2947,66 +2947,64 @@
         <v>42.0</v>
       </c>
       <c r="P24" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q24" t="n">
         <v>211.0</v>
       </c>
       <c r="R24" t="n">
         <v>26.0</v>
       </c>
       <c r="S24" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T24" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V24" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Brayco Micronic SV/3</t>
+        </is>
+      </c>
+      <c r="W24" t="n">
+        <v>7292.897</v>
       </c>
       <c r="X24" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z24" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - SCM Failure (Otherwise Unspecified)</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>IRS/2023/2428/PON1</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>12 February 2023 09:42</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
@@ -13183,55 +13181,55 @@
         <v>47.1</v>
       </c>
       <c r="P123" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q123" t="n">
         <v>211.0</v>
       </c>
       <c r="R123" t="n">
         <v>18.0</v>
       </c>
       <c r="S123" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T123" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V123" t="inlineStr">
         <is>
-          <t>POWERVIS</t>
+          <t>DEFOAM PLUS NS</t>
         </is>
       </c>
       <c r="W123" t="n">
-        <v>0.6421</v>
+        <v>0.07132</v>
       </c>
       <c r="X123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z123" t="inlineStr">
         <is>
           <t>Drains - Water Based Chemicals</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>IRS/2023/2890/PON1</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
@@ -13287,55 +13285,55 @@
         <v>47.1</v>
       </c>
       <c r="P124" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q124" t="n">
         <v>211.0</v>
       </c>
       <c r="R124" t="n">
         <v>18.0</v>
       </c>
       <c r="S124" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T124" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V124" t="inlineStr">
         <is>
-          <t>M-I PAC (All Grades)</t>
+          <t>POWERVIS</t>
         </is>
       </c>
       <c r="W124" t="n">
-        <v>0.3925</v>
+        <v>0.6421</v>
       </c>
       <c r="X124" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z124" t="inlineStr">
         <is>
           <t>Drains - Water Based Chemicals</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>IRS/2023/2890/PON1</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
@@ -13391,55 +13389,55 @@
         <v>47.1</v>
       </c>
       <c r="P125" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q125" t="n">
         <v>211.0</v>
       </c>
       <c r="R125" t="n">
         <v>18.0</v>
       </c>
       <c r="S125" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T125" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V125" t="inlineStr">
         <is>
-          <t>SODIUM BICARBONATE</t>
+          <t>M-I PAC (All Grades)</t>
         </is>
       </c>
       <c r="W125" t="n">
-        <v>0.5705</v>
+        <v>0.3925</v>
       </c>
       <c r="X125" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z125" t="inlineStr">
         <is>
           <t>Drains - Water Based Chemicals</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>IRS/2023/2890/PON1</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
@@ -13495,55 +13493,55 @@
         <v>47.1</v>
       </c>
       <c r="P126" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q126" t="n">
         <v>211.0</v>
       </c>
       <c r="R126" t="n">
         <v>18.0</v>
       </c>
       <c r="S126" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T126" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V126" t="inlineStr">
         <is>
-          <t>MB-5111</t>
+          <t>SODIUM BICARBONATE</t>
         </is>
       </c>
       <c r="W126" t="n">
-        <v>0.04279</v>
+        <v>0.5705</v>
       </c>
       <c r="X126" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z126" t="inlineStr">
         <is>
           <t>Drains - Water Based Chemicals</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>IRS/2023/2890/PON1</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
@@ -13599,55 +13597,55 @@
         <v>47.1</v>
       </c>
       <c r="P127" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q127" t="n">
         <v>211.0</v>
       </c>
       <c r="R127" t="n">
         <v>18.0</v>
       </c>
       <c r="S127" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T127" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V127" t="inlineStr">
         <is>
-          <t>SAFE-SURF* EU</t>
+          <t>MB-5111</t>
         </is>
       </c>
       <c r="W127" t="n">
-        <v>0.1997</v>
+        <v>0.04279</v>
       </c>
       <c r="X127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z127" t="inlineStr">
         <is>
           <t>Drains - Water Based Chemicals</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>IRS/2023/2890/PON1</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
@@ -13703,55 +13701,55 @@
         <v>47.1</v>
       </c>
       <c r="P128" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q128" t="n">
         <v>211.0</v>
       </c>
       <c r="R128" t="n">
         <v>18.0</v>
       </c>
       <c r="S128" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T128" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V128" t="inlineStr">
         <is>
-          <t>M-I WATE (All Grades)</t>
+          <t>SAFE-SURF* EU</t>
         </is>
       </c>
       <c r="W128" t="n">
-        <v>42.28</v>
+        <v>0.1997</v>
       </c>
       <c r="X128" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z128" t="inlineStr">
         <is>
           <t>Drains - Water Based Chemicals</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>IRS/2023/2890/PON1</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
@@ -13807,55 +13805,55 @@
         <v>47.1</v>
       </c>
       <c r="P129" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q129" t="n">
         <v>211.0</v>
       </c>
       <c r="R129" t="n">
         <v>18.0</v>
       </c>
       <c r="S129" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T129" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V129" t="inlineStr">
         <is>
-          <t>DEFOAM PLUS NS</t>
+          <t>M-I WATE (All Grades)</t>
         </is>
       </c>
       <c r="W129" t="n">
-        <v>0.07132</v>
+        <v>42.28</v>
       </c>
       <c r="X129" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z129" t="inlineStr">
         <is>
           <t>Drains - Water Based Chemicals</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>IRS/2023/2898/PON1</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
@@ -19010,51 +19008,51 @@
       </c>
       <c r="V179" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X179" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z179" t="inlineStr">
         <is>
           <t>Well - Small Subsea Release From Well</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>IRS/2023/3139/PON1</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>30 July 2023 09:30</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>Alba Northern Platform</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -19089,78 +19087,76 @@
         <v>51.75</v>
       </c>
       <c r="P180" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q180" t="n">
         <v>16.0</v>
       </c>
       <c r="R180" t="n">
         <v>26.0</v>
       </c>
       <c r="S180" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T180" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V180" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Halliburton XP-07</t>
+        </is>
+      </c>
+      <c r="W180" t="n">
+        <v>1.383</v>
       </c>
       <c r="X180" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z180" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>IRS/2023/3139/PON1</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>30 July 2023 09:30</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>Alba Northern Platform</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -19195,66 +19191,64 @@
         <v>51.75</v>
       </c>
       <c r="P181" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q181" t="n">
         <v>16.0</v>
       </c>
       <c r="R181" t="n">
         <v>26.0</v>
       </c>
       <c r="S181" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T181" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V181" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CALCIUM CHLORIDE BRINE</t>
+        </is>
+      </c>
+      <c r="W181" t="n">
+        <v>164726.0</v>
       </c>
       <c r="X181" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z181" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>IRS/2023/3140/PON1</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>04 August 2023 15:00</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
@@ -19341,51 +19335,51 @@
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>IRS/2023/3142/PON1</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>05 August 2023 09:00</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY NEDERLAND B.V.</t>
+          <t>LASMO NEDERLAND B.V.</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>Grove Wellhead Platform</t>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H183" t="inlineStr">
         <is>
           <t>MARKHAM</t>
         </is>
       </c>
       <c r="I183" t="n">
         <v>53.0</v>
       </c>
       <c r="J183" t="n">
         <v>43.0</v>
       </c>
       <c r="K183" t="n">
         <v>0.0</v>