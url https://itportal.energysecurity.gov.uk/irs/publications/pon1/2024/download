--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -14471,51 +14471,51 @@
       </c>
       <c r="V134" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z134" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>IRS/2024/4371/PON1</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>14 April 2024 13:30</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -14540,76 +14540,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M135" t="n">
         <v>1.0</v>
       </c>
       <c r="N135" t="n">
         <v>46.0</v>
       </c>
       <c r="O135" t="n">
         <v>40.0</v>
       </c>
       <c r="P135" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q135" t="n">
         <v>13.0</v>
       </c>
       <c r="R135" t="n">
         <v>22.0</v>
       </c>
       <c r="S135" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T135" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U135" t="n">
+        <v>1.92E-5</v>
       </c>
       <c r="V135" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X135" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z135" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>IRS/2024/4378/PON1</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>23 April 2024 07:29</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
@@ -18923,51 +18921,51 @@
       </c>
       <c r="V177" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X177" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z177" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>IRS/2024/4532/PON1</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>28 May 2024 01:00</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>Oil release, Chemical release</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -18992,76 +18990,77 @@
           <t>North</t>
         </is>
       </c>
       <c r="M178" t="n">
         <v>1.0</v>
       </c>
       <c r="N178" t="n">
         <v>42.0</v>
       </c>
       <c r="O178" t="n">
         <v>23.0</v>
       </c>
       <c r="P178" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q178" t="n">
         <v>13.0</v>
       </c>
       <c r="R178" t="n">
         <v>22.0</v>
       </c>
       <c r="S178" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T178" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U178" t="n">
+        <v>0.0041783</v>
       </c>
       <c r="V178" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CRW85826</t>
+        </is>
+      </c>
+      <c r="W178" t="n">
+        <v>0.0028</v>
       </c>
       <c r="X178" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z178" t="inlineStr">
         <is>
-          <t/>
+          <t>Wellhead - Wellhead</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>IRS/2024/4537/PON1</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>28 May 2024 14:50</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
@@ -42738,145 +42737,143 @@
       </c>
       <c r="X408" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y408" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z408" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
           <t>IRS/2024/5341/PON1</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
           <t>21 November 2024 12:00</t>
         </is>
       </c>
       <c r="D409" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E409" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G409" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H409" t="inlineStr">
         <is>
-          <t>etap</t>
+          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="I409" t="n">
         <v>57.0</v>
       </c>
       <c r="J409" t="n">
         <v>17.0</v>
       </c>
       <c r="K409" t="n">
         <v>42.0</v>
       </c>
       <c r="L409" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M409" t="n">
         <v>1.0</v>
       </c>
       <c r="N409" t="n">
         <v>39.0</v>
       </c>
       <c r="O409" t="n">
         <v>46.0</v>
       </c>
       <c r="P409" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q409" t="n">
         <v>23.0</v>
       </c>
       <c r="R409" t="n">
         <v>26.0</v>
       </c>
       <c r="S409" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T409" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V409" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW443ND</t>
+        </is>
+      </c>
+      <c r="W409" t="n">
+        <v>1502.14</v>
       </c>
       <c r="X409" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z409" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Open System - actuator</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
           <t>IRS/2024/5343/PON1</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
           <t>21 November 2024 14:00</t>
         </is>
       </c>
       <c r="D410" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E410" t="inlineStr">
@@ -46241,51 +46238,51 @@
       </c>
       <c r="X442" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y442" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z442" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
           <t>IRS/2024/5555/PON1</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
           <t>24 December 2024 14:15</t>
         </is>
       </c>
       <c r="D443" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E443" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
           <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G443" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -46310,76 +46307,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M443" t="n">
         <v>1.0</v>
       </c>
       <c r="N443" t="n">
         <v>44.0</v>
       </c>
       <c r="O443" t="n">
         <v>35.0</v>
       </c>
       <c r="P443" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q443" t="n">
         <v>13.0</v>
       </c>
       <c r="R443" t="n">
         <v>22.0</v>
       </c>
       <c r="S443" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T443" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U443" t="n">
+        <v>0.03</v>
       </c>
       <c r="V443" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X443" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z443" t="inlineStr">
         <is>
-          <t/>
+          <t>Bunkering Hose - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
           <t>IRS/2024/5556/PON1</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
           <t>24 December 2024 21:45</t>
         </is>
       </c>
       <c r="D444" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E444" t="inlineStr">