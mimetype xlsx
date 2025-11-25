--- v1 (2025-10-27)
+++ v2 (2025-11-25)
@@ -1318,51 +1318,51 @@
       </c>
       <c r="X8" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y8" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z8" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>IRS/2024/3891/PON1</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>11 January 2024 10:30</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -1387,76 +1387,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M9" t="n">
         <v>1.0</v>
       </c>
       <c r="N9" t="n">
         <v>3.0</v>
       </c>
       <c r="O9" t="n">
         <v>19.323</v>
       </c>
       <c r="P9" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q9" t="n">
         <v>9.0</v>
       </c>
       <c r="R9" t="n">
         <v>11.0</v>
       </c>
       <c r="S9" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T9" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U9" t="n">
+        <v>1.76</v>
       </c>
       <c r="V9" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X9" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z9" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>IRS/2024/3892/PON1</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>06 January 2024 13:00</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
@@ -6185,51 +6183,51 @@
       </c>
       <c r="V55" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z55" t="inlineStr">
         <is>
           <t>Turbines, Pumps, etc. - Pump Failure</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>IRS/2024/4069/PON1</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>16 February 2024 21:20</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -6264,78 +6262,81 @@
         <v>42.29</v>
       </c>
       <c r="P56" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q56" t="n">
         <v>110.0</v>
       </c>
       <c r="R56" t="n">
         <v>13.0</v>
       </c>
       <c r="S56" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T56" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V56" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Ethylene Glycol (MEG)</t>
+        </is>
+      </c>
+      <c r="W56" t="n">
+        <v>1223.0</v>
       </c>
       <c r="X56" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y56" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z56" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>IRS/2024/4069/PON1</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>16 February 2024 21:20</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -6370,78 +6371,81 @@
         <v>42.29</v>
       </c>
       <c r="P57" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q57" t="n">
         <v>110.0</v>
       </c>
       <c r="R57" t="n">
         <v>13.0</v>
       </c>
       <c r="S57" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T57" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V57" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CAUSTIC SODA (Sodium Hydroxide)</t>
+        </is>
+      </c>
+      <c r="W57" t="n">
+        <v>78.0</v>
       </c>
       <c r="X57" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y57" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z57" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>IRS/2024/4069/PON1</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>16 February 2024 21:20</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -6476,66 +6480,69 @@
         <v>42.29</v>
       </c>
       <c r="P58" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q58" t="n">
         <v>110.0</v>
       </c>
       <c r="R58" t="n">
         <v>13.0</v>
       </c>
       <c r="S58" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T58" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V58" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Versalis e®-cori 373 R</t>
+        </is>
+      </c>
+      <c r="W58" t="n">
+        <v>52.0</v>
       </c>
       <c r="X58" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y58" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z58" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>IRS/2024/4082/PON1</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>18 February 2024 14:06</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
@@ -39608,51 +39615,51 @@
           <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
         </is>
       </c>
       <c r="W378" t="n">
         <v>0.2</v>
       </c>
       <c r="X378" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z378" t="inlineStr">
         <is>
           <t>Hose (Topsides, Not Bunkering) - Hose Parted from Coupling / Break Away Coupling</t>
         </is>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
           <t>IRS/2024/5211/PON1</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
           <t>28 October 2024 14:50</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
           <t>Oil release, Chemical release</t>
         </is>
       </c>
       <c r="E379" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
           <t>Douglas DA Platform</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -39677,76 +39684,77 @@
           <t>North</t>
         </is>
       </c>
       <c r="M379" t="n">
         <v>3.0</v>
       </c>
       <c r="N379" t="n">
         <v>34.0</v>
       </c>
       <c r="O379" t="n">
         <v>42.29</v>
       </c>
       <c r="P379" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q379" t="n">
         <v>110.0</v>
       </c>
       <c r="R379" t="n">
         <v>13.0</v>
       </c>
       <c r="S379" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T379" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U379" t="n">
+        <v>0.2108</v>
       </c>
       <c r="V379" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RO IM B232</t>
+        </is>
+      </c>
+      <c r="W379" t="n">
+        <v>0.054</v>
       </c>
       <c r="X379" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z379" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
           <t>IRS/2024/5249/PON1</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
           <t>13 August 2024 15:00</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E380" t="inlineStr">