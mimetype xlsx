--- v2 (2025-11-25)
+++ v3 (2026-01-06)
@@ -41388,51 +41388,51 @@
       </c>
       <c r="X395" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y395" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z395" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
           <t>IRS/2024/5271/PON1</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
           <t>08 November 2024 11:20</t>
         </is>
       </c>
       <c r="D396" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E396" t="inlineStr">
         <is>
           <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
           <t>BW Catcher</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -41457,76 +41457,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M396" t="n">
         <v>0.0</v>
       </c>
       <c r="N396" t="n">
         <v>42.0</v>
       </c>
       <c r="O396" t="n">
         <v>47.0</v>
       </c>
       <c r="P396" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q396" t="n">
         <v>28.0</v>
       </c>
       <c r="R396" t="n">
         <v>9.0</v>
       </c>
       <c r="S396" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T396" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U396" t="n">
+        <v>1.593E-4</v>
       </c>
       <c r="V396" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X396" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z396" t="inlineStr">
         <is>
-          <t/>
+          <t>Cranes - Hydraulic System</t>
         </is>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
           <t>IRS/2024/5282/PON1</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
           <t>08 July 2024 09:00</t>
         </is>
       </c>
       <c r="D397" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E397" t="inlineStr">
@@ -41910,51 +41908,51 @@
           <t>MEG-WATER 50-50</t>
         </is>
       </c>
       <c r="W400" t="n">
         <v>181.54</v>
       </c>
       <c r="X400" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z400" t="inlineStr">
         <is>
           <t>Subsea Intervention Work - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
           <t>IRS/2024/5305/PON1</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
           <t>14 November 2024 14:25</t>
         </is>
       </c>
       <c r="D401" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E401" t="inlineStr">
         <is>
           <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
           <t>BW Catcher</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -41979,76 +41977,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M401" t="n">
         <v>0.0</v>
       </c>
       <c r="N401" t="n">
         <v>42.0</v>
       </c>
       <c r="O401" t="n">
         <v>47.0</v>
       </c>
       <c r="P401" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q401" t="n">
         <v>28.0</v>
       </c>
       <c r="R401" t="n">
         <v>9.0</v>
       </c>
       <c r="S401" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T401" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U401" t="n">
+        <v>0.001075275</v>
       </c>
       <c r="V401" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X401" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z401" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
           <t>IRS/2024/5309/PON1</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
           <t>15 November 2024 09:55</t>
         </is>
       </c>
       <c r="D402" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E402" t="inlineStr">
@@ -47390,51 +47386,51 @@
           <t>EDC 95-11</t>
         </is>
       </c>
       <c r="W453" t="n">
         <v>0.57213</v>
       </c>
       <c r="X453" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z453" t="inlineStr">
         <is>
           <t>Storage (Tanks, etc.) - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
           <t>IRS/2024/5576/PON1</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
           <t>28 December 2024 13:40</t>
         </is>
       </c>
       <c r="D454" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E454" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
           <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G454" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -47459,76 +47455,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M454" t="n">
         <v>3.0</v>
       </c>
       <c r="N454" t="n">
         <v>34.0</v>
       </c>
       <c r="O454" t="n">
         <v>42.29</v>
       </c>
       <c r="P454" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q454" t="n">
         <v>110.0</v>
       </c>
       <c r="R454" t="n">
         <v>13.0</v>
       </c>
       <c r="S454" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T454" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U454" t="n">
+        <v>0.42183</v>
       </c>
       <c r="V454" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X454" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z454" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - caisson</t>
         </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
           <t>IRS/2024/5580/PON1</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
           <t>29 December 2024 12:02</t>
         </is>
       </c>
       <c r="D455" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E455" t="inlineStr">