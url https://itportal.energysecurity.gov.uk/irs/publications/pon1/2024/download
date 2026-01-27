--- v3 (2026-01-06)
+++ v4 (2026-01-27)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z457"/>
+  <dimension ref="A2:Z456"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5869,51 +5869,51 @@
       </c>
       <c r="V52" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X52" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z52" t="inlineStr">
         <is>
           <t>Hose (Topsides, Not Bunkering) - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>IRS/2024/4061/PON1</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>15 February 2024 10:30</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>Culzean Wellhead Platform</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -5938,76 +5938,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M53" t="n">
         <v>1.0</v>
       </c>
       <c r="N53" t="n">
         <v>54.0</v>
       </c>
       <c r="O53" t="n">
         <v>41.0</v>
       </c>
       <c r="P53" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q53" t="n">
         <v>22.0</v>
       </c>
       <c r="R53" t="n">
         <v>25.0</v>
       </c>
       <c r="S53" t="inlineStr">
         <is>
-          <t/>
+          <t>Mineral Oil</t>
         </is>
       </c>
       <c r="T53" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U53" t="n">
+        <v>8.4075E-5</v>
       </c>
       <c r="V53" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X53" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z53" t="inlineStr">
         <is>
-          <t/>
+          <t>Jacket Pile Grippers - Release intermittently</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>IRS/2024/4062/PON1</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>15 February 2024 12:00</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
@@ -20993,55 +20991,55 @@
         <v>17.33</v>
       </c>
       <c r="P197" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q197" t="n">
         <v>15.0</v>
       </c>
       <c r="R197" t="n">
         <v>22.0</v>
       </c>
       <c r="S197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V197" t="inlineStr">
         <is>
-          <t>Sodium Hypochlorite 14-16%</t>
+          <t>Ammonium Bisulphite 65%</t>
         </is>
       </c>
       <c r="W197" t="n">
-        <v>0.43</v>
+        <v>2.26</v>
       </c>
       <c r="X197" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z197" t="inlineStr">
         <is>
           <t>Entrained Chemicals - Water Injection - Leak</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>IRS/2024/4609/PON1</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
@@ -21201,55 +21199,55 @@
         <v>17.33</v>
       </c>
       <c r="P199" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q199" t="n">
         <v>15.0</v>
       </c>
       <c r="R199" t="n">
         <v>22.0</v>
       </c>
       <c r="S199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V199" t="inlineStr">
         <is>
-          <t>Ammonium Bisulphite 65%</t>
+          <t>Sodium Hypochlorite 14-16%</t>
         </is>
       </c>
       <c r="W199" t="n">
-        <v>2.26</v>
+        <v>0.43</v>
       </c>
       <c r="X199" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z199" t="inlineStr">
         <is>
           <t>Entrained Chemicals - Water Injection - Leak</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>IRS/2024/4609/PON1</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
@@ -24223,51 +24221,51 @@
           <t>BIOTREAT Sodium Hypochlorite</t>
         </is>
       </c>
       <c r="W228" t="n">
         <v>1.0</v>
       </c>
       <c r="X228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z228" t="inlineStr">
         <is>
           <t>Drainage Systems - 	BIOTREAT Sodium Hypochlorite</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>IRS/2024/4724/PON1</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>13 July 2024 16:45</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
           <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -24297,66 +24295,64 @@
         <v>29.0</v>
       </c>
       <c r="P229" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q229" t="n">
         <v>21.0</v>
       </c>
       <c r="R229" t="n">
         <v>25.0</v>
       </c>
       <c r="S229" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T229" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V229" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Corrtreat 705</t>
+        </is>
+      </c>
+      <c r="W229" t="n">
+        <v>10.0</v>
       </c>
       <c r="X229" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z229" t="inlineStr">
         <is>
-          <t/>
+          <t>Spill - Knocked Over / Dropped</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>IRS/2024/4725/PON1</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>13 July 2024 17:26</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
@@ -24715,55 +24711,55 @@
         <v>22.53</v>
       </c>
       <c r="P233" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q233" t="n">
         <v>2.0</v>
       </c>
       <c r="R233" t="n">
         <v>5.0</v>
       </c>
       <c r="S233" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T233" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V233" t="inlineStr">
         <is>
-          <t>DEFOAM PLUS NS</t>
+          <t>SODIUM BICARBONATE</t>
         </is>
       </c>
       <c r="W233" t="n">
-        <v>0.11</v>
+        <v>0.453</v>
       </c>
       <c r="X233" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z233" t="inlineStr">
         <is>
           <t>Shakers - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>IRS/2024/4728/PON1</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
@@ -24819,55 +24815,55 @@
         <v>22.53</v>
       </c>
       <c r="P234" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q234" t="n">
         <v>2.0</v>
       </c>
       <c r="R234" t="n">
         <v>5.0</v>
       </c>
       <c r="S234" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T234" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V234" t="inlineStr">
         <is>
-          <t>SODIUM BICARBONATE</t>
+          <t>POWERVIS</t>
         </is>
       </c>
       <c r="W234" t="n">
-        <v>0.453</v>
+        <v>0.23</v>
       </c>
       <c r="X234" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z234" t="inlineStr">
         <is>
           <t>Shakers - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>IRS/2024/4728/PON1</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
@@ -24923,55 +24919,55 @@
         <v>22.53</v>
       </c>
       <c r="P235" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q235" t="n">
         <v>2.0</v>
       </c>
       <c r="R235" t="n">
         <v>5.0</v>
       </c>
       <c r="S235" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T235" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V235" t="inlineStr">
         <is>
-          <t>POWERVIS</t>
+          <t>Nuosept®78</t>
         </is>
       </c>
       <c r="W235" t="n">
-        <v>0.23</v>
+        <v>0.03</v>
       </c>
       <c r="X235" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z235" t="inlineStr">
         <is>
           <t>Shakers - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>IRS/2024/4728/PON1</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
@@ -25027,55 +25023,55 @@
         <v>22.53</v>
       </c>
       <c r="P236" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q236" t="n">
         <v>2.0</v>
       </c>
       <c r="R236" t="n">
         <v>5.0</v>
       </c>
       <c r="S236" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T236" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V236" t="inlineStr">
         <is>
-          <t>Nuosept®78</t>
+          <t>SAFE-SURF* EU</t>
         </is>
       </c>
       <c r="W236" t="n">
-        <v>0.03</v>
+        <v>0.035</v>
       </c>
       <c r="X236" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z236" t="inlineStr">
         <is>
           <t>Shakers - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>IRS/2024/4728/PON1</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
@@ -25131,55 +25127,55 @@
         <v>22.53</v>
       </c>
       <c r="P237" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q237" t="n">
         <v>2.0</v>
       </c>
       <c r="R237" t="n">
         <v>5.0</v>
       </c>
       <c r="S237" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T237" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V237" t="inlineStr">
         <is>
-          <t>SAFE-SURF* EU</t>
+          <t>M-I PAC (All Grades)</t>
         </is>
       </c>
       <c r="W237" t="n">
-        <v>0.035</v>
+        <v>0.11</v>
       </c>
       <c r="X237" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z237" t="inlineStr">
         <is>
           <t>Shakers - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>IRS/2024/4728/PON1</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
@@ -25235,51 +25231,51 @@
         <v>22.53</v>
       </c>
       <c r="P238" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q238" t="n">
         <v>2.0</v>
       </c>
       <c r="R238" t="n">
         <v>5.0</v>
       </c>
       <c r="S238" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T238" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V238" t="inlineStr">
         <is>
-          <t>M-I PAC (All Grades)</t>
+          <t>DEFOAM PLUS NS</t>
         </is>
       </c>
       <c r="W238" t="n">
         <v>0.11</v>
       </c>
       <c r="X238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z238" t="inlineStr">
         <is>
           <t>Shakers - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>IRS/2024/4731/PON1</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -25468,51 +25464,51 @@
       </c>
       <c r="V240" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z240" t="inlineStr">
         <is>
           <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>IRS/2024/4735/PON1</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>14 July 2024 14:45</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
           <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25547,66 +25543,64 @@
         <v>29.0</v>
       </c>
       <c r="P241" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q241" t="n">
         <v>21.0</v>
       </c>
       <c r="R241" t="n">
         <v>25.0</v>
       </c>
       <c r="S241" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T241" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V241" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Brayco Micronic SV/3</t>
+        </is>
+      </c>
+      <c r="W241" t="n">
+        <v>1.0</v>
       </c>
       <c r="X241" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z241" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>IRS/2024/4736/PON1</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>15 July 2024 09:45</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
@@ -29868,55 +29862,55 @@
         <v>19.323</v>
       </c>
       <c r="P283" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q283" t="n">
         <v>9.0</v>
       </c>
       <c r="R283" t="n">
         <v>11.0</v>
       </c>
       <c r="S283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V283" t="inlineStr">
         <is>
-          <t>TRUVIS</t>
+          <t>EDC 95-11</t>
         </is>
       </c>
       <c r="W283" t="n">
-        <v>0.02</v>
+        <v>3.0</v>
       </c>
       <c r="X283" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z283" t="inlineStr">
         <is>
           <t>Bursting Disc/PSV - System Overpressured</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>IRS/2024/4829/PON1</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
@@ -29967,55 +29961,55 @@
         <v>19.323</v>
       </c>
       <c r="P284" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q284" t="n">
         <v>9.0</v>
       </c>
       <c r="R284" t="n">
         <v>11.0</v>
       </c>
       <c r="S284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V284" t="inlineStr">
         <is>
-          <t>EDC 95-11</t>
+          <t>TRUVIS</t>
         </is>
       </c>
       <c r="W284" t="n">
-        <v>3.0</v>
+        <v>0.02</v>
       </c>
       <c r="X284" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z284" t="inlineStr">
         <is>
           <t>Bursting Disc/PSV - System Overpressured</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>IRS/2024/4829/PON1</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
@@ -37777,51 +37771,51 @@
       </c>
       <c r="V360" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X360" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z360" t="inlineStr">
         <is>
           <t>Turbines, Pumps, etc. - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
           <t>IRS/2024/5133/PON1</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
           <t>08 October 2024 14:15</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E361" t="inlineStr">
         <is>
           <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
           <t>Catcher DC1</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -37856,66 +37850,64 @@
         <v>22.0</v>
       </c>
       <c r="P361" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q361" t="n">
         <v>28.0</v>
       </c>
       <c r="R361" t="n">
         <v>9.0</v>
       </c>
       <c r="S361" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T361" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V361" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW443 R</t>
+        </is>
+      </c>
+      <c r="W361" t="n">
+        <v>10.0</v>
       </c>
       <c r="X361" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z361" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Open System - Fittings / Connections</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
           <t>IRS/2024/5140/PON1</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
           <t>10 October 2024 16:30</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E362" t="inlineStr">
@@ -38809,952 +38801,956 @@
           <t/>
         </is>
       </c>
       <c r="V370" t="inlineStr">
         <is>
           <t>TRIETHYLENE GLYCOL (TEG)</t>
         </is>
       </c>
       <c r="W370" t="n">
         <v>200.0</v>
       </c>
       <c r="X370" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z370" t="inlineStr">
         <is>
           <t>Bursting Disc/PSV - Failed during de-isolation of pump, possible damage to BD during maintenance scope</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>IRS/2024/5173/PON1</t>
+          <t>IRS/2024/5177/PON1</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>12 September 2024 12:00</t>
+          <t>19 October 2024 11:30</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E371" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>CNOOC UK LIMITED</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>Beryl A Platform</t>
+          <t>Buzzard Utilities Platform</t>
         </is>
       </c>
       <c r="G371" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H371" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I371" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J371" t="n">
-        <v>25.0</v>
+        <v>48.0</v>
       </c>
       <c r="K371" t="n">
-        <v>56.6</v>
+        <v>48.674</v>
       </c>
       <c r="L371" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M371" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N371" t="n">
-        <v>40.0</v>
+        <v>58.0</v>
       </c>
       <c r="O371" t="n">
-        <v>50.0</v>
+        <v>33.55</v>
       </c>
       <c r="P371" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q371" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="R371" t="n">
+        <v>6.0</v>
       </c>
       <c r="S371" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T371" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U371" t="n">
+        <v>0.00168</v>
       </c>
       <c r="V371" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X371" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z371" t="inlineStr">
         <is>
-          <t/>
+          <t>Lifeboats - Diesel System</t>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>IRS/2024/5177/PON1</t>
+          <t>IRS/2024/5179/PON1</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>19 October 2024 11:30</t>
+          <t>19 October 2024 17:03</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E372" t="inlineStr">
         <is>
-          <t>CNOOC UK LIMITED</t>
+          <t>SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>Buzzard Utilities Platform</t>
+          <t>Bruce D Platform</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I372" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J372" t="n">
-        <v>48.0</v>
+        <v>44.0</v>
       </c>
       <c r="K372" t="n">
-        <v>48.674</v>
+        <v>34.0</v>
       </c>
       <c r="L372" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M372" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N372" t="n">
-        <v>58.0</v>
+        <v>40.0</v>
       </c>
       <c r="O372" t="n">
-        <v>33.55</v>
+        <v>22.0</v>
       </c>
       <c r="P372" t="inlineStr">
         <is>
-          <t>West</t>
-[...6 lines deleted...]
-        <v>6.0</v>
+          <t>East</t>
+        </is>
       </c>
       <c r="S372" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T372" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U372" t="n">
-        <v>0.00168</v>
+        <v>0.0016416</v>
       </c>
       <c r="V372" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X372" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z372" t="inlineStr">
         <is>
-          <t>Lifeboats - Diesel System</t>
+          <t>Turbines, Pumps, etc. - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>IRS/2024/5179/PON1</t>
+          <t>IRS/2024/5182/PON1</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>19 October 2024 17:03</t>
+          <t>20 October 2024 15:45</t>
         </is>
       </c>
       <c r="D373" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E373" t="inlineStr">
         <is>
-          <t>SERICA ENERGY (UK) LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>Bruce D Platform</t>
+          <t>Alba FSU</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H373" t="inlineStr">
+        <is>
+          <t>ALBA</t>
+        </is>
+      </c>
       <c r="I373" t="n">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="J373" t="n">
-        <v>44.0</v>
+        <v>2.0</v>
       </c>
       <c r="K373" t="n">
-        <v>34.0</v>
+        <v>54.0</v>
       </c>
       <c r="L373" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M373" t="n">
         <v>1.0</v>
       </c>
       <c r="N373" t="n">
-        <v>40.0</v>
+        <v>2.0</v>
       </c>
       <c r="O373" t="n">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
       <c r="P373" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q373" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="R373" t="n">
+        <v>26.0</v>
+      </c>
       <c r="S373" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T373" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U373" t="n">
-        <v>0.0016416</v>
+        <v>4.3E-6</v>
       </c>
       <c r="V373" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X373" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z373" t="inlineStr">
         <is>
-          <t>Turbines, Pumps, etc. - Seal Failure</t>
+          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>IRS/2024/5182/PON1</t>
+          <t>IRS/2024/5186/PON1</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>20 October 2024 15:45</t>
+          <t>21 October 2024 01:15</t>
         </is>
       </c>
       <c r="D374" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E374" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>Alba FSU</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="G374" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H374" t="inlineStr">
         <is>
-          <t>ALBA</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I374" t="n">
         <v>58.0</v>
       </c>
       <c r="J374" t="n">
         <v>2.0</v>
       </c>
       <c r="K374" t="n">
-        <v>54.0</v>
+        <v>55.13</v>
       </c>
       <c r="L374" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M374" t="n">
         <v>1.0</v>
       </c>
       <c r="N374" t="n">
-        <v>2.0</v>
+        <v>8.0</v>
       </c>
       <c r="O374" t="n">
-        <v>3.0</v>
+        <v>19.54</v>
       </c>
       <c r="P374" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q374" t="n">
         <v>16.0</v>
       </c>
       <c r="R374" t="n">
         <v>26.0</v>
       </c>
       <c r="S374" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T374" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U374" t="n">
-        <v>4.3E-6</v>
+        <v>0.2</v>
       </c>
       <c r="V374" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X374" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z374" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
+          <t>Diesel Systems - Failure Of Equipment</t>
         </is>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>IRS/2024/5186/PON1</t>
+          <t>IRS/2024/5196/PON1</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>21 October 2024 01:15</t>
+          <t>23 October 2024 05:40</t>
         </is>
       </c>
       <c r="D375" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E375" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Gannet E Subsea Manifold</t>
         </is>
       </c>
       <c r="G375" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Pipeline</t>
         </is>
       </c>
       <c r="H375" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>GANNET E</t>
         </is>
       </c>
       <c r="I375" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J375" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="K375" t="n">
-        <v>55.13</v>
+        <v>25.341</v>
       </c>
       <c r="L375" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M375" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N375" t="n">
-        <v>8.0</v>
+        <v>50.0</v>
       </c>
       <c r="O375" t="n">
-        <v>19.54</v>
+        <v>56.678</v>
       </c>
       <c r="P375" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q375" t="n">
-        <v>16.0</v>
+        <v>21.0</v>
       </c>
       <c r="R375" t="n">
-        <v>26.0</v>
+        <v>30.0</v>
       </c>
       <c r="S375" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T375" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U375" t="n">
-        <v>0.2</v>
+        <v>8.82E-5</v>
       </c>
       <c r="V375" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X375" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z375" t="inlineStr">
         <is>
-          <t>Diesel Systems - Failure Of Equipment</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>IRS/2024/5196/PON1</t>
+          <t>IRS/2024/5198/PON1</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>23 October 2024 05:40</t>
+          <t>24 October 2024 13:30</t>
         </is>
       </c>
       <c r="D376" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E376" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>Gannet E Subsea Manifold</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
-          <t>Pipeline</t>
-[...4 lines deleted...]
-          <t>GANNET E</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I376" t="n">
         <v>57.0</v>
       </c>
       <c r="J376" t="n">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
       <c r="K376" t="n">
-        <v>25.341</v>
+        <v>42.0</v>
       </c>
       <c r="L376" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M376" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N376" t="n">
-        <v>50.0</v>
+        <v>39.0</v>
       </c>
       <c r="O376" t="n">
-        <v>56.678</v>
+        <v>46.0</v>
       </c>
       <c r="P376" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q376" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S376" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T376" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>8.82E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V376" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>MEG/Water Mixes</t>
+        </is>
+      </c>
+      <c r="W376" t="n">
+        <v>42.0</v>
       </c>
       <c r="X376" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z376" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Subsea Intervention Work - leak test during commissioning</t>
         </is>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>IRS/2024/5198/PON1</t>
+          <t>IRS/2024/5204/PON1</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>24 October 2024 13:30</t>
+          <t>27 October 2024 08:30</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E377" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H377" t="inlineStr">
+        <is>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+        </is>
+      </c>
       <c r="I377" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J377" t="n">
-        <v>17.0</v>
+        <v>41.0</v>
       </c>
       <c r="K377" t="n">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
       <c r="L377" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M377" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N377" t="n">
-        <v>39.0</v>
+        <v>32.0</v>
       </c>
       <c r="O377" t="n">
-        <v>46.0</v>
+        <v>40.0</v>
       </c>
       <c r="P377" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q377" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R377" t="n">
+        <v>8.0</v>
       </c>
       <c r="S377" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T377" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V377" t="inlineStr">
         <is>
-          <t>MEG/Water Mixes</t>
+          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
         </is>
       </c>
       <c r="W377" t="n">
-        <v>42.0</v>
+        <v>0.2</v>
       </c>
       <c r="X377" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z377" t="inlineStr">
         <is>
-          <t>Subsea Intervention Work - leak test during commissioning</t>
+          <t>Hose (Topsides, Not Bunkering) - Hose Parted from Coupling / Break Away Coupling</t>
         </is>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>IRS/2024/5204/PON1</t>
+          <t>IRS/2024/5211/PON1</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>27 October 2024 08:30</t>
+          <t>28 October 2024 14:50</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release, Chemical release</t>
         </is>
       </c>
       <c r="E378" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Douglas DA Platform</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H378" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>Liverpool Bay</t>
         </is>
       </c>
       <c r="I378" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J378" t="n">
-        <v>41.0</v>
+        <v>32.0</v>
       </c>
       <c r="K378" t="n">
-        <v>30.0</v>
+        <v>13.91</v>
       </c>
       <c r="L378" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M378" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N378" t="n">
-        <v>32.0</v>
+        <v>34.0</v>
       </c>
       <c r="O378" t="n">
-        <v>40.0</v>
+        <v>42.29</v>
       </c>
       <c r="P378" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q378" t="n">
-        <v>206.0</v>
+        <v>110.0</v>
       </c>
       <c r="R378" t="n">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
       <c r="S378" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T378" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U378" t="n">
+        <v>0.2108</v>
       </c>
       <c r="V378" t="inlineStr">
         <is>
-          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
+          <t>RO IM B232</t>
         </is>
       </c>
       <c r="W378" t="n">
-        <v>0.2</v>
+        <v>0.054</v>
       </c>
       <c r="X378" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z378" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Hose Parted from Coupling / Break Away Coupling</t>
+          <t>Diesel Systems - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>IRS/2024/5211/PON1</t>
+          <t>IRS/2024/5249/PON1</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>28 October 2024 14:50</t>
+          <t>13 August 2024 15:00</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
-          <t>Oil release, Chemical release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E379" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>Douglas DA Platform</t>
+          <t>Alba Sadie 2 WI Manifold</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H379" t="inlineStr">
         <is>
-          <t>Liverpool Bay</t>
+          <t>ALBA</t>
         </is>
       </c>
       <c r="I379" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J379" t="n">
-        <v>32.0</v>
+        <v>0.0</v>
       </c>
       <c r="K379" t="n">
-        <v>13.91</v>
+        <v>52.9971</v>
       </c>
       <c r="L379" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M379" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N379" t="n">
-        <v>34.0</v>
+        <v>7.0</v>
       </c>
       <c r="O379" t="n">
-        <v>42.29</v>
+        <v>58.4699</v>
       </c>
       <c r="P379" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q379" t="n">
-        <v>110.0</v>
+        <v>16.0</v>
       </c>
       <c r="R379" t="n">
-        <v>13.0</v>
+        <v>26.0</v>
       </c>
       <c r="S379" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T379" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.2108</v>
+          <t/>
+        </is>
       </c>
       <c r="V379" t="inlineStr">
         <is>
-          <t>RO IM B232</t>
+          <t>XC85293A</t>
         </is>
       </c>
       <c r="W379" t="n">
-        <v>0.054</v>
+        <v>2800.0</v>
       </c>
       <c r="X379" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z379" t="inlineStr">
         <is>
-          <t>Diesel Systems - Over Filled</t>
+          <t>Subsea Water Injection - subsea water injection tree spool</t>
         </is>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
           <t>IRS/2024/5249/PON1</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
           <t>13 August 2024 15:00</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E380" t="inlineStr">
@@ -39801,55 +39797,55 @@
         <v>58.4699</v>
       </c>
       <c r="P380" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q380" t="n">
         <v>16.0</v>
       </c>
       <c r="R380" t="n">
         <v>26.0</v>
       </c>
       <c r="S380" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T380" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V380" t="inlineStr">
         <is>
-          <t>XC85293A</t>
+          <t>OSW80490</t>
         </is>
       </c>
       <c r="W380" t="n">
-        <v>2800.0</v>
+        <v>7790.0</v>
       </c>
       <c r="X380" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z380" t="inlineStr">
         <is>
           <t>Subsea Water Injection - subsea water injection tree spool</t>
         </is>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
           <t>IRS/2024/5249/PON1</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
@@ -39905,376 +39901,376 @@
         <v>58.4699</v>
       </c>
       <c r="P381" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q381" t="n">
         <v>16.0</v>
       </c>
       <c r="R381" t="n">
         <v>26.0</v>
       </c>
       <c r="S381" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T381" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V381" t="inlineStr">
         <is>
-          <t>OSW80490</t>
+          <t>DFW80521</t>
         </is>
       </c>
       <c r="W381" t="n">
-        <v>7790.0</v>
+        <v>580.0</v>
       </c>
       <c r="X381" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z381" t="inlineStr">
         <is>
           <t>Subsea Water Injection - subsea water injection tree spool</t>
         </is>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>IRS/2024/5249/PON1</t>
+          <t>IRS/2024/5252/PON1</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>13 August 2024 15:00</t>
+          <t>04 November 2024 09:00</t>
         </is>
       </c>
       <c r="D382" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E382" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>Alba Sadie 2 WI Manifold</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H382" t="inlineStr">
         <is>
-          <t>ALBA</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I382" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J382" t="n">
-        <v>0.0</v>
+        <v>44.0</v>
       </c>
       <c r="K382" t="n">
-        <v>52.9971</v>
+        <v>10.0</v>
       </c>
       <c r="L382" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M382" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N382" t="n">
-        <v>7.0</v>
+        <v>29.0</v>
       </c>
       <c r="O382" t="n">
-        <v>58.4699</v>
+        <v>39.0</v>
       </c>
       <c r="P382" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q382" t="n">
-        <v>16.0</v>
+        <v>206.0</v>
       </c>
       <c r="R382" t="n">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
       <c r="S382" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T382" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U382" t="n">
+        <v>1.478E-5</v>
       </c>
       <c r="V382" t="inlineStr">
         <is>
-          <t>DFW80521</t>
-[...3 lines deleted...]
-        <v>580.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X382" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z382" t="inlineStr">
         <is>
-          <t>Subsea Water Injection - subsea water injection tree spool</t>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>IRS/2024/5252/PON1</t>
+          <t>IRS/2024/5254/PON1</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>04 November 2024 09:00</t>
+          <t>04 November 2024 18:04</t>
         </is>
       </c>
       <c r="D383" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E383" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G383" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H383" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I383" t="n">
         <v>60.0</v>
       </c>
       <c r="J383" t="n">
-        <v>44.0</v>
+        <v>51.0</v>
       </c>
       <c r="K383" t="n">
-        <v>10.0</v>
+        <v>24.42</v>
       </c>
       <c r="L383" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M383" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N383" t="n">
-        <v>29.0</v>
+        <v>28.0</v>
       </c>
       <c r="O383" t="n">
-        <v>39.0</v>
+        <v>8.73</v>
       </c>
       <c r="P383" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q383" t="n">
-        <v>206.0</v>
+        <v>3.0</v>
       </c>
       <c r="R383" t="n">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="S383" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T383" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.478E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V383" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW540 E</t>
+        </is>
+      </c>
+      <c r="W383" t="n">
+        <v>1940.0</v>
       </c>
       <c r="X383" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z383" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Hydraulics - Open System - Fittings / Connections</t>
         </is>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>IRS/2024/5254/PON1</t>
+          <t>IRS/2024/5258/PON1</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>04 November 2024 18:04</t>
+          <t>05 November 2024 05:00</t>
         </is>
       </c>
       <c r="D384" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E384" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="G384" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H384" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I384" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J384" t="n">
-        <v>51.0</v>
+        <v>2.0</v>
       </c>
       <c r="K384" t="n">
-        <v>24.42</v>
+        <v>55.13</v>
       </c>
       <c r="L384" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M384" t="n">
         <v>1.0</v>
       </c>
       <c r="N384" t="n">
-        <v>28.0</v>
+        <v>8.0</v>
       </c>
       <c r="O384" t="n">
-        <v>8.73</v>
+        <v>19.54</v>
       </c>
       <c r="P384" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q384" t="n">
-        <v>3.0</v>
+        <v>16.0</v>
       </c>
       <c r="R384" t="n">
-        <v>3.0</v>
+        <v>26.0</v>
       </c>
       <c r="S384" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T384" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V384" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
+          <t>BIOC41000A</t>
         </is>
       </c>
       <c r="W384" t="n">
-        <v>1940.0</v>
+        <v>7.552</v>
       </c>
       <c r="X384" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z384" t="inlineStr">
         <is>
-          <t>Hydraulics - Open System - Fittings / Connections</t>
+          <t>Vacuum Breaker - Faulty Vacuum Breaker</t>
         </is>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
           <t>IRS/2024/5258/PON1</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
           <t>05 November 2024 05:00</t>
         </is>
       </c>
       <c r="D385" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E385" t="inlineStr">
@@ -40321,168 +40317,168 @@
         <v>19.54</v>
       </c>
       <c r="P385" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q385" t="n">
         <v>16.0</v>
       </c>
       <c r="R385" t="n">
         <v>26.0</v>
       </c>
       <c r="S385" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T385" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V385" t="inlineStr">
         <is>
-          <t>BIOC41000A</t>
+          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
         </is>
       </c>
       <c r="W385" t="n">
-        <v>7.552</v>
+        <v>0.0034</v>
       </c>
       <c r="X385" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z385" t="inlineStr">
         <is>
           <t>Vacuum Breaker - Faulty Vacuum Breaker</t>
         </is>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>IRS/2024/5258/PON1</t>
+          <t>IRS/2024/5263/PON1</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>05 November 2024 05:00</t>
+          <t>05 November 2024 10:33</t>
         </is>
       </c>
       <c r="D386" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E386" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Ensco 120</t>
         </is>
       </c>
       <c r="G386" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H386" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="I386" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J386" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K386" t="n">
         <v>58.0</v>
       </c>
-      <c r="J386" t="n">
+      <c r="L386" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M386" t="n">
         <v>2.0</v>
       </c>
-      <c r="K386" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N386" t="n">
-        <v>8.0</v>
+        <v>20.0</v>
       </c>
       <c r="O386" t="n">
-        <v>19.54</v>
+        <v>20.0</v>
       </c>
       <c r="P386" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q386" t="n">
-        <v>16.0</v>
+        <v>30.0</v>
       </c>
       <c r="R386" t="n">
-        <v>26.0</v>
+        <v>7.0</v>
       </c>
       <c r="S386" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T386" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V386" t="inlineStr">
         <is>
-          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
+          <t>VERSATROL M</t>
         </is>
       </c>
       <c r="W386" t="n">
-        <v>0.0034</v>
+        <v>0.001</v>
       </c>
       <c r="X386" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z386" t="inlineStr">
         <is>
-          <t>Vacuum Breaker - Faulty Vacuum Breaker</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
           <t>IRS/2024/5263/PON1</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
           <t>05 November 2024 10:33</t>
         </is>
       </c>
       <c r="D387" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E387" t="inlineStr">
@@ -40529,51 +40525,51 @@
         <v>20.0</v>
       </c>
       <c r="P387" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q387" t="n">
         <v>30.0</v>
       </c>
       <c r="R387" t="n">
         <v>7.0</v>
       </c>
       <c r="S387" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T387" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V387" t="inlineStr">
         <is>
-          <t>VERSATROL M</t>
+          <t>VERSAGEL HT</t>
         </is>
       </c>
       <c r="W387" t="n">
         <v>0.001</v>
       </c>
       <c r="X387" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z387" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
           <t>IRS/2024/5263/PON1</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -40633,51 +40629,51 @@
         <v>20.0</v>
       </c>
       <c r="P388" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q388" t="n">
         <v>30.0</v>
       </c>
       <c r="R388" t="n">
         <v>7.0</v>
       </c>
       <c r="S388" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T388" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V388" t="inlineStr">
         <is>
-          <t>VERSAGEL HT</t>
+          <t>LIME</t>
         </is>
       </c>
       <c r="W388" t="n">
         <v>0.001</v>
       </c>
       <c r="X388" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z388" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
           <t>IRS/2024/5263/PON1</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -40737,55 +40733,55 @@
         <v>20.0</v>
       </c>
       <c r="P389" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q389" t="n">
         <v>30.0</v>
       </c>
       <c r="R389" t="n">
         <v>7.0</v>
       </c>
       <c r="S389" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T389" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V389" t="inlineStr">
         <is>
-          <t>LIME</t>
+          <t>RHEMUL</t>
         </is>
       </c>
       <c r="W389" t="n">
-        <v>0.001</v>
+        <v>0.003</v>
       </c>
       <c r="X389" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z389" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
           <t>IRS/2024/5263/PON1</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
@@ -40841,55 +40837,55 @@
         <v>20.0</v>
       </c>
       <c r="P390" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q390" t="n">
         <v>30.0</v>
       </c>
       <c r="R390" t="n">
         <v>7.0</v>
       </c>
       <c r="S390" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T390" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V390" t="inlineStr">
         <is>
-          <t>RHEMUL</t>
+          <t>VERSACLEAN CBE</t>
         </is>
       </c>
       <c r="W390" t="n">
-        <v>0.003</v>
+        <v>0.004</v>
       </c>
       <c r="X390" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z390" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
           <t>IRS/2024/5263/PON1</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
@@ -40945,55 +40941,55 @@
         <v>20.0</v>
       </c>
       <c r="P391" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q391" t="n">
         <v>30.0</v>
       </c>
       <c r="R391" t="n">
         <v>7.0</v>
       </c>
       <c r="S391" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T391" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V391" t="inlineStr">
         <is>
-          <t>VERSACLEAN CBE</t>
+          <t>CALCIUM CHLORIDE BRINE</t>
         </is>
       </c>
       <c r="W391" t="n">
-        <v>0.004</v>
+        <v>0.19</v>
       </c>
       <c r="X391" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z391" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
           <t>IRS/2024/5263/PON1</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
@@ -41049,55 +41045,55 @@
         <v>20.0</v>
       </c>
       <c r="P392" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q392" t="n">
         <v>30.0</v>
       </c>
       <c r="R392" t="n">
         <v>7.0</v>
       </c>
       <c r="S392" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T392" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V392" t="inlineStr">
         <is>
-          <t>CALCIUM CHLORIDE BRINE</t>
+          <t>BARITE</t>
         </is>
       </c>
       <c r="W392" t="n">
-        <v>0.19</v>
+        <v>0.27</v>
       </c>
       <c r="X392" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z392" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
           <t>IRS/2024/5263/PON1</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
@@ -41153,1101 +41149,1103 @@
         <v>20.0</v>
       </c>
       <c r="P393" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q393" t="n">
         <v>30.0</v>
       </c>
       <c r="R393" t="n">
         <v>7.0</v>
       </c>
       <c r="S393" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T393" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V393" t="inlineStr">
         <is>
-          <t>BARITE</t>
+          <t>Saraline 185V</t>
         </is>
       </c>
       <c r="W393" t="n">
-        <v>0.27</v>
+        <v>0.53</v>
       </c>
       <c r="X393" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z393" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>IRS/2024/5263/PON1</t>
+          <t>IRS/2024/5270/PON1</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>05 November 2024 10:33</t>
+          <t>05 November 2024 09:50</t>
         </is>
       </c>
       <c r="D394" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E394" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>Ensco 120</t>
+          <t>Beryl A Platform</t>
         </is>
       </c>
       <c r="G394" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H394" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I394" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="J394" t="n">
-        <v>41.0</v>
+        <v>32.0</v>
       </c>
       <c r="K394" t="n">
-        <v>58.0</v>
+        <v>44.0</v>
       </c>
       <c r="L394" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M394" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N394" t="n">
-        <v>20.0</v>
+        <v>32.0</v>
       </c>
       <c r="O394" t="n">
-        <v>20.0</v>
+        <v>16.0</v>
       </c>
       <c r="P394" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q394" t="n">
-        <v>30.0</v>
+        <v>9.0</v>
       </c>
       <c r="R394" t="n">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
       <c r="S394" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T394" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V394" t="inlineStr">
         <is>
-          <t>Saraline 185V</t>
-[...3 lines deleted...]
-        <v>0.53</v>
+          <t/>
+        </is>
       </c>
       <c r="X394" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y394" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z394" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>IRS/2024/5270/PON1</t>
+          <t>IRS/2024/5271/PON1</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>05 November 2024 09:50</t>
+          <t>08 November 2024 11:20</t>
         </is>
       </c>
       <c r="D395" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E395" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>Beryl A Platform</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="G395" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H395" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="I395" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="J395" t="n">
-        <v>32.0</v>
+        <v>46.0</v>
       </c>
       <c r="K395" t="n">
-        <v>44.0</v>
+        <v>12.0</v>
       </c>
       <c r="L395" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M395" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N395" t="n">
-        <v>32.0</v>
+        <v>42.0</v>
       </c>
       <c r="O395" t="n">
-        <v>16.0</v>
+        <v>47.0</v>
       </c>
       <c r="P395" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q395" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="R395" t="n">
         <v>9.0</v>
       </c>
-      <c r="R395" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="S395" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T395" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U395" t="n">
+        <v>1.593E-4</v>
       </c>
       <c r="V395" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X395" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z395" t="inlineStr">
         <is>
-          <t/>
+          <t>Cranes - Hydraulic System</t>
         </is>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>IRS/2024/5271/PON1</t>
+          <t>IRS/2024/5282/PON1</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>08 November 2024 11:20</t>
+          <t>08 July 2024 09:00</t>
         </is>
       </c>
       <c r="D396" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E396" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Beryl A Platform</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H396" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I396" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="J396" t="n">
-        <v>46.0</v>
+        <v>32.0</v>
       </c>
       <c r="K396" t="n">
-        <v>12.0</v>
+        <v>44.0</v>
       </c>
       <c r="L396" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M396" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N396" t="n">
-        <v>42.0</v>
+        <v>32.0</v>
       </c>
       <c r="O396" t="n">
-        <v>47.0</v>
+        <v>16.0</v>
       </c>
       <c r="P396" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q396" t="n">
-        <v>28.0</v>
+        <v>9.0</v>
       </c>
       <c r="R396" t="n">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
       <c r="S396" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T396" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U396" t="n">
-        <v>1.593E-4</v>
+        <v>0.0142</v>
       </c>
       <c r="V396" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X396" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z396" t="inlineStr">
         <is>
-          <t>Cranes - Hydraulic System</t>
+          <t>ballast system - legs</t>
         </is>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>IRS/2024/5282/PON1</t>
+          <t>IRS/2024/5288/PON1</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>08 July 2024 09:00</t>
+          <t>10 November 2024 04:39</t>
         </is>
       </c>
       <c r="D397" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E397" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>Beryl A Platform</t>
+          <t>Penguins R B Manifold Towhead</t>
         </is>
       </c>
       <c r="G397" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H397" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>Penguin</t>
         </is>
       </c>
       <c r="I397" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="J397" t="n">
-        <v>32.0</v>
+        <v>34.0</v>
       </c>
       <c r="K397" t="n">
-        <v>44.0</v>
+        <v>59.27</v>
       </c>
       <c r="L397" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M397" t="n">
         <v>1.0</v>
       </c>
       <c r="N397" t="n">
         <v>32.0</v>
       </c>
       <c r="O397" t="n">
-        <v>16.0</v>
+        <v>47.71</v>
       </c>
       <c r="P397" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q397" t="n">
-        <v>9.0</v>
+        <v>211.0</v>
       </c>
       <c r="R397" t="n">
         <v>13.0</v>
       </c>
       <c r="S397" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T397" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U397" t="n">
-        <v>0.0142</v>
+        <v>0.00135</v>
       </c>
       <c r="V397" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X397" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z397" t="inlineStr">
         <is>
-          <t>ballast system - legs</t>
+          <t>Subsea Intervention Work - Pressure testing of new connections</t>
         </is>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>IRS/2024/5288/PON1</t>
+          <t>IRS/2024/5289/PON1</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>10 November 2024 04:39</t>
+          <t>11 November 2024 11:51</t>
         </is>
       </c>
       <c r="D398" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E398" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
           <t>Penguins R B Manifold Towhead</t>
         </is>
       </c>
       <c r="G398" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H398" t="inlineStr">
         <is>
-          <t>Penguin</t>
+          <t>Penguins</t>
         </is>
       </c>
       <c r="I398" t="n">
         <v>61.0</v>
       </c>
       <c r="J398" t="n">
         <v>34.0</v>
       </c>
       <c r="K398" t="n">
         <v>59.27</v>
       </c>
       <c r="L398" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M398" t="n">
         <v>1.0</v>
       </c>
       <c r="N398" t="n">
         <v>32.0</v>
       </c>
       <c r="O398" t="n">
         <v>47.71</v>
       </c>
       <c r="P398" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q398" t="n">
         <v>211.0</v>
       </c>
       <c r="R398" t="n">
         <v>13.0</v>
       </c>
       <c r="S398" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T398" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U398" t="n">
-        <v>0.00135</v>
+        <v>0.06</v>
       </c>
       <c r="V398" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X398" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z398" t="inlineStr">
         <is>
-          <t>Subsea Intervention Work - Pressure testing of new connections</t>
+          <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>IRS/2024/5289/PON1</t>
+          <t>IRS/2024/5298/PON1</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>11 November 2024 11:51</t>
+          <t>13 November 2024 03:30</t>
         </is>
       </c>
       <c r="D399" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E399" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>Penguins R B Manifold Towhead</t>
+          <t>Penguins FPSO</t>
         </is>
       </c>
       <c r="G399" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H399" t="inlineStr">
         <is>
           <t>Penguins</t>
         </is>
       </c>
       <c r="I399" t="n">
         <v>61.0</v>
       </c>
       <c r="J399" t="n">
         <v>34.0</v>
       </c>
       <c r="K399" t="n">
         <v>59.27</v>
       </c>
       <c r="L399" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M399" t="n">
         <v>1.0</v>
       </c>
       <c r="N399" t="n">
         <v>32.0</v>
       </c>
       <c r="O399" t="n">
         <v>47.71</v>
       </c>
       <c r="P399" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q399" t="n">
         <v>211.0</v>
       </c>
       <c r="R399" t="n">
         <v>13.0</v>
       </c>
       <c r="S399" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T399" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.06</v>
+          <t/>
+        </is>
       </c>
       <c r="V399" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>MEG-WATER 50-50</t>
+        </is>
+      </c>
+      <c r="W399" t="n">
+        <v>181.54</v>
       </c>
       <c r="X399" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z399" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Fitting / Connections</t>
+          <t>Subsea Intervention Work - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>IRS/2024/5298/PON1</t>
+          <t>IRS/2024/5305/PON1</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>13 November 2024 03:30</t>
+          <t>14 November 2024 14:25</t>
         </is>
       </c>
       <c r="D400" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E400" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>Penguins FPSO</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="G400" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H400" t="inlineStr">
         <is>
-          <t>Penguins</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="I400" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="J400" t="n">
-        <v>34.0</v>
+        <v>46.0</v>
       </c>
       <c r="K400" t="n">
-        <v>59.27</v>
+        <v>12.0</v>
       </c>
       <c r="L400" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M400" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N400" t="n">
-        <v>32.0</v>
+        <v>42.0</v>
       </c>
       <c r="O400" t="n">
-        <v>47.71</v>
+        <v>47.0</v>
       </c>
       <c r="P400" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q400" t="n">
-        <v>211.0</v>
+        <v>28.0</v>
       </c>
       <c r="R400" t="n">
-        <v>13.0</v>
+        <v>9.0</v>
       </c>
       <c r="S400" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T400" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U400" t="n">
+        <v>0.001075275</v>
       </c>
       <c r="V400" t="inlineStr">
         <is>
-          <t>MEG-WATER 50-50</t>
-[...3 lines deleted...]
-        <v>181.54</v>
+          <t/>
+        </is>
       </c>
       <c r="X400" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z400" t="inlineStr">
         <is>
-          <t>Subsea Intervention Work - Release During Operation</t>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>IRS/2024/5305/PON1</t>
+          <t>IRS/2024/5309/PON1</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>14 November 2024 14:25</t>
+          <t>15 November 2024 09:55</t>
         </is>
       </c>
       <c r="D401" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E401" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G401" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H401" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I401" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="J401" t="n">
-        <v>46.0</v>
+        <v>1.0</v>
       </c>
       <c r="K401" t="n">
-        <v>12.0</v>
+        <v>53.0</v>
       </c>
       <c r="L401" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M401" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N401" t="n">
-        <v>42.0</v>
+        <v>57.0</v>
       </c>
       <c r="O401" t="n">
-        <v>47.0</v>
+        <v>19.0</v>
       </c>
       <c r="P401" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q401" t="n">
-        <v>28.0</v>
+        <v>22.0</v>
       </c>
       <c r="R401" t="n">
-        <v>9.0</v>
+        <v>30.0</v>
       </c>
       <c r="S401" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T401" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U401" t="n">
-        <v>0.001075275</v>
+        <v>2.61E-4</v>
       </c>
       <c r="V401" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X401" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z401" t="inlineStr">
         <is>
           <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>IRS/2024/5309/PON1</t>
+          <t>IRS/2024/5311/PON1</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>15 November 2024 09:55</t>
+          <t>09 November 2024 09:30</t>
         </is>
       </c>
       <c r="D402" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E402" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>subsea control system</t>
         </is>
       </c>
       <c r="G402" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H402" t="inlineStr">
+        <is>
+          <t>22/30b</t>
         </is>
       </c>
       <c r="I402" t="n">
         <v>57.0</v>
       </c>
       <c r="J402" t="n">
         <v>1.0</v>
       </c>
       <c r="K402" t="n">
-        <v>53.0</v>
+        <v>56.454</v>
       </c>
       <c r="L402" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M402" t="n">
         <v>1.0</v>
       </c>
       <c r="N402" t="n">
         <v>57.0</v>
       </c>
       <c r="O402" t="n">
-        <v>19.0</v>
+        <v>18.512</v>
       </c>
       <c r="P402" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q402" t="n">
         <v>22.0</v>
       </c>
       <c r="R402" t="n">
         <v>30.0</v>
       </c>
       <c r="S402" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T402" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.61E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V402" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua HT2</t>
+        </is>
+      </c>
+      <c r="W402" t="n">
+        <v>24.19</v>
       </c>
       <c r="X402" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z402" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Hoses (Subsea) - Hydraulic Hose</t>
         </is>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>IRS/2024/5311/PON1</t>
+          <t>IRS/2024/5325/PON1</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>09 November 2024 09:30</t>
+          <t>18 November 2024 01:00</t>
         </is>
       </c>
       <c r="D403" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E403" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>subsea control system</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H403" t="inlineStr">
         <is>
-          <t>22/30b</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="I403" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="J403" t="n">
-        <v>1.0</v>
+        <v>41.0</v>
       </c>
       <c r="K403" t="n">
-        <v>56.454</v>
+        <v>48.3</v>
       </c>
       <c r="L403" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M403" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N403" t="n">
-        <v>57.0</v>
+        <v>20.0</v>
       </c>
       <c r="O403" t="n">
-        <v>18.512</v>
+        <v>13.35</v>
       </c>
       <c r="P403" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q403" t="n">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
       <c r="R403" t="n">
-        <v>30.0</v>
+        <v>7.0</v>
       </c>
       <c r="S403" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T403" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V403" t="inlineStr">
         <is>
-          <t>Castrol Transaqua HT2</t>
-[...3 lines deleted...]
-        <v>24.19</v>
+          <t/>
+        </is>
       </c>
       <c r="X403" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y403" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z403" t="inlineStr">
         <is>
-          <t>Hoses (Subsea) - Hydraulic Hose</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
           <t>IRS/2024/5325/PON1</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
           <t>18 November 2024 01:00</t>
         </is>
       </c>
       <c r="D404" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E404" t="inlineStr">
@@ -42316,1692 +42314,1683 @@
       </c>
       <c r="V404" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X404" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y404" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z404" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>IRS/2024/5325/PON1</t>
+          <t>IRS/2024/5328/PON1</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>18 November 2024 01:00</t>
+          <t>09 March 2023 08:30</t>
         </is>
       </c>
       <c r="D405" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E405" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G405" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H405" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I405" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="J405" t="n">
-        <v>41.0</v>
+        <v>17.0</v>
       </c>
       <c r="K405" t="n">
-        <v>48.3</v>
+        <v>57.0</v>
       </c>
       <c r="L405" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M405" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N405" t="n">
-        <v>20.0</v>
+        <v>46.0</v>
       </c>
       <c r="O405" t="n">
-        <v>13.35</v>
+        <v>40.0</v>
       </c>
       <c r="P405" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q405" t="n">
-        <v>30.0</v>
+        <v>13.0</v>
       </c>
       <c r="R405" t="n">
-        <v>7.0</v>
+        <v>22.0</v>
       </c>
       <c r="S405" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T405" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V405" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW540 E</t>
+        </is>
+      </c>
+      <c r="W405" t="n">
+        <v>7273.0</v>
       </c>
       <c r="X405" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z405" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Open System - SCM Failure (Otherwise Unspecified)</t>
         </is>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>IRS/2024/5328/PON1</t>
+          <t>IRS/2024/5334/PON1</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>09 March 2023 08:30</t>
+          <t>19 November 2024 04:00</t>
         </is>
       </c>
       <c r="D406" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E406" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G406" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H406" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I406" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J406" t="n">
-        <v>17.0</v>
+        <v>51.0</v>
       </c>
       <c r="K406" t="n">
-        <v>57.0</v>
+        <v>24.0</v>
       </c>
       <c r="L406" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M406" t="n">
         <v>1.0</v>
       </c>
       <c r="N406" t="n">
-        <v>46.0</v>
+        <v>28.0</v>
       </c>
       <c r="O406" t="n">
-        <v>40.0</v>
+        <v>9.0</v>
       </c>
       <c r="P406" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q406" t="n">
-        <v>13.0</v>
+        <v>3.0</v>
       </c>
       <c r="R406" t="n">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
       <c r="S406" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T406" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V406" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
+          <t>Oceanic HW 443</t>
         </is>
       </c>
       <c r="W406" t="n">
-        <v>7273.0</v>
+        <v>654.84</v>
       </c>
       <c r="X406" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z406" t="inlineStr">
         <is>
           <t>Hydraulics - Open System - SCM Failure (Otherwise Unspecified)</t>
         </is>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>IRS/2024/5334/PON1</t>
+          <t>IRS/2024/5337/PON1</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>19 November 2024 04:00</t>
+          <t>19 November 2024 13:45</t>
         </is>
       </c>
       <c r="D407" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E407" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H407" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>GANNET A</t>
         </is>
       </c>
       <c r="I407" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J407" t="n">
-        <v>51.0</v>
+        <v>11.0</v>
       </c>
       <c r="K407" t="n">
-        <v>24.0</v>
+        <v>3.0</v>
       </c>
       <c r="L407" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M407" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N407" t="n">
-        <v>28.0</v>
+        <v>59.0</v>
       </c>
       <c r="O407" t="n">
-        <v>9.0</v>
+        <v>54.0</v>
       </c>
       <c r="P407" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q407" t="n">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="R407" t="n">
-        <v>3.0</v>
+        <v>25.0</v>
       </c>
       <c r="S407" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T407" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V407" t="inlineStr">
         <is>
-          <t>Oceanic HW 443</t>
-[...3 lines deleted...]
-        <v>654.84</v>
+          <t/>
+        </is>
       </c>
       <c r="X407" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y407" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z407" t="inlineStr">
         <is>
-          <t>Hydraulics - Open System - SCM Failure (Otherwise Unspecified)</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>IRS/2024/5337/PON1</t>
+          <t>IRS/2024/5341/PON1</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>19 November 2024 13:45</t>
+          <t>21 November 2024 12:00</t>
         </is>
       </c>
       <c r="D408" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E408" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>Gannet A Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G408" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H408" t="inlineStr">
         <is>
-          <t>GANNET A</t>
+          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="I408" t="n">
         <v>57.0</v>
       </c>
       <c r="J408" t="n">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
       <c r="K408" t="n">
-        <v>3.0</v>
+        <v>42.0</v>
       </c>
       <c r="L408" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M408" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N408" t="n">
-        <v>59.0</v>
+        <v>39.0</v>
       </c>
       <c r="O408" t="n">
-        <v>54.0</v>
+        <v>46.0</v>
       </c>
       <c r="P408" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q408" t="n">
-        <v>21.0</v>
+        <v>23.0</v>
       </c>
       <c r="R408" t="n">
-        <v>25.0</v>
+        <v>26.0</v>
       </c>
       <c r="S408" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T408" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V408" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW443ND</t>
+        </is>
+      </c>
+      <c r="W408" t="n">
+        <v>1502.14</v>
       </c>
       <c r="X408" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z408" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Open System - actuator</t>
         </is>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>IRS/2024/5341/PON1</t>
+          <t>IRS/2024/5343/PON1</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>21 November 2024 12:00</t>
+          <t>21 November 2024 14:00</t>
         </is>
       </c>
       <c r="D409" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E409" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Britannia</t>
         </is>
       </c>
       <c r="G409" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H409" t="inlineStr">
         <is>
-          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I409" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J409" t="n">
-        <v>17.0</v>
+        <v>2.0</v>
       </c>
       <c r="K409" t="n">
-        <v>42.0</v>
+        <v>55.13</v>
       </c>
       <c r="L409" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M409" t="n">
         <v>1.0</v>
       </c>
       <c r="N409" t="n">
-        <v>39.0</v>
+        <v>8.0</v>
       </c>
       <c r="O409" t="n">
-        <v>46.0</v>
+        <v>19.54</v>
       </c>
       <c r="P409" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q409" t="n">
-        <v>23.0</v>
+        <v>16.0</v>
       </c>
       <c r="R409" t="n">
         <v>26.0</v>
       </c>
       <c r="S409" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T409" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V409" t="inlineStr">
         <is>
-          <t>Oceanic HW443ND</t>
+          <t>Castrol Transaqua SP</t>
         </is>
       </c>
       <c r="W409" t="n">
-        <v>1502.14</v>
+        <v>50.0</v>
       </c>
       <c r="X409" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z409" t="inlineStr">
         <is>
-          <t>Hydraulics - Open System - actuator</t>
+          <t>Hydraulics - Closed System - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>IRS/2024/5343/PON1</t>
+          <t>IRS/2024/5349/PON1</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>21 November 2024 14:00</t>
+          <t>22 November 2024 11:40</t>
         </is>
       </c>
       <c r="D410" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E410" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>Britannia</t>
+          <t>Everest North Platform</t>
         </is>
       </c>
       <c r="G410" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H410" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>EVEREST</t>
         </is>
       </c>
       <c r="I410" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J410" t="n">
-        <v>2.0</v>
+        <v>45.0</v>
       </c>
       <c r="K410" t="n">
-        <v>55.13</v>
+        <v>3.0</v>
       </c>
       <c r="L410" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M410" t="n">
         <v>1.0</v>
       </c>
       <c r="N410" t="n">
-        <v>8.0</v>
+        <v>48.0</v>
       </c>
       <c r="O410" t="n">
-        <v>19.54</v>
+        <v>1.0</v>
       </c>
       <c r="P410" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q410" t="n">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
       <c r="R410" t="n">
-        <v>26.0</v>
+        <v>9.0</v>
       </c>
       <c r="S410" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T410" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V410" t="inlineStr">
         <is>
-          <t>Castrol Transaqua SP</t>
+          <t>PURECHLOR 15</t>
         </is>
       </c>
       <c r="W410" t="n">
-        <v>50.0</v>
+        <v>0.003</v>
       </c>
       <c r="X410" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z410" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Unknown Cause</t>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>IRS/2024/5349/PON1</t>
+          <t>IRS/2024/5350/PON1</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>22 November 2024 11:40</t>
+          <t>22 November 2024 16:00</t>
         </is>
       </c>
       <c r="D411" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E411" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>Everest North Platform</t>
+          <t>Ocean GreatWhite</t>
         </is>
       </c>
       <c r="G411" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H411" t="inlineStr">
         <is>
-          <t>EVEREST</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I411" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J411" t="n">
-        <v>45.0</v>
+        <v>22.0</v>
       </c>
       <c r="K411" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
       <c r="L411" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M411" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="N411" t="n">
         <v>1.0</v>
       </c>
-      <c r="N411" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O411" t="n">
-        <v>1.0</v>
+        <v>30.0</v>
       </c>
       <c r="P411" t="inlineStr">
         <is>
-          <t>East</t>
-[...6 lines deleted...]
-        <v>9.0</v>
+          <t>West</t>
+        </is>
       </c>
       <c r="S411" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T411" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V411" t="inlineStr">
         <is>
-          <t>PURECHLOR 15</t>
+          <t>Erifon HD603HP (No Dye)</t>
         </is>
       </c>
       <c r="W411" t="n">
-        <v>0.003</v>
+        <v>14.8</v>
       </c>
       <c r="X411" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z411" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Utility Chemicals) - Release From Joint</t>
+          <t>Bop (Subsea) - BOP Accumulator</t>
         </is>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>IRS/2024/5350/PON1</t>
+          <t>IRS/2024/5356/PON1</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>22 November 2024 16:00</t>
+          <t>24 November 2024 08:30</t>
         </is>
       </c>
       <c r="D412" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E412" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+          <t>ONE-DYAS UK LIMITED</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>Ocean GreatWhite</t>
+          <t>Sean PP Platform</t>
         </is>
       </c>
       <c r="G412" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H412" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>SOUTH SEAN</t>
         </is>
       </c>
       <c r="I412" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J412" t="n">
-        <v>22.0</v>
+        <v>11.0</v>
       </c>
       <c r="K412" t="n">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
       <c r="L412" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M412" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="N412" t="n">
-        <v>1.0</v>
+        <v>51.0</v>
       </c>
       <c r="O412" t="n">
-        <v>30.0</v>
+        <v>36.0</v>
       </c>
       <c r="P412" t="inlineStr">
         <is>
-          <t>West</t>
-        </is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q412" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="R412" t="n">
+        <v>25.0</v>
       </c>
       <c r="S412" t="inlineStr">
         <is>
-          <t/>
+          <t>Produced water</t>
         </is>
       </c>
       <c r="T412" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U412" t="n">
+        <v>0.15</v>
       </c>
       <c r="V412" t="inlineStr">
         <is>
-          <t>Erifon HD603HP (No Dye)</t>
-[...3 lines deleted...]
-        <v>14.8</v>
+          <t/>
+        </is>
       </c>
       <c r="X412" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z412" t="inlineStr">
         <is>
-          <t>Bop (Subsea) - BOP Accumulator</t>
+          <t>Pipework - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>IRS/2024/5356/PON1</t>
+          <t>IRS/2024/5359/PON1</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>24 November 2024 08:30</t>
+          <t>24 November 2024 13:30</t>
         </is>
       </c>
       <c r="D413" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E413" t="inlineStr">
         <is>
-          <t>ONE-DYAS UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>Sean PP Platform</t>
+          <t>Elgin Wellhead Platform A</t>
         </is>
       </c>
       <c r="G413" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H413" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I413" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J413" t="n">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="K413" t="n">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
       <c r="L413" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M413" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N413" t="n">
-        <v>51.0</v>
+        <v>50.0</v>
       </c>
       <c r="O413" t="n">
-        <v>36.0</v>
+        <v>4.0</v>
       </c>
       <c r="P413" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q413" t="n">
-        <v>49.0</v>
+        <v>20.0</v>
       </c>
       <c r="R413" t="n">
-        <v>25.0</v>
+        <v>30.0</v>
       </c>
       <c r="S413" t="inlineStr">
         <is>
-          <t>Produced water</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T413" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U413" t="n">
-        <v>0.15</v>
+        <v>7.0E-4</v>
       </c>
       <c r="V413" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X413" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z413" t="inlineStr">
         <is>
-          <t>Pipework - Release From Joint</t>
+          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>IRS/2024/5359/PON1</t>
+          <t>IRS/2024/5366/PON1</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>24 November 2024 13:30</t>
+          <t>21 November 2024 22:30</t>
         </is>
       </c>
       <c r="D414" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E414" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>NEO ENERGY NORTH SEA LIMITED, WELL-SAFE SOLUTIONS LIMITED</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>Elgin Wellhead Platform A</t>
+          <t>Well-Safe Defender</t>
         </is>
       </c>
       <c r="G414" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H414" t="inlineStr">
+        <is>
+          <t>BUCHAN</t>
         </is>
       </c>
       <c r="I414" t="n">
         <v>57.0</v>
       </c>
       <c r="J414" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="K414" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="L414" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M414" t="n">
         <v>0.0</v>
       </c>
-      <c r="K414" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N414" t="n">
-        <v>50.0</v>
+        <v>0.0</v>
       </c>
       <c r="O414" t="n">
-        <v>4.0</v>
+        <v>43.0</v>
       </c>
       <c r="P414" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q414" t="n">
         <v>20.0</v>
       </c>
       <c r="R414" t="n">
-        <v>30.0</v>
+        <v>5.0</v>
       </c>
       <c r="S414" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T414" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U414" t="n">
-        <v>7.0E-4</v>
+        <v>0.1878</v>
       </c>
       <c r="V414" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X414" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z414" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
+          <t>Subsea Intervention Work - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>IRS/2024/5366/PON1</t>
+          <t>IRS/2024/5378/PON1</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>21 November 2024 22:30</t>
+          <t>26 November 2024 15:00</t>
         </is>
       </c>
       <c r="D415" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E415" t="inlineStr">
         <is>
-          <t>NEO ENERGY NORTH SEA LIMITED, WELL-SAFE SOLUTIONS LIMITED</t>
+          <t>NEO ENERGY NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>Well-Safe Defender</t>
+          <t>Fulmar A Platform</t>
         </is>
       </c>
       <c r="G415" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H415" t="inlineStr">
         <is>
-          <t>BUCHAN</t>
+          <t>FULMAR</t>
         </is>
       </c>
       <c r="I415" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="J415" t="n">
-        <v>54.0</v>
+        <v>29.0</v>
       </c>
       <c r="K415" t="n">
-        <v>11.0</v>
+        <v>37.1</v>
       </c>
       <c r="L415" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M415" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N415" t="n">
-        <v>0.0</v>
+        <v>9.0</v>
       </c>
       <c r="O415" t="n">
-        <v>43.0</v>
+        <v>16.67</v>
       </c>
       <c r="P415" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q415" t="n">
-        <v>20.0</v>
+        <v>30.0</v>
       </c>
       <c r="R415" t="n">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
       <c r="S415" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T415" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U415" t="n">
-        <v>0.1878</v>
+        <v>9.0591E-4</v>
       </c>
       <c r="V415" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X415" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z415" t="inlineStr">
         <is>
-          <t>Subsea Intervention Work - Release During Operation</t>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>IRS/2024/5378/PON1</t>
+          <t>IRS/2024/5380/PON1</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>26 November 2024 15:00</t>
+          <t>27 November 2024 13:20</t>
         </is>
       </c>
       <c r="D416" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E416" t="inlineStr">
         <is>
-          <t>NEO ENERGY NORTH SEA LIMITED</t>
+          <t>SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>Fulmar A Platform</t>
+          <t>Bruce D Platform</t>
         </is>
       </c>
       <c r="G416" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H416" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I416" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="J416" t="n">
-        <v>29.0</v>
+        <v>44.0</v>
       </c>
       <c r="K416" t="n">
-        <v>37.1</v>
+        <v>34.0</v>
       </c>
       <c r="L416" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M416" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N416" t="n">
-        <v>9.0</v>
+        <v>40.0</v>
       </c>
       <c r="O416" t="n">
-        <v>16.67</v>
+        <v>22.0</v>
       </c>
       <c r="P416" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q416" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S416" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T416" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U416" t="n">
-        <v>9.0591E-4</v>
+        <v>0.136</v>
       </c>
       <c r="V416" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X416" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z416" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>IRS/2024/5380/PON1</t>
+          <t>IRS/2024/5388/PON1</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>27 November 2024 13:20</t>
+          <t>28 November 2024 09:30</t>
         </is>
       </c>
       <c r="D417" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E417" t="inlineStr">
         <is>
-          <t>SERICA ENERGY (UK) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>Bruce D Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G417" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H417" t="inlineStr">
+        <is>
+          <t>CLAIR</t>
+        </is>
+      </c>
       <c r="I417" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="J417" t="n">
-        <v>44.0</v>
+        <v>41.0</v>
       </c>
       <c r="K417" t="n">
-        <v>34.0</v>
+        <v>30.0</v>
       </c>
       <c r="L417" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M417" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N417" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="O417" t="n">
         <v>40.0</v>
       </c>
-      <c r="O417" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P417" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q417" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R417" t="n">
+        <v>8.0</v>
       </c>
       <c r="S417" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T417" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.136</v>
+          <t/>
+        </is>
       </c>
       <c r="V417" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
+        </is>
+      </c>
+      <c r="W417" t="n">
+        <v>0.2</v>
       </c>
       <c r="X417" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z417" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>IRS/2024/5388/PON1</t>
+          <t>IRS/2024/5389/PON1</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>28 November 2024 09:30</t>
+          <t>28 November 2024 13:45</t>
         </is>
       </c>
       <c r="D418" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E418" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Valaris Gorilla VI</t>
         </is>
       </c>
       <c r="G418" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H418" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>SEAGULL</t>
         </is>
       </c>
       <c r="I418" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J418" t="n">
-        <v>41.0</v>
+        <v>9.0</v>
       </c>
       <c r="K418" t="n">
-        <v>30.0</v>
+        <v>9.648</v>
       </c>
       <c r="L418" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M418" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N418" t="n">
-        <v>32.0</v>
+        <v>40.0</v>
       </c>
       <c r="O418" t="n">
-        <v>40.0</v>
+        <v>31.956</v>
       </c>
       <c r="P418" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q418" t="n">
-        <v>206.0</v>
+        <v>22.0</v>
       </c>
       <c r="R418" t="n">
-        <v>8.0</v>
+        <v>29.0</v>
       </c>
       <c r="S418" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T418" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U418" t="n">
+        <v>4.43E-7</v>
       </c>
       <c r="V418" t="inlineStr">
         <is>
-          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
-[...3 lines deleted...]
-        <v>0.2</v>
+          <t/>
+        </is>
       </c>
       <c r="X418" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z418" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Utility Chemicals) - Total Rupture</t>
+          <t>Bunkering Hose - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>IRS/2024/5389/PON1</t>
+          <t>IRS/2024/5401/PON1</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>28 November 2024 13:45</t>
+          <t>01 December 2024 16:00</t>
         </is>
       </c>
       <c r="D419" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E419" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>Valaris Gorilla VI</t>
+          <t>BPL</t>
         </is>
       </c>
       <c r="G419" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H419" t="inlineStr">
         <is>
-          <t>SEAGULL</t>
+          <t>BARQUE</t>
         </is>
       </c>
       <c r="I419" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J419" t="n">
-        <v>9.0</v>
+        <v>34.0</v>
       </c>
       <c r="K419" t="n">
-        <v>9.648</v>
+        <v>5.0</v>
       </c>
       <c r="L419" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M419" t="n">
         <v>1.0</v>
       </c>
       <c r="N419" t="n">
-        <v>40.0</v>
+        <v>38.0</v>
       </c>
       <c r="O419" t="n">
-        <v>31.956</v>
+        <v>1.0</v>
       </c>
       <c r="P419" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q419" t="n">
-        <v>22.0</v>
+        <v>48.0</v>
       </c>
       <c r="R419" t="n">
-        <v>29.0</v>
+        <v>13.0</v>
       </c>
       <c r="S419" t="inlineStr">
         <is>
-          <t/>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T419" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U419" t="n">
+        <v>0.0025</v>
       </c>
       <c r="V419" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X419" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z419" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>IRS/2024/5401/PON1</t>
+          <t>IRS/2024/5463/PON1</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>01 December 2024 16:00</t>
+          <t>24 July 2024 08:00</t>
         </is>
       </c>
       <c r="D420" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E420" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>BPL</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="G420" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H420" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I420" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J420" t="n">
-        <v>34.0</v>
+        <v>41.0</v>
       </c>
       <c r="K420" t="n">
-        <v>5.0</v>
+        <v>33.0</v>
       </c>
       <c r="L420" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M420" t="n">
         <v>1.0</v>
       </c>
       <c r="N420" t="n">
-        <v>38.0</v>
+        <v>16.0</v>
       </c>
       <c r="O420" t="n">
-        <v>1.0</v>
+        <v>54.0</v>
       </c>
       <c r="P420" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q420" t="n">
-        <v>48.0</v>
+        <v>16.0</v>
       </c>
       <c r="R420" t="n">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
       <c r="S420" t="inlineStr">
         <is>
-          <t>Condensate</t>
+          <t/>
         </is>
       </c>
       <c r="T420" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0025</v>
+          <t/>
+        </is>
       </c>
       <c r="V420" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>GT-7510</t>
+        </is>
+      </c>
+      <c r="W420" t="n">
+        <v>2185.0</v>
       </c>
       <c r="X420" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z420" t="inlineStr">
         <is>
-          <t>Pipework - Pinhole Leak</t>
+          <t>Cooling Medium - Pressure Relief Valve</t>
         </is>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
           <t>IRS/2024/5463/PON1</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
           <t>24 July 2024 08:00</t>
         </is>
       </c>
       <c r="D421" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E421" t="inlineStr">
@@ -44043,55 +44032,55 @@
         <v>54.0</v>
       </c>
       <c r="P421" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q421" t="n">
         <v>16.0</v>
       </c>
       <c r="R421" t="n">
         <v>7.0</v>
       </c>
       <c r="S421" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T421" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V421" t="inlineStr">
         <is>
-          <t>GT-7510</t>
+          <t>Proxel XL2</t>
         </is>
       </c>
       <c r="W421" t="n">
-        <v>2185.0</v>
+        <v>6.68</v>
       </c>
       <c r="X421" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z421" t="inlineStr">
         <is>
           <t>Cooling Medium - Pressure Relief Valve</t>
         </is>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
           <t>IRS/2024/5463/PON1</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
@@ -44142,269 +44131,274 @@
         <v>54.0</v>
       </c>
       <c r="P422" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q422" t="n">
         <v>16.0</v>
       </c>
       <c r="R422" t="n">
         <v>7.0</v>
       </c>
       <c r="S422" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T422" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V422" t="inlineStr">
         <is>
-          <t>Proxel XL2</t>
+          <t>CRW85733</t>
         </is>
       </c>
       <c r="W422" t="n">
-        <v>6.68</v>
+        <v>21.12</v>
       </c>
       <c r="X422" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z422" t="inlineStr">
         <is>
           <t>Cooling Medium - Pressure Relief Valve</t>
         </is>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>IRS/2024/5463/PON1</t>
+          <t>IRS/2024/5479/PON1</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>24 July 2024 08:00</t>
+          <t>08 December 2024 13:59</t>
         </is>
       </c>
       <c r="D423" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E423" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Douglas</t>
         </is>
       </c>
       <c r="G423" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H423" t="inlineStr">
+        <is>
+          <t>DOUGLAS</t>
+        </is>
+      </c>
       <c r="I423" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J423" t="n">
-        <v>41.0</v>
+        <v>32.0</v>
       </c>
       <c r="K423" t="n">
-        <v>33.0</v>
+        <v>13.91</v>
       </c>
       <c r="L423" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M423" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N423" t="n">
-        <v>16.0</v>
+        <v>34.0</v>
       </c>
       <c r="O423" t="n">
-        <v>54.0</v>
+        <v>42.29</v>
       </c>
       <c r="P423" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q423" t="n">
-        <v>16.0</v>
+        <v>110.0</v>
       </c>
       <c r="R423" t="n">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
       <c r="S423" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T423" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V423" t="inlineStr">
         <is>
-          <t>CRW85733</t>
-[...3 lines deleted...]
-        <v>21.12</v>
+          <t/>
+        </is>
       </c>
       <c r="X423" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y423" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z423" t="inlineStr">
         <is>
-          <t>Cooling Medium - Pressure Relief Valve</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>IRS/2024/5479/PON1</t>
+          <t>IRS/2024/5484/PON1</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>08 December 2024 13:59</t>
+          <t>09 December 2024 11:28</t>
         </is>
       </c>
       <c r="D424" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E424" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>Douglas</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="G424" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H424" t="inlineStr">
         <is>
-          <t>DOUGLAS</t>
+          <t>STELLA</t>
         </is>
       </c>
       <c r="I424" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="J424" t="n">
-        <v>32.0</v>
+        <v>46.0</v>
       </c>
       <c r="K424" t="n">
-        <v>13.91</v>
+        <v>8.0</v>
       </c>
       <c r="L424" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M424" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N424" t="n">
-        <v>34.0</v>
+        <v>6.0</v>
       </c>
       <c r="O424" t="n">
-        <v>42.29</v>
+        <v>5.0</v>
       </c>
       <c r="P424" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q424" t="n">
-        <v>110.0</v>
+        <v>30.0</v>
       </c>
       <c r="R424" t="n">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
       <c r="S424" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T424" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V424" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>TEG (Triethylene glycol)</t>
+        </is>
+      </c>
+      <c r="W424" t="n">
+        <v>200.0</v>
       </c>
       <c r="X424" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z424" t="inlineStr">
         <is>
-          <t/>
+          <t>Bursting Disc/PSV - Failure</t>
         </is>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
           <t>IRS/2024/5484/PON1</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
           <t>09 December 2024 11:28</t>
         </is>
       </c>
       <c r="D425" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E425" t="inlineStr">
@@ -44451,272 +44445,272 @@
         <v>5.0</v>
       </c>
       <c r="P425" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q425" t="n">
         <v>30.0</v>
       </c>
       <c r="R425" t="n">
         <v>6.0</v>
       </c>
       <c r="S425" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T425" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V425" t="inlineStr">
         <is>
-          <t>TEG (Triethylene glycol)</t>
+          <t>CORR11389A</t>
         </is>
       </c>
       <c r="W425" t="n">
-        <v>200.0</v>
+        <v>40.0</v>
       </c>
       <c r="X425" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z425" t="inlineStr">
         <is>
           <t>Bursting Disc/PSV - Failure</t>
         </is>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>IRS/2024/5484/PON1</t>
+          <t>IRS/2024/5487/PON1</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>09 December 2024 11:28</t>
+          <t>09 December 2024 12:45</t>
         </is>
       </c>
       <c r="D426" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E426" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, Subsea 7</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Normand Subsea</t>
         </is>
       </c>
       <c r="G426" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H426" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>LOYAL [Part of SCHIEHALLION]</t>
         </is>
       </c>
       <c r="I426" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="J426" t="n">
-        <v>46.0</v>
+        <v>24.0</v>
       </c>
       <c r="K426" t="n">
-        <v>8.0</v>
+        <v>43.0</v>
       </c>
       <c r="L426" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M426" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="N426" t="n">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="O426" t="n">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="P426" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q426" t="n">
-        <v>30.0</v>
+        <v>204.0</v>
       </c>
       <c r="R426" t="n">
-        <v>6.0</v>
+        <v>20.0</v>
       </c>
       <c r="S426" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T426" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U426" t="n">
+        <v>0.0034</v>
       </c>
       <c r="V426" t="inlineStr">
         <is>
-          <t>CORR11389A</t>
-[...3 lines deleted...]
-        <v>40.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X426" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z426" t="inlineStr">
         <is>
-          <t>Bursting Disc/PSV - Failure</t>
+          <t>Hydraulics - Closed System - hose failure</t>
         </is>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>IRS/2024/5487/PON1</t>
+          <t>IRS/2024/5495/PON1</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>09 December 2024 12:45</t>
+          <t>09 December 2024 19:00</t>
         </is>
       </c>
       <c r="D427" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E427" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, Subsea 7</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>Normand Subsea</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G427" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H427" t="inlineStr">
         <is>
-          <t>LOYAL [Part of SCHIEHALLION]</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I427" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J427" t="n">
-        <v>24.0</v>
+        <v>1.0</v>
       </c>
       <c r="K427" t="n">
-        <v>43.0</v>
+        <v>53.58</v>
       </c>
       <c r="L427" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M427" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N427" t="n">
-        <v>3.0</v>
+        <v>57.0</v>
       </c>
       <c r="O427" t="n">
-        <v>10.0</v>
+        <v>19.22</v>
       </c>
       <c r="P427" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q427" t="n">
-        <v>204.0</v>
+        <v>22.0</v>
       </c>
       <c r="R427" t="n">
-        <v>20.0</v>
+        <v>30.0</v>
       </c>
       <c r="S427" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T427" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.0034</v>
+          <t/>
+        </is>
       </c>
       <c r="V427" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>BW ECO MUL</t>
+        </is>
+      </c>
+      <c r="W427" t="n">
+        <v>205.0</v>
       </c>
       <c r="X427" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z427" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - hose failure</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
           <t>IRS/2024/5495/PON1</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
           <t>09 December 2024 19:00</t>
         </is>
       </c>
       <c r="D428" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E428" t="inlineStr">
@@ -44763,55 +44757,55 @@
         <v>19.22</v>
       </c>
       <c r="P428" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q428" t="n">
         <v>22.0</v>
       </c>
       <c r="R428" t="n">
         <v>30.0</v>
       </c>
       <c r="S428" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T428" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V428" t="inlineStr">
         <is>
-          <t>BW ECO MUL</t>
+          <t>BW ECO MUL50</t>
         </is>
       </c>
       <c r="W428" t="n">
-        <v>205.0</v>
+        <v>51.0</v>
       </c>
       <c r="X428" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z428" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
           <t>IRS/2024/5495/PON1</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
@@ -44867,55 +44861,55 @@
         <v>19.22</v>
       </c>
       <c r="P429" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q429" t="n">
         <v>22.0</v>
       </c>
       <c r="R429" t="n">
         <v>30.0</v>
       </c>
       <c r="S429" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T429" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V429" t="inlineStr">
         <is>
-          <t>BW ECO MUL50</t>
+          <t>BW Ecosol</t>
         </is>
       </c>
       <c r="W429" t="n">
-        <v>51.0</v>
+        <v>3450.0</v>
       </c>
       <c r="X429" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z429" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
           <t>IRS/2024/5495/PON1</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
@@ -44971,55 +44965,55 @@
         <v>19.22</v>
       </c>
       <c r="P430" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q430" t="n">
         <v>22.0</v>
       </c>
       <c r="R430" t="n">
         <v>30.0</v>
       </c>
       <c r="S430" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T430" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V430" t="inlineStr">
         <is>
-          <t>BW Ecosol</t>
+          <t>BW Mul Treat</t>
         </is>
       </c>
       <c r="W430" t="n">
-        <v>3450.0</v>
+        <v>256.0</v>
       </c>
       <c r="X430" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z430" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
           <t>IRS/2024/5495/PON1</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
@@ -45075,680 +45069,682 @@
         <v>19.22</v>
       </c>
       <c r="P431" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q431" t="n">
         <v>22.0</v>
       </c>
       <c r="R431" t="n">
         <v>30.0</v>
       </c>
       <c r="S431" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T431" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V431" t="inlineStr">
         <is>
-          <t>BW Mul Treat</t>
+          <t>Emul Thin</t>
         </is>
       </c>
       <c r="W431" t="n">
-        <v>256.0</v>
+        <v>38.0</v>
       </c>
       <c r="X431" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z431" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>IRS/2024/5495/PON1</t>
+          <t>IRS/2024/5498/PON1</t>
         </is>
       </c>
       <c r="B432" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>09 December 2024 19:00</t>
+          <t>10 December 2024 14:30</t>
         </is>
       </c>
       <c r="D432" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E432" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Saltire A Platform</t>
         </is>
       </c>
       <c r="G432" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H432" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>SALTIRE</t>
         </is>
       </c>
       <c r="I432" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J432" t="n">
-        <v>1.0</v>
+        <v>25.0</v>
       </c>
       <c r="K432" t="n">
-        <v>53.58</v>
+        <v>0.49</v>
       </c>
       <c r="L432" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M432" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N432" t="n">
-        <v>57.0</v>
+        <v>20.0</v>
       </c>
       <c r="O432" t="n">
-        <v>19.22</v>
+        <v>6.03</v>
       </c>
       <c r="P432" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q432" t="n">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="R432" t="n">
-        <v>30.0</v>
+        <v>17.0</v>
       </c>
       <c r="S432" t="inlineStr">
         <is>
-          <t/>
+          <t>Mineral Oil</t>
         </is>
       </c>
       <c r="T432" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U432" t="n">
+        <v>7.5436E-4</v>
       </c>
       <c r="V432" t="inlineStr">
         <is>
-          <t>Emul Thin</t>
-[...3 lines deleted...]
-        <v>38.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X432" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z432" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Cranes - Hydraulic System</t>
         </is>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>IRS/2024/5498/PON1</t>
+          <t>IRS/2024/5503/PON1</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>10 December 2024 14:30</t>
+          <t>11 December 2024 10:30</t>
         </is>
       </c>
       <c r="D433" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E433" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>ENQUEST BRITAIN LIMITED</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>Saltire A Platform</t>
+          <t>Heather A Platform</t>
         </is>
       </c>
       <c r="G433" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H433" t="inlineStr">
         <is>
-          <t>SALTIRE</t>
+          <t>HEATHER</t>
         </is>
       </c>
       <c r="I433" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J433" t="n">
-        <v>25.0</v>
+        <v>57.0</v>
       </c>
       <c r="K433" t="n">
-        <v>0.49</v>
+        <v>13.51</v>
       </c>
       <c r="L433" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M433" t="n">
         <v>0.0</v>
       </c>
       <c r="N433" t="n">
-        <v>20.0</v>
+        <v>56.0</v>
       </c>
       <c r="O433" t="n">
-        <v>6.03</v>
+        <v>22.53</v>
       </c>
       <c r="P433" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q433" t="n">
-        <v>15.0</v>
+        <v>2.0</v>
       </c>
       <c r="R433" t="n">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
       <c r="S433" t="inlineStr">
         <is>
-          <t>Mineral Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T433" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U433" t="n">
-        <v>7.5436E-4</v>
+        <v>0.1386</v>
       </c>
       <c r="V433" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X433" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z433" t="inlineStr">
         <is>
-          <t>Cranes - Hydraulic System</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>IRS/2024/5503/PON1</t>
+          <t>IRS/2024/5509/PON1</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>11 December 2024 10:30</t>
+          <t>12 December 2024 14:50</t>
         </is>
       </c>
       <c r="D434" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E434" t="inlineStr">
         <is>
-          <t>ENQUEST BRITAIN LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>Heather A Platform</t>
+          <t>Rochelle West Manifold</t>
         </is>
       </c>
       <c r="G434" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H434" t="inlineStr">
         <is>
-          <t>HEATHER</t>
+          <t>ROCHELLE</t>
         </is>
       </c>
       <c r="I434" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J434" t="n">
-        <v>57.0</v>
+        <v>2.0</v>
       </c>
       <c r="K434" t="n">
-        <v>13.51</v>
+        <v>55.55</v>
       </c>
       <c r="L434" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M434" t="n">
         <v>0.0</v>
       </c>
       <c r="N434" t="n">
-        <v>56.0</v>
+        <v>6.0</v>
       </c>
       <c r="O434" t="n">
-        <v>22.53</v>
+        <v>36.07</v>
       </c>
       <c r="P434" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q434" t="n">
-        <v>2.0</v>
+        <v>15.0</v>
       </c>
       <c r="R434" t="n">
-        <v>5.0</v>
+        <v>26.0</v>
       </c>
       <c r="S434" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T434" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U434" t="n">
-        <v>0.1386</v>
+        <v>1.7E-8</v>
       </c>
       <c r="V434" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X434" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z434" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>IRS/2024/5509/PON1</t>
+          <t>IRS/2024/5510/PON1</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>12 December 2024 14:50</t>
+          <t>06 December 2024 15:00</t>
         </is>
       </c>
       <c r="D435" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E435" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>Rochelle West Manifold</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G435" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H435" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I435" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J435" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K435" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="L435" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M435" t="n">
         <v>2.0</v>
       </c>
-      <c r="K435" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N435" t="n">
-        <v>6.0</v>
+        <v>32.0</v>
       </c>
       <c r="O435" t="n">
-        <v>36.07</v>
+        <v>40.0</v>
       </c>
       <c r="P435" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q435" t="n">
-        <v>15.0</v>
+        <v>206.0</v>
       </c>
       <c r="R435" t="n">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
       <c r="S435" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T435" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>1.7E-8</v>
+          <t/>
+        </is>
       </c>
       <c r="V435" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X435" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y435" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z435" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>IRS/2024/5510/PON1</t>
+          <t>IRS/2024/5511/PON1</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>06 December 2024 15:00</t>
+          <t>13 December 2024 09:18</t>
         </is>
       </c>
       <c r="D436" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E436" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SHELL ENERGY UK LIMITED</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Penguins FPSO</t>
         </is>
       </c>
       <c r="G436" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I436" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="J436" t="n">
-        <v>41.0</v>
+        <v>34.0</v>
       </c>
       <c r="K436" t="n">
-        <v>30.0</v>
+        <v>59.27</v>
       </c>
       <c r="L436" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M436" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N436" t="n">
         <v>32.0</v>
       </c>
       <c r="O436" t="n">
-        <v>40.0</v>
+        <v>47.71</v>
       </c>
       <c r="P436" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q436" t="n">
-        <v>206.0</v>
+        <v>211.0</v>
       </c>
       <c r="R436" t="n">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
       <c r="S436" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T436" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U436" t="n">
+        <v>0.00167</v>
       </c>
       <c r="V436" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X436" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z436" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>IRS/2024/5511/PON1</t>
+          <t>IRS/2024/5514/PON1</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>13 December 2024 09:18</t>
+          <t>15 December 2024 02:24</t>
         </is>
       </c>
       <c r="D437" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E437" t="inlineStr">
         <is>
-          <t>SHELL ENERGY UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>Penguins FPSO</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G437" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H437" t="inlineStr">
+        <is>
+          <t>SHEARWATER</t>
+        </is>
+      </c>
       <c r="I437" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J437" t="n">
-        <v>34.0</v>
+        <v>1.0</v>
       </c>
       <c r="K437" t="n">
-        <v>59.27</v>
+        <v>53.0</v>
       </c>
       <c r="L437" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M437" t="n">
         <v>1.0</v>
       </c>
       <c r="N437" t="n">
-        <v>32.0</v>
+        <v>57.0</v>
       </c>
       <c r="O437" t="n">
-        <v>47.71</v>
+        <v>19.0</v>
       </c>
       <c r="P437" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q437" t="n">
-        <v>211.0</v>
+        <v>22.0</v>
       </c>
       <c r="R437" t="n">
-        <v>13.0</v>
+        <v>30.0</v>
       </c>
       <c r="S437" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T437" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.00167</v>
+          <t/>
+        </is>
       </c>
       <c r="V437" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X437" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y437" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z437" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Fitting / Connections</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
           <t>IRS/2024/5514/PON1</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
           <t>15 December 2024 02:24</t>
         </is>
       </c>
       <c r="D438" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E438" t="inlineStr">
@@ -45817,776 +45813,774 @@
       </c>
       <c r="V438" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X438" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y438" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z438" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>IRS/2024/5514/PON1</t>
+          <t>IRS/2024/5528/PON1</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>15 December 2024 02:24</t>
+          <t>17 December 2024 05:00</t>
         </is>
       </c>
       <c r="D439" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E439" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Rochelle West Manifold</t>
         </is>
       </c>
       <c r="G439" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H439" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>ROCHELLE</t>
         </is>
       </c>
       <c r="I439" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J439" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="K439" t="n">
-        <v>53.0</v>
+        <v>55.55</v>
       </c>
       <c r="L439" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M439" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N439" t="n">
-        <v>57.0</v>
+        <v>6.0</v>
       </c>
       <c r="O439" t="n">
-        <v>19.0</v>
+        <v>36.07</v>
       </c>
       <c r="P439" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q439" t="n">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="R439" t="n">
-        <v>30.0</v>
+        <v>26.0</v>
       </c>
       <c r="S439" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T439" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U439" t="n">
+        <v>2.5E-7</v>
       </c>
       <c r="V439" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X439" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z439" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>IRS/2024/5528/PON1</t>
+          <t>IRS/2024/5534/PON1</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>17 December 2024 05:00</t>
+          <t>18 December 2024 05:30</t>
         </is>
       </c>
       <c r="D440" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E440" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>Rochelle West Manifold</t>
+          <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G440" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H440" t="inlineStr">
         <is>
-          <t>ROCHELLE</t>
+          <t>Liverpool Bay Asset</t>
         </is>
       </c>
       <c r="I440" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J440" t="n">
-        <v>2.0</v>
+        <v>32.0</v>
       </c>
       <c r="K440" t="n">
-        <v>55.55</v>
+        <v>13.91</v>
       </c>
       <c r="L440" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M440" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="N440" t="n">
-        <v>6.0</v>
+        <v>34.0</v>
       </c>
       <c r="O440" t="n">
-        <v>36.07</v>
+        <v>42.29</v>
       </c>
       <c r="P440" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q440" t="n">
-        <v>15.0</v>
+        <v>110.0</v>
       </c>
       <c r="R440" t="n">
-        <v>26.0</v>
+        <v>13.0</v>
       </c>
       <c r="S440" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T440" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>2.5E-7</v>
+          <t/>
+        </is>
       </c>
       <c r="V440" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW540 E</t>
+        </is>
+      </c>
+      <c r="W440" t="n">
+        <v>212.0</v>
       </c>
       <c r="X440" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z440" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>IRS/2024/5534/PON1</t>
+          <t>IRS/2024/5553/PON1</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>18 December 2024 05:30</t>
+          <t>23 December 2024 11:36</t>
         </is>
       </c>
       <c r="D441" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E441" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>Douglas DD Platform</t>
+          <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G441" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H441" t="inlineStr">
         <is>
-          <t>Liverpool Bay Asset</t>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I441" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J441" t="n">
-        <v>32.0</v>
+        <v>10.0</v>
       </c>
       <c r="K441" t="n">
-        <v>13.91</v>
+        <v>1.79</v>
       </c>
       <c r="L441" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M441" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N441" t="n">
-        <v>34.0</v>
+        <v>15.0</v>
       </c>
       <c r="O441" t="n">
-        <v>42.29</v>
+        <v>29.88</v>
       </c>
       <c r="P441" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q441" t="n">
-        <v>110.0</v>
+        <v>23.0</v>
       </c>
       <c r="R441" t="n">
-        <v>13.0</v>
+        <v>27.0</v>
       </c>
       <c r="S441" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T441" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V441" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
-[...3 lines deleted...]
-        <v>212.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X441" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y441" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z441" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>IRS/2024/5553/PON1</t>
+          <t>IRS/2024/5555/PON1</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>23 December 2024 11:36</t>
+          <t>24 December 2024 14:15</t>
         </is>
       </c>
       <c r="D442" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E442" t="inlineStr">
         <is>
-          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>Haewene Brim</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G442" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H442" t="inlineStr">
         <is>
-          <t>PIERCE</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I442" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J442" t="n">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="K442" t="n">
-        <v>1.79</v>
+        <v>20.0</v>
       </c>
       <c r="L442" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M442" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N442" t="n">
-        <v>15.0</v>
+        <v>44.0</v>
       </c>
       <c r="O442" t="n">
-        <v>29.88</v>
+        <v>35.0</v>
       </c>
       <c r="P442" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q442" t="n">
-        <v>23.0</v>
+        <v>13.0</v>
       </c>
       <c r="R442" t="n">
-        <v>27.0</v>
+        <v>22.0</v>
       </c>
       <c r="S442" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T442" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U442" t="n">
+        <v>0.03</v>
       </c>
       <c r="V442" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X442" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z442" t="inlineStr">
         <is>
-          <t/>
+          <t>Bunkering Hose - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>IRS/2024/5555/PON1</t>
+          <t>IRS/2024/5556/PON1</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>24 December 2024 14:15</t>
+          <t>24 December 2024 21:45</t>
         </is>
       </c>
       <c r="D443" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E443" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Rochelle East Manifold</t>
         </is>
       </c>
       <c r="G443" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H443" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>ROCHELLE</t>
         </is>
       </c>
       <c r="I443" t="n">
         <v>58.0</v>
       </c>
       <c r="J443" t="n">
-        <v>18.0</v>
+        <v>1.0</v>
       </c>
       <c r="K443" t="n">
-        <v>20.0</v>
+        <v>24.0</v>
       </c>
       <c r="L443" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M443" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N443" t="n">
-        <v>44.0</v>
+        <v>13.0</v>
       </c>
       <c r="O443" t="n">
-        <v>35.0</v>
+        <v>23.0</v>
       </c>
       <c r="P443" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q443" t="n">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
       <c r="R443" t="n">
-        <v>22.0</v>
+        <v>27.0</v>
       </c>
       <c r="S443" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T443" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U443" t="n">
-        <v>0.03</v>
+        <v>5.0E-7</v>
       </c>
       <c r="V443" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X443" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z443" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Total Rupture</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>IRS/2024/5556/PON1</t>
+          <t>IRS/2024/5557/PON1</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>24 December 2024 21:45</t>
+          <t>25 December 2024 05:00</t>
         </is>
       </c>
       <c r="D444" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E444" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>Rochelle East Manifold</t>
+          <t>Ocean Endeavor</t>
         </is>
       </c>
       <c r="G444" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H444" t="inlineStr">
         <is>
-          <t>ROCHELLE</t>
+          <t>KINGFISHER</t>
         </is>
       </c>
       <c r="I444" t="n">
         <v>58.0</v>
       </c>
       <c r="J444" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="K444" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="L444" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M444" t="n">
         <v>1.0</v>
       </c>
-      <c r="K444" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N444" t="n">
-        <v>13.0</v>
+        <v>29.0</v>
       </c>
       <c r="O444" t="n">
-        <v>23.0</v>
+        <v>43.0</v>
       </c>
       <c r="P444" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q444" t="n">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
       <c r="R444" t="n">
-        <v>27.0</v>
+        <v>8.0</v>
       </c>
       <c r="S444" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T444" t="inlineStr">
         <is>
           <t>Measured</t>
         </is>
       </c>
       <c r="U444" t="n">
-        <v>5.0E-7</v>
+        <v>8.9E-4</v>
       </c>
       <c r="V444" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X444" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z444" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>IRS/2024/5557/PON1</t>
+          <t>IRS/2024/5566/PON1</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>25 December 2024 05:00</t>
+          <t>26 December 2024 23:40</t>
         </is>
       </c>
       <c r="D445" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E445" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>Ocean Endeavor</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G445" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H445" t="inlineStr">
         <is>
-          <t>KINGFISHER</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="I445" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="J445" t="n">
-        <v>46.0</v>
+        <v>35.0</v>
       </c>
       <c r="K445" t="n">
-        <v>25.0</v>
+        <v>18.716</v>
       </c>
       <c r="L445" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M445" t="n">
         <v>1.0</v>
       </c>
       <c r="N445" t="n">
-        <v>29.0</v>
+        <v>3.0</v>
       </c>
       <c r="O445" t="n">
-        <v>43.0</v>
+        <v>19.323</v>
       </c>
       <c r="P445" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q445" t="n">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
       <c r="R445" t="n">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
       <c r="S445" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T445" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>8.9E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V445" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RHEFLAT X</t>
+        </is>
+      </c>
+      <c r="W445" t="n">
+        <v>0.00513</v>
       </c>
       <c r="X445" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z445" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Storage (Tanks, etc.) - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
           <t>IRS/2024/5566/PON1</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
           <t>26 December 2024 23:40</t>
         </is>
       </c>
       <c r="D446" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E446" t="inlineStr">
@@ -46633,55 +46627,55 @@
         <v>19.323</v>
       </c>
       <c r="P446" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q446" t="n">
         <v>9.0</v>
       </c>
       <c r="R446" t="n">
         <v>11.0</v>
       </c>
       <c r="S446" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T446" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V446" t="inlineStr">
         <is>
-          <t>RHEFLAT X</t>
+          <t>TRUVIS</t>
         </is>
       </c>
       <c r="W446" t="n">
-        <v>0.00513</v>
+        <v>0.02</v>
       </c>
       <c r="X446" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z446" t="inlineStr">
         <is>
           <t>Storage (Tanks, etc.) - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
           <t>IRS/2024/5566/PON1</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
@@ -46737,55 +46731,55 @@
         <v>19.323</v>
       </c>
       <c r="P447" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q447" t="n">
         <v>9.0</v>
       </c>
       <c r="R447" t="n">
         <v>11.0</v>
       </c>
       <c r="S447" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T447" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V447" t="inlineStr">
         <is>
-          <t>TRUVIS</t>
+          <t>ECOTROL RD</t>
         </is>
       </c>
       <c r="W447" t="n">
-        <v>0.02</v>
+        <v>0.0051</v>
       </c>
       <c r="X447" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z447" t="inlineStr">
         <is>
           <t>Storage (Tanks, etc.) - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
           <t>IRS/2024/5566/PON1</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
@@ -46841,55 +46835,55 @@
         <v>19.323</v>
       </c>
       <c r="P448" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q448" t="n">
         <v>9.0</v>
       </c>
       <c r="R448" t="n">
         <v>11.0</v>
       </c>
       <c r="S448" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T448" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V448" t="inlineStr">
         <is>
-          <t>ECOTROL RD</t>
+          <t>ONE-MUL NS</t>
         </is>
       </c>
       <c r="W448" t="n">
-        <v>0.0051</v>
+        <v>0.0306</v>
       </c>
       <c r="X448" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z448" t="inlineStr">
         <is>
           <t>Storage (Tanks, etc.) - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
           <t>IRS/2024/5566/PON1</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
@@ -46945,55 +46939,55 @@
         <v>19.323</v>
       </c>
       <c r="P449" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q449" t="n">
         <v>9.0</v>
       </c>
       <c r="R449" t="n">
         <v>11.0</v>
       </c>
       <c r="S449" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T449" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V449" t="inlineStr">
         <is>
-          <t>ONE-MUL NS</t>
+          <t>M-I WATE (All Grades)</t>
         </is>
       </c>
       <c r="W449" t="n">
-        <v>0.0306</v>
+        <v>0.443</v>
       </c>
       <c r="X449" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z449" t="inlineStr">
         <is>
           <t>Storage (Tanks, etc.) - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
           <t>IRS/2024/5566/PON1</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
@@ -47049,55 +47043,55 @@
         <v>19.323</v>
       </c>
       <c r="P450" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q450" t="n">
         <v>9.0</v>
       </c>
       <c r="R450" t="n">
         <v>11.0</v>
       </c>
       <c r="S450" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T450" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V450" t="inlineStr">
         <is>
-          <t>M-I WATE (All Grades)</t>
+          <t>LIME</t>
         </is>
       </c>
       <c r="W450" t="n">
-        <v>0.443</v>
+        <v>0.017</v>
       </c>
       <c r="X450" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z450" t="inlineStr">
         <is>
           <t>Storage (Tanks, etc.) - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
           <t>IRS/2024/5566/PON1</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
@@ -47153,55 +47147,55 @@
         <v>19.323</v>
       </c>
       <c r="P451" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q451" t="n">
         <v>9.0</v>
       </c>
       <c r="R451" t="n">
         <v>11.0</v>
       </c>
       <c r="S451" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T451" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V451" t="inlineStr">
         <is>
-          <t>LIME</t>
+          <t>CALCIUM CHLORIDE (ALL GRADES)</t>
         </is>
       </c>
       <c r="W451" t="n">
-        <v>0.017</v>
+        <v>0.096</v>
       </c>
       <c r="X451" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z451" t="inlineStr">
         <is>
           <t>Storage (Tanks, etc.) - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
           <t>IRS/2024/5566/PON1</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
@@ -47257,185 +47251,185 @@
         <v>19.323</v>
       </c>
       <c r="P452" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q452" t="n">
         <v>9.0</v>
       </c>
       <c r="R452" t="n">
         <v>11.0</v>
       </c>
       <c r="S452" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T452" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V452" t="inlineStr">
         <is>
-          <t>CALCIUM CHLORIDE (ALL GRADES)</t>
+          <t>EDC 95-11</t>
         </is>
       </c>
       <c r="W452" t="n">
-        <v>0.096</v>
+        <v>0.57213</v>
       </c>
       <c r="X452" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z452" t="inlineStr">
         <is>
           <t>Storage (Tanks, etc.) - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>IRS/2024/5566/PON1</t>
+          <t>IRS/2024/5576/PON1</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>26 December 2024 23:40</t>
+          <t>28 December 2024 13:40</t>
         </is>
       </c>
       <c r="D453" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E453" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G453" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H453" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>DOUGLAS</t>
         </is>
       </c>
       <c r="I453" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="J453" t="n">
-        <v>35.0</v>
+        <v>32.0</v>
       </c>
       <c r="K453" t="n">
-        <v>18.716</v>
+        <v>13.91</v>
       </c>
       <c r="L453" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M453" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N453" t="n">
-        <v>3.0</v>
+        <v>34.0</v>
       </c>
       <c r="O453" t="n">
-        <v>19.323</v>
+        <v>42.29</v>
       </c>
       <c r="P453" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q453" t="n">
-        <v>9.0</v>
+        <v>110.0</v>
       </c>
       <c r="R453" t="n">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
       <c r="S453" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T453" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U453" t="n">
+        <v>0.42183</v>
       </c>
       <c r="V453" t="inlineStr">
         <is>
-          <t>EDC 95-11</t>
-[...3 lines deleted...]
-        <v>0.57213</v>
+          <t/>
+        </is>
       </c>
       <c r="X453" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z453" t="inlineStr">
         <is>
-          <t>Storage (Tanks, etc.) - Drain Line Open</t>
+          <t>Drainage Systems - caisson</t>
         </is>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>IRS/2024/5576/PON1</t>
+          <t>IRS/2024/5580/PON1</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>28 December 2024 13:40</t>
+          <t>29 December 2024 12:02</t>
         </is>
       </c>
       <c r="D454" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E454" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
           <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G454" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H454" t="inlineStr">
         <is>
           <t>DOUGLAS</t>
@@ -47455,151 +47449,142 @@
           <t>North</t>
         </is>
       </c>
       <c r="M454" t="n">
         <v>3.0</v>
       </c>
       <c r="N454" t="n">
         <v>34.0</v>
       </c>
       <c r="O454" t="n">
         <v>42.29</v>
       </c>
       <c r="P454" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q454" t="n">
         <v>110.0</v>
       </c>
       <c r="R454" t="n">
         <v>13.0</v>
       </c>
       <c r="S454" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T454" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.42183</v>
+          <t/>
+        </is>
       </c>
       <c r="V454" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X454" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y454" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z454" t="inlineStr">
         <is>
-          <t>Drainage Systems - caisson</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>IRS/2024/5580/PON1</t>
+          <t>IRS/2024/5586/PON1</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>29 December 2024 12:02</t>
+          <t>30 December 2024 05:00</t>
         </is>
       </c>
       <c r="D455" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E455" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>Douglas DD Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G455" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H455" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I455" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J455" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K455" t="n">
         <v>53.0</v>
       </c>
-      <c r="J455" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="L455" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M455" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N455" t="n">
-        <v>34.0</v>
+        <v>57.0</v>
       </c>
       <c r="O455" t="n">
-        <v>42.29</v>
+        <v>19.0</v>
       </c>
       <c r="P455" t="inlineStr">
         <is>
-          <t>West</t>
-[...6 lines deleted...]
-        <v>13.0</v>
+          <t>East</t>
+        </is>
       </c>
       <c r="S455" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T455" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V455" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X455" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y455" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -47678,145 +47663,50 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="T456" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V456" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X456" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y456" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z456" t="inlineStr">
-        <is>
-[...93 lines deleted...]
-      <c r="Z457" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>