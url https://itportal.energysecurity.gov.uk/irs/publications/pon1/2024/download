--- v4 (2026-01-27)
+++ v5 (2026-02-17)
@@ -5447,51 +5447,51 @@
       </c>
       <c r="V48" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X48" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z48" t="inlineStr">
         <is>
           <t>Subsea Intervention Work - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>IRS/2024/4053/PON1</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>13 February 2024 07:00</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>Beryl A Platform</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -5526,78 +5526,76 @@
         <v>16.45</v>
       </c>
       <c r="P49" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q49" t="n">
         <v>9.0</v>
       </c>
       <c r="R49" t="n">
         <v>13.0</v>
       </c>
       <c r="S49" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T49" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V49" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CRW85733</t>
+        </is>
+      </c>
+      <c r="W49" t="n">
+        <v>19.98</v>
       </c>
       <c r="X49" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z49" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>IRS/2024/4053/PON1</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>13 February 2024 07:00</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Beryl A Platform</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -5632,78 +5630,76 @@
         <v>16.45</v>
       </c>
       <c r="P50" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q50" t="n">
         <v>9.0</v>
       </c>
       <c r="R50" t="n">
         <v>13.0</v>
       </c>
       <c r="S50" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T50" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V50" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Monoethylene Glycol (All dilutions)</t>
+        </is>
+      </c>
+      <c r="W50" t="n">
+        <v>2090.63</v>
       </c>
       <c r="X50" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z50" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>IRS/2024/4053/PON1</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>13 February 2024 07:00</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>Beryl A Platform</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -5738,66 +5734,64 @@
         <v>16.45</v>
       </c>
       <c r="P51" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q51" t="n">
         <v>9.0</v>
       </c>
       <c r="R51" t="n">
         <v>13.0</v>
       </c>
       <c r="S51" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T51" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V51" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>XC85293A</t>
+        </is>
+      </c>
+      <c r="W51" t="n">
+        <v>124.0</v>
       </c>
       <c r="X51" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z51" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>IRS/2024/4059/PON1</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>14 February 2024 16:30</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">