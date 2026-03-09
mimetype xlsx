--- v5 (2026-02-17)
+++ v6 (2026-03-09)
@@ -33038,51 +33038,51 @@
       </c>
       <c r="V314" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X314" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z314" t="inlineStr">
         <is>
           <t>Xmas Tree - Annulus of B5 Tree</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>IRS/2024/4921/PON1</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>26 August 2024 06:15</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -33111,78 +33111,81 @@
         <v>2.0</v>
       </c>
       <c r="N315" t="n">
         <v>20.0</v>
       </c>
       <c r="O315" t="n">
         <v>13.35</v>
       </c>
       <c r="P315" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S315" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T315" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V315" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CORR11389A</t>
+        </is>
+      </c>
+      <c r="W315" t="n">
+        <v>16.3</v>
       </c>
       <c r="X315" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y315" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z315" t="inlineStr">
         <is>
-          <t/>
+          <t>Bursting Disc/PSV - Failure</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>IRS/2024/4921/PON1</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
           <t>26 August 2024 06:15</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -33211,66 +33214,69 @@
         <v>2.0</v>
       </c>
       <c r="N316" t="n">
         <v>20.0</v>
       </c>
       <c r="O316" t="n">
         <v>13.35</v>
       </c>
       <c r="P316" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S316" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T316" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V316" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>TEG</t>
+        </is>
+      </c>
+      <c r="W316" t="n">
+        <v>2438.0</v>
       </c>
       <c r="X316" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y316" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z316" t="inlineStr">
         <is>
-          <t/>
+          <t>Bursting Disc/PSV - Failure</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>IRS/2024/4923/PON1</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>26 August 2024 14:15</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
@@ -42101,51 +42107,51 @@
           <t>Castrol Transaqua HT2</t>
         </is>
       </c>
       <c r="W402" t="n">
         <v>24.19</v>
       </c>
       <c r="X402" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z402" t="inlineStr">
         <is>
           <t>Hoses (Subsea) - Hydraulic Hose</t>
         </is>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
           <t>IRS/2024/5325/PON1</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
           <t>18 November 2024 01:00</t>
         </is>
       </c>
       <c r="D403" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E403" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="G403" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -42180,78 +42186,76 @@
         <v>13.35</v>
       </c>
       <c r="P403" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q403" t="n">
         <v>30.0</v>
       </c>
       <c r="R403" t="n">
         <v>7.0</v>
       </c>
       <c r="S403" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T403" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V403" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CORR11389A</t>
+        </is>
+      </c>
+      <c r="W403" t="n">
+        <v>8.18</v>
       </c>
       <c r="X403" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z403" t="inlineStr">
         <is>
-          <t/>
+          <t>Bursting Disc/PSV - Failure</t>
         </is>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
           <t>IRS/2024/5325/PON1</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
           <t>18 November 2024 01:00</t>
         </is>
       </c>
       <c r="D404" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E404" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="G404" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -42286,66 +42290,64 @@
         <v>13.35</v>
       </c>
       <c r="P404" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q404" t="n">
         <v>30.0</v>
       </c>
       <c r="R404" t="n">
         <v>7.0</v>
       </c>
       <c r="S404" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T404" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V404" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Triethylene Glycol</t>
+        </is>
+      </c>
+      <c r="W404" t="n">
+        <v>1269.0</v>
       </c>
       <c r="X404" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z404" t="inlineStr">
         <is>
-          <t/>
+          <t>Bursting Disc/PSV - Failure</t>
         </is>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
           <t>IRS/2024/5328/PON1</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
           <t>09 March 2023 08:30</t>
         </is>
       </c>
       <c r="D405" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E405" t="inlineStr">
@@ -42521,51 +42523,51 @@
           <t>Oceanic HW 443</t>
         </is>
       </c>
       <c r="W406" t="n">
         <v>654.84</v>
       </c>
       <c r="X406" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z406" t="inlineStr">
         <is>
           <t>Hydraulics - Open System - SCM Failure (Otherwise Unspecified)</t>
         </is>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
           <t>IRS/2024/5337/PON1</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
           <t>19 November 2024 13:45</t>
         </is>
       </c>
       <c r="D407" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E407" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
           <t>Gannet A Platform</t>
         </is>
       </c>
       <c r="G407" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -42590,76 +42592,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M407" t="n">
         <v>0.0</v>
       </c>
       <c r="N407" t="n">
         <v>59.0</v>
       </c>
       <c r="O407" t="n">
         <v>54.0</v>
       </c>
       <c r="P407" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q407" t="n">
         <v>21.0</v>
       </c>
       <c r="R407" t="n">
         <v>25.0</v>
       </c>
       <c r="S407" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T407" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U407" t="n">
+        <v>5.32008E-4</v>
       </c>
       <c r="V407" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X407" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z407" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
           <t>IRS/2024/5341/PON1</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
           <t>21 November 2024 12:00</t>
         </is>
       </c>
       <c r="D408" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E408" t="inlineStr">
@@ -45600,51 +45600,51 @@
       </c>
       <c r="V436" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X436" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z436" t="inlineStr">
         <is>
           <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
           <t>IRS/2024/5514/PON1</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
           <t>15 December 2024 02:24</t>
         </is>
       </c>
       <c r="D437" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E437" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
           <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G437" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -45679,78 +45679,81 @@
         <v>19.0</v>
       </c>
       <c r="P437" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q437" t="n">
         <v>22.0</v>
       </c>
       <c r="R437" t="n">
         <v>30.0</v>
       </c>
       <c r="S437" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T437" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V437" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CRW85733</t>
+        </is>
+      </c>
+      <c r="W437" t="n">
+        <v>0.5</v>
       </c>
       <c r="X437" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y437" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z437" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
           <t>IRS/2024/5514/PON1</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
           <t>15 December 2024 02:24</t>
         </is>
       </c>
       <c r="D438" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E438" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
           <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G438" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -45785,66 +45788,69 @@
         <v>19.0</v>
       </c>
       <c r="P438" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q438" t="n">
         <v>22.0</v>
       </c>
       <c r="R438" t="n">
         <v>30.0</v>
       </c>
       <c r="S438" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T438" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V438" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>TEG</t>
+        </is>
+      </c>
+      <c r="W438" t="n">
+        <v>1408.5</v>
       </c>
       <c r="X438" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y438" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z438" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
           <t>IRS/2024/5528/PON1</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
           <t>17 December 2024 05:00</t>
         </is>
       </c>
       <c r="D439" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E439" t="inlineStr">
@@ -47480,51 +47486,51 @@
       </c>
       <c r="X454" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y454" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z454" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
           <t>IRS/2024/5586/PON1</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
           <t>30 December 2024 05:00</t>
         </is>
       </c>
       <c r="D455" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E455" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
           <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G455" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -47548,78 +47554,76 @@
         <v>1.0</v>
       </c>
       <c r="N455" t="n">
         <v>57.0</v>
       </c>
       <c r="O455" t="n">
         <v>19.0</v>
       </c>
       <c r="P455" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S455" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T455" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V455" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>TEG</t>
+        </is>
+      </c>
+      <c r="W455" t="n">
+        <v>594.0</v>
       </c>
       <c r="X455" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z455" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - operation error</t>
         </is>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
           <t>IRS/2024/5586/PON1</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
           <t>30 December 2024 05:00</t>
         </is>
       </c>
       <c r="D456" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E456" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
           <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G456" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -47643,66 +47647,64 @@
         <v>1.0</v>
       </c>
       <c r="N456" t="n">
         <v>57.0</v>
       </c>
       <c r="O456" t="n">
         <v>19.0</v>
       </c>
       <c r="P456" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S456" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T456" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V456" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CRW85733</t>
+        </is>
+      </c>
+      <c r="W456" t="n">
+        <v>2.9</v>
       </c>
       <c r="X456" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z456" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - operation error</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>