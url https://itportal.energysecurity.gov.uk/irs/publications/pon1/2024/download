--- v6 (2026-03-09)
+++ v7 (2026-03-30)
@@ -7136,51 +7136,51 @@
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>IRS/2024/4118/PON1</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>26 February 2024 15:30</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY NEDERLAND B.V.</t>
+          <t>LASMO NEDERLAND B.V.</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>diesel tank</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>GMA</t>
         </is>
       </c>
       <c r="I65" t="n">
         <v>53.0</v>
       </c>
       <c r="J65" t="n">
         <v>43.0</v>
       </c>
       <c r="K65" t="n">
         <v>0.0</v>
@@ -16663,51 +16663,51 @@
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>IRS/2024/4455/PON1</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>08 May 2024 17:30</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
-          <t>BLUEWATER (HAEWENE BRIM) B.V.</t>
+          <t>BLUEWATER (HAWENE BRIM) B.V.</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
           <t>PIERCE</t>
         </is>
       </c>
       <c r="I156" t="n">
         <v>57.0</v>
       </c>
       <c r="J156" t="n">
         <v>9.0</v>
       </c>
       <c r="K156" t="n">
         <v>38.834</v>
@@ -35078,51 +35078,51 @@
       </c>
       <c r="V334" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X334" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z334" t="inlineStr">
         <is>
           <t>Drainage Systems - Incorrect drain used</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
           <t>IRS/2024/5007/PON1</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
           <t>14 September 2024 07:30</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E335" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
           <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -35157,66 +35157,64 @@
         <v>47.1</v>
       </c>
       <c r="P335" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q335" t="n">
         <v>211.0</v>
       </c>
       <c r="R335" t="n">
         <v>18.0</v>
       </c>
       <c r="S335" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T335" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V335" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CALCIUM CHLORIDE BRINE</t>
+        </is>
+      </c>
+      <c r="W335" t="n">
+        <v>9044.0</v>
       </c>
       <c r="X335" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z335" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
           <t>IRS/2024/5011/PON1</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
           <t>14 September 2024 14:30</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
@@ -35392,51 +35390,51 @@
           <t>Erifon 818 TLP</t>
         </is>
       </c>
       <c r="W337" t="n">
         <v>24.4</v>
       </c>
       <c r="X337" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z337" t="inlineStr">
         <is>
           <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
           <t>IRS/2024/5019/PON1</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
           <t>15 September 2024 15:10</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED, WELL-SAFE SOLUTIONS LIMITED, NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
           <t>Buchan B1 Well</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
           <t>Remote well (not connected to an installation)</t>
@@ -35461,76 +35459,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M338" t="n">
         <v>0.0</v>
       </c>
       <c r="N338" t="n">
         <v>1.0</v>
       </c>
       <c r="O338" t="n">
         <v>48.0</v>
       </c>
       <c r="P338" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q338" t="n">
         <v>21.0</v>
       </c>
       <c r="R338" t="n">
         <v>1.0</v>
       </c>
       <c r="S338" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T338" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U338" t="n">
+        <v>0.0138411</v>
       </c>
       <c r="V338" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X338" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z338" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
           <t>IRS/2024/5020/PON1</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
           <t>14 September 2024 13:00</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
@@ -36012,51 +36008,51 @@
           <t>Oceanic HW443ND</t>
         </is>
       </c>
       <c r="W343" t="n">
         <v>2610.0</v>
       </c>
       <c r="X343" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z343" t="inlineStr">
         <is>
           <t>Tree - Valve actuator</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
           <t>IRS/2024/5040/PON1</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
           <t>21 September 2024 11:00</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
           <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -36091,66 +36087,64 @@
         <v>25.96</v>
       </c>
       <c r="P344" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q344" t="n">
         <v>211.0</v>
       </c>
       <c r="R344" t="n">
         <v>12.0</v>
       </c>
       <c r="S344" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T344" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V344" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CALCIUM CHLORIDE BRINE</t>
+        </is>
+      </c>
+      <c r="W344" t="n">
+        <v>2007.0</v>
       </c>
       <c r="X344" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z344" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
           <t>IRS/2024/5051/PON1</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
           <t>23 September 2024 17:45</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">