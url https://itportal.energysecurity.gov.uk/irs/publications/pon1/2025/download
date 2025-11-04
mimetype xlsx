--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z285"/>
+  <dimension ref="A2:Z298"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3495,55 +3495,55 @@
         <v>24.5</v>
       </c>
       <c r="P29" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q29" t="n">
         <v>21.0</v>
       </c>
       <c r="R29" t="n">
         <v>30.0</v>
       </c>
       <c r="S29" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T29" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V29" t="inlineStr">
         <is>
-          <t>MONOETHYLENE GLYCOL (MEG) (ALL DILUTIONS)</t>
+          <t>ERIFON CLS 40 V2</t>
         </is>
       </c>
       <c r="W29" t="n">
-        <v>0.7</v>
+        <v>0.3</v>
       </c>
       <c r="X29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z29" t="inlineStr">
         <is>
           <t>Hoses (Subsea) - Hydraulic Hose</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>IRS/2025/5704/PON1</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
@@ -3599,55 +3599,55 @@
         <v>24.5</v>
       </c>
       <c r="P30" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q30" t="n">
         <v>21.0</v>
       </c>
       <c r="R30" t="n">
         <v>30.0</v>
       </c>
       <c r="S30" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T30" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V30" t="inlineStr">
         <is>
-          <t>ERIFON CLS 40 V2</t>
+          <t>MONOETHYLENE GLYCOL (MEG) (ALL DILUTIONS)</t>
         </is>
       </c>
       <c r="W30" t="n">
-        <v>0.3</v>
+        <v>0.7</v>
       </c>
       <c r="X30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z30" t="inlineStr">
         <is>
           <t>Hoses (Subsea) - Hydraulic Hose</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>IRS/2025/5709/PON1</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
@@ -3911,51 +3911,51 @@
         <v>47.1</v>
       </c>
       <c r="P33" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q33" t="n">
         <v>211.0</v>
       </c>
       <c r="R33" t="n">
         <v>18.0</v>
       </c>
       <c r="S33" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T33" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V33" t="inlineStr">
         <is>
-          <t>DEFOAM PLUS NS</t>
+          <t>Nuosept®78</t>
         </is>
       </c>
       <c r="W33" t="n">
         <v>5.03</v>
       </c>
       <c r="X33" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z33" t="inlineStr">
         <is>
           <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>IRS/2025/5713/PON1</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -4535,51 +4535,51 @@
         <v>47.1</v>
       </c>
       <c r="P39" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q39" t="n">
         <v>211.0</v>
       </c>
       <c r="R39" t="n">
         <v>18.0</v>
       </c>
       <c r="S39" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T39" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V39" t="inlineStr">
         <is>
-          <t>Nuosept®78</t>
+          <t>DEFOAM PLUS NS</t>
         </is>
       </c>
       <c r="W39" t="n">
         <v>5.03</v>
       </c>
       <c r="X39" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z39" t="inlineStr">
         <is>
           <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>IRS/2025/5720/PON1</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -13435,51 +13435,51 @@
       </c>
       <c r="V125" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X125" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z125" t="inlineStr">
         <is>
           <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>IRS/2025/6117/PON1</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>26 April 2025 21:30</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -13514,66 +13514,64 @@
         <v>13.0</v>
       </c>
       <c r="P126" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q126" t="n">
         <v>30.0</v>
       </c>
       <c r="R126" t="n">
         <v>7.0</v>
       </c>
       <c r="S126" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T126" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V126" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
+        </is>
+      </c>
+      <c r="W126" t="n">
+        <v>0.0819</v>
       </c>
       <c r="X126" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z126" t="inlineStr">
         <is>
-          <t/>
+          <t>Entrained Chemicals - Utility System</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>IRS/2025/6125/PON1</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>27 April 2025 13:35</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
@@ -14480,51 +14478,51 @@
       </c>
       <c r="X135" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y135" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z135" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>IRS/2025/6172/PON1</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>07 May 2025 11:00</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>Andrew Platform</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -14549,88 +14547,86 @@
           <t>North</t>
         </is>
       </c>
       <c r="M136" t="n">
         <v>1.0</v>
       </c>
       <c r="N136" t="n">
         <v>24.0</v>
       </c>
       <c r="O136" t="n">
         <v>15.0</v>
       </c>
       <c r="P136" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q136" t="n">
         <v>16.0</v>
       </c>
       <c r="R136" t="n">
         <v>23.0</v>
       </c>
       <c r="S136" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T136" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U136" t="n">
+        <v>6.3825E-5</v>
       </c>
       <c r="V136" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X136" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z136" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>IRS/2025/6173/PON1</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>07 May 2025 11:06</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>Noble Innovator</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -14655,88 +14651,86 @@
           <t>North</t>
         </is>
       </c>
       <c r="M137" t="n">
         <v>1.0</v>
       </c>
       <c r="N137" t="n">
         <v>52.0</v>
       </c>
       <c r="O137" t="n">
         <v>25.0</v>
       </c>
       <c r="P137" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q137" t="n">
         <v>22.0</v>
       </c>
       <c r="R137" t="n">
         <v>25.0</v>
       </c>
       <c r="S137" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T137" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U137" t="n">
+        <v>1.76E-4</v>
       </c>
       <c r="V137" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X137" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z137" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Hose Parted from Coupling / Break Away Coupling</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>IRS/2025/6178/PON1</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>28 July 2024 12:00</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -14771,66 +14765,64 @@
         <v>46.0</v>
       </c>
       <c r="P138" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q138" t="n">
         <v>22.0</v>
       </c>
       <c r="R138" t="n">
         <v>24.0</v>
       </c>
       <c r="S138" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T138" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V138" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>GLYCOL/WATER MIXES</t>
+        </is>
+      </c>
+      <c r="W138" t="n">
+        <v>60.0</v>
       </c>
       <c r="X138" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z138" t="inlineStr">
         <is>
-          <t/>
+          <t>pump seals - pump seals</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>IRS/2025/6181/PON1</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>09 May 2025 14:00</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
@@ -15006,51 +14998,51 @@
           <t>OSW85483</t>
         </is>
       </c>
       <c r="W140" t="n">
         <v>0.5</v>
       </c>
       <c r="X140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z140" t="inlineStr">
         <is>
           <t>Subsea Chemical Systems - Fittings / Connections</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>IRS/2025/6184/PON1</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>10 May 2025 10:30</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -15075,76 +15067,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M141" t="n">
         <v>2.0</v>
       </c>
       <c r="N141" t="n">
         <v>20.0</v>
       </c>
       <c r="O141" t="n">
         <v>13.0</v>
       </c>
       <c r="P141" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q141" t="n">
         <v>30.0</v>
       </c>
       <c r="R141" t="n">
         <v>7.0</v>
       </c>
       <c r="S141" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T141" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U141" t="n">
+        <v>0.0025</v>
       </c>
       <c r="V141" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X141" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z141" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>IRS/2025/6185/PON1</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>10 May 2025 15:00</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
@@ -17290,51 +17280,51 @@
       </c>
       <c r="X162" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y162" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z162" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>IRS/2025/6297/PON1</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>09 June 2025 12:30</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -17359,76 +17349,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M163" t="n">
         <v>1.0</v>
       </c>
       <c r="N163" t="n">
         <v>39.0</v>
       </c>
       <c r="O163" t="n">
         <v>9.0</v>
       </c>
       <c r="P163" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q163" t="n">
         <v>3.0</v>
       </c>
       <c r="R163" t="n">
         <v>14.0</v>
       </c>
       <c r="S163" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T163" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U163" t="n">
+        <v>0.01528875</v>
       </c>
       <c r="V163" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X163" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z163" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Bund Overflow / Open</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>IRS/2025/6304/PON1</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>11 June 2025 01:45</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
@@ -24186,51 +24174,51 @@
       </c>
       <c r="X228" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y228" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z228" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>IRS/2025/6467/PON1</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>23 July 2025 00:35</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -24260,66 +24248,64 @@
         <v>7.0</v>
       </c>
       <c r="P229" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q229" t="n">
         <v>3.0</v>
       </c>
       <c r="R229" t="n">
         <v>4.0</v>
       </c>
       <c r="S229" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T229" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V229" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW443 R</t>
+        </is>
+      </c>
+      <c r="W229" t="n">
+        <v>27.0</v>
       </c>
       <c r="X229" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z229" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Fittings / Connections</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>IRS/2025/6468/PON1</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>21 March 2025 14:00</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
@@ -27351,51 +27337,51 @@
       </c>
       <c r="V259" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X259" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z259" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
           <t>IRS/2025/6586/PON1</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
           <t>22 August 2025 11:30</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
           <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -27420,88 +27406,86 @@
           <t>North</t>
         </is>
       </c>
       <c r="M260" t="n">
         <v>1.0</v>
       </c>
       <c r="N260" t="n">
         <v>59.0</v>
       </c>
       <c r="O260" t="n">
         <v>53.12</v>
       </c>
       <c r="P260" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q260" t="n">
         <v>22.0</v>
       </c>
       <c r="R260" t="n">
         <v>20.0</v>
       </c>
       <c r="S260" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T260" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U260" t="n">
+        <v>0.016</v>
       </c>
       <c r="V260" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X260" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z260" t="inlineStr">
         <is>
-          <t/>
+          <t>Valves - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>IRS/2025/6590/PON1</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>22 August 2025 22:00</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
           <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -27526,76 +27510,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M261" t="n">
         <v>1.0</v>
       </c>
       <c r="N261" t="n">
         <v>39.0</v>
       </c>
       <c r="O261" t="n">
         <v>46.88</v>
       </c>
       <c r="P261" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q261" t="n">
         <v>22.0</v>
       </c>
       <c r="R261" t="n">
         <v>20.0</v>
       </c>
       <c r="S261" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T261" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U261" t="n">
+        <v>5.0E-5</v>
       </c>
       <c r="V261" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X261" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z261" t="inlineStr">
         <is>
-          <t/>
+          <t>Valves - Gland / Packing Failure</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>IRS/2025/6594/PON1</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>24 August 2025 04:25</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
@@ -30034,50 +30016,1409 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="T285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z285" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="inlineStr">
+        <is>
+          <t>IRS/2025/6705/PON1</t>
+        </is>
+      </c>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr">
+        <is>
+          <t>17 August 2025 04:00</t>
+        </is>
+      </c>
+      <c r="D286" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E286" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F286" t="inlineStr">
+        <is>
+          <t>Clair Phase 1 Platform</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H286" t="inlineStr">
+        <is>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I286" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J286" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K286" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="L286" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M286" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N286" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="O286" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="P286" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q286" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R286" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S286" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T286" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V286" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X286" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y286" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z286" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="inlineStr">
+        <is>
+          <t>IRS/2025/6706/PON1</t>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr">
+        <is>
+          <t>19 September 2025 01:00</t>
+        </is>
+      </c>
+      <c r="D287" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E287" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F287" t="inlineStr">
+        <is>
+          <t>Clair Ridge QU Platform</t>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H287" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I287" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J287" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K287" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L287" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M287" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N287" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O287" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P287" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q287" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R287" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S287" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T287" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V287" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X287" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y287" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z287" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="inlineStr">
+        <is>
+          <t>IRS/2025/6720/PON1</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr">
+        <is>
+          <t>21 September 2025 03:50</t>
+        </is>
+      </c>
+      <c r="D288" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E288" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F288" t="inlineStr">
+        <is>
+          <t>Ravenspurn South C Platform</t>
+        </is>
+      </c>
+      <c r="G288" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H288" t="inlineStr">
+        <is>
+          <t>RAVENSPURN S[pt.of RAVENSPURN]</t>
+        </is>
+      </c>
+      <c r="I288" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="J288" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="K288" t="n">
+        <v>56.9634</v>
+      </c>
+      <c r="L288" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M288" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N288" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="O288" t="n">
+        <v>25.246</v>
+      </c>
+      <c r="P288" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q288" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="R288" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="S288" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T288" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V288" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X288" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y288" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z288" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr">
+        <is>
+          <t>IRS/2025/6735/PON1</t>
+        </is>
+      </c>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>24 September 2025 18:30</t>
+        </is>
+      </c>
+      <c r="D289" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E289" t="inlineStr">
+        <is>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+        </is>
+      </c>
+      <c r="F289" t="inlineStr">
+        <is>
+          <t>Britannia Platform</t>
+        </is>
+      </c>
+      <c r="G289" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H289" t="inlineStr">
+        <is>
+          <t>BRITANNIA</t>
+        </is>
+      </c>
+      <c r="I289" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J289" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K289" t="n">
+        <v>55.13</v>
+      </c>
+      <c r="L289" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M289" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N289" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O289" t="n">
+        <v>19.54</v>
+      </c>
+      <c r="P289" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q289" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="R289" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="S289" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T289" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V289" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X289" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y289" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z289" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="inlineStr">
+        <is>
+          <t>IRS/2025/6743/PON1</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>27 September 2025 01:27</t>
+        </is>
+      </c>
+      <c r="D290" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E290" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F290" t="inlineStr">
+        <is>
+          <t>Dunbar Platform</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I290" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J290" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="K290" t="n">
+        <v>45.92</v>
+      </c>
+      <c r="L290" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M290" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N290" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O290" t="n">
+        <v>8.85</v>
+      </c>
+      <c r="P290" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q290" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="R290" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="S290" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T290" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V290" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X290" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y290" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z290" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="inlineStr">
+        <is>
+          <t>IRS/2025/6747/PON1</t>
+        </is>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr">
+        <is>
+          <t>28 September 2025 23:42</t>
+        </is>
+      </c>
+      <c r="D291" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E291" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+        </is>
+      </c>
+      <c r="F291" t="inlineStr">
+        <is>
+          <t>Paul B. Loyd, Jnr</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H291" t="inlineStr">
+        <is>
+          <t>CALEDONIA</t>
+        </is>
+      </c>
+      <c r="I291" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J291" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="K291" t="n">
+        <v>10.068</v>
+      </c>
+      <c r="L291" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M291" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N291" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O291" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P291" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S291" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T291" t="inlineStr">
+        <is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U291" t="n">
+        <v>4.175E-4</v>
+      </c>
+      <c r="V291" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X291" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z291" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
+        </is>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="inlineStr">
+        <is>
+          <t>IRS/2025/6750/PON1</t>
+        </is>
+      </c>
+      <c r="B292" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>29 September 2025 04:15</t>
+        </is>
+      </c>
+      <c r="D292" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E292" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="F292" t="inlineStr">
+        <is>
+          <t>Buchan B7 Well</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H292" t="inlineStr">
+        <is>
+          <t>BUCHAN</t>
+        </is>
+      </c>
+      <c r="I292" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J292" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="K292" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="L292" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M292" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N292" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O292" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="P292" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q292" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R292" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="S292" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T292" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V292" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X292" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y292" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z292" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="inlineStr">
+        <is>
+          <t>IRS/2025/6751/PON1</t>
+        </is>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C293" t="inlineStr">
+        <is>
+          <t>29 September 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D293" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E293" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="F293" t="inlineStr">
+        <is>
+          <t>Harding Platform</t>
+        </is>
+      </c>
+      <c r="G293" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H293" t="inlineStr">
+        <is>
+          <t>HARDING</t>
+        </is>
+      </c>
+      <c r="I293" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J293" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="K293" t="n">
+        <v>46.24</v>
+      </c>
+      <c r="L293" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M293" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N293" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="O293" t="n">
+        <v>58.04</v>
+      </c>
+      <c r="P293" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q293" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R293" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="S293" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T293" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V293" t="inlineStr">
+        <is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W293" t="n">
+        <v>15.17</v>
+      </c>
+      <c r="X293" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z293" t="inlineStr">
+        <is>
+          <t>Conductor Tensioner - Seal Failure</t>
+        </is>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="inlineStr">
+        <is>
+          <t>IRS/2025/6752/PON1</t>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>29 September 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D294" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E294" t="inlineStr">
+        <is>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>Armada Platform</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H294" t="inlineStr">
+        <is>
+          <t>FLEMING</t>
+        </is>
+      </c>
+      <c r="I294" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J294" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="K294" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L294" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M294" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N294" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="O294" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="P294" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q294" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R294" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="S294" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T294" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V294" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X294" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y294" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z294" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="inlineStr">
+        <is>
+          <t>IRS/2025/6753/PON1</t>
+        </is>
+      </c>
+      <c r="B295" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr">
+        <is>
+          <t>29 September 2025 23:41</t>
+        </is>
+      </c>
+      <c r="D295" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E295" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F295" t="inlineStr">
+        <is>
+          <t>Obana</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr">
+        <is>
+          <t>Vessel</t>
+        </is>
+      </c>
+      <c r="H295" t="inlineStr">
+        <is>
+          <t>47/14 Amethyst C1D</t>
+        </is>
+      </c>
+      <c r="I295" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J295" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="K295" t="n">
+        <v>44.6</v>
+      </c>
+      <c r="L295" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M295" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N295" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="O295" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="P295" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q295" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="R295" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="S295" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T295" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U295" t="n">
+        <v>5.0E-4</v>
+      </c>
+      <c r="V295" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X295" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z295" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
+        </is>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="inlineStr">
+        <is>
+          <t>IRS/2025/6761/PON1</t>
+        </is>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C296" t="inlineStr">
+        <is>
+          <t>25 September 2025 07:30</t>
+        </is>
+      </c>
+      <c r="D296" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E296" t="inlineStr">
+        <is>
+          <t>APACHE BERYL I LIMITED</t>
+        </is>
+      </c>
+      <c r="F296" t="inlineStr">
+        <is>
+          <t>Beryl B Platform</t>
+        </is>
+      </c>
+      <c r="G296" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H296" t="inlineStr">
+        <is>
+          <t>BERYL</t>
+        </is>
+      </c>
+      <c r="I296" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J296" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="K296" t="n">
+        <v>37.23</v>
+      </c>
+      <c r="L296" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M296" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N296" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="O296" t="n">
+        <v>45.87</v>
+      </c>
+      <c r="P296" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q296" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R296" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="S296" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T296" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V296" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X296" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y296" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z296" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="inlineStr">
+        <is>
+          <t>IRS/2025/6762/PON1</t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>01 October 2025 15:06</t>
+        </is>
+      </c>
+      <c r="D297" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E297" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F297" t="inlineStr">
+        <is>
+          <t>Obana</t>
+        </is>
+      </c>
+      <c r="G297" t="inlineStr">
+        <is>
+          <t>Vessel</t>
+        </is>
+      </c>
+      <c r="H297" t="inlineStr">
+        <is>
+          <t>Amethyst C1D 47/14</t>
+        </is>
+      </c>
+      <c r="I297" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J297" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="K297" t="n">
+        <v>44.6</v>
+      </c>
+      <c r="L297" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M297" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N297" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="O297" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="P297" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q297" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="R297" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="S297" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T297" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U297" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="V297" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X297" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z297" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
+        </is>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="inlineStr">
+        <is>
+          <t>IRS/2025/6791/PON1</t>
+        </is>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C298" t="inlineStr">
+        <is>
+          <t>05 October 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D298" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E298" t="inlineStr">
+        <is>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+        </is>
+      </c>
+      <c r="F298" t="inlineStr">
+        <is>
+          <t>Britannia BLP</t>
+        </is>
+      </c>
+      <c r="G298" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H298" t="inlineStr">
+        <is>
+          <t>BRITANNIA</t>
+        </is>
+      </c>
+      <c r="I298" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J298" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K298" t="n">
+        <v>55.55</v>
+      </c>
+      <c r="L298" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M298" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N298" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O298" t="n">
+        <v>28.56</v>
+      </c>
+      <c r="P298" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q298" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="R298" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="S298" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T298" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V298" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X298" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y298" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>