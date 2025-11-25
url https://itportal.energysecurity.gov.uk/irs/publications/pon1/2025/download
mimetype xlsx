--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z298"/>
+  <dimension ref="A2:Z345"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -4967,51 +4967,51 @@
       </c>
       <c r="X43" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y43" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z43" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>IRS/2025/5749/PON1</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>04 February 2025 13:00</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>Armada Platform</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -5041,66 +5041,64 @@
         <v>42.26</v>
       </c>
       <c r="P44" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q44" t="n">
         <v>22.0</v>
       </c>
       <c r="R44" t="n">
         <v>5.0</v>
       </c>
       <c r="S44" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T44" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V44" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>BIOC41000A</t>
+        </is>
+      </c>
+      <c r="W44" t="n">
+        <v>0.097504</v>
       </c>
       <c r="X44" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z44" t="inlineStr">
         <is>
-          <t/>
+          <t>Entrained Chemicals - Utility System</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>IRS/2025/5751/PON1</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>05 February 2025 06:00</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
@@ -17174,51 +17172,51 @@
           <t>Oceanic HW540 E</t>
         </is>
       </c>
       <c r="W161" t="n">
         <v>10.6</v>
       </c>
       <c r="X161" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z161" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>IRS/2025/6294/PON1</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>08 June 2025 09:45</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -17253,66 +17251,64 @@
         <v>40.0</v>
       </c>
       <c r="P162" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q162" t="n">
         <v>206.0</v>
       </c>
       <c r="R162" t="n">
         <v>8.0</v>
       </c>
       <c r="S162" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T162" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V162" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM HYPOCHLORITE (ALL DILUTIONS).</t>
+        </is>
+      </c>
+      <c r="W162" t="n">
+        <v>1.163</v>
       </c>
       <c r="X162" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z162" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>IRS/2025/6297/PON1</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>09 June 2025 12:30</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
@@ -17488,51 +17484,51 @@
       </c>
       <c r="V164" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X164" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z164" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>IRS/2025/6309/PON1</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>12 June 2025 16:00</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
           <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>Armada Platform</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -17552,76 +17548,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M165" t="n">
         <v>1.0</v>
       </c>
       <c r="N165" t="n">
         <v>50.0</v>
       </c>
       <c r="O165" t="n">
         <v>42.0</v>
       </c>
       <c r="P165" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q165" t="n">
         <v>22.0</v>
       </c>
       <c r="R165" t="n">
         <v>5.0</v>
       </c>
       <c r="S165" t="inlineStr">
         <is>
-          <t/>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T165" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U165" t="n">
+        <v>0.0185</v>
       </c>
       <c r="V165" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X165" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z165" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>IRS/2025/6310/PON1</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>13 June 2025 00:05</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
@@ -28050,51 +28044,51 @@
       </c>
       <c r="X266" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y266" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z266" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>IRS/2025/6602/PON1</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>26 August 2025 16:30</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
           <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -28119,76 +28113,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M267" t="n">
         <v>2.0</v>
       </c>
       <c r="N267" t="n">
         <v>29.0</v>
       </c>
       <c r="O267" t="n">
         <v>39.0</v>
       </c>
       <c r="P267" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q267" t="n">
         <v>206.0</v>
       </c>
       <c r="R267" t="n">
         <v>8.0</v>
       </c>
       <c r="S267" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T267" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U267" t="n">
+        <v>0.0089556</v>
       </c>
       <c r="V267" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X267" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z267" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - caisson</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>IRS/2025/6606/PON1</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
           <t>27 August 2025 13:35</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
@@ -30135,51 +30127,51 @@
       </c>
       <c r="X286" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y286" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z286" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>IRS/2025/6706/PON1</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
           <t>19 September 2025 01:00</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
           <t>Clair Ridge QU Platform</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -30214,66 +30206,64 @@
         <v>39.0</v>
       </c>
       <c r="P287" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q287" t="n">
         <v>206.0</v>
       </c>
       <c r="R287" t="n">
         <v>8.0</v>
       </c>
       <c r="S287" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T287" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V287" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RoClean L211f</t>
+        </is>
+      </c>
+      <c r="W287" t="n">
+        <v>1.1</v>
       </c>
       <c r="X287" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z287" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Sheared</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>IRS/2025/6720/PON1</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>21 September 2025 03:50</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
@@ -31377,50 +31367,4890 @@
         </is>
       </c>
       <c r="T298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z298" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="inlineStr">
+        <is>
+          <t>IRS/2025/6804/PON1</t>
+        </is>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>26 July 2025 21:02</t>
+        </is>
+      </c>
+      <c r="D299" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E299" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F299" t="inlineStr">
+        <is>
+          <t>Clair Ridge Platform</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H299" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I299" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J299" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K299" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L299" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M299" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N299" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O299" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P299" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q299" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R299" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S299" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T299" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V299" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X299" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y299" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z299" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>IRS/2025/6805/PON1</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>07 October 2025 14:30</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
+          <t>Paul B. Loyd, Jnr</t>
+        </is>
+      </c>
+      <c r="G300" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H300" t="inlineStr">
+        <is>
+          <t>CALEDONIA</t>
+        </is>
+      </c>
+      <c r="I300" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J300" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="K300" t="n">
+        <v>10.068</v>
+      </c>
+      <c r="L300" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M300" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N300" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O300" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P300" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S300" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T300" t="inlineStr">
+        <is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U300" t="n">
+        <v>4.175E-6</v>
+      </c>
+      <c r="V300" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X300" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z300" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
+        </is>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="inlineStr">
+        <is>
+          <t>IRS/2025/6806/PON1</t>
+        </is>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C301" t="inlineStr">
+        <is>
+          <t>07 October 2025 17:24</t>
+        </is>
+      </c>
+      <c r="D301" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E301" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F301" t="inlineStr">
+        <is>
+          <t>Gryphon A</t>
+        </is>
+      </c>
+      <c r="G301" t="inlineStr">
+        <is>
+          <t>Vessel</t>
+        </is>
+      </c>
+      <c r="I301" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J301" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="K301" t="n">
+        <v>37.09</v>
+      </c>
+      <c r="L301" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M301" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N301" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="O301" t="n">
+        <v>9.64</v>
+      </c>
+      <c r="P301" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q301" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R301" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="S301" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T301" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V301" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X301" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y301" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z301" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="inlineStr">
+        <is>
+          <t>IRS/2025/6812/PON1</t>
+        </is>
+      </c>
+      <c r="B302" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr">
+        <is>
+          <t>08 October 2025 16:30</t>
+        </is>
+      </c>
+      <c r="D302" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E302" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="F302" t="inlineStr">
+        <is>
+          <t>Thistle A Platform</t>
+        </is>
+      </c>
+      <c r="G302" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H302" t="inlineStr">
+        <is>
+          <t>THISTLE</t>
+        </is>
+      </c>
+      <c r="I302" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="J302" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="K302" t="n">
+        <v>49.901</v>
+      </c>
+      <c r="L302" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M302" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N302" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="O302" t="n">
+        <v>47.1</v>
+      </c>
+      <c r="P302" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q302" t="n">
+        <v>211.0</v>
+      </c>
+      <c r="R302" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="S302" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T302" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V302" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X302" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y302" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z302" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr">
+        <is>
+          <t>IRS/2025/6813/PON1</t>
+        </is>
+      </c>
+      <c r="B303" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>08 October 2025 11:30</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="F303" t="inlineStr">
+        <is>
+          <t>21/20A-P1</t>
+        </is>
+      </c>
+      <c r="G303" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H303" t="inlineStr">
+        <is>
+          <t>Anasuria</t>
+        </is>
+      </c>
+      <c r="I303" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J303" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="K303" t="n">
+        <v>50.774</v>
+      </c>
+      <c r="L303" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M303" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N303" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="O303" t="n">
+        <v>18.867</v>
+      </c>
+      <c r="P303" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q303" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R303" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S303" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T303" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V303" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X303" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y303" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z303" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="inlineStr">
+        <is>
+          <t>IRS/2025/6814/PON1</t>
+        </is>
+      </c>
+      <c r="B304" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C304" t="inlineStr">
+        <is>
+          <t>09 October 2025 06:30</t>
+        </is>
+      </c>
+      <c r="D304" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E304" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="F304" t="inlineStr">
+        <is>
+          <t>Buchan B9 Well</t>
+        </is>
+      </c>
+      <c r="G304" t="inlineStr">
+        <is>
+          <t>Remote well (not connected to an installation)</t>
+        </is>
+      </c>
+      <c r="H304" t="inlineStr">
+        <is>
+          <t>BUCHAN</t>
+        </is>
+      </c>
+      <c r="I304" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J304" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="K304" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="L304" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M304" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N304" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O304" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="P304" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q304" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R304" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="S304" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T304" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V304" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X304" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y304" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z304" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="inlineStr">
+        <is>
+          <t>IRS/2025/6815/PON1</t>
+        </is>
+      </c>
+      <c r="B305" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C305" t="inlineStr">
+        <is>
+          <t>02 October 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D305" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E305" t="inlineStr">
+        <is>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+        </is>
+      </c>
+      <c r="F305" t="inlineStr">
+        <is>
+          <t>Triton FPSO</t>
+        </is>
+      </c>
+      <c r="G305" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H305" t="inlineStr">
+        <is>
+          <t>Triton</t>
+        </is>
+      </c>
+      <c r="I305" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J305" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="K305" t="n">
+        <v>2.214</v>
+      </c>
+      <c r="L305" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M305" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N305" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="O305" t="n">
+        <v>38.24</v>
+      </c>
+      <c r="P305" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q305" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R305" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="S305" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T305" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V305" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X305" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y305" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z305" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="inlineStr">
+        <is>
+          <t>IRS/2025/6818/PON1</t>
+        </is>
+      </c>
+      <c r="B306" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C306" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D306" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E306" t="inlineStr">
+        <is>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F306" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="G306" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H306" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="I306" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J306" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="K306" t="n">
+        <v>18.716</v>
+      </c>
+      <c r="L306" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M306" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N306" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O306" t="n">
+        <v>19.323</v>
+      </c>
+      <c r="P306" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q306" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R306" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S306" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T306" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V306" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X306" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y306" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z306" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="inlineStr">
+        <is>
+          <t>IRS/2025/6818/PON1</t>
+        </is>
+      </c>
+      <c r="B307" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C307" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D307" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E307" t="inlineStr">
+        <is>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F307" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="G307" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H307" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="I307" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J307" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="K307" t="n">
+        <v>18.716</v>
+      </c>
+      <c r="L307" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M307" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N307" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O307" t="n">
+        <v>19.323</v>
+      </c>
+      <c r="P307" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q307" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R307" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S307" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T307" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V307" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X307" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y307" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z307" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="inlineStr">
+        <is>
+          <t>IRS/2025/6818/PON1</t>
+        </is>
+      </c>
+      <c r="B308" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D308" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E308" t="inlineStr">
+        <is>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F308" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="G308" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H308" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="I308" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J308" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="K308" t="n">
+        <v>18.716</v>
+      </c>
+      <c r="L308" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M308" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N308" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O308" t="n">
+        <v>19.323</v>
+      </c>
+      <c r="P308" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q308" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R308" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S308" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T308" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V308" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X308" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y308" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z308" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr">
+        <is>
+          <t>IRS/2025/6818/PON1</t>
+        </is>
+      </c>
+      <c r="B309" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D309" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E309" t="inlineStr">
+        <is>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F309" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H309" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="I309" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J309" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="K309" t="n">
+        <v>18.716</v>
+      </c>
+      <c r="L309" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M309" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N309" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O309" t="n">
+        <v>19.323</v>
+      </c>
+      <c r="P309" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q309" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R309" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S309" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T309" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V309" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X309" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y309" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z309" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr">
+        <is>
+          <t>IRS/2025/6818/PON1</t>
+        </is>
+      </c>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C310" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D310" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E310" t="inlineStr">
+        <is>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F310" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="G310" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H310" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="I310" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J310" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="K310" t="n">
+        <v>18.716</v>
+      </c>
+      <c r="L310" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M310" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N310" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O310" t="n">
+        <v>19.323</v>
+      </c>
+      <c r="P310" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q310" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R310" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S310" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T310" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V310" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X310" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y310" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z310" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="inlineStr">
+        <is>
+          <t>IRS/2025/6818/PON1</t>
+        </is>
+      </c>
+      <c r="B311" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C311" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D311" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E311" t="inlineStr">
+        <is>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F311" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="G311" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H311" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="I311" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J311" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="K311" t="n">
+        <v>18.716</v>
+      </c>
+      <c r="L311" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M311" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N311" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O311" t="n">
+        <v>19.323</v>
+      </c>
+      <c r="P311" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q311" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R311" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S311" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T311" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V311" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X311" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y311" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z311" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="inlineStr">
+        <is>
+          <t>IRS/2025/6818/PON1</t>
+        </is>
+      </c>
+      <c r="B312" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C312" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D312" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E312" t="inlineStr">
+        <is>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F312" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="G312" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H312" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="I312" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J312" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="K312" t="n">
+        <v>18.716</v>
+      </c>
+      <c r="L312" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M312" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N312" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O312" t="n">
+        <v>19.323</v>
+      </c>
+      <c r="P312" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q312" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R312" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S312" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T312" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V312" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X312" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y312" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z312" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="inlineStr">
+        <is>
+          <t>IRS/2025/6818/PON1</t>
+        </is>
+      </c>
+      <c r="B313" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C313" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D313" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E313" t="inlineStr">
+        <is>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F313" t="inlineStr">
+        <is>
+          <t>Mariner PDQ Platform</t>
+        </is>
+      </c>
+      <c r="G313" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H313" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="I313" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J313" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="K313" t="n">
+        <v>18.716</v>
+      </c>
+      <c r="L313" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M313" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N313" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O313" t="n">
+        <v>19.323</v>
+      </c>
+      <c r="P313" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q313" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R313" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S313" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T313" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V313" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X313" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y313" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z313" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="inlineStr">
+        <is>
+          <t>IRS/2025/6819/PON1</t>
+        </is>
+      </c>
+      <c r="B314" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:45</t>
+        </is>
+      </c>
+      <c r="D314" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E314" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F314" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="G314" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I314" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J314" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K314" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L314" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M314" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N314" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O314" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P314" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S314" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T314" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V314" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X314" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y314" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z314" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="inlineStr">
+        <is>
+          <t>IRS/2025/6819/PON1</t>
+        </is>
+      </c>
+      <c r="B315" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:45</t>
+        </is>
+      </c>
+      <c r="D315" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E315" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F315" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="G315" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I315" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J315" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K315" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L315" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M315" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N315" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O315" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P315" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S315" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T315" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V315" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X315" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y315" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z315" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="inlineStr">
+        <is>
+          <t>IRS/2025/6819/PON1</t>
+        </is>
+      </c>
+      <c r="B316" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C316" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:45</t>
+        </is>
+      </c>
+      <c r="D316" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E316" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F316" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="G316" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I316" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J316" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K316" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L316" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M316" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N316" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O316" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P316" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S316" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T316" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V316" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X316" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y316" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z316" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="inlineStr">
+        <is>
+          <t>IRS/2025/6819/PON1</t>
+        </is>
+      </c>
+      <c r="B317" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C317" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:45</t>
+        </is>
+      </c>
+      <c r="D317" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E317" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F317" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="G317" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I317" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J317" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K317" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L317" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M317" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N317" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O317" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P317" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S317" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T317" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V317" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X317" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y317" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z317" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="inlineStr">
+        <is>
+          <t>IRS/2025/6819/PON1</t>
+        </is>
+      </c>
+      <c r="B318" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C318" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:45</t>
+        </is>
+      </c>
+      <c r="D318" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E318" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F318" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="G318" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I318" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J318" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K318" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L318" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M318" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N318" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O318" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P318" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S318" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T318" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V318" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X318" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y318" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z318" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="inlineStr">
+        <is>
+          <t>IRS/2025/6819/PON1</t>
+        </is>
+      </c>
+      <c r="B319" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C319" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:45</t>
+        </is>
+      </c>
+      <c r="D319" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E319" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F319" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="G319" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I319" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J319" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K319" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L319" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M319" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N319" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O319" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P319" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S319" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T319" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V319" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X319" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y319" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z319" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="inlineStr">
+        <is>
+          <t>IRS/2025/6819/PON1</t>
+        </is>
+      </c>
+      <c r="B320" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C320" t="inlineStr">
+        <is>
+          <t>10 October 2025 10:45</t>
+        </is>
+      </c>
+      <c r="D320" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E320" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F320" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I320" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J320" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K320" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L320" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M320" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N320" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O320" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P320" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S320" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T320" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V320" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X320" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y320" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z320" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="inlineStr">
+        <is>
+          <t>IRS/2025/6820/PON1</t>
+        </is>
+      </c>
+      <c r="B321" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C321" t="inlineStr">
+        <is>
+          <t>11 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D321" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E321" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F321" t="inlineStr">
+        <is>
+          <t>Douglas DD Platform</t>
+        </is>
+      </c>
+      <c r="G321" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H321" t="inlineStr">
+        <is>
+          <t>Liverpool Bay</t>
+        </is>
+      </c>
+      <c r="I321" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J321" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="K321" t="n">
+        <v>13.91</v>
+      </c>
+      <c r="L321" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M321" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="N321" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="O321" t="n">
+        <v>42.29</v>
+      </c>
+      <c r="P321" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q321" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R321" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="S321" t="inlineStr">
+        <is>
+          <t>Lube Oil</t>
+        </is>
+      </c>
+      <c r="T321" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U321" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="V321" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X321" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z321" t="inlineStr">
+        <is>
+          <t>Decommissioning Related</t>
+        </is>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="inlineStr">
+        <is>
+          <t>IRS/2025/6821/PON1</t>
+        </is>
+      </c>
+      <c r="B322" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C322" t="inlineStr">
+        <is>
+          <t>11 October 2025 11:00</t>
+        </is>
+      </c>
+      <c r="D322" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E322" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F322" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="G322" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I322" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J322" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K322" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L322" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M322" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N322" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O322" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P322" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q322" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R322" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="S322" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T322" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U322" t="n">
+        <v>1.0E-5</v>
+      </c>
+      <c r="V322" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X322" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z322" t="inlineStr">
+        <is>
+          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
+        </is>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="inlineStr">
+        <is>
+          <t>IRS/2025/6823/PON1</t>
+        </is>
+      </c>
+      <c r="B323" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C323" t="inlineStr">
+        <is>
+          <t>10 October 2025 22:30</t>
+        </is>
+      </c>
+      <c r="D323" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E323" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F323" t="inlineStr">
+        <is>
+          <t>Valaris 72</t>
+        </is>
+      </c>
+      <c r="G323" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="I323" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J323" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="K323" t="n">
+        <v>57.5</v>
+      </c>
+      <c r="L323" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M323" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="N323" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="O323" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="P323" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q323" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R323" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="S323" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T323" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V323" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X323" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y323" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z323" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="inlineStr">
+        <is>
+          <t>IRS/2025/6824/PON1</t>
+        </is>
+      </c>
+      <c r="B324" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C324" t="inlineStr">
+        <is>
+          <t>11 October 2025 14:55</t>
+        </is>
+      </c>
+      <c r="D324" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E324" t="inlineStr">
+        <is>
+          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F324" t="inlineStr">
+        <is>
+          <t>Haewene Brim</t>
+        </is>
+      </c>
+      <c r="G324" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H324" t="inlineStr">
+        <is>
+          <t>PIERCE</t>
+        </is>
+      </c>
+      <c r="I324" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J324" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="K324" t="n">
+        <v>1.79</v>
+      </c>
+      <c r="L324" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M324" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N324" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O324" t="n">
+        <v>29.88</v>
+      </c>
+      <c r="P324" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q324" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="R324" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="S324" t="inlineStr">
+        <is>
+          <t>Crude</t>
+        </is>
+      </c>
+      <c r="T324" t="inlineStr">
+        <is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U324" t="n">
+        <v>3.72566E-4</v>
+      </c>
+      <c r="V324" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X324" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z324" t="inlineStr">
+        <is>
+          <t>Sheen - deluge testing</t>
+        </is>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="inlineStr">
+        <is>
+          <t>IRS/2025/6825/PON1</t>
+        </is>
+      </c>
+      <c r="B325" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>11 October 2025 23:35</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>Gryphon A</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr">
+        <is>
+          <t>Vessel</t>
+        </is>
+      </c>
+      <c r="H325" t="inlineStr">
+        <is>
+          <t>GRYPHON</t>
+        </is>
+      </c>
+      <c r="I325" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J325" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="K325" t="n">
+        <v>37.09</v>
+      </c>
+      <c r="L325" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M325" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N325" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="O325" t="n">
+        <v>9.64</v>
+      </c>
+      <c r="P325" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q325" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R325" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="S325" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T325" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U325" t="n">
+        <v>7.0628E-4</v>
+      </c>
+      <c r="V325" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X325" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z325" t="inlineStr">
+        <is>
+          <t>Decommissioning Related</t>
+        </is>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>IRS/2025/6826/PON1</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C326" t="inlineStr">
+        <is>
+          <t>11 October 2025 20:22</t>
+        </is>
+      </c>
+      <c r="D326" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
+        <is>
+          <t>Triton FPSO</t>
+        </is>
+      </c>
+      <c r="G326" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H326" t="inlineStr">
+        <is>
+          <t>BELINDA</t>
+        </is>
+      </c>
+      <c r="I326" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J326" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K326" t="n">
+        <v>6.815</v>
+      </c>
+      <c r="L326" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M326" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N326" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="O326" t="n">
+        <v>37.93</v>
+      </c>
+      <c r="P326" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q326" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R326" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="S326" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T326" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V326" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X326" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y326" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z326" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="inlineStr">
+        <is>
+          <t>IRS/2025/6826/PON1</t>
+        </is>
+      </c>
+      <c r="B327" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C327" t="inlineStr">
+        <is>
+          <t>11 October 2025 20:22</t>
+        </is>
+      </c>
+      <c r="D327" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E327" t="inlineStr">
+        <is>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="F327" t="inlineStr">
+        <is>
+          <t>Triton FPSO</t>
+        </is>
+      </c>
+      <c r="G327" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H327" t="inlineStr">
+        <is>
+          <t>BELINDA</t>
+        </is>
+      </c>
+      <c r="I327" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J327" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K327" t="n">
+        <v>6.815</v>
+      </c>
+      <c r="L327" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M327" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N327" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="O327" t="n">
+        <v>37.93</v>
+      </c>
+      <c r="P327" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q327" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R327" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="S327" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T327" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V327" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X327" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y327" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z327" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="inlineStr">
+        <is>
+          <t>IRS/2025/6827/PON1</t>
+        </is>
+      </c>
+      <c r="B328" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C328" t="inlineStr">
+        <is>
+          <t>12 October 2025 08:30</t>
+        </is>
+      </c>
+      <c r="D328" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E328" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F328" t="inlineStr">
+        <is>
+          <t>Nelson Platform</t>
+        </is>
+      </c>
+      <c r="G328" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I328" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J328" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="K328" t="n">
+        <v>44.022</v>
+      </c>
+      <c r="L328" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M328" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N328" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O328" t="n">
+        <v>38.397</v>
+      </c>
+      <c r="P328" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q328" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R328" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S328" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T328" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V328" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X328" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y328" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z328" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="inlineStr">
+        <is>
+          <t>IRS/2025/6829/PON1</t>
+        </is>
+      </c>
+      <c r="B329" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C329" t="inlineStr">
+        <is>
+          <t>12 October 2025 08:15</t>
+        </is>
+      </c>
+      <c r="D329" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E329" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="F329" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="G329" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H329" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="I329" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="J329" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="K329" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="L329" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M329" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N329" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="O329" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="P329" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q329" t="n">
+        <v>211.0</v>
+      </c>
+      <c r="R329" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="S329" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T329" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V329" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X329" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y329" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z329" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="inlineStr">
+        <is>
+          <t>IRS/2025/6835/PON1</t>
+        </is>
+      </c>
+      <c r="B330" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C330" t="inlineStr">
+        <is>
+          <t>12 October 2025 16:45</t>
+        </is>
+      </c>
+      <c r="D330" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E330" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F330" t="inlineStr">
+        <is>
+          <t>Brent D Platform</t>
+        </is>
+      </c>
+      <c r="G330" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H330" t="inlineStr">
+        <is>
+          <t>BRENT</t>
+        </is>
+      </c>
+      <c r="I330" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="J330" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="K330" t="n">
+        <v>52.8</v>
+      </c>
+      <c r="L330" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M330" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N330" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="O330" t="n">
+        <v>6.47</v>
+      </c>
+      <c r="P330" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q330" t="n">
+        <v>211.0</v>
+      </c>
+      <c r="R330" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="S330" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T330" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V330" t="inlineStr">
+        <is>
+          <t>DTE 10 EXCEL 46</t>
+        </is>
+      </c>
+      <c r="W330" t="n">
+        <v>2.04E-4</v>
+      </c>
+      <c r="X330" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z330" t="inlineStr">
+        <is>
+          <t>Decommissioning Related</t>
+        </is>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="inlineStr">
+        <is>
+          <t>IRS/2025/6846/PON1</t>
+        </is>
+      </c>
+      <c r="B331" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C331" t="inlineStr">
+        <is>
+          <t>13 October 2025 07:55</t>
+        </is>
+      </c>
+      <c r="D331" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E331" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="F331" t="inlineStr">
+        <is>
+          <t>Ninian Central Platform</t>
+        </is>
+      </c>
+      <c r="G331" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H331" t="inlineStr">
+        <is>
+          <t>NINIAN</t>
+        </is>
+      </c>
+      <c r="I331" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J331" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="K331" t="n">
+        <v>34.4</v>
+      </c>
+      <c r="L331" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M331" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N331" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="O331" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="P331" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S331" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T331" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V331" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X331" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y331" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z331" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="inlineStr">
+        <is>
+          <t>IRS/2025/6848/PON1</t>
+        </is>
+      </c>
+      <c r="B332" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr">
+        <is>
+          <t>04 October 2025 16:00</t>
+        </is>
+      </c>
+      <c r="D332" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E332" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="F332" t="inlineStr">
+        <is>
+          <t>Ninian Central Platform</t>
+        </is>
+      </c>
+      <c r="G332" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H332" t="inlineStr">
+        <is>
+          <t>NINIAN</t>
+        </is>
+      </c>
+      <c r="I332" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J332" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="K332" t="n">
+        <v>34.4</v>
+      </c>
+      <c r="L332" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M332" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N332" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="O332" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="P332" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S332" t="inlineStr">
+        <is>
+          <t>Crude</t>
+        </is>
+      </c>
+      <c r="T332" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U332" t="n">
+        <v>0.155</v>
+      </c>
+      <c r="V332" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X332" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z332" t="inlineStr">
+        <is>
+          <t>Drainage Systems - Pipework Failure</t>
+        </is>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="inlineStr">
+        <is>
+          <t>IRS/2025/6850/PON1</t>
+        </is>
+      </c>
+      <c r="B333" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>14 October 2025 17:00</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>Clair Ridge DP Template</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H333" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I333" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J333" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K333" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L333" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M333" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N333" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O333" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P333" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q333" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R333" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S333" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T333" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V333" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X333" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y333" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z333" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>IRS/2025/6850/PON1</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr">
+        <is>
+          <t>14 October 2025 17:00</t>
+        </is>
+      </c>
+      <c r="D334" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
+          <t>Clair Ridge DP Template</t>
+        </is>
+      </c>
+      <c r="G334" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H334" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I334" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J334" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K334" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L334" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M334" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N334" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O334" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P334" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q334" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R334" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S334" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T334" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V334" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X334" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y334" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z334" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="inlineStr">
+        <is>
+          <t>IRS/2025/6850/PON1</t>
+        </is>
+      </c>
+      <c r="B335" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C335" t="inlineStr">
+        <is>
+          <t>14 October 2025 17:00</t>
+        </is>
+      </c>
+      <c r="D335" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E335" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F335" t="inlineStr">
+        <is>
+          <t>Clair Ridge DP Template</t>
+        </is>
+      </c>
+      <c r="G335" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H335" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I335" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J335" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K335" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L335" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M335" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N335" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O335" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P335" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q335" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R335" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S335" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T335" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V335" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X335" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y335" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z335" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="inlineStr">
+        <is>
+          <t>IRS/2025/6850/PON1</t>
+        </is>
+      </c>
+      <c r="B336" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C336" t="inlineStr">
+        <is>
+          <t>14 October 2025 17:00</t>
+        </is>
+      </c>
+      <c r="D336" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E336" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F336" t="inlineStr">
+        <is>
+          <t>Clair Ridge DP Template</t>
+        </is>
+      </c>
+      <c r="G336" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H336" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I336" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J336" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K336" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L336" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M336" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N336" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O336" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P336" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q336" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R336" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S336" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T336" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V336" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X336" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y336" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z336" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" t="inlineStr">
+        <is>
+          <t>IRS/2025/6850/PON1</t>
+        </is>
+      </c>
+      <c r="B337" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C337" t="inlineStr">
+        <is>
+          <t>14 October 2025 17:00</t>
+        </is>
+      </c>
+      <c r="D337" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E337" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F337" t="inlineStr">
+        <is>
+          <t>Clair Ridge DP Template</t>
+        </is>
+      </c>
+      <c r="G337" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H337" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I337" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J337" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K337" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L337" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M337" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N337" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O337" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P337" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q337" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R337" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S337" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T337" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V337" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X337" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y337" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z337" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" t="inlineStr">
+        <is>
+          <t>IRS/2025/6853/PON1</t>
+        </is>
+      </c>
+      <c r="B338" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C338" t="inlineStr">
+        <is>
+          <t>17 October 2025 08:03</t>
+        </is>
+      </c>
+      <c r="D338" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E338" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="F338" t="inlineStr">
+        <is>
+          <t>Harding Platform</t>
+        </is>
+      </c>
+      <c r="G338" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H338" t="inlineStr">
+        <is>
+          <t>HARDING</t>
+        </is>
+      </c>
+      <c r="I338" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J338" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="K338" t="n">
+        <v>46.24</v>
+      </c>
+      <c r="L338" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M338" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N338" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="O338" t="n">
+        <v>58.04</v>
+      </c>
+      <c r="P338" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q338" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R338" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="S338" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T338" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V338" t="inlineStr">
+        <is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W338" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="X338" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z338" t="inlineStr">
+        <is>
+          <t>Conductor Tensioner - Seal Failure</t>
+        </is>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" t="inlineStr">
+        <is>
+          <t>IRS/2025/6857/PON1</t>
+        </is>
+      </c>
+      <c r="B339" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C339" t="inlineStr">
+        <is>
+          <t>17 October 2025 14:45</t>
+        </is>
+      </c>
+      <c r="D339" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E339" t="inlineStr">
+        <is>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+        </is>
+      </c>
+      <c r="F339" t="inlineStr">
+        <is>
+          <t>Rough CD Platform</t>
+        </is>
+      </c>
+      <c r="G339" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H339" t="inlineStr">
+        <is>
+          <t>ROUGH</t>
+        </is>
+      </c>
+      <c r="I339" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J339" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="K339" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="L339" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M339" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N339" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="O339" t="n">
+        <v>34.8</v>
+      </c>
+      <c r="P339" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q339" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="R339" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="S339" t="inlineStr">
+        <is>
+          <t>Unknown</t>
+        </is>
+      </c>
+      <c r="T339" t="inlineStr">
+        <is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U339" t="n">
+        <v>4.505E-4</v>
+      </c>
+      <c r="V339" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X339" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z339" t="inlineStr">
+        <is>
+          <t>Sheen - Deluge Testing</t>
+        </is>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" t="inlineStr">
+        <is>
+          <t>IRS/2025/6858/PON1</t>
+        </is>
+      </c>
+      <c r="B340" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C340" t="inlineStr">
+        <is>
+          <t>17 October 2025 15:45</t>
+        </is>
+      </c>
+      <c r="D340" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E340" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="F340" t="inlineStr">
+        <is>
+          <t>Lomond Platform</t>
+        </is>
+      </c>
+      <c r="G340" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H340" t="inlineStr">
+        <is>
+          <t>LOMOND</t>
+        </is>
+      </c>
+      <c r="I340" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J340" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K340" t="n">
+        <v>15.15</v>
+      </c>
+      <c r="L340" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M340" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N340" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="O340" t="n">
+        <v>41.51</v>
+      </c>
+      <c r="P340" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q340" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="R340" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="S340" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T340" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V340" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X340" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y340" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z340" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" t="inlineStr">
+        <is>
+          <t>IRS/2025/6871/PON1</t>
+        </is>
+      </c>
+      <c r="B341" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C341" t="inlineStr">
+        <is>
+          <t>21 October 2025 14:00</t>
+        </is>
+      </c>
+      <c r="D341" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E341" t="inlineStr">
+        <is>
+          <t>PERENCO GAS (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="F341" t="inlineStr">
+        <is>
+          <t>Cleeton CW Wellhead Tower</t>
+        </is>
+      </c>
+      <c r="G341" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H341" t="inlineStr">
+        <is>
+          <t>CLEETON</t>
+        </is>
+      </c>
+      <c r="I341" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="J341" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K341" t="n">
+        <v>0.144</v>
+      </c>
+      <c r="L341" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M341" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N341" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="O341" t="n">
+        <v>40.131</v>
+      </c>
+      <c r="P341" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q341" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="R341" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="S341" t="inlineStr">
+        <is>
+          <t>Diesel</t>
+        </is>
+      </c>
+      <c r="T341" t="inlineStr">
+        <is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U341" t="n">
+        <v>2.862E-4</v>
+      </c>
+      <c r="V341" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X341" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z341" t="inlineStr">
+        <is>
+          <t>Wellheads - Spill Whilst Topping Up Annulus</t>
+        </is>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" t="inlineStr">
+        <is>
+          <t>IRS/2025/6872/PON1</t>
+        </is>
+      </c>
+      <c r="B342" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C342" t="inlineStr">
+        <is>
+          <t>21 October 2025 09:27</t>
+        </is>
+      </c>
+      <c r="D342" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E342" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="F342" t="inlineStr">
+        <is>
+          <t>Clyde Platform</t>
+        </is>
+      </c>
+      <c r="G342" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I342" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J342" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="K342" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L342" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M342" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N342" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="O342" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="P342" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q342" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="R342" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="S342" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T342" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V342" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X342" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y342" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z342" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" t="inlineStr">
+        <is>
+          <t>IRS/2025/6876/PON1</t>
+        </is>
+      </c>
+      <c r="B343" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C343" t="inlineStr">
+        <is>
+          <t>22 October 2025 08:25</t>
+        </is>
+      </c>
+      <c r="D343" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E343" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F343" t="inlineStr">
+        <is>
+          <t>Nelson Platform</t>
+        </is>
+      </c>
+      <c r="G343" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H343" t="inlineStr">
+        <is>
+          <t>NELSON</t>
+        </is>
+      </c>
+      <c r="I343" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J343" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="K343" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="L343" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M343" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N343" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O343" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="P343" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q343" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R343" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S343" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T343" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V343" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X343" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y343" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z343" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" t="inlineStr">
+        <is>
+          <t>IRS/2025/6877/PON1</t>
+        </is>
+      </c>
+      <c r="B344" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C344" t="inlineStr">
+        <is>
+          <t>21 October 2025 19:42</t>
+        </is>
+      </c>
+      <c r="D344" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E344" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F344" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="G344" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H344" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="I344" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J344" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="K344" t="n">
+        <v>40.86</v>
+      </c>
+      <c r="L344" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M344" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N344" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O344" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="P344" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q344" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R344" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="S344" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T344" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V344" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X344" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y344" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z344" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" t="inlineStr">
+        <is>
+          <t>IRS/2025/6879/PON1</t>
+        </is>
+      </c>
+      <c r="B345" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C345" t="inlineStr">
+        <is>
+          <t>20 July 2025 04:30</t>
+        </is>
+      </c>
+      <c r="D345" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E345" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F345" t="inlineStr">
+        <is>
+          <t>Brent C Platform</t>
+        </is>
+      </c>
+      <c r="G345" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H345" t="inlineStr">
+        <is>
+          <t>BRENT</t>
+        </is>
+      </c>
+      <c r="I345" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="J345" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="K345" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="L345" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M345" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N345" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="O345" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="P345" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q345" t="n">
+        <v>211.0</v>
+      </c>
+      <c r="R345" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="S345" t="inlineStr">
+        <is>
+          <t>Crude</t>
+        </is>
+      </c>
+      <c r="T345" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U345" t="n">
+        <v>4.0E-4</v>
+      </c>
+      <c r="V345" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X345" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z345" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>