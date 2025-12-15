--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z345"/>
+  <dimension ref="A2:Z360"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -15518,51 +15518,51 @@
       </c>
       <c r="X145" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y145" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z145" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>IRS/2025/6215/PON1</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>17 May 2025 16:25</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>Fulmar A Platform</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -15587,76 +15587,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M146" t="n">
         <v>2.0</v>
       </c>
       <c r="N146" t="n">
         <v>9.0</v>
       </c>
       <c r="O146" t="n">
         <v>16.67</v>
       </c>
       <c r="P146" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q146" t="n">
         <v>30.0</v>
       </c>
       <c r="R146" t="n">
         <v>16.0</v>
       </c>
       <c r="S146" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T146" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U146" t="n">
+        <v>0.007785</v>
       </c>
       <c r="V146" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X146" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z146" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>IRS/2025/6218/PON1</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>18 May 2025 09:18</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
@@ -15926,2725 +15924,2725 @@
           <t>Measured</t>
         </is>
       </c>
       <c r="U149" t="n">
         <v>0.0018</v>
       </c>
       <c r="V149" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X149" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z149" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>IRS/2025/6235/PON1</t>
+          <t>IRS/2025/6237/PON1</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>24 May 2025 07:50</t>
+          <t>24 May 2025 07:28</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>Clyde Platform</t>
+          <t>Ravenspurn North CPP Platform</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
-          <t>CLYDE</t>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="I150" t="n">
-        <v>56.0</v>
+        <v>54.0</v>
       </c>
       <c r="J150" t="n">
-        <v>27.0</v>
+        <v>1.0</v>
       </c>
       <c r="K150" t="n">
-        <v>10.0</v>
+        <v>54.8</v>
       </c>
       <c r="L150" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M150" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N150" t="n">
-        <v>17.0</v>
+        <v>6.0</v>
       </c>
       <c r="O150" t="n">
-        <v>18.0</v>
+        <v>13.0</v>
       </c>
       <c r="P150" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q150" t="n">
-        <v>30.0</v>
+        <v>43.0</v>
       </c>
       <c r="R150" t="n">
-        <v>17.0</v>
+        <v>26.0</v>
       </c>
       <c r="S150" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T150" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U150" t="n">
+        <v>0.1258</v>
       </c>
       <c r="V150" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X150" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z150" t="inlineStr">
         <is>
-          <t/>
+          <t>Storage (Hydraulic Oils, Lube Oils) - PSV</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>IRS/2025/6237/PON1</t>
+          <t>IRS/2025/6242/PON1</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>24 May 2025 07:28</t>
+          <t>26 May 2025 06:36</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>Ravenspurn North CPP Platform</t>
+          <t>Boka Topaz</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>LYELL</t>
         </is>
       </c>
       <c r="I151" t="n">
-        <v>54.0</v>
+        <v>60.0</v>
       </c>
       <c r="J151" t="n">
-        <v>1.0</v>
+        <v>53.0</v>
       </c>
       <c r="K151" t="n">
-        <v>54.8</v>
+        <v>55.0</v>
       </c>
       <c r="L151" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M151" t="n">
         <v>1.0</v>
       </c>
       <c r="N151" t="n">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
       <c r="O151" t="n">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
       <c r="P151" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q151" t="n">
-        <v>43.0</v>
+        <v>3.0</v>
       </c>
       <c r="R151" t="n">
-        <v>26.0</v>
+        <v>2.0</v>
       </c>
       <c r="S151" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T151" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U151" t="n">
-        <v>0.1258</v>
+        <v>2.58E-5</v>
       </c>
       <c r="V151" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X151" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z151" t="inlineStr">
         <is>
-          <t>Storage (Hydraulic Oils, Lube Oils) - PSV</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>IRS/2025/6242/PON1</t>
+          <t>IRS/2025/6248/PON1</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>26 May 2025 06:36</t>
+          <t>27 May 2025 09:30</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>Boka Topaz</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H152" t="inlineStr">
         <is>
-          <t>LYELL</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I152" t="n">
         <v>60.0</v>
       </c>
       <c r="J152" t="n">
-        <v>53.0</v>
+        <v>51.0</v>
       </c>
       <c r="K152" t="n">
-        <v>55.0</v>
+        <v>24.42</v>
       </c>
       <c r="L152" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M152" t="n">
         <v>1.0</v>
       </c>
       <c r="N152" t="n">
-        <v>16.0</v>
+        <v>28.0</v>
       </c>
       <c r="O152" t="n">
-        <v>10.0</v>
+        <v>8.73</v>
       </c>
       <c r="P152" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q152" t="n">
         <v>3.0</v>
       </c>
       <c r="R152" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="S152" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T152" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>2.58E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V152" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X152" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y152" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z152" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>IRS/2025/6248/PON1</t>
+          <t>IRS/2025/6252/PON1</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>27 May 2025 09:30</t>
+          <t>28 May 2025 17:30</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="I153" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J153" t="n">
-        <v>51.0</v>
+        <v>11.0</v>
       </c>
       <c r="K153" t="n">
-        <v>24.42</v>
+        <v>18.4</v>
       </c>
       <c r="L153" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M153" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N153" t="n">
-        <v>28.0</v>
+        <v>44.0</v>
       </c>
       <c r="O153" t="n">
-        <v>8.73</v>
+        <v>25.3</v>
       </c>
       <c r="P153" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q153" t="n">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="R153" t="n">
-        <v>3.0</v>
+        <v>24.0</v>
       </c>
       <c r="S153" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T153" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V153" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Brayco Micronic SV/3</t>
+        </is>
+      </c>
+      <c r="W153" t="n">
+        <v>13.65</v>
       </c>
       <c r="X153" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z153" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>IRS/2025/6252/PON1</t>
+          <t>IRS/2025/6262/PON1</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>28 May 2025 17:30</t>
+          <t>01 June 2025 02:16</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Siem Day</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H154" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I154" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J154" t="n">
-        <v>11.0</v>
+        <v>5.0</v>
       </c>
       <c r="K154" t="n">
-        <v>18.4</v>
+        <v>42.0</v>
       </c>
       <c r="L154" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M154" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N154" t="n">
-        <v>44.0</v>
+        <v>43.0</v>
       </c>
       <c r="O154" t="n">
-        <v>25.3</v>
+        <v>7.0</v>
       </c>
       <c r="P154" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q154" t="n">
-        <v>21.0</v>
+        <v>211.0</v>
       </c>
       <c r="R154" t="n">
-        <v>24.0</v>
+        <v>29.0</v>
       </c>
       <c r="S154" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T154" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V154" t="inlineStr">
         <is>
-          <t>Castrol Brayco Micronic SV/3</t>
-[...3 lines deleted...]
-        <v>13.65</v>
+          <t/>
+        </is>
       </c>
       <c r="X154" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y154" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z154" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>IRS/2025/6262/PON1</t>
+          <t>IRS/2025/6273/PON1</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>01 June 2025 02:16</t>
+          <t>02 June 2025 14:30</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>Siem Day</t>
+          <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
-          <t>BRENT</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I155" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="J155" t="n">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
       <c r="K155" t="n">
-        <v>42.0</v>
+        <v>24.0</v>
       </c>
       <c r="L155" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M155" t="n">
         <v>1.0</v>
       </c>
       <c r="N155" t="n">
-        <v>43.0</v>
+        <v>46.0</v>
       </c>
       <c r="O155" t="n">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
       <c r="P155" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q155" t="n">
-        <v>211.0</v>
+        <v>13.0</v>
       </c>
       <c r="R155" t="n">
-        <v>29.0</v>
+        <v>22.0</v>
       </c>
       <c r="S155" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T155" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U155" t="n">
+        <v>1.3299E-4</v>
       </c>
       <c r="V155" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X155" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z155" t="inlineStr">
         <is>
-          <t/>
+          <t>deck - Deck Washing</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>IRS/2025/6273/PON1</t>
+          <t>IRS/2025/6276/PON1</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>02 June 2025 14:30</t>
+          <t>02 June 2025 19:30</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>Captain Bridge Lnked Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H156" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I156" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J156" t="n">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="K156" t="n">
-        <v>24.0</v>
+        <v>26.0</v>
       </c>
       <c r="L156" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M156" t="n">
         <v>1.0</v>
       </c>
       <c r="N156" t="n">
-        <v>46.0</v>
+        <v>50.0</v>
       </c>
       <c r="O156" t="n">
-        <v>11.0</v>
+        <v>42.0</v>
       </c>
       <c r="P156" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q156" t="n">
-        <v>13.0</v>
+        <v>22.0</v>
       </c>
       <c r="R156" t="n">
-        <v>22.0</v>
+        <v>5.0</v>
       </c>
       <c r="S156" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T156" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.3299E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V156" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua SP</t>
+        </is>
+      </c>
+      <c r="W156" t="n">
+        <v>11.278</v>
       </c>
       <c r="X156" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z156" t="inlineStr">
         <is>
-          <t>deck - Deck Washing</t>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>IRS/2025/6276/PON1</t>
+          <t>IRS/2025/6280/PON1</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>02 June 2025 19:30</t>
+          <t>03 June 2025 09:31</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="I157" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J157" t="n">
-        <v>57.0</v>
+        <v>5.0</v>
       </c>
       <c r="K157" t="n">
-        <v>26.0</v>
+        <v>42.0</v>
       </c>
       <c r="L157" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M157" t="n">
         <v>1.0</v>
       </c>
       <c r="N157" t="n">
-        <v>50.0</v>
+        <v>43.0</v>
       </c>
       <c r="O157" t="n">
-        <v>42.0</v>
+        <v>7.0</v>
       </c>
       <c r="P157" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q157" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R157" t="n">
-        <v>5.0</v>
+        <v>29.0</v>
       </c>
       <c r="S157" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T157" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V157" t="inlineStr">
         <is>
-          <t>Castrol Transaqua SP</t>
-[...3 lines deleted...]
-        <v>11.278</v>
+          <t/>
+        </is>
       </c>
       <c r="X157" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y157" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z157" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>IRS/2025/6280/PON1</t>
+          <t>IRS/2025/6281/PON1</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>03 June 2025 09:31</t>
+          <t>03 June 2025 17:25</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>Brent C Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I158" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="J158" t="n">
-        <v>5.0</v>
+        <v>27.0</v>
       </c>
       <c r="K158" t="n">
-        <v>42.0</v>
+        <v>40.86</v>
       </c>
       <c r="L158" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M158" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N158" t="n">
-        <v>43.0</v>
+        <v>15.0</v>
       </c>
       <c r="O158" t="n">
-        <v>7.0</v>
+        <v>3.83</v>
       </c>
       <c r="P158" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q158" t="n">
-        <v>211.0</v>
+        <v>15.0</v>
       </c>
       <c r="R158" t="n">
-        <v>29.0</v>
+        <v>17.0</v>
       </c>
       <c r="S158" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T158" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U158" t="n">
+        <v>0.0019</v>
       </c>
       <c r="V158" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X158" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z158" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>IRS/2025/6281/PON1</t>
+          <t>IRS/2025/6287/PON1</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>03 June 2025 17:25</t>
+          <t>06 June 2025 11:30</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>WINTERSHALL NOORDZEE B.V., SWIFT DRILLING B.V.</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Wingate Platform</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>WINGATE</t>
+        </is>
+      </c>
       <c r="I159" t="n">
-        <v>58.0</v>
+        <v>54.0</v>
       </c>
       <c r="J159" t="n">
-        <v>27.0</v>
+        <v>19.0</v>
       </c>
       <c r="K159" t="n">
-        <v>40.86</v>
+        <v>0.172</v>
       </c>
       <c r="L159" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M159" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N159" t="n">
-        <v>15.0</v>
+        <v>37.0</v>
       </c>
       <c r="O159" t="n">
-        <v>3.83</v>
+        <v>10.084</v>
       </c>
       <c r="P159" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q159" t="n">
-        <v>15.0</v>
+        <v>44.0</v>
       </c>
       <c r="R159" t="n">
-        <v>17.0</v>
+        <v>24.0</v>
       </c>
       <c r="S159" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T159" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U159" t="n">
-        <v>0.0019</v>
+        <v>1.45395E-4</v>
       </c>
       <c r="V159" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X159" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z159" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
+          <t>Pipework - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>IRS/2025/6287/PON1</t>
+          <t>IRS/2025/6288/PON1</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>06 June 2025 11:30</t>
+          <t>06 June 2025 11:00</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>WINTERSHALL NOORDZEE B.V., SWIFT DRILLING B.V.</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>Wingate Platform</t>
+          <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
-          <t>WINGATE</t>
+          <t>Liverpool Bay</t>
         </is>
       </c>
       <c r="I160" t="n">
-        <v>54.0</v>
+        <v>53.0</v>
       </c>
       <c r="J160" t="n">
-        <v>19.0</v>
+        <v>32.0</v>
       </c>
       <c r="K160" t="n">
-        <v>0.172</v>
+        <v>13.91</v>
       </c>
       <c r="L160" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M160" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N160" t="n">
-        <v>37.0</v>
+        <v>34.0</v>
       </c>
       <c r="O160" t="n">
-        <v>10.084</v>
+        <v>42.29</v>
       </c>
       <c r="P160" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q160" t="n">
-        <v>44.0</v>
+        <v>110.0</v>
       </c>
       <c r="R160" t="n">
-        <v>24.0</v>
+        <v>13.0</v>
       </c>
       <c r="S160" t="inlineStr">
         <is>
-          <t>Condensate</t>
+          <t/>
         </is>
       </c>
       <c r="T160" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.45395E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V160" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW540 E</t>
+        </is>
+      </c>
+      <c r="W160" t="n">
+        <v>10.6</v>
       </c>
       <c r="X160" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z160" t="inlineStr">
         <is>
-          <t>Pipework - Pinhole Leak</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>IRS/2025/6288/PON1</t>
+          <t>IRS/2025/6294/PON1</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>06 June 2025 11:00</t>
+          <t>08 June 2025 09:45</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>Douglas DD Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H161" t="inlineStr">
         <is>
-          <t>Liverpool Bay</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="I161" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J161" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K161" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="L161" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M161" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N161" t="n">
         <v>32.0</v>
       </c>
-      <c r="K161" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="O161" t="n">
-        <v>42.29</v>
+        <v>40.0</v>
       </c>
       <c r="P161" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q161" t="n">
-        <v>110.0</v>
+        <v>206.0</v>
       </c>
       <c r="R161" t="n">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
       <c r="S161" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T161" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V161" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
+          <t>SODIUM HYPOCHLORITE (ALL DILUTIONS).</t>
         </is>
       </c>
       <c r="W161" t="n">
-        <v>10.6</v>
+        <v>1.163</v>
       </c>
       <c r="X161" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z161" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>IRS/2025/6294/PON1</t>
+          <t>IRS/2025/6297/PON1</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>08 June 2025 09:45</t>
+          <t>09 June 2025 12:30</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H162" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="I162" t="n">
         <v>60.0</v>
       </c>
       <c r="J162" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="K162" t="n">
-        <v>30.0</v>
+        <v>46.0</v>
       </c>
       <c r="L162" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M162" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N162" t="n">
-        <v>32.0</v>
+        <v>39.0</v>
       </c>
       <c r="O162" t="n">
-        <v>40.0</v>
+        <v>9.0</v>
       </c>
       <c r="P162" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q162" t="n">
-        <v>206.0</v>
+        <v>3.0</v>
       </c>
       <c r="R162" t="n">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
       <c r="S162" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T162" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U162" t="n">
+        <v>0.01528875</v>
       </c>
       <c r="V162" t="inlineStr">
         <is>
-          <t>SODIUM HYPOCHLORITE (ALL DILUTIONS).</t>
-[...3 lines deleted...]
-        <v>1.163</v>
+          <t/>
+        </is>
       </c>
       <c r="X162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z162" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Production Chemicals) - Total Rupture</t>
+          <t>Drainage Systems - Bund Overflow / Open</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>IRS/2025/6297/PON1</t>
+          <t>IRS/2025/6304/PON1</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>09 June 2025 12:30</t>
+          <t>11 June 2025 01:45</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H163" t="inlineStr">
         <is>
-          <t>ALWYN NORTH</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="I163" t="n">
         <v>60.0</v>
       </c>
       <c r="J163" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="K163" t="n">
-        <v>46.0</v>
+        <v>30.0</v>
       </c>
       <c r="L163" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M163" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N163" t="n">
-        <v>39.0</v>
+        <v>32.0</v>
       </c>
       <c r="O163" t="n">
-        <v>9.0</v>
+        <v>40.0</v>
       </c>
       <c r="P163" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q163" t="n">
-        <v>3.0</v>
+        <v>206.0</v>
       </c>
       <c r="R163" t="n">
-        <v>14.0</v>
+        <v>8.0</v>
       </c>
       <c r="S163" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T163" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U163" t="n">
-        <v>0.01528875</v>
+        <v>6.0E-5</v>
       </c>
       <c r="V163" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z163" t="inlineStr">
         <is>
-          <t>Drainage Systems - Bund Overflow / Open</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>IRS/2025/6304/PON1</t>
+          <t>IRS/2025/6309/PON1</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>11 June 2025 01:45</t>
+          <t>12 June 2025 16:00</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H164" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I164" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J164" t="n">
-        <v>41.0</v>
+        <v>57.0</v>
       </c>
       <c r="K164" t="n">
-        <v>30.0</v>
+        <v>26.0</v>
       </c>
       <c r="L164" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M164" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N164" t="n">
-        <v>32.0</v>
+        <v>50.0</v>
       </c>
       <c r="O164" t="n">
-        <v>40.0</v>
+        <v>42.0</v>
       </c>
       <c r="P164" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q164" t="n">
-        <v>206.0</v>
+        <v>22.0</v>
       </c>
       <c r="R164" t="n">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="S164" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T164" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U164" t="n">
-        <v>6.0E-5</v>
+        <v>0.0185</v>
       </c>
       <c r="V164" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X164" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z164" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Pipework - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>IRS/2025/6309/PON1</t>
+          <t>IRS/2025/6310/PON1</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>12 June 2025 16:00</t>
+          <t>13 June 2025 00:05</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
+        </is>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>TULLICH</t>
         </is>
       </c>
       <c r="I165" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J165" t="n">
-        <v>57.0</v>
+        <v>18.0</v>
       </c>
       <c r="K165" t="n">
-        <v>26.0</v>
+        <v>5.0</v>
       </c>
       <c r="L165" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M165" t="n">
         <v>1.0</v>
       </c>
       <c r="N165" t="n">
-        <v>50.0</v>
+        <v>34.0</v>
       </c>
       <c r="O165" t="n">
-        <v>42.0</v>
+        <v>5.0</v>
       </c>
       <c r="P165" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q165" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S165" t="inlineStr">
         <is>
-          <t>Condensate</t>
+          <t/>
         </is>
       </c>
       <c r="T165" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0185</v>
+          <t/>
+        </is>
       </c>
       <c r="V165" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RX-5722</t>
+        </is>
+      </c>
+      <c r="W165" t="n">
+        <v>0.1</v>
       </c>
       <c r="X165" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z165" t="inlineStr">
         <is>
-          <t>Pipework - Release From Joint</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>IRS/2025/6310/PON1</t>
+          <t>IRS/2025/6315/PON1</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>13 June 2025 00:05</t>
+          <t>14 June 2025 19:50</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>Vessel</t>
-[...4 lines deleted...]
-          <t>TULLICH</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I166" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="J166" t="n">
-        <v>18.0</v>
+        <v>41.0</v>
       </c>
       <c r="K166" t="n">
-        <v>5.0</v>
+        <v>30.0</v>
       </c>
       <c r="L166" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M166" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N166" t="n">
-        <v>34.0</v>
+        <v>32.0</v>
       </c>
       <c r="O166" t="n">
-        <v>5.0</v>
+        <v>40.0</v>
       </c>
       <c r="P166" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q166" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R166" t="n">
+        <v>8.0</v>
       </c>
       <c r="S166" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T166" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U166" t="n">
+        <v>1.584E-5</v>
       </c>
       <c r="V166" t="inlineStr">
         <is>
-          <t>RX-5722</t>
-[...3 lines deleted...]
-        <v>0.1</v>
+          <t/>
+        </is>
       </c>
       <c r="X166" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z166" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Cranes - greasing</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>IRS/2025/6315/PON1</t>
+          <t>IRS/2025/6327/PON1</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>14 June 2025 19:50</t>
+          <t>18 June 2025 03:57</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>CLAYMORE</t>
+        </is>
+      </c>
       <c r="I167" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J167" t="n">
-        <v>41.0</v>
+        <v>26.0</v>
       </c>
       <c r="K167" t="n">
-        <v>30.0</v>
+        <v>58.0</v>
       </c>
       <c r="L167" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M167" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N167" t="n">
-        <v>32.0</v>
+        <v>15.0</v>
       </c>
       <c r="O167" t="n">
-        <v>40.0</v>
+        <v>13.0</v>
       </c>
       <c r="P167" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q167" t="n">
-        <v>206.0</v>
+        <v>14.0</v>
       </c>
       <c r="R167" t="n">
-        <v>8.0</v>
+        <v>19.0</v>
       </c>
       <c r="S167" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T167" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>1.584E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V167" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X167" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y167" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z167" t="inlineStr">
         <is>
-          <t>Cranes - greasing</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>IRS/2025/6327/PON1</t>
+          <t>IRS/2025/6328/PON1</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>18 June 2025 03:57</t>
+          <t>18 June 2025 09:50</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I168" t="n">
         <v>58.0</v>
       </c>
       <c r="J168" t="n">
-        <v>26.0</v>
+        <v>18.0</v>
       </c>
       <c r="K168" t="n">
-        <v>58.0</v>
+        <v>27.0</v>
       </c>
       <c r="L168" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M168" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N168" t="n">
-        <v>15.0</v>
+        <v>46.0</v>
       </c>
       <c r="O168" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="P168" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q168" t="n">
         <v>13.0</v>
       </c>
-      <c r="P168" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="R168" t="n">
-        <v>19.0</v>
+        <v>22.0</v>
       </c>
       <c r="S168" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T168" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U168" t="n">
+        <v>2.0925E-5</v>
       </c>
       <c r="V168" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X168" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z168" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>IRS/2025/6328/PON1</t>
+          <t>IRS/2025/6331/PON1</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>18 June 2025 09:50</t>
+          <t>19 June 2025 09:41</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>GRYPHON</t>
         </is>
       </c>
       <c r="I169" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="J169" t="n">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
       <c r="K169" t="n">
-        <v>27.0</v>
+        <v>0.6</v>
       </c>
       <c r="L169" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M169" t="n">
         <v>1.0</v>
       </c>
       <c r="N169" t="n">
-        <v>46.0</v>
+        <v>34.0</v>
       </c>
       <c r="O169" t="n">
-        <v>6.0</v>
+        <v>0.3</v>
       </c>
       <c r="P169" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q169" t="n">
-        <v>13.0</v>
+        <v>9.0</v>
       </c>
       <c r="R169" t="n">
-        <v>22.0</v>
+        <v>18.0</v>
       </c>
       <c r="S169" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T169" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U169" t="n">
-        <v>2.0925E-5</v>
+        <v>0.014</v>
       </c>
       <c r="V169" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X169" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z169" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Open To Environment</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>IRS/2025/6331/PON1</t>
+          <t>IRS/2025/6333/PON1</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>19 June 2025 09:41</t>
+          <t>20 June 2025 16:30</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>CPC1</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
-          <t>GRYPHON</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="I170" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="J170" t="n">
-        <v>21.0</v>
+        <v>50.0</v>
       </c>
       <c r="K170" t="n">
-        <v>0.6</v>
+        <v>47.52</v>
       </c>
       <c r="L170" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M170" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N170" t="n">
         <v>34.0</v>
       </c>
       <c r="O170" t="n">
-        <v>0.3</v>
+        <v>55.01</v>
       </c>
       <c r="P170" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q170" t="n">
-        <v>9.0</v>
+        <v>110.0</v>
       </c>
       <c r="R170" t="n">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
       <c r="S170" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T170" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U170" t="n">
-        <v>0.014</v>
+        <v>6.3342E-4</v>
       </c>
       <c r="V170" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X170" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z170" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Cranes - Diesel System</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>IRS/2025/6333/PON1</t>
+          <t>IRS/2025/6337/PON1</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>20 June 2025 16:30</t>
+          <t>22 June 2025 15:45</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>CPC1</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="I171" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J171" t="n">
-        <v>50.0</v>
+        <v>41.0</v>
       </c>
       <c r="K171" t="n">
-        <v>47.52</v>
+        <v>30.0</v>
       </c>
       <c r="L171" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M171" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N171" t="n">
-        <v>34.0</v>
+        <v>32.0</v>
       </c>
       <c r="O171" t="n">
-        <v>55.01</v>
+        <v>40.0</v>
       </c>
       <c r="P171" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q171" t="n">
-        <v>110.0</v>
+        <v>206.0</v>
       </c>
       <c r="R171" t="n">
         <v>8.0</v>
       </c>
       <c r="S171" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T171" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U171" t="n">
-        <v>6.3342E-4</v>
+        <v>6.75E-6</v>
       </c>
       <c r="V171" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X171" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z171" t="inlineStr">
         <is>
-          <t>Cranes - Diesel System</t>
+          <t>Cranes - greasing</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>IRS/2025/6337/PON1</t>
+          <t>IRS/2025/6338/PON1</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>22 June 2025 15:45</t>
+          <t>22 June 2025 17:00</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>PAN-W</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>Penguins</t>
         </is>
       </c>
       <c r="I172" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="J172" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="K172" t="n">
-        <v>30.0</v>
+        <v>47.1039</v>
       </c>
       <c r="L172" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M172" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N172" t="n">
-        <v>32.0</v>
+        <v>29.0</v>
       </c>
       <c r="O172" t="n">
-        <v>40.0</v>
+        <v>39.4986</v>
       </c>
       <c r="P172" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q172" t="n">
-        <v>206.0</v>
+        <v>211.0</v>
       </c>
       <c r="R172" t="n">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
       <c r="S172" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T172" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>6.75E-6</v>
+          <t/>
+        </is>
       </c>
       <c r="V172" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X172" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y172" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z172" t="inlineStr">
         <is>
-          <t>Cranes - greasing</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>IRS/2025/6338/PON1</t>
+          <t>IRS/2025/6354/PON1</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>22 June 2025 17:00</t>
+          <t>25 June 2025 18:45</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST BRITAIN LIMITED</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>PAN-W</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
-          <t>Penguins</t>
+          <t>THISTLE</t>
         </is>
       </c>
       <c r="I173" t="n">
         <v>61.0</v>
       </c>
       <c r="J173" t="n">
-        <v>37.0</v>
+        <v>21.0</v>
       </c>
       <c r="K173" t="n">
-        <v>47.1039</v>
+        <v>46.901</v>
       </c>
       <c r="L173" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M173" t="n">
         <v>1.0</v>
       </c>
       <c r="N173" t="n">
-        <v>29.0</v>
+        <v>34.0</v>
       </c>
       <c r="O173" t="n">
-        <v>39.4986</v>
+        <v>47.1</v>
       </c>
       <c r="P173" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q173" t="n">
         <v>211.0</v>
       </c>
       <c r="R173" t="n">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
       <c r="S173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>IRS/2025/6354/PON1</t>
+          <t>IRS/2025/6356/PON1</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>25 June 2025 18:45</t>
+          <t>27 June 2025 01:00</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
-          <t>ENQUEST BRITAIN LIMITED</t>
+          <t>PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>ROV</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
-          <t>THISTLE</t>
+          <t>DURANGO</t>
         </is>
       </c>
       <c r="I174" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J174" t="n">
-        <v>21.0</v>
+        <v>17.0</v>
       </c>
       <c r="K174" t="n">
-        <v>46.901</v>
+        <v>24.096</v>
       </c>
       <c r="L174" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M174" t="n">
         <v>1.0</v>
       </c>
       <c r="N174" t="n">
-        <v>34.0</v>
+        <v>6.0</v>
       </c>
       <c r="O174" t="n">
-        <v>47.1</v>
+        <v>38.201</v>
       </c>
       <c r="P174" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q174" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S174" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T174" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U174" t="n">
+        <v>3.0E-4</v>
       </c>
       <c r="V174" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X174" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z174" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>IRS/2025/6356/PON1</t>
+          <t>IRS/2025/6357/PON1</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>27 June 2025 01:00</t>
+          <t>24 June 2025 22:20</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
-          <t>PETRODEC UK LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>ROV</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H175" t="inlineStr">
         <is>
-          <t>DURANGO</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="I175" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J175" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="K175" t="n">
+        <v>40.86</v>
+      </c>
+      <c r="L175" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M175" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N175" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O175" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="P175" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q175" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R175" t="n">
         <v>17.0</v>
       </c>
-      <c r="K175" t="n">
-[...20 lines deleted...]
-      </c>
       <c r="S175" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T175" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>3.0E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V175" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X175" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y175" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z175" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>IRS/2025/6357/PON1</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>24 June 2025 22:20</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
@@ -19879,182 +19877,169 @@
       </c>
       <c r="V187" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X187" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y187" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z187" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>IRS/2025/6357/PON1</t>
+          <t>IRS/2025/6363/PON1</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>24 June 2025 22:20</t>
+          <t>28 June 2025 10:30</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Durango</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H188" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I188" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J188" t="n">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
       <c r="K188" t="n">
-        <v>40.86</v>
+        <v>24.096</v>
       </c>
       <c r="L188" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M188" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N188" t="n">
-        <v>15.0</v>
+        <v>6.0</v>
       </c>
       <c r="O188" t="n">
-        <v>3.83</v>
+        <v>38.201</v>
       </c>
       <c r="P188" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q188" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S188" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T188" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U188" t="n">
+        <v>5.0E-4</v>
       </c>
       <c r="V188" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X188" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z188" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>IRS/2025/6363/PON1</t>
+          <t>IRS/2025/6366/PON1</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>28 June 2025 10:30</t>
+          <t>29 June 2025 06:30</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
           <t>PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>Durango</t>
+          <t>Durango WHPS</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I189" t="n">
         <v>53.0</v>
       </c>
       <c r="J189" t="n">
         <v>17.0</v>
       </c>
       <c r="K189" t="n">
         <v>24.096</v>
       </c>
       <c r="L189" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M189" t="n">
         <v>1.0</v>
       </c>
       <c r="N189" t="n">
@@ -20078,415 +20063,426 @@
           <t>Calculated</t>
         </is>
       </c>
       <c r="U189" t="n">
         <v>5.0E-4</v>
       </c>
       <c r="V189" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X189" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z189" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>IRS/2025/6366/PON1</t>
+          <t>IRS/2025/6377/PON1</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>29 June 2025 06:30</t>
+          <t>01 July 2025 01:15</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
-          <t>PETRODEC UK LIMITED</t>
+          <t>DEEPOCEAN SUBSEA SERVICES LIMITED</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>Durango WHPS</t>
+          <t>Island Ocean</t>
         </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
+        </is>
+      </c>
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>BRUCE</t>
         </is>
       </c>
       <c r="I190" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="J190" t="n">
-        <v>17.0</v>
+        <v>44.0</v>
       </c>
       <c r="K190" t="n">
-        <v>24.096</v>
+        <v>32.0</v>
       </c>
       <c r="L190" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M190" t="n">
         <v>1.0</v>
       </c>
       <c r="N190" t="n">
-        <v>6.0</v>
+        <v>40.0</v>
       </c>
       <c r="O190" t="n">
-        <v>38.201</v>
+        <v>17.0</v>
       </c>
       <c r="P190" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S190" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T190" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>5.0E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V190" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Shell Tellus 22</t>
+        </is>
+      </c>
+      <c r="W190" t="n">
+        <v>0.17</v>
       </c>
       <c r="X190" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z190" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>IRS/2025/6377/PON1</t>
+          <t>IRS/2025/6379/PON1</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>01 July 2025 01:15</t>
+          <t>01 July 2025 04:00</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>DEEPOCEAN SUBSEA SERVICES LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>Island Ocean</t>
+          <t>Penguins Rockhopper 211/14a-10</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
-          <t>BRUCE</t>
+          <t>PENGUIN D {pt of PENGUIN EAST}</t>
         </is>
       </c>
       <c r="I191" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="J191" t="n">
-        <v>44.0</v>
+        <v>33.0</v>
       </c>
       <c r="K191" t="n">
-        <v>32.0</v>
+        <v>4.0</v>
       </c>
       <c r="L191" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M191" t="n">
         <v>1.0</v>
       </c>
       <c r="N191" t="n">
-        <v>40.0</v>
+        <v>36.0</v>
       </c>
       <c r="O191" t="n">
-        <v>17.0</v>
+        <v>8.0</v>
       </c>
       <c r="P191" t="inlineStr">
         <is>
           <t>East</t>
         </is>
+      </c>
+      <c r="Q191" t="n">
+        <v>211.0</v>
+      </c>
+      <c r="R191" t="n">
+        <v>14.0</v>
       </c>
       <c r="S191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>IRS/2025/6379/PON1</t>
+          <t>IRS/2025/6391/PON1</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>01 July 2025 04:00</t>
+          <t>02 July 2025 14:25</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>Penguins Rockhopper 211/14a-10</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
-[...4 lines deleted...]
-          <t>PENGUIN D {pt of PENGUIN EAST}</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="I192" t="n">
         <v>61.0</v>
       </c>
       <c r="J192" t="n">
-        <v>33.0</v>
+        <v>5.0</v>
       </c>
       <c r="K192" t="n">
-        <v>4.0</v>
+        <v>42.0</v>
       </c>
       <c r="L192" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M192" t="n">
         <v>1.0</v>
       </c>
       <c r="N192" t="n">
-        <v>36.0</v>
+        <v>43.0</v>
       </c>
       <c r="O192" t="n">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="P192" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q192" t="n">
         <v>211.0</v>
       </c>
       <c r="R192" t="n">
-        <v>14.0</v>
+        <v>29.0</v>
       </c>
       <c r="S192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>IRS/2025/6391/PON1</t>
+          <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>02 July 2025 14:25</t>
+          <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>Brent C Platform</t>
+          <t>Stena Don</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>Curlew</t>
         </is>
       </c>
       <c r="I193" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="J193" t="n">
-        <v>5.0</v>
+        <v>43.0</v>
       </c>
       <c r="K193" t="n">
-        <v>42.0</v>
+        <v>18.0</v>
       </c>
       <c r="L193" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M193" t="n">
         <v>1.0</v>
       </c>
       <c r="N193" t="n">
-        <v>43.0</v>
+        <v>18.0</v>
       </c>
       <c r="O193" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="P193" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q193" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="R193" t="n">
         <v>7.0</v>
-      </c>
-[...9 lines deleted...]
-        <v>29.0</v>
       </c>
       <c r="S193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y193" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -21326,1397 +21322,1395 @@
       </c>
       <c r="V201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>IRS/2025/6392/PON1</t>
+          <t>IRS/2025/6404/PON1</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>03 July 2025 01:15</t>
+          <t>06 July 2025 10:30</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>Stena Don</t>
+          <t>Douglas DA Platform</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
-          <t>Curlew</t>
+          <t>Liverpool Bay</t>
         </is>
       </c>
       <c r="I202" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J202" t="n">
-        <v>43.0</v>
+        <v>32.0</v>
       </c>
       <c r="K202" t="n">
-        <v>18.0</v>
+        <v>13.91</v>
       </c>
       <c r="L202" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M202" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N202" t="n">
-        <v>18.0</v>
+        <v>34.0</v>
       </c>
       <c r="O202" t="n">
-        <v>30.0</v>
+        <v>42.29</v>
       </c>
       <c r="P202" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q202" t="n">
-        <v>29.0</v>
+        <v>110.0</v>
       </c>
       <c r="R202" t="n">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
       <c r="S202" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T202" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U202" t="n">
+        <v>0.012062565</v>
       </c>
       <c r="V202" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X202" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z202" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>IRS/2025/6404/PON1</t>
+          <t>IRS/2025/6408/PON1</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>06 July 2025 10:30</t>
+          <t>07 July 2025 06:35</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>Douglas DA Platform</t>
+          <t>Noble Patriot</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
-          <t>Liverpool Bay</t>
+          <t>HUDSON</t>
         </is>
       </c>
       <c r="I203" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="J203" t="n">
-        <v>32.0</v>
+        <v>15.0</v>
       </c>
       <c r="K203" t="n">
-        <v>13.91</v>
+        <v>38.99</v>
       </c>
       <c r="L203" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M203" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="N203" t="n">
-        <v>34.0</v>
+        <v>42.0</v>
       </c>
       <c r="O203" t="n">
-        <v>42.29</v>
+        <v>33.2</v>
       </c>
       <c r="P203" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q203" t="n">
-        <v>110.0</v>
+        <v>210.0</v>
       </c>
       <c r="R203" t="n">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
       <c r="S203" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T203" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U203" t="n">
+        <v>0.001308</v>
       </c>
       <c r="V203" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X203" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z203" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>IRS/2025/6408/PON1</t>
+          <t>IRS/2025/6410/PON1</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>07 July 2025 06:35</t>
+          <t>22 April 2025 08:11</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>Noble Patriot</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
-          <t>HUDSON</t>
+          <t>HEWETT</t>
         </is>
       </c>
       <c r="I204" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J204" t="n">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="K204" t="n">
-        <v>38.99</v>
+        <v>3.0</v>
       </c>
       <c r="L204" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M204" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N204" t="n">
-        <v>42.0</v>
+        <v>47.0</v>
       </c>
       <c r="O204" t="n">
-        <v>33.2</v>
+        <v>45.0</v>
       </c>
       <c r="P204" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q204" t="n">
-        <v>210.0</v>
+        <v>48.0</v>
       </c>
       <c r="R204" t="n">
-        <v>24.0</v>
+        <v>29.0</v>
       </c>
       <c r="S204" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T204" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.001308</v>
+          <t/>
+        </is>
       </c>
       <c r="V204" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X204" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y204" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z204" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>IRS/2025/6410/PON1</t>
+          <t>IRS/2025/6420/PON1</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>22 April 2025 08:11</t>
+          <t>08 July 2025 22:15</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, ENI UK LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
-          <t>HEWETT</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I205" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J205" t="n">
-        <v>1.0</v>
+        <v>18.0</v>
       </c>
       <c r="K205" t="n">
-        <v>3.0</v>
+        <v>27.0</v>
       </c>
       <c r="L205" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M205" t="n">
         <v>1.0</v>
       </c>
       <c r="N205" t="n">
-        <v>47.0</v>
+        <v>46.0</v>
       </c>
       <c r="O205" t="n">
-        <v>45.0</v>
+        <v>6.0</v>
       </c>
       <c r="P205" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q205" t="n">
-        <v>48.0</v>
+        <v>13.0</v>
       </c>
       <c r="R205" t="n">
-        <v>29.0</v>
+        <v>22.0</v>
       </c>
       <c r="S205" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T205" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U205" t="n">
+        <v>4.4274E-4</v>
       </c>
       <c r="V205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X205" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z205" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>IRS/2025/6420/PON1</t>
+          <t>IRS/2025/6421/PON1</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>08 July 2025 22:15</t>
+          <t>10 July 2025 03:35</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>ROV</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>EIDER</t>
         </is>
       </c>
       <c r="I206" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J206" t="n">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
       <c r="K206" t="n">
-        <v>27.0</v>
+        <v>26.3</v>
       </c>
       <c r="L206" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M206" t="n">
         <v>1.0</v>
       </c>
       <c r="N206" t="n">
-        <v>46.0</v>
+        <v>9.0</v>
       </c>
       <c r="O206" t="n">
-        <v>6.0</v>
+        <v>40.4</v>
       </c>
       <c r="P206" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q206" t="n">
-        <v>13.0</v>
+        <v>211.0</v>
       </c>
       <c r="R206" t="n">
-        <v>22.0</v>
+        <v>16.0</v>
       </c>
       <c r="S206" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T206" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U206" t="n">
-        <v>4.4274E-4</v>
+        <v>0.008789</v>
       </c>
       <c r="V206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X206" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z206" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Vessel</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>IRS/2025/6421/PON1</t>
+          <t>IRS/2025/6424/PON1</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>10 July 2025 03:35</t>
+          <t>10 July 2025 10:20</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>ROV</t>
+          <t>Corvette Platform</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H207" t="inlineStr">
         <is>
-          <t>EIDER</t>
+          <t>cpug</t>
         </is>
       </c>
       <c r="I207" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J207" t="n">
-        <v>21.0</v>
+        <v>14.0</v>
       </c>
       <c r="K207" t="n">
-        <v>26.3</v>
+        <v>8.9</v>
       </c>
       <c r="L207" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M207" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N207" t="n">
-        <v>9.0</v>
+        <v>37.0</v>
       </c>
       <c r="O207" t="n">
-        <v>40.4</v>
+        <v>24.4</v>
       </c>
       <c r="P207" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q207" t="n">
-        <v>211.0</v>
+        <v>49.0</v>
       </c>
       <c r="R207" t="n">
-        <v>16.0</v>
+        <v>24.0</v>
       </c>
       <c r="S207" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T207" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U207" t="n">
-        <v>0.008789</v>
+        <v>0.088</v>
       </c>
       <c r="V207" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X207" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z207" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>IRS/2025/6424/PON1</t>
+          <t>IRS/2025/6437/PON1</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>10 July 2025 10:20</t>
+          <t>14 July 2025 08:30</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>Corvette Platform</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H208" t="inlineStr">
         <is>
-          <t>cpug</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I208" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J208" t="n">
-        <v>14.0</v>
+        <v>44.0</v>
       </c>
       <c r="K208" t="n">
-        <v>8.9</v>
+        <v>10.0</v>
       </c>
       <c r="L208" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M208" t="n">
         <v>2.0</v>
       </c>
       <c r="N208" t="n">
-        <v>37.0</v>
+        <v>29.0</v>
       </c>
       <c r="O208" t="n">
-        <v>24.4</v>
+        <v>39.0</v>
       </c>
       <c r="P208" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q208" t="n">
-        <v>49.0</v>
+        <v>206.0</v>
       </c>
       <c r="R208" t="n">
-        <v>24.0</v>
+        <v>8.0</v>
       </c>
       <c r="S208" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T208" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.088</v>
+          <t/>
+        </is>
       </c>
       <c r="V208" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X208" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y208" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z208" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>IRS/2025/6437/PON1</t>
+          <t>IRS/2025/6441/PON1</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>14 July 2025 08:30</t>
+          <t>15 July 2025 10:30</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>NEO ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Global Producer III</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H209" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I209" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J209" t="n">
-        <v>44.0</v>
+        <v>21.0</v>
       </c>
       <c r="K209" t="n">
-        <v>10.0</v>
+        <v>38.6</v>
       </c>
       <c r="L209" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M209" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N209" t="n">
-        <v>29.0</v>
+        <v>52.0</v>
       </c>
       <c r="O209" t="n">
-        <v>39.0</v>
+        <v>4.69</v>
       </c>
       <c r="P209" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q209" t="n">
-        <v>206.0</v>
+        <v>15.0</v>
       </c>
       <c r="R209" t="n">
-        <v>8.0</v>
+        <v>20.0</v>
       </c>
       <c r="S209" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T209" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U209" t="n">
+        <v>2.1824E-4</v>
       </c>
       <c r="V209" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X209" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z209" t="inlineStr">
         <is>
-          <t/>
+          <t>Cranes - Hydraulic System</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>IRS/2025/6441/PON1</t>
+          <t>IRS/2025/6443/PON1</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>15 July 2025 10:30</t>
+          <t>15 July 2025 16:20</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>NEO ENERGY PRODUCTION UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>Global Producer III</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H210" t="inlineStr">
+        <is>
+          <t>THISTLE</t>
+        </is>
+      </c>
       <c r="I210" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J210" t="n">
         <v>21.0</v>
       </c>
       <c r="K210" t="n">
-        <v>38.6</v>
+        <v>49.901</v>
       </c>
       <c r="L210" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M210" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N210" t="n">
-        <v>52.0</v>
+        <v>34.0</v>
       </c>
       <c r="O210" t="n">
-        <v>4.69</v>
+        <v>47.1</v>
       </c>
       <c r="P210" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q210" t="n">
-        <v>15.0</v>
+        <v>211.0</v>
       </c>
       <c r="R210" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="S210" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T210" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.1824E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X210" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y210" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z210" t="inlineStr">
         <is>
-          <t>Cranes - Hydraulic System</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>IRS/2025/6443/PON1</t>
+          <t>IRS/2025/6445/PON1</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>15 July 2025 16:20</t>
+          <t>16 July 2025 09:30</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
-          <t>THISTLE</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I211" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J211" t="n">
-        <v>21.0</v>
+        <v>44.0</v>
       </c>
       <c r="K211" t="n">
-        <v>49.901</v>
+        <v>10.0</v>
       </c>
       <c r="L211" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M211" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N211" t="n">
-        <v>34.0</v>
+        <v>29.0</v>
       </c>
       <c r="O211" t="n">
-        <v>47.1</v>
+        <v>39.0</v>
       </c>
       <c r="P211" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q211" t="n">
-        <v>211.0</v>
+        <v>206.0</v>
       </c>
       <c r="R211" t="n">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
       <c r="S211" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T211" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U211" t="n">
+        <v>2.06E-7</v>
       </c>
       <c r="V211" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X211" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z211" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>IRS/2025/6445/PON1</t>
+          <t>IRS/2025/6451/PON1</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>16 July 2025 09:30</t>
+          <t>17 July 2025 11:15</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Olympic Challenger</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H212" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>ROSEBANK</t>
         </is>
       </c>
       <c r="I212" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="J212" t="n">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
       <c r="K212" t="n">
-        <v>10.0</v>
+        <v>1.83</v>
       </c>
       <c r="L212" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M212" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N212" t="n">
-        <v>29.0</v>
+        <v>45.0</v>
       </c>
       <c r="O212" t="n">
-        <v>39.0</v>
+        <v>43.68</v>
       </c>
       <c r="P212" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
-      <c r="Q212" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S212" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T212" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.06E-7</v>
+          <t/>
+        </is>
       </c>
       <c r="V212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X212" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y212" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z212" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Vessel</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>IRS/2025/6451/PON1</t>
+          <t>IRS/2025/6455/PON1</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>17 July 2025 11:15</t>
+          <t>18 July 2025 07:45</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>HARBOUR ENERGY PLC</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>Olympic Challenger</t>
+          <t>Everest North Platform</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>ROSEBANK</t>
+          <t>EVEREST</t>
         </is>
       </c>
       <c r="I213" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J213" t="n">
-        <v>0.0</v>
+        <v>45.0</v>
       </c>
       <c r="K213" t="n">
-        <v>1.83</v>
+        <v>30.89</v>
       </c>
       <c r="L213" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M213" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N213" t="n">
-        <v>45.0</v>
+        <v>48.0</v>
       </c>
       <c r="O213" t="n">
-        <v>43.68</v>
+        <v>5.96</v>
       </c>
       <c r="P213" t="inlineStr">
         <is>
-          <t>West</t>
-        </is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q213" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R213" t="n">
+        <v>9.0</v>
       </c>
       <c r="S213" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T213" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V213" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>PURECHLOR 15</t>
+        </is>
+      </c>
+      <c r="W213" t="n">
+        <v>0.0101</v>
       </c>
       <c r="X213" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z213" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>IRS/2025/6455/PON1</t>
+          <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>18 July 2025 07:45</t>
+          <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>HARBOUR ENERGY PLC</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>Everest North Platform</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
-          <t>EVEREST</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I214" t="n">
         <v>57.0</v>
       </c>
       <c r="J214" t="n">
-        <v>45.0</v>
+        <v>1.0</v>
       </c>
       <c r="K214" t="n">
-        <v>30.89</v>
+        <v>53.58</v>
       </c>
       <c r="L214" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M214" t="n">
         <v>1.0</v>
       </c>
       <c r="N214" t="n">
-        <v>48.0</v>
+        <v>57.0</v>
       </c>
       <c r="O214" t="n">
-        <v>5.96</v>
+        <v>19.22</v>
       </c>
       <c r="P214" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q214" t="n">
         <v>22.0</v>
       </c>
       <c r="R214" t="n">
-        <v>9.0</v>
+        <v>30.0</v>
       </c>
       <c r="S214" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T214" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V214" t="inlineStr">
         <is>
-          <t>PURECHLOR 15</t>
-[...3 lines deleted...]
-        <v>0.0101</v>
+          <t/>
+        </is>
       </c>
       <c r="X214" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y214" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z214" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
@@ -23845,978 +23839,972 @@
       </c>
       <c r="V225" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X225" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y225" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z225" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>IRS/2025/6456/PON1</t>
+          <t>IRS/2025/6463/PON1</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>18 July 2025 21:30</t>
+          <t>21 July 2025 02:24</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>PIERCE PRODUCTION COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I226" t="n">
         <v>57.0</v>
       </c>
       <c r="J226" t="n">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="K226" t="n">
-        <v>53.58</v>
+        <v>38.834</v>
       </c>
       <c r="L226" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M226" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N226" t="n">
-        <v>57.0</v>
+        <v>17.0</v>
       </c>
       <c r="O226" t="n">
-        <v>19.22</v>
+        <v>35.13</v>
       </c>
       <c r="P226" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q226" t="n">
-        <v>22.0</v>
+        <v>23.0</v>
       </c>
       <c r="R226" t="n">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="S226" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T226" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V226" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X226" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y226" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z226" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>IRS/2025/6463/PON1</t>
+          <t>IRS/2025/6465/PON1</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>21 July 2025 02:24</t>
+          <t>21 July 2025 16:15</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
-          <t>PIERCE PRODUCTION COMPANY LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>Haewene Brim</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
-          <t>PIERCE</t>
+          <t>THISTLE</t>
         </is>
       </c>
       <c r="I227" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J227" t="n">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
       <c r="K227" t="n">
-        <v>38.834</v>
+        <v>49.901</v>
       </c>
       <c r="L227" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M227" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N227" t="n">
-        <v>17.0</v>
+        <v>34.0</v>
       </c>
       <c r="O227" t="n">
-        <v>35.13</v>
+        <v>47.1</v>
       </c>
       <c r="P227" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q227" t="n">
-        <v>23.0</v>
+        <v>211.0</v>
       </c>
       <c r="R227" t="n">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
       <c r="S227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>IRS/2025/6465/PON1</t>
+          <t>IRS/2025/6467/PON1</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>21 July 2025 16:15</t>
+          <t>23 July 2025 00:35</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H228" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I228" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J228" t="n">
-        <v>21.0</v>
+        <v>48.0</v>
       </c>
       <c r="K228" t="n">
-        <v>49.901</v>
+        <v>36.0</v>
       </c>
       <c r="L228" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M228" t="n">
         <v>1.0</v>
       </c>
       <c r="N228" t="n">
-        <v>34.0</v>
+        <v>44.0</v>
       </c>
       <c r="O228" t="n">
-        <v>47.1</v>
+        <v>7.0</v>
       </c>
       <c r="P228" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q228" t="n">
-        <v>211.0</v>
+        <v>3.0</v>
       </c>
       <c r="R228" t="n">
-        <v>18.0</v>
+        <v>4.0</v>
       </c>
       <c r="S228" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T228" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V228" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW443 R</t>
+        </is>
+      </c>
+      <c r="W228" t="n">
+        <v>27.0</v>
       </c>
       <c r="X228" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z228" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Fittings / Connections</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>IRS/2025/6467/PON1</t>
+          <t>IRS/2025/6468/PON1</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>23 July 2025 00:35</t>
+          <t>21 March 2025 14:00</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED, CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Scott South Subsea Structure E</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H229" t="inlineStr">
+        <is>
+          <t>SCOTT</t>
+        </is>
+      </c>
       <c r="I229" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J229" t="n">
-        <v>48.0</v>
+        <v>15.0</v>
       </c>
       <c r="K229" t="n">
-        <v>36.0</v>
+        <v>27.17</v>
       </c>
       <c r="L229" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M229" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N229" t="n">
-        <v>44.0</v>
+        <v>12.0</v>
       </c>
       <c r="O229" t="n">
-        <v>7.0</v>
+        <v>18.12</v>
       </c>
       <c r="P229" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q229" t="n">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
       <c r="R229" t="n">
-        <v>4.0</v>
+        <v>21.0</v>
       </c>
       <c r="S229" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T229" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V229" t="inlineStr">
         <is>
-          <t>Oceanic HW443 R</t>
+          <t>Oceanic HW540 E</t>
         </is>
       </c>
       <c r="W229" t="n">
-        <v>27.0</v>
+        <v>758.96</v>
       </c>
       <c r="X229" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z229" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Fittings / Connections</t>
+          <t>Hydraulics - Closed System - Umbilical Rupture</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>IRS/2025/6468/PON1</t>
+          <t>IRS/2025/6477/PON1</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>21 March 2025 14:00</t>
+          <t>25 July 2025 11:30</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED, CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>Scott South Subsea Structure E</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H230" t="inlineStr">
         <is>
-          <t>SCOTT</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="I230" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J230" t="n">
-        <v>15.0</v>
+        <v>43.0</v>
       </c>
       <c r="K230" t="n">
-        <v>27.17</v>
+        <v>54.88</v>
       </c>
       <c r="L230" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M230" t="n">
         <v>0.0</v>
       </c>
       <c r="N230" t="n">
-        <v>12.0</v>
+        <v>58.0</v>
       </c>
       <c r="O230" t="n">
-        <v>18.12</v>
+        <v>21.79</v>
       </c>
       <c r="P230" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q230" t="n">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
       <c r="R230" t="n">
-        <v>21.0</v>
+        <v>10.0</v>
       </c>
       <c r="S230" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T230" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V230" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
+          <t>CORR10629A</t>
         </is>
       </c>
       <c r="W230" t="n">
-        <v>758.96</v>
+        <v>2.0</v>
       </c>
       <c r="X230" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z230" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Umbilical Rupture</t>
+          <t>Storage Tanks, etc. - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>IRS/2025/6477/PON1</t>
+          <t>IRS/2025/6488/PON1</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>25 July 2025 11:30</t>
+          <t>27 July 2025 16:30</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Britannia BLP</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I231" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J231" t="n">
-        <v>43.0</v>
+        <v>2.0</v>
       </c>
       <c r="K231" t="n">
-        <v>54.88</v>
+        <v>55.13</v>
       </c>
       <c r="L231" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M231" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N231" t="n">
-        <v>58.0</v>
+        <v>8.0</v>
       </c>
       <c r="O231" t="n">
-        <v>21.79</v>
+        <v>19.54</v>
       </c>
       <c r="P231" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q231" t="n">
-        <v>21.0</v>
+        <v>16.0</v>
       </c>
       <c r="R231" t="n">
-        <v>10.0</v>
+        <v>26.0</v>
       </c>
       <c r="S231" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T231" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V231" t="inlineStr">
         <is>
-          <t>CORR10629A</t>
-[...3 lines deleted...]
-        <v>2.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X231" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y231" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z231" t="inlineStr">
         <is>
-          <t>Storage Tanks, etc. - Over Filled</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>IRS/2025/6488/PON1</t>
+          <t>IRS/2025/6491/PON1</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>27 July 2025 16:30</t>
+          <t>29 July 2025 02:05</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>Britannia BLP</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H232" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I232" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J232" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="K232" t="n">
         <v>2.0</v>
       </c>
-      <c r="K232" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L232" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M232" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N232" t="n">
-        <v>8.0</v>
+        <v>53.0</v>
       </c>
       <c r="O232" t="n">
-        <v>19.54</v>
+        <v>38.0</v>
       </c>
       <c r="P232" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q232" t="n">
-        <v>16.0</v>
+        <v>21.0</v>
       </c>
       <c r="R232" t="n">
-        <v>26.0</v>
+        <v>30.0</v>
       </c>
       <c r="S232" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T232" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U232" t="n">
+        <v>0.0017</v>
       </c>
       <c r="V232" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X232" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z232" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>IRS/2025/6491/PON1</t>
+          <t>IRS/2025/6492/PON1</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>29 July 2025 02:05</t>
+          <t>29 July 2025 03:45</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H233" t="inlineStr">
+        <is>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="I233" t="n">
         <v>57.0</v>
       </c>
       <c r="J233" t="n">
-        <v>5.0</v>
+        <v>43.0</v>
       </c>
       <c r="K233" t="n">
-        <v>2.0</v>
+        <v>54.88</v>
       </c>
       <c r="L233" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M233" t="n">
         <v>0.0</v>
       </c>
       <c r="N233" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="O233" t="n">
-        <v>38.0</v>
+        <v>21.79</v>
       </c>
       <c r="P233" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q233" t="n">
         <v>21.0</v>
       </c>
       <c r="R233" t="n">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="S233" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T233" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U233" t="n">
-        <v>0.0017</v>
+        <v>1.25666E-4</v>
       </c>
       <c r="V233" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X233" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z233" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Diesel Systems - Failure Of Equipment</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>IRS/2025/6492/PON1</t>
+          <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>29 July 2025 03:45</t>
+          <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H234" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>WEST SOLE</t>
         </is>
       </c>
       <c r="I234" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J234" t="n">
-        <v>43.0</v>
+        <v>48.0</v>
       </c>
       <c r="K234" t="n">
-        <v>54.88</v>
+        <v>12.717</v>
       </c>
       <c r="L234" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M234" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N234" t="n">
-        <v>58.0</v>
+        <v>12.0</v>
       </c>
       <c r="O234" t="n">
-        <v>21.79</v>
+        <v>27.977</v>
       </c>
       <c r="P234" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q234" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S234" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T234" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.25666E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V234" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X234" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y234" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z234" t="inlineStr">
         <is>
-          <t>Diesel Systems - Failure Of Equipment</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
@@ -25879,6279 +25867,6279 @@
       </c>
       <c r="V245" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X245" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y245" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z245" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>IRS/2025/6495/PON1</t>
+          <t>IRS/2025/6497/PON1</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>14 July 2025 10:00</t>
+          <t>29 July 2025 13:41</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>Hoton Platform</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H246" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I246" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J246" t="n">
-        <v>48.0</v>
+        <v>21.0</v>
       </c>
       <c r="K246" t="n">
-        <v>12.717</v>
+        <v>25.2</v>
       </c>
       <c r="L246" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M246" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N246" t="n">
-        <v>12.0</v>
+        <v>3.0</v>
       </c>
       <c r="O246" t="n">
-        <v>27.977</v>
+        <v>57.6</v>
       </c>
       <c r="P246" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q246" t="n">
+        <v>204.0</v>
+      </c>
+      <c r="R246" t="n">
+        <v>20.0</v>
       </c>
       <c r="S246" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T246" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V246" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X246" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y246" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z246" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>IRS/2025/6497/PON1</t>
+          <t>IRS/2025/6498/PON1</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>29 July 2025 13:41</t>
+          <t>31 July 2025 10:50</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CPP1</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Morecambe South CPP1 Platform</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H247" t="inlineStr">
+        <is>
+          <t>SOUTH MORECAMBE</t>
+        </is>
+      </c>
       <c r="I247" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J247" t="n">
-        <v>21.0</v>
+        <v>50.0</v>
       </c>
       <c r="K247" t="n">
-        <v>25.2</v>
+        <v>48.21</v>
       </c>
       <c r="L247" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M247" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="N247" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="O247" t="n">
+        <v>50.78</v>
+      </c>
+      <c r="P247" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q247" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R247" t="n">
         <v>3.0</v>
       </c>
-      <c r="O247" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="S247" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T247" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U247" t="n">
+        <v>4.435E-6</v>
       </c>
       <c r="V247" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X247" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z247" t="inlineStr">
         <is>
-          <t/>
+          <t>Sheen - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>IRS/2025/6498/PON1</t>
+          <t>IRS/2025/6501/PON1</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>31 July 2025 10:50</t>
+          <t>17 July 2025 01:00</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
-          <t>CPP1</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>Morecambe South CPP1 Platform</t>
+          <t>Noble Innovator</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>MUNGO</t>
         </is>
       </c>
       <c r="I248" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J248" t="n">
-        <v>50.0</v>
+        <v>22.0</v>
       </c>
       <c r="K248" t="n">
-        <v>48.21</v>
+        <v>26.27</v>
       </c>
       <c r="L248" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M248" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N248" t="n">
-        <v>34.0</v>
+        <v>59.0</v>
       </c>
       <c r="O248" t="n">
-        <v>50.78</v>
+        <v>53.18</v>
       </c>
       <c r="P248" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q248" t="n">
-        <v>110.0</v>
+        <v>22.0</v>
       </c>
       <c r="R248" t="n">
-        <v>3.0</v>
+        <v>20.0</v>
       </c>
       <c r="S248" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T248" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U248" t="n">
-        <v>4.435E-6</v>
+        <v>8.65E-4</v>
       </c>
       <c r="V248" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X248" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z248" t="inlineStr">
         <is>
-          <t>Sheen - Unknown Cause</t>
+          <t>Hydraulics - Closed System - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>IRS/2025/6501/PON1</t>
+          <t>IRS/2025/6504/PON1</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>17 July 2025 01:00</t>
+          <t>02 August 2025 09:30</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>Noble Innovator</t>
+          <t>Everest North Platform</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
-          <t>MUNGO</t>
+          <t>EVEREST</t>
         </is>
       </c>
       <c r="I249" t="n">
         <v>57.0</v>
       </c>
       <c r="J249" t="n">
-        <v>22.0</v>
+        <v>45.0</v>
       </c>
       <c r="K249" t="n">
-        <v>26.27</v>
+        <v>30.89</v>
       </c>
       <c r="L249" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M249" t="n">
         <v>1.0</v>
       </c>
       <c r="N249" t="n">
-        <v>59.0</v>
+        <v>48.0</v>
       </c>
       <c r="O249" t="n">
-        <v>53.18</v>
+        <v>5.96</v>
       </c>
       <c r="P249" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q249" t="n">
         <v>22.0</v>
       </c>
       <c r="R249" t="n">
-        <v>20.0</v>
+        <v>9.0</v>
       </c>
       <c r="S249" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T249" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>8.65E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V249" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X249" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y249" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z249" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Valve Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>IRS/2025/6504/PON1</t>
+          <t>IRS/2025/6506/PON1</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>02 August 2025 09:30</t>
+          <t>03 August 2025 10:45</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>Everest North Platform</t>
+          <t>Cormorant A Platform</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>EVEREST</t>
+          <t>SOUTH CORMORANT</t>
         </is>
       </c>
       <c r="I250" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J250" t="n">
-        <v>45.0</v>
+        <v>6.0</v>
       </c>
       <c r="K250" t="n">
-        <v>30.89</v>
+        <v>9.0</v>
       </c>
       <c r="L250" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M250" t="n">
         <v>1.0</v>
       </c>
       <c r="N250" t="n">
-        <v>48.0</v>
+        <v>4.0</v>
       </c>
       <c r="O250" t="n">
-        <v>5.96</v>
+        <v>22.0</v>
       </c>
       <c r="P250" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q250" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R250" t="n">
-        <v>9.0</v>
+        <v>26.0</v>
       </c>
       <c r="S250" t="inlineStr">
         <is>
-          <t/>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="T250" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U250" t="n">
+        <v>6.0E-9</v>
       </c>
       <c r="V250" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X250" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z250" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>IRS/2025/6506/PON1</t>
+          <t>IRS/2025/6529/PON1</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>03 August 2025 10:45</t>
+          <t>09 August 2025 14:30</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>SPIRIT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>Cormorant A Platform</t>
+          <t>CPC</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
-          <t>SOUTH CORMORANT</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="I251" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J251" t="n">
-        <v>6.0</v>
+        <v>50.0</v>
       </c>
       <c r="K251" t="n">
-        <v>9.0</v>
+        <v>48.21</v>
       </c>
       <c r="L251" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M251" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N251" t="n">
-        <v>4.0</v>
+        <v>34.0</v>
       </c>
       <c r="O251" t="n">
-        <v>22.0</v>
+        <v>50.78</v>
       </c>
       <c r="P251" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q251" t="n">
-        <v>211.0</v>
+        <v>110.0</v>
       </c>
       <c r="R251" t="n">
-        <v>26.0</v>
+        <v>3.0</v>
       </c>
       <c r="S251" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T251" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U251" t="n">
-        <v>6.0E-9</v>
+        <v>2.541E-4</v>
       </c>
       <c r="V251" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z251" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Sheen - Hydraulic oil from FWP after extended period of shutdown</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>IRS/2025/6529/PON1</t>
+          <t>IRS/2025/6543/PON1</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>09 August 2025 14:30</t>
+          <t>12 August 2025 06:25</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>CPC</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H252" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I252" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J252" t="n">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="K252" t="n">
-        <v>48.21</v>
+        <v>53.58</v>
       </c>
       <c r="L252" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M252" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N252" t="n">
-        <v>34.0</v>
+        <v>57.0</v>
       </c>
       <c r="O252" t="n">
-        <v>50.78</v>
+        <v>19.22</v>
       </c>
       <c r="P252" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q252" t="n">
-        <v>110.0</v>
+        <v>22.0</v>
       </c>
       <c r="R252" t="n">
-        <v>3.0</v>
+        <v>30.0</v>
       </c>
       <c r="S252" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Mineral Oil</t>
         </is>
       </c>
       <c r="T252" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U252" t="n">
-        <v>2.541E-4</v>
+        <v>0.011137848</v>
       </c>
       <c r="V252" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z252" t="inlineStr">
         <is>
-          <t>Sheen - Hydraulic oil from FWP after extended period of shutdown</t>
+          <t>Slip Joint - WL lubricator</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>IRS/2025/6543/PON1</t>
+          <t>IRS/2025/6554/PON1</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>12 August 2025 06:25</t>
+          <t>13 August 2025 14:50</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H253" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I253" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J253" t="n">
-        <v>1.0</v>
+        <v>18.0</v>
       </c>
       <c r="K253" t="n">
-        <v>53.58</v>
+        <v>24.0</v>
       </c>
       <c r="L253" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M253" t="n">
         <v>1.0</v>
       </c>
       <c r="N253" t="n">
-        <v>57.0</v>
+        <v>46.0</v>
       </c>
       <c r="O253" t="n">
-        <v>19.22</v>
+        <v>11.0</v>
       </c>
       <c r="P253" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q253" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="R253" t="n">
         <v>22.0</v>
       </c>
-      <c r="R253" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="S253" t="inlineStr">
         <is>
-          <t>Mineral Oil</t>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T253" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U253" t="n">
-        <v>0.011137848</v>
+        <v>0.06307632</v>
       </c>
       <c r="V253" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X253" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z253" t="inlineStr">
         <is>
-          <t>Slip Joint - WL lubricator</t>
+          <t>Drainage Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>IRS/2025/6554/PON1</t>
+          <t>IRS/2025/6557/PON1</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>13 August 2025 14:50</t>
+          <t>13 August 2025 22:43</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>Captain Bridge Lnked Platform</t>
+          <t>Ninian Southern Platform</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H254" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I254" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J254" t="n">
-        <v>18.0</v>
+        <v>48.0</v>
       </c>
       <c r="K254" t="n">
-        <v>24.0</v>
+        <v>20.02</v>
       </c>
       <c r="L254" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M254" t="n">
         <v>1.0</v>
       </c>
       <c r="N254" t="n">
-        <v>46.0</v>
+        <v>27.0</v>
       </c>
       <c r="O254" t="n">
-        <v>11.0</v>
+        <v>1.36</v>
       </c>
       <c r="P254" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q254" t="n">
-        <v>13.0</v>
+        <v>3.0</v>
       </c>
       <c r="R254" t="n">
-        <v>22.0</v>
+        <v>8.0</v>
       </c>
       <c r="S254" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T254" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.06307632</v>
+          <t/>
+        </is>
       </c>
       <c r="V254" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X254" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y254" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z254" t="inlineStr">
         <is>
-          <t>Drainage Systems - Pipework Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>IRS/2025/6557/PON1</t>
+          <t>IRS/2025/6559/PON1</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>13 August 2025 22:43</t>
+          <t>15 August 2025 13:15</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Oil release, Chemical release</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>Ninian Southern Platform</t>
+          <t>Marnock ETAP QU Platform</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H255" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I255" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J255" t="n">
-        <v>48.0</v>
+        <v>17.0</v>
       </c>
       <c r="K255" t="n">
-        <v>20.02</v>
+        <v>42.0</v>
       </c>
       <c r="L255" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M255" t="n">
         <v>1.0</v>
       </c>
       <c r="N255" t="n">
-        <v>27.0</v>
+        <v>39.0</v>
       </c>
       <c r="O255" t="n">
-        <v>1.36</v>
+        <v>46.0</v>
       </c>
       <c r="P255" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q255" t="n">
-        <v>3.0</v>
+        <v>22.0</v>
       </c>
       <c r="R255" t="n">
-        <v>8.0</v>
+        <v>24.0</v>
       </c>
       <c r="S255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>IRS/2025/6559/PON1</t>
+          <t>IRS/2025/6568/PON1</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>15 August 2025 13:15</t>
+          <t>17 August 2025 14:45</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>Oil release, Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>Marnock ETAP QU Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H256" t="inlineStr">
+        <is>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+        </is>
+      </c>
       <c r="I256" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J256" t="n">
-        <v>17.0</v>
+        <v>41.0</v>
       </c>
       <c r="K256" t="n">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
       <c r="L256" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M256" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N256" t="n">
-        <v>39.0</v>
+        <v>32.0</v>
       </c>
       <c r="O256" t="n">
-        <v>46.0</v>
+        <v>40.0</v>
       </c>
       <c r="P256" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q256" t="n">
-        <v>22.0</v>
+        <v>206.0</v>
       </c>
       <c r="R256" t="n">
-        <v>24.0</v>
+        <v>8.0</v>
       </c>
       <c r="S256" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T256" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U256" t="n">
+        <v>2.63E-7</v>
       </c>
       <c r="V256" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X256" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z256" t="inlineStr">
         <is>
-          <t/>
+          <t>Sheen - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>IRS/2025/6568/PON1</t>
+          <t>IRS/2025/6571/PON1</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>17 August 2025 14:45</t>
+          <t>18 August 2025 16:55</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Morecambe South CPP1 Platform</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H257" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="I257" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J257" t="n">
-        <v>41.0</v>
+        <v>50.0</v>
       </c>
       <c r="K257" t="n">
-        <v>30.0</v>
+        <v>48.21</v>
       </c>
       <c r="L257" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M257" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="N257" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="O257" t="n">
+        <v>50.78</v>
+      </c>
+      <c r="P257" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q257" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R257" t="n">
         <v>2.0</v>
       </c>
-      <c r="N257" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S257" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T257" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.63E-7</v>
+          <t/>
+        </is>
       </c>
       <c r="V257" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X257" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y257" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z257" t="inlineStr">
         <is>
-          <t>Sheen - Unknown Cause</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>IRS/2025/6571/PON1</t>
+          <t>IRS/2025/6585/PON1</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>18 August 2025 16:55</t>
+          <t>22 August 2025 13:37</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+          <t>SUBSEA 7 (UK SERVICE COMPANY) LIMITED</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>Morecambe South CPP1 Platform</t>
+          <t>Seven Atlantic</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
-[...4 lines deleted...]
-          <t>SOUTH MORECAMBE</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="I258" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="J258" t="n">
-        <v>50.0</v>
+        <v>55.0</v>
       </c>
       <c r="K258" t="n">
-        <v>48.21</v>
+        <v>55.46</v>
       </c>
       <c r="L258" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M258" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N258" t="n">
-        <v>34.0</v>
+        <v>14.0</v>
       </c>
       <c r="O258" t="n">
-        <v>50.78</v>
+        <v>58.62</v>
       </c>
       <c r="P258" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q258" t="n">
-        <v>110.0</v>
+        <v>9.0</v>
       </c>
       <c r="R258" t="n">
         <v>2.0</v>
       </c>
       <c r="S258" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T258" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U258" t="n">
+        <v>9.0E-5</v>
       </c>
       <c r="V258" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X258" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z258" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>IRS/2025/6585/PON1</t>
+          <t>IRS/2025/6586/PON1</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>22 August 2025 13:37</t>
+          <t>22 August 2025 11:30</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
-          <t>SUBSEA 7 (UK SERVICE COMPANY) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>Seven Atlantic</t>
+          <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H259" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
         </is>
       </c>
       <c r="I259" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J259" t="n">
-        <v>55.0</v>
+        <v>22.0</v>
       </c>
       <c r="K259" t="n">
-        <v>55.46</v>
+        <v>31.24</v>
       </c>
       <c r="L259" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M259" t="n">
         <v>1.0</v>
       </c>
       <c r="N259" t="n">
-        <v>14.0</v>
+        <v>59.0</v>
       </c>
       <c r="O259" t="n">
-        <v>58.62</v>
+        <v>53.12</v>
       </c>
       <c r="P259" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q259" t="n">
-        <v>9.0</v>
+        <v>22.0</v>
       </c>
       <c r="R259" t="n">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="S259" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T259" t="inlineStr">
         <is>
           <t>Measured</t>
         </is>
       </c>
       <c r="U259" t="n">
-        <v>9.0E-5</v>
+        <v>0.016</v>
       </c>
       <c r="V259" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X259" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z259" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Valves - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>IRS/2025/6586/PON1</t>
+          <t>IRS/2025/6590/PON1</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>22 August 2025 11:30</t>
+          <t>22 August 2025 22:00</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
           <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
           <t>MUNGO</t>
         </is>
       </c>
       <c r="I260" t="n">
         <v>57.0</v>
       </c>
       <c r="J260" t="n">
-        <v>22.0</v>
+        <v>17.0</v>
       </c>
       <c r="K260" t="n">
-        <v>31.24</v>
+        <v>42.357</v>
       </c>
       <c r="L260" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M260" t="n">
         <v>1.0</v>
       </c>
       <c r="N260" t="n">
-        <v>59.0</v>
+        <v>39.0</v>
       </c>
       <c r="O260" t="n">
-        <v>53.12</v>
+        <v>46.88</v>
       </c>
       <c r="P260" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q260" t="n">
         <v>22.0</v>
       </c>
       <c r="R260" t="n">
         <v>20.0</v>
       </c>
       <c r="S260" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T260" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U260" t="n">
-        <v>0.016</v>
+        <v>5.0E-5</v>
       </c>
       <c r="V260" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X260" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z260" t="inlineStr">
         <is>
-          <t>Valves - Valve Failure</t>
+          <t>Valves - Gland / Packing Failure</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>IRS/2025/6590/PON1</t>
+          <t>IRS/2025/6594/PON1</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>22 August 2025 22:00</t>
+          <t>24 August 2025 04:25</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>Mungo NUI Platform</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
-[...4 lines deleted...]
-          <t>MUNGO</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="I261" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J261" t="n">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
       <c r="K261" t="n">
-        <v>42.357</v>
+        <v>42.0</v>
       </c>
       <c r="L261" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M261" t="n">
         <v>1.0</v>
       </c>
       <c r="N261" t="n">
-        <v>39.0</v>
+        <v>43.0</v>
       </c>
       <c r="O261" t="n">
-        <v>46.88</v>
+        <v>7.0</v>
       </c>
       <c r="P261" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q261" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R261" t="n">
-        <v>20.0</v>
+        <v>29.0</v>
       </c>
       <c r="S261" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T261" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>5.0E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V261" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X261" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y261" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z261" t="inlineStr">
         <is>
-          <t>Valves - Gland / Packing Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>IRS/2025/6594/PON1</t>
+          <t>IRS/2025/6596/PON1</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>24 August 2025 04:25</t>
+          <t>25 August 2025 04:30</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>Brent C Platform</t>
+          <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H262" t="inlineStr">
+        <is>
+          <t>Liverpool Bay</t>
         </is>
       </c>
       <c r="I262" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J262" t="n">
-        <v>5.0</v>
+        <v>32.0</v>
       </c>
       <c r="K262" t="n">
-        <v>42.0</v>
+        <v>13.91</v>
       </c>
       <c r="L262" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M262" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N262" t="n">
-        <v>43.0</v>
+        <v>34.0</v>
       </c>
       <c r="O262" t="n">
-        <v>7.0</v>
+        <v>42.29</v>
       </c>
       <c r="P262" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q262" t="n">
-        <v>211.0</v>
+        <v>110.0</v>
       </c>
       <c r="R262" t="n">
-        <v>29.0</v>
+        <v>13.0</v>
       </c>
       <c r="S262" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T262" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V262" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW540 E</t>
+        </is>
+      </c>
+      <c r="W262" t="n">
+        <v>1.749</v>
       </c>
       <c r="X262" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z262" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>IRS/2025/6596/PON1</t>
+          <t>IRS/2025/6597/PON1</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>25 August 2025 04:30</t>
+          <t>25 August 2025 05:30</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>Douglas DD Platform</t>
+          <t>Marnock ETAP QU Platform</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H263" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I263" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J263" t="n">
-        <v>32.0</v>
+        <v>17.0</v>
       </c>
       <c r="K263" t="n">
-        <v>13.91</v>
+        <v>42.0</v>
       </c>
       <c r="L263" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M263" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N263" t="n">
-        <v>34.0</v>
+        <v>39.0</v>
       </c>
       <c r="O263" t="n">
-        <v>42.29</v>
+        <v>46.0</v>
       </c>
       <c r="P263" t="inlineStr">
         <is>
-          <t>West</t>
-[...6 lines deleted...]
-        <v>13.0</v>
+          <t>East</t>
+        </is>
       </c>
       <c r="S263" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T263" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V263" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
-[...3 lines deleted...]
-        <v>1.749</v>
+          <t/>
+        </is>
       </c>
       <c r="X263" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y263" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z263" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>IRS/2025/6597/PON1</t>
+          <t>IRS/2025/6599/PON1</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>25 August 2025 05:30</t>
+          <t>25 August 2025 14:10</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>Marnock ETAP QU Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I264" t="n">
         <v>57.0</v>
       </c>
       <c r="J264" t="n">
-        <v>17.0</v>
+        <v>1.0</v>
       </c>
       <c r="K264" t="n">
-        <v>42.0</v>
+        <v>53.58</v>
       </c>
       <c r="L264" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M264" t="n">
         <v>1.0</v>
       </c>
       <c r="N264" t="n">
-        <v>39.0</v>
+        <v>57.0</v>
       </c>
       <c r="O264" t="n">
-        <v>46.0</v>
+        <v>19.22</v>
       </c>
       <c r="P264" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q264" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R264" t="n">
+        <v>30.0</v>
       </c>
       <c r="S264" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T264" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U264" t="n">
+        <v>1.275E-4</v>
       </c>
       <c r="V264" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X264" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z264" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - weep from fitting</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>IRS/2025/6599/PON1</t>
+          <t>IRS/2025/6601/PON1</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>25 August 2025 14:10</t>
+          <t>26 August 2025 08:20</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Stella FPF-1</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H265" t="inlineStr">
+        <is>
+          <t>STELLA</t>
+        </is>
+      </c>
       <c r="I265" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="J265" t="n">
-        <v>1.0</v>
+        <v>46.0</v>
       </c>
       <c r="K265" t="n">
-        <v>53.58</v>
+        <v>58.0</v>
       </c>
       <c r="L265" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M265" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N265" t="n">
-        <v>57.0</v>
+        <v>6.0</v>
       </c>
       <c r="O265" t="n">
-        <v>19.22</v>
+        <v>38.0</v>
       </c>
       <c r="P265" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q265" t="n">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
       <c r="R265" t="n">
-        <v>30.0</v>
+        <v>6.0</v>
       </c>
       <c r="S265" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T265" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.275E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V265" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X265" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y265" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z265" t="inlineStr">
         <is>
-          <t>Diesel Systems - weep from fitting</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>IRS/2025/6601/PON1</t>
+          <t>IRS/2025/6602/PON1</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>26 August 2025 08:20</t>
+          <t>26 August 2025 16:30</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H266" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I266" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="J266" t="n">
-        <v>46.0</v>
+        <v>44.0</v>
       </c>
       <c r="K266" t="n">
-        <v>58.0</v>
+        <v>10.0</v>
       </c>
       <c r="L266" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M266" t="n">
         <v>2.0</v>
       </c>
       <c r="N266" t="n">
-        <v>6.0</v>
+        <v>29.0</v>
       </c>
       <c r="O266" t="n">
-        <v>38.0</v>
+        <v>39.0</v>
       </c>
       <c r="P266" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q266" t="n">
-        <v>30.0</v>
+        <v>206.0</v>
       </c>
       <c r="R266" t="n">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="S266" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T266" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U266" t="n">
+        <v>0.0089556</v>
       </c>
       <c r="V266" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X266" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z266" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - caisson</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>IRS/2025/6602/PON1</t>
+          <t>IRS/2025/6606/PON1</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>26 August 2025 16:30</t>
+          <t>27 August 2025 13:35</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
-        </is>
-[...3 lines deleted...]
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I267" t="n">
         <v>60.0</v>
       </c>
       <c r="J267" t="n">
-        <v>44.0</v>
+        <v>37.0</v>
       </c>
       <c r="K267" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="L267" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M267" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N267" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O267" t="n">
         <v>10.0</v>
       </c>
-      <c r="L267" t="inlineStr">
-[...12 lines deleted...]
-      </c>
       <c r="P267" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q267" t="n">
-        <v>206.0</v>
+        <v>3.0</v>
       </c>
       <c r="R267" t="n">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
       <c r="S267" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T267" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.0089556</v>
+          <t/>
+        </is>
       </c>
       <c r="V267" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X267" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y267" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z267" t="inlineStr">
         <is>
-          <t>Drainage Systems - caisson</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>IRS/2025/6606/PON1</t>
+          <t>IRS/2025/6616/PON1</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>27 August 2025 13:35</t>
+          <t>29 August 2025 17:00</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H268" t="inlineStr">
+        <is>
+          <t>HARDING</t>
+        </is>
+      </c>
       <c r="I268" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J268" t="n">
-        <v>37.0</v>
+        <v>16.0</v>
       </c>
       <c r="K268" t="n">
-        <v>45.0</v>
+        <v>46.24</v>
       </c>
       <c r="L268" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M268" t="n">
         <v>1.0</v>
       </c>
       <c r="N268" t="n">
-        <v>39.0</v>
+        <v>30.0</v>
       </c>
       <c r="O268" t="n">
-        <v>10.0</v>
+        <v>58.04</v>
       </c>
       <c r="P268" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q268" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
       <c r="R268" t="n">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
       <c r="S268" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T268" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V268" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W268" t="n">
+        <v>40.66</v>
       </c>
       <c r="X268" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z268" t="inlineStr">
         <is>
-          <t/>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>IRS/2025/6616/PON1</t>
+          <t>IRS/2025/6624/PON1</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>29 August 2025 17:00</t>
+          <t>31 August 2025 09:30</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I269" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="J269" t="n">
-        <v>16.0</v>
+        <v>41.0</v>
       </c>
       <c r="K269" t="n">
-        <v>46.24</v>
+        <v>30.0</v>
       </c>
       <c r="L269" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M269" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N269" t="n">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
       <c r="O269" t="n">
-        <v>58.04</v>
+        <v>40.0</v>
       </c>
       <c r="P269" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q269" t="n">
-        <v>9.0</v>
+        <v>206.0</v>
       </c>
       <c r="R269" t="n">
-        <v>23.0</v>
+        <v>8.0</v>
       </c>
       <c r="S269" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T269" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U269" t="n">
+        <v>2.187E-5</v>
       </c>
       <c r="V269" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
-[...3 lines deleted...]
-        <v>40.66</v>
+          <t/>
+        </is>
       </c>
       <c r="X269" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z269" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t>Drainage Systems - routing of drains</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>IRS/2025/6624/PON1</t>
+          <t>IRS/2025/6629/PON1</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>31 August 2025 09:30</t>
+          <t>01 September 2025 08:38</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Inde CD Platform (PERENCO)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="I270" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J270" t="n">
-        <v>41.0</v>
+        <v>18.0</v>
       </c>
       <c r="K270" t="n">
-        <v>30.0</v>
+        <v>23.9251</v>
       </c>
       <c r="L270" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M270" t="n">
         <v>2.0</v>
       </c>
       <c r="N270" t="n">
-        <v>32.0</v>
+        <v>33.0</v>
       </c>
       <c r="O270" t="n">
-        <v>40.0</v>
+        <v>55.7238</v>
       </c>
       <c r="P270" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q270" t="n">
-        <v>206.0</v>
+        <v>49.0</v>
       </c>
       <c r="R270" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
       <c r="S270" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T270" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.187E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V270" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X270" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y270" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z270" t="inlineStr">
         <is>
-          <t>Drainage Systems - routing of drains</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>IRS/2025/6629/PON1</t>
+          <t>IRS/2025/6640/PON1</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>01 September 2025 08:38</t>
+          <t>03 September 2025 10:30</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>Inde CD Platform (PERENCO)</t>
+          <t>Babbage Platform</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>BABBAGE</t>
         </is>
       </c>
       <c r="I271" t="n">
         <v>53.0</v>
       </c>
       <c r="J271" t="n">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="K271" t="n">
-        <v>23.9251</v>
+        <v>49.0</v>
       </c>
       <c r="L271" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M271" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N271" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="O271" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="P271" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q271" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="R271" t="n">
         <v>2.0</v>
       </c>
-      <c r="N271" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S271" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T271" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V271" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>HW540E</t>
+        </is>
+      </c>
+      <c r="W271" t="n">
+        <v>418.0</v>
       </c>
       <c r="X271" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z271" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>IRS/2025/6640/PON1</t>
+          <t>IRS/2025/6641/PON1</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>03 September 2025 10:30</t>
+          <t>03 September 2025 11:00</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
-          <t>ODE ASSET MANAGEMENT LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>Babbage Platform</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H272" t="inlineStr">
         <is>
-          <t>BABBAGE</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="I272" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J272" t="n">
-        <v>57.0</v>
+        <v>48.0</v>
       </c>
       <c r="K272" t="n">
-        <v>49.0</v>
+        <v>53.915</v>
       </c>
       <c r="L272" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M272" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N272" t="n">
-        <v>13.0</v>
+        <v>58.0</v>
       </c>
       <c r="O272" t="n">
-        <v>14.0</v>
+        <v>22.047</v>
       </c>
       <c r="P272" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q272" t="n">
-        <v>48.0</v>
+        <v>20.0</v>
       </c>
       <c r="R272" t="n">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="S272" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T272" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U272" t="n">
+        <v>3.0E-5</v>
       </c>
       <c r="V272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X272" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z272" t="inlineStr">
         <is>
-          <t/>
+          <t>Operator knocked over bucket during operations - Poor bunding arrangements for the operation</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>IRS/2025/6641/PON1</t>
+          <t>IRS/2025/6642/PON1</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>03 September 2025 11:00</t>
+          <t>03 September 2025 16:50</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E273" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H273" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I273" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J273" t="n">
-        <v>48.0</v>
+        <v>21.0</v>
       </c>
       <c r="K273" t="n">
-        <v>53.915</v>
+        <v>49.901</v>
       </c>
       <c r="L273" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M273" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N273" t="n">
-        <v>58.0</v>
+        <v>34.0</v>
       </c>
       <c r="O273" t="n">
-        <v>22.047</v>
+        <v>47.1</v>
       </c>
       <c r="P273" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q273" t="n">
-        <v>20.0</v>
+        <v>211.0</v>
       </c>
       <c r="R273" t="n">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
       <c r="S273" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T273" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>3.0E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X273" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y273" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z273" t="inlineStr">
         <is>
-          <t>Operator knocked over bucket during operations - Poor bunding arrangements for the operation</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>IRS/2025/6642/PON1</t>
+          <t>IRS/2025/6643/PON1</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>03 September 2025 16:50</t>
+          <t>03 September 2025 23:35</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H274" t="inlineStr">
+        <is>
+          <t>SCHIEHALLION</t>
+        </is>
+      </c>
       <c r="I274" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J274" t="n">
         <v>21.0</v>
       </c>
       <c r="K274" t="n">
-        <v>49.901</v>
+        <v>25.2</v>
       </c>
       <c r="L274" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M274" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N274" t="n">
-        <v>34.0</v>
+        <v>3.0</v>
       </c>
       <c r="O274" t="n">
-        <v>47.1</v>
+        <v>57.6</v>
       </c>
       <c r="P274" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q274" t="n">
-        <v>211.0</v>
+        <v>204.0</v>
       </c>
       <c r="R274" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="S274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>IRS/2025/6643/PON1</t>
+          <t>IRS/2025/6647/PON1</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>03 September 2025 23:35</t>
+          <t>04 September 2025 14:20</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H275" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I275" t="n">
         <v>60.0</v>
       </c>
       <c r="J275" t="n">
-        <v>21.0</v>
+        <v>51.0</v>
       </c>
       <c r="K275" t="n">
-        <v>25.2</v>
+        <v>24.42</v>
       </c>
       <c r="L275" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M275" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N275" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="O275" t="n">
+        <v>8.73</v>
+      </c>
+      <c r="P275" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q275" t="n">
         <v>3.0</v>
       </c>
-      <c r="O275" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="R275" t="n">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
       <c r="S275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>IRS/2025/6647/PON1</t>
+          <t>IRS/2025/6650/PON1</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>04 September 2025 14:20</t>
+          <t>05 September 2025 10:20</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H276" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>TEAL</t>
         </is>
       </c>
       <c r="I276" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J276" t="n">
-        <v>51.0</v>
+        <v>15.0</v>
       </c>
       <c r="K276" t="n">
-        <v>24.42</v>
+        <v>23.527</v>
       </c>
       <c r="L276" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M276" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N276" t="n">
-        <v>28.0</v>
+        <v>48.0</v>
       </c>
       <c r="O276" t="n">
-        <v>8.73</v>
+        <v>29.282</v>
       </c>
       <c r="P276" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q276" t="n">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="R276" t="n">
-        <v>3.0</v>
+        <v>25.0</v>
       </c>
       <c r="S276" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T276" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U276" t="n">
+        <v>0.00286</v>
       </c>
       <c r="V276" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X276" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z276" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>IRS/2025/6650/PON1</t>
+          <t>IRS/2025/6651/PON1</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>05 September 2025 10:20</t>
+          <t>05 September 2025 13:51</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
-          <t>ANASURIA OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>Anasuria FPSO</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H277" t="inlineStr">
         <is>
-          <t>TEAL</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I277" t="n">
         <v>57.0</v>
       </c>
       <c r="J277" t="n">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="K277" t="n">
-        <v>23.527</v>
+        <v>53.58</v>
       </c>
       <c r="L277" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M277" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N277" t="n">
-        <v>48.0</v>
+        <v>57.0</v>
       </c>
       <c r="O277" t="n">
-        <v>29.282</v>
+        <v>19.22</v>
       </c>
       <c r="P277" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q277" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="R277" t="n">
-        <v>25.0</v>
+        <v>30.0</v>
       </c>
       <c r="S277" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T277" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U277" t="n">
-        <v>0.00286</v>
+        <v>0.008137</v>
       </c>
       <c r="V277" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X277" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z277" t="inlineStr">
         <is>
-          <t>Pipework - Pinhole Leak</t>
+          <t>Hydraulic Manifold/Control Panel - HPU Fitting</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>IRS/2025/6651/PON1</t>
+          <t>IRS/2025/6657/PON1</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>05 September 2025 13:51</t>
+          <t>06 September 2025 12:00</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E278" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Noble Patriot</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H278" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>HUDSON</t>
         </is>
       </c>
       <c r="I278" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J278" t="n">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
       <c r="K278" t="n">
-        <v>53.58</v>
+        <v>38.99</v>
       </c>
       <c r="L278" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M278" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N278" t="n">
-        <v>57.0</v>
+        <v>42.0</v>
       </c>
       <c r="O278" t="n">
-        <v>19.22</v>
+        <v>33.2</v>
       </c>
       <c r="P278" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q278" t="n">
-        <v>22.0</v>
+        <v>210.0</v>
       </c>
       <c r="R278" t="n">
-        <v>30.0</v>
+        <v>24.0</v>
       </c>
       <c r="S278" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T278" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.008137</v>
+          <t/>
+        </is>
       </c>
       <c r="V278" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X278" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y278" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z278" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - HPU Fitting</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>IRS/2025/6657/PON1</t>
+          <t>IRS/2025/6665/PON1</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>06 September 2025 12:00</t>
+          <t>09 September 2025 08:02</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>Noble Patriot</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H279" t="inlineStr">
         <is>
-          <t>HUDSON</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="I279" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="J279" t="n">
-        <v>15.0</v>
+        <v>46.0</v>
       </c>
       <c r="K279" t="n">
-        <v>38.99</v>
+        <v>12.0</v>
       </c>
       <c r="L279" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M279" t="n">
         <v>0.0</v>
       </c>
       <c r="N279" t="n">
         <v>42.0</v>
       </c>
       <c r="O279" t="n">
-        <v>33.2</v>
+        <v>46.0</v>
       </c>
       <c r="P279" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q279" t="n">
-        <v>210.0</v>
+        <v>28.0</v>
       </c>
       <c r="R279" t="n">
-        <v>24.0</v>
+        <v>9.0</v>
       </c>
       <c r="S279" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T279" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U279" t="n">
+        <v>6.848E-6</v>
       </c>
       <c r="V279" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X279" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z279" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>IRS/2025/6665/PON1</t>
+          <t>IRS/2025/6669/PON1</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>09 September 2025 08:02</t>
+          <t>10 September 2025 07:20</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Haeva</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H280" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>Davy north</t>
         </is>
       </c>
       <c r="I280" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J280" t="n">
-        <v>46.0</v>
+        <v>5.0</v>
       </c>
       <c r="K280" t="n">
-        <v>12.0</v>
+        <v>4.8</v>
       </c>
       <c r="L280" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M280" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N280" t="n">
-        <v>42.0</v>
+        <v>49.0</v>
       </c>
       <c r="O280" t="n">
-        <v>46.0</v>
+        <v>9.534</v>
       </c>
       <c r="P280" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q280" t="n">
-        <v>28.0</v>
+        <v>49.0</v>
       </c>
       <c r="R280" t="n">
-        <v>9.0</v>
+        <v>30.0</v>
       </c>
       <c r="S280" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T280" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U280" t="n">
-        <v>6.848E-6</v>
+        <v>0.00435</v>
       </c>
       <c r="V280" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X280" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z280" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>IRS/2025/6669/PON1</t>
+          <t>IRS/2025/6670/PON1</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>10 September 2025 07:20</t>
+          <t>10 September 2025 13:45</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>Haeva</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
-          <t>Davy north</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I281" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J281" t="n">
-        <v>5.0</v>
+        <v>21.0</v>
       </c>
       <c r="K281" t="n">
-        <v>4.8</v>
+        <v>25.2</v>
       </c>
       <c r="L281" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M281" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="N281" t="n">
-        <v>49.0</v>
+        <v>3.0</v>
       </c>
       <c r="O281" t="n">
-        <v>9.534</v>
+        <v>57.6</v>
       </c>
       <c r="P281" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q281" t="n">
-        <v>49.0</v>
+        <v>204.0</v>
       </c>
       <c r="R281" t="n">
-        <v>30.0</v>
+        <v>20.0</v>
       </c>
       <c r="S281" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T281" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.00435</v>
+          <t/>
+        </is>
       </c>
       <c r="V281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X281" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y281" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z281" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>IRS/2025/6670/PON1</t>
+          <t>IRS/2025/6671/PON1</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>10 September 2025 13:45</t>
+          <t>11 September 2025 06:00</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Arbroath Platform</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H282" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>BRECHIN</t>
         </is>
       </c>
       <c r="I282" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J282" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="K282" t="n">
-        <v>25.2</v>
+        <v>29.84</v>
       </c>
       <c r="L282" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M282" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N282" t="n">
-        <v>3.0</v>
+        <v>22.0</v>
       </c>
       <c r="O282" t="n">
-        <v>57.6</v>
+        <v>59.36</v>
       </c>
       <c r="P282" t="inlineStr">
         <is>
-          <t>West</t>
-[...6 lines deleted...]
-        <v>20.0</v>
+          <t>East</t>
+        </is>
       </c>
       <c r="S282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>IRS/2025/6671/PON1</t>
+          <t>IRS/2025/6696/PON1</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>11 September 2025 06:00</t>
+          <t>15 September 2025 14:15</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>Arbroath Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H283" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I283" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J283" t="n">
-        <v>22.0</v>
+        <v>41.0</v>
       </c>
       <c r="K283" t="n">
-        <v>29.84</v>
+        <v>30.0</v>
       </c>
       <c r="L283" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M283" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N283" t="n">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
       <c r="O283" t="n">
-        <v>59.36</v>
+        <v>40.0</v>
       </c>
       <c r="P283" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q283" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R283" t="n">
+        <v>8.0</v>
       </c>
       <c r="S283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>IRS/2025/6696/PON1</t>
+          <t>IRS/2025/6698/PON1</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>15 September 2025 14:15</t>
+          <t>15 September 2025 17:00</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H284" t="inlineStr">
+        <is>
+          <t>SHEARWATER</t>
+        </is>
+      </c>
       <c r="I284" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J284" t="n">
-        <v>41.0</v>
+        <v>1.0</v>
       </c>
       <c r="K284" t="n">
+        <v>53.58</v>
+      </c>
+      <c r="L284" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M284" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N284" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="O284" t="n">
+        <v>19.22</v>
+      </c>
+      <c r="P284" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q284" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R284" t="n">
         <v>30.0</v>
-      </c>
-[...23 lines deleted...]
-        <v>8.0</v>
       </c>
       <c r="S284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>IRS/2025/6698/PON1</t>
+          <t>IRS/2025/6705/PON1</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>15 September 2025 17:00</t>
+          <t>17 August 2025 04:00</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I285" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J285" t="n">
-        <v>1.0</v>
+        <v>41.0</v>
       </c>
       <c r="K285" t="n">
-        <v>53.58</v>
+        <v>30.0</v>
       </c>
       <c r="L285" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M285" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N285" t="n">
-        <v>57.0</v>
+        <v>32.0</v>
       </c>
       <c r="O285" t="n">
-        <v>19.22</v>
+        <v>40.0</v>
       </c>
       <c r="P285" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q285" t="n">
-        <v>22.0</v>
+        <v>206.0</v>
       </c>
       <c r="R285" t="n">
-        <v>30.0</v>
+        <v>8.0</v>
       </c>
       <c r="S285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>IRS/2025/6705/PON1</t>
+          <t>IRS/2025/6706/PON1</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>17 August 2025 04:00</t>
+          <t>19 September 2025 01:00</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Clair Ridge QU Platform</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I286" t="n">
         <v>60.0</v>
       </c>
       <c r="J286" t="n">
-        <v>41.0</v>
+        <v>44.0</v>
       </c>
       <c r="K286" t="n">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="L286" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M286" t="n">
         <v>2.0</v>
       </c>
       <c r="N286" t="n">
-        <v>32.0</v>
+        <v>29.0</v>
       </c>
       <c r="O286" t="n">
-        <v>40.0</v>
+        <v>39.0</v>
       </c>
       <c r="P286" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q286" t="n">
         <v>206.0</v>
       </c>
       <c r="R286" t="n">
         <v>8.0</v>
       </c>
       <c r="S286" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T286" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V286" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RoClean L211f</t>
+        </is>
+      </c>
+      <c r="W286" t="n">
+        <v>1.1</v>
       </c>
       <c r="X286" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z286" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Sheared</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>IRS/2025/6706/PON1</t>
+          <t>IRS/2025/6720/PON1</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>19 September 2025 01:00</t>
+          <t>21 September 2025 03:50</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>Clair Ridge QU Platform</t>
+          <t>Ravenspurn South C Platform</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>RAVENSPURN S[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="I287" t="n">
-        <v>60.0</v>
+        <v>54.0</v>
       </c>
       <c r="J287" t="n">
-        <v>44.0</v>
+        <v>4.0</v>
       </c>
       <c r="K287" t="n">
-        <v>10.0</v>
+        <v>56.9634</v>
       </c>
       <c r="L287" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M287" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N287" t="n">
-        <v>29.0</v>
+        <v>49.0</v>
       </c>
       <c r="O287" t="n">
-        <v>39.0</v>
+        <v>25.246</v>
       </c>
       <c r="P287" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q287" t="n">
-        <v>206.0</v>
+        <v>42.0</v>
       </c>
       <c r="R287" t="n">
-        <v>8.0</v>
+        <v>30.0</v>
       </c>
       <c r="S287" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T287" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U287" t="n">
+        <v>0.4</v>
       </c>
       <c r="V287" t="inlineStr">
         <is>
-          <t>RoClean L211f</t>
-[...3 lines deleted...]
-        <v>1.1</v>
+          <t/>
+        </is>
       </c>
       <c r="X287" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z287" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Production Chemicals) - Sheared</t>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>IRS/2025/6720/PON1</t>
+          <t>IRS/2025/6735/PON1</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>21 September 2025 03:50</t>
+          <t>24 September 2025 18:30</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>Ravenspurn South C Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H288" t="inlineStr">
         <is>
-          <t>RAVENSPURN S[pt.of RAVENSPURN]</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I288" t="n">
-        <v>54.0</v>
+        <v>58.0</v>
       </c>
       <c r="J288" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="K288" t="n">
-        <v>56.9634</v>
+        <v>55.13</v>
       </c>
       <c r="L288" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M288" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N288" t="n">
-        <v>49.0</v>
+        <v>8.0</v>
       </c>
       <c r="O288" t="n">
-        <v>25.246</v>
+        <v>19.54</v>
       </c>
       <c r="P288" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q288" t="n">
-        <v>42.0</v>
+        <v>16.0</v>
       </c>
       <c r="R288" t="n">
-        <v>30.0</v>
+        <v>26.0</v>
       </c>
       <c r="S288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>IRS/2025/6735/PON1</t>
+          <t>IRS/2025/6743/PON1</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>24 September 2025 18:30</t>
+          <t>27 September 2025 01:27</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H289" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I289" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J289" t="n">
-        <v>2.0</v>
+        <v>37.0</v>
       </c>
       <c r="K289" t="n">
-        <v>55.13</v>
+        <v>45.92</v>
       </c>
       <c r="L289" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M289" t="n">
         <v>1.0</v>
       </c>
       <c r="N289" t="n">
-        <v>8.0</v>
+        <v>39.0</v>
       </c>
       <c r="O289" t="n">
-        <v>19.54</v>
+        <v>8.85</v>
       </c>
       <c r="P289" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q289" t="n">
-        <v>16.0</v>
+        <v>3.0</v>
       </c>
       <c r="R289" t="n">
-        <v>26.0</v>
+        <v>14.0</v>
       </c>
       <c r="S289" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T289" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V289" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X289" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y289" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z289" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>IRS/2025/6743/PON1</t>
+          <t>IRS/2025/6747/PON1</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>27 September 2025 01:27</t>
+          <t>28 September 2025 23:42</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H290" t="inlineStr">
+        <is>
+          <t>CALEDONIA</t>
         </is>
       </c>
       <c r="I290" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J290" t="n">
-        <v>37.0</v>
+        <v>6.0</v>
       </c>
       <c r="K290" t="n">
-        <v>45.92</v>
+        <v>10.068</v>
       </c>
       <c r="L290" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M290" t="n">
         <v>1.0</v>
       </c>
       <c r="N290" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O290" t="n">
         <v>39.0</v>
       </c>
-      <c r="O290" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P290" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q290" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S290" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T290" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U290" t="n">
+        <v>4.175E-4</v>
       </c>
       <c r="V290" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X290" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z290" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>IRS/2025/6747/PON1</t>
+          <t>IRS/2025/6750/PON1</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>28 September 2025 23:42</t>
+          <t>29 September 2025 04:15</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Buchan B7 Well</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>CALEDONIA</t>
+          <t>BUCHAN</t>
         </is>
       </c>
       <c r="I291" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J291" t="n">
-        <v>6.0</v>
+        <v>56.0</v>
       </c>
       <c r="K291" t="n">
-        <v>10.068</v>
+        <v>30.0</v>
       </c>
       <c r="L291" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M291" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N291" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O291" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="P291" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q291" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R291" t="n">
         <v>1.0</v>
       </c>
-      <c r="N291" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="S291" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T291" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>4.175E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V291" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X291" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y291" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z291" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>IRS/2025/6750/PON1</t>
+          <t>IRS/2025/6751/PON1</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>29 September 2025 04:15</t>
+          <t>29 September 2025 09:00</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>Buchan B7 Well</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
-          <t>BUCHAN</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="I292" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J292" t="n">
-        <v>56.0</v>
+        <v>16.0</v>
       </c>
       <c r="K292" t="n">
+        <v>46.24</v>
+      </c>
+      <c r="L292" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M292" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N292" t="n">
         <v>30.0</v>
       </c>
-      <c r="L292" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="O292" t="n">
-        <v>36.0</v>
+        <v>58.04</v>
       </c>
       <c r="P292" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q292" t="n">
-        <v>21.0</v>
+        <v>9.0</v>
       </c>
       <c r="R292" t="n">
-        <v>1.0</v>
+        <v>23.0</v>
       </c>
       <c r="S292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V292" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W292" t="n">
+        <v>15.17</v>
       </c>
       <c r="X292" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z292" t="inlineStr">
         <is>
-          <t/>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>IRS/2025/6751/PON1</t>
+          <t>IRS/2025/6752/PON1</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>29 September 2025 09:00</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="I293" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J293" t="n">
-        <v>16.0</v>
+        <v>57.0</v>
       </c>
       <c r="K293" t="n">
-        <v>46.24</v>
+        <v>26.0</v>
       </c>
       <c r="L293" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M293" t="n">
         <v>1.0</v>
       </c>
       <c r="N293" t="n">
-        <v>30.0</v>
+        <v>50.0</v>
       </c>
       <c r="O293" t="n">
-        <v>58.04</v>
+        <v>42.0</v>
       </c>
       <c r="P293" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q293" t="n">
-        <v>9.0</v>
+        <v>22.0</v>
       </c>
       <c r="R293" t="n">
-        <v>23.0</v>
+        <v>5.0</v>
       </c>
       <c r="S293" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T293" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V293" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
-[...3 lines deleted...]
-        <v>15.17</v>
+          <t/>
+        </is>
       </c>
       <c r="X293" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y293" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z293" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>IRS/2025/6752/PON1</t>
+          <t>IRS/2025/6753/PON1</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>29 September 2025 09:00</t>
+          <t>29 September 2025 23:41</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Obana</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>47/14 Amethyst C1D</t>
         </is>
       </c>
       <c r="I294" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J294" t="n">
-        <v>57.0</v>
+        <v>38.0</v>
       </c>
       <c r="K294" t="n">
-        <v>26.0</v>
+        <v>44.6</v>
       </c>
       <c r="L294" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M294" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N294" t="n">
-        <v>50.0</v>
+        <v>36.0</v>
       </c>
       <c r="O294" t="n">
-        <v>42.0</v>
+        <v>13.5</v>
       </c>
       <c r="P294" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q294" t="n">
-        <v>22.0</v>
+        <v>47.0</v>
       </c>
       <c r="R294" t="n">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
       <c r="S294" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T294" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U294" t="n">
+        <v>5.0E-4</v>
       </c>
       <c r="V294" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X294" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z294" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>IRS/2025/6753/PON1</t>
+          <t>IRS/2025/6761/PON1</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>29 September 2025 23:41</t>
+          <t>25 September 2025 07:30</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>Obana</t>
+          <t>Beryl B Platform</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
-          <t>47/14 Amethyst C1D</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I295" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="J295" t="n">
-        <v>38.0</v>
+        <v>36.0</v>
       </c>
       <c r="K295" t="n">
-        <v>44.6</v>
+        <v>37.23</v>
       </c>
       <c r="L295" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M295" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N295" t="n">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="O295" t="n">
-        <v>13.5</v>
+        <v>45.87</v>
       </c>
       <c r="P295" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q295" t="n">
-        <v>47.0</v>
+        <v>9.0</v>
       </c>
       <c r="R295" t="n">
-        <v>14.0</v>
+        <v>13.0</v>
       </c>
       <c r="S295" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T295" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>5.0E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V295" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X295" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y295" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z295" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>IRS/2025/6761/PON1</t>
+          <t>IRS/2025/6762/PON1</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>25 September 2025 07:30</t>
+          <t>01 October 2025 15:06</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>Beryl B Platform</t>
+          <t>Obana</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>Amethyst C1D 47/14</t>
         </is>
       </c>
       <c r="I296" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="J296" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="K296" t="n">
+        <v>44.6</v>
+      </c>
+      <c r="L296" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M296" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N296" t="n">
         <v>36.0</v>
       </c>
-      <c r="K296" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="O296" t="n">
-        <v>45.87</v>
+        <v>13.5</v>
       </c>
       <c r="P296" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q296" t="n">
-        <v>9.0</v>
+        <v>47.0</v>
       </c>
       <c r="R296" t="n">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
       <c r="S296" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T296" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U296" t="n">
+        <v>0.0027</v>
       </c>
       <c r="V296" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X296" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z296" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>IRS/2025/6762/PON1</t>
+          <t>IRS/2025/6791/PON1</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>01 October 2025 15:06</t>
+          <t>05 October 2025 12:00</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>Obana</t>
+          <t>Britannia BLP</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H297" t="inlineStr">
         <is>
-          <t>Amethyst C1D 47/14</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I297" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J297" t="n">
-        <v>38.0</v>
+        <v>2.0</v>
       </c>
       <c r="K297" t="n">
-        <v>44.6</v>
+        <v>55.55</v>
       </c>
       <c r="L297" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M297" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N297" t="n">
-        <v>36.0</v>
+        <v>8.0</v>
       </c>
       <c r="O297" t="n">
-        <v>13.5</v>
+        <v>28.56</v>
       </c>
       <c r="P297" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q297" t="n">
-        <v>47.0</v>
+        <v>16.0</v>
       </c>
       <c r="R297" t="n">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
       <c r="S297" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T297" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0027</v>
+          <t/>
+        </is>
       </c>
       <c r="V297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X297" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y297" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z297" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>IRS/2025/6791/PON1</t>
+          <t>IRS/2025/6804/PON1</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>05 October 2025 12:00</t>
+          <t>26 July 2025 21:02</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>Britannia BLP</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I298" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J298" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K298" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L298" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M298" t="n">
         <v>2.0</v>
       </c>
-      <c r="K298" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N298" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O298" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P298" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q298" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R298" t="n">
         <v>8.0</v>
-      </c>
-[...12 lines deleted...]
-        <v>26.0</v>
       </c>
       <c r="S298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>IRS/2025/6804/PON1</t>
+          <t>IRS/2025/6805/PON1</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>26 July 2025 21:02</t>
+          <t>07 October 2025 14:30</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H299" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>CALEDONIA</t>
         </is>
       </c>
       <c r="I299" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J299" t="n">
-        <v>44.0</v>
+        <v>6.0</v>
       </c>
       <c r="K299" t="n">
-        <v>10.0</v>
+        <v>10.068</v>
       </c>
       <c r="L299" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M299" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N299" t="n">
-        <v>29.0</v>
+        <v>8.0</v>
       </c>
       <c r="O299" t="n">
         <v>39.0</v>
       </c>
       <c r="P299" t="inlineStr">
         <is>
-          <t>West</t>
-[...6 lines deleted...]
-        <v>8.0</v>
+          <t>East</t>
+        </is>
       </c>
       <c r="S299" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T299" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U299" t="n">
+        <v>4.175E-6</v>
       </c>
       <c r="V299" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X299" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z299" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>IRS/2025/6805/PON1</t>
+          <t>IRS/2025/6806/PON1</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>07 October 2025 14:30</t>
+          <t>07 October 2025 17:24</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
-          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>NPI</t>
-[...4 lines deleted...]
-          <t>CALEDONIA</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="I300" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="J300" t="n">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
       <c r="K300" t="n">
-        <v>10.068</v>
+        <v>37.09</v>
       </c>
       <c r="L300" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M300" t="n">
         <v>1.0</v>
       </c>
       <c r="N300" t="n">
-        <v>8.0</v>
+        <v>34.0</v>
       </c>
       <c r="O300" t="n">
-        <v>39.0</v>
+        <v>9.64</v>
       </c>
       <c r="P300" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q300" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R300" t="n">
+        <v>18.0</v>
+      </c>
       <c r="S300" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T300" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>4.175E-6</v>
+          <t/>
+        </is>
       </c>
       <c r="V300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X300" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y300" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z300" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>IRS/2025/6806/PON1</t>
+          <t>IRS/2025/6812/PON1</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>07 October 2025 17:24</t>
+          <t>08 October 2025 16:30</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H301" t="inlineStr">
+        <is>
+          <t>THISTLE</t>
         </is>
       </c>
       <c r="I301" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="J301" t="n">
         <v>21.0</v>
       </c>
       <c r="K301" t="n">
-        <v>37.09</v>
+        <v>49.901</v>
       </c>
       <c r="L301" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M301" t="n">
         <v>1.0</v>
       </c>
       <c r="N301" t="n">
         <v>34.0</v>
       </c>
       <c r="O301" t="n">
-        <v>9.64</v>
+        <v>47.1</v>
       </c>
       <c r="P301" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q301" t="n">
-        <v>9.0</v>
+        <v>211.0</v>
       </c>
       <c r="R301" t="n">
         <v>18.0</v>
       </c>
       <c r="S301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>IRS/2025/6812/PON1</t>
+          <t>IRS/2025/6813/PON1</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>08 October 2025 16:30</t>
+          <t>08 October 2025 11:30</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>21/20A-P1</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
-          <t>THISTLE</t>
+          <t>Anasuria</t>
         </is>
       </c>
       <c r="I302" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J302" t="n">
         <v>21.0</v>
       </c>
       <c r="K302" t="n">
-        <v>49.901</v>
+        <v>50.774</v>
       </c>
       <c r="L302" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M302" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N302" t="n">
-        <v>34.0</v>
+        <v>49.0</v>
       </c>
       <c r="O302" t="n">
-        <v>47.1</v>
+        <v>18.867</v>
       </c>
       <c r="P302" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q302" t="n">
-        <v>211.0</v>
+        <v>21.0</v>
       </c>
       <c r="R302" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="S302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>IRS/2025/6813/PON1</t>
+          <t>IRS/2025/6814/PON1</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>08 October 2025 11:30</t>
+          <t>09 October 2025 06:30</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>21/20A-P1</t>
+          <t>Buchan B9 Well</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Remote well (not connected to an installation)</t>
         </is>
       </c>
       <c r="H303" t="inlineStr">
         <is>
-          <t>Anasuria</t>
+          <t>BUCHAN</t>
         </is>
       </c>
       <c r="I303" t="n">
         <v>57.0</v>
       </c>
       <c r="J303" t="n">
-        <v>21.0</v>
+        <v>56.0</v>
       </c>
       <c r="K303" t="n">
-        <v>50.774</v>
+        <v>30.0</v>
       </c>
       <c r="L303" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M303" t="n">
         <v>0.0</v>
       </c>
       <c r="N303" t="n">
-        <v>49.0</v>
+        <v>0.0</v>
       </c>
       <c r="O303" t="n">
-        <v>18.867</v>
+        <v>36.0</v>
       </c>
       <c r="P303" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q303" t="n">
         <v>21.0</v>
       </c>
       <c r="R303" t="n">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="S303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>IRS/2025/6814/PON1</t>
+          <t>IRS/2025/6815/PON1</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>09 October 2025 06:30</t>
+          <t>02 October 2025 09:00</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E304" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>Buchan B9 Well</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
-          <t>Remote well (not connected to an installation)</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H304" t="inlineStr">
         <is>
-          <t>BUCHAN</t>
+          <t>Triton</t>
         </is>
       </c>
       <c r="I304" t="n">
         <v>57.0</v>
       </c>
       <c r="J304" t="n">
-        <v>56.0</v>
+        <v>5.0</v>
       </c>
       <c r="K304" t="n">
-        <v>30.0</v>
+        <v>2.214</v>
       </c>
       <c r="L304" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M304" t="n">
         <v>0.0</v>
       </c>
       <c r="N304" t="n">
-        <v>0.0</v>
+        <v>53.0</v>
       </c>
       <c r="O304" t="n">
-        <v>36.0</v>
+        <v>38.24</v>
       </c>
       <c r="P304" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q304" t="n">
         <v>21.0</v>
       </c>
       <c r="R304" t="n">
-        <v>1.0</v>
+        <v>30.0</v>
       </c>
       <c r="S304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>IRS/2025/6815/PON1</t>
+          <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>02 October 2025 09:00</t>
+          <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H305" t="inlineStr">
         <is>
-          <t>Triton</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="I305" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J305" t="n">
-        <v>5.0</v>
+        <v>35.0</v>
       </c>
       <c r="K305" t="n">
-        <v>2.214</v>
+        <v>18.716</v>
       </c>
       <c r="L305" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M305" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N305" t="n">
-        <v>53.0</v>
+        <v>3.0</v>
       </c>
       <c r="O305" t="n">
-        <v>38.24</v>
+        <v>19.323</v>
       </c>
       <c r="P305" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q305" t="n">
-        <v>21.0</v>
+        <v>9.0</v>
       </c>
       <c r="R305" t="n">
-        <v>30.0</v>
+        <v>11.0</v>
       </c>
       <c r="S305" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T305" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V305" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ECOTROL RD</t>
+        </is>
+      </c>
+      <c r="W305" t="n">
+        <v>0.00407</v>
       </c>
       <c r="X305" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z305" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
           <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E306" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32186,78 +32174,76 @@
         <v>19.323</v>
       </c>
       <c r="P306" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q306" t="n">
         <v>9.0</v>
       </c>
       <c r="R306" t="n">
         <v>11.0</v>
       </c>
       <c r="S306" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T306" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V306" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>VG-Supreme</t>
+        </is>
+      </c>
+      <c r="W306" t="n">
+        <v>0.01627</v>
       </c>
       <c r="X306" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z306" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32292,78 +32278,76 @@
         <v>19.323</v>
       </c>
       <c r="P307" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q307" t="n">
         <v>9.0</v>
       </c>
       <c r="R307" t="n">
         <v>11.0</v>
       </c>
       <c r="S307" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T307" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V307" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>M-I WATE (All Grades)</t>
+        </is>
+      </c>
+      <c r="W307" t="n">
+        <v>0.40937</v>
       </c>
       <c r="X307" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z307" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
           <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32398,78 +32382,76 @@
         <v>19.323</v>
       </c>
       <c r="P308" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q308" t="n">
         <v>9.0</v>
       </c>
       <c r="R308" t="n">
         <v>11.0</v>
       </c>
       <c r="S308" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T308" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V308" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>LIME</t>
+        </is>
+      </c>
+      <c r="W308" t="n">
+        <v>0.01356</v>
       </c>
       <c r="X308" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z308" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
           <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32504,78 +32486,76 @@
         <v>19.323</v>
       </c>
       <c r="P309" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q309" t="n">
         <v>9.0</v>
       </c>
       <c r="R309" t="n">
         <v>11.0</v>
       </c>
       <c r="S309" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T309" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V309" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RHEFLAT X</t>
+        </is>
+      </c>
+      <c r="W309" t="n">
+        <v>0.00136</v>
       </c>
       <c r="X309" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z309" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
           <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32610,78 +32590,76 @@
         <v>19.323</v>
       </c>
       <c r="P310" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q310" t="n">
         <v>9.0</v>
       </c>
       <c r="R310" t="n">
         <v>11.0</v>
       </c>
       <c r="S310" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T310" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V310" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ONE-MUL NS</t>
+        </is>
+      </c>
+      <c r="W310" t="n">
+        <v>0.02712</v>
       </c>
       <c r="X310" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z310" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
           <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32716,78 +32694,76 @@
         <v>19.323</v>
       </c>
       <c r="P311" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q311" t="n">
         <v>9.0</v>
       </c>
       <c r="R311" t="n">
         <v>11.0</v>
       </c>
       <c r="S311" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T311" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V311" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calcium Chloride Brine</t>
+        </is>
+      </c>
+      <c r="W311" t="n">
+        <v>0.07495</v>
       </c>
       <c r="X311" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z311" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32822,143 +32798,130 @@
         <v>19.323</v>
       </c>
       <c r="P312" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q312" t="n">
         <v>9.0</v>
       </c>
       <c r="R312" t="n">
         <v>11.0</v>
       </c>
       <c r="S312" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T312" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V312" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Saraline 185V</t>
+        </is>
+      </c>
+      <c r="W312" t="n">
+        <v>0.4315</v>
       </c>
       <c r="X312" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z312" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>IRS/2025/6818/PON1</t>
+          <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>10 October 2025 10:00</t>
+          <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H313" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I313" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J313" t="n">
-        <v>35.0</v>
+        <v>17.0</v>
       </c>
       <c r="K313" t="n">
-        <v>18.716</v>
+        <v>42.0</v>
       </c>
       <c r="L313" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M313" t="n">
         <v>1.0</v>
       </c>
       <c r="N313" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="O313" t="n">
-        <v>19.323</v>
+        <v>46.0</v>
       </c>
       <c r="P313" t="inlineStr">
         <is>
           <t>East</t>
         </is>
-      </c>
-[...4 lines deleted...]
-        <v>11.0</v>
       </c>
       <c r="S313" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T313" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V313" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X313" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y313" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -33520,663 +33483,672 @@
       </c>
       <c r="V319" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X319" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y319" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z319" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>IRS/2025/6819/PON1</t>
+          <t>IRS/2025/6820/PON1</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>10 October 2025 10:45</t>
+          <t>11 October 2025 10:00</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H320" t="inlineStr">
+        <is>
+          <t>Liverpool Bay</t>
+        </is>
+      </c>
       <c r="I320" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J320" t="n">
-        <v>17.0</v>
+        <v>32.0</v>
       </c>
       <c r="K320" t="n">
-        <v>42.0</v>
+        <v>13.91</v>
       </c>
       <c r="L320" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M320" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N320" t="n">
-        <v>39.0</v>
+        <v>34.0</v>
       </c>
       <c r="O320" t="n">
-        <v>46.0</v>
+        <v>42.29</v>
       </c>
       <c r="P320" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q320" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R320" t="n">
+        <v>13.0</v>
       </c>
       <c r="S320" t="inlineStr">
         <is>
-          <t/>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T320" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U320" t="n">
+        <v>0.0015</v>
       </c>
       <c r="V320" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X320" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z320" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>IRS/2025/6820/PON1</t>
+          <t>IRS/2025/6821/PON1</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>11 October 2025 10:00</t>
+          <t>11 October 2025 11:00</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>Douglas DD Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H321" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I321" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J321" t="n">
-        <v>32.0</v>
+        <v>17.0</v>
       </c>
       <c r="K321" t="n">
-        <v>13.91</v>
+        <v>42.0</v>
       </c>
       <c r="L321" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M321" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N321" t="n">
-        <v>34.0</v>
+        <v>39.0</v>
       </c>
       <c r="O321" t="n">
-        <v>42.29</v>
+        <v>46.0</v>
       </c>
       <c r="P321" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q321" t="n">
-        <v>110.0</v>
+        <v>22.0</v>
       </c>
       <c r="R321" t="n">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
       <c r="S321" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T321" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U321" t="n">
-        <v>0.0015</v>
+        <v>1.0E-5</v>
       </c>
       <c r="V321" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X321" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z321" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>IRS/2025/6821/PON1</t>
+          <t>IRS/2025/6823/PON1</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>11 October 2025 11:00</t>
+          <t>10 October 2025 22:30</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Valaris 72</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="I322" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J322" t="n">
-        <v>17.0</v>
+        <v>33.0</v>
       </c>
       <c r="K322" t="n">
-        <v>42.0</v>
+        <v>57.5</v>
       </c>
       <c r="L322" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M322" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N322" t="n">
-        <v>39.0</v>
+        <v>27.0</v>
       </c>
       <c r="O322" t="n">
-        <v>46.0</v>
+        <v>16.2</v>
       </c>
       <c r="P322" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q322" t="n">
-        <v>22.0</v>
+        <v>110.0</v>
       </c>
       <c r="R322" t="n">
-        <v>24.0</v>
+        <v>13.0</v>
       </c>
       <c r="S322" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T322" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>1.0E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V322" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X322" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y322" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z322" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>IRS/2025/6823/PON1</t>
+          <t>IRS/2025/6824/PON1</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>10 October 2025 22:30</t>
+          <t>11 October 2025 14:55</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>Valaris 72</t>
+          <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H323" t="inlineStr">
+        <is>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I323" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J323" t="n">
-        <v>33.0</v>
+        <v>10.0</v>
       </c>
       <c r="K323" t="n">
-        <v>57.5</v>
+        <v>1.79</v>
       </c>
       <c r="L323" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M323" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N323" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O323" t="n">
+        <v>29.88</v>
+      </c>
+      <c r="P323" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q323" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="R323" t="n">
         <v>27.0</v>
       </c>
-      <c r="O323" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="S323" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T323" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U323" t="n">
+        <v>3.72566E-4</v>
       </c>
       <c r="V323" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X323" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z323" t="inlineStr">
         <is>
-          <t/>
+          <t>Sheen - deluge testing</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>IRS/2025/6824/PON1</t>
+          <t>IRS/2025/6825/PON1</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>11 October 2025 14:55</t>
+          <t>11 October 2025 23:35</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
-          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>Haewene Brim</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H324" t="inlineStr">
         <is>
-          <t>PIERCE</t>
+          <t>GRYPHON</t>
         </is>
       </c>
       <c r="I324" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J324" t="n">
-        <v>10.0</v>
+        <v>21.0</v>
       </c>
       <c r="K324" t="n">
-        <v>1.79</v>
+        <v>37.09</v>
       </c>
       <c r="L324" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M324" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N324" t="n">
-        <v>15.0</v>
+        <v>34.0</v>
       </c>
       <c r="O324" t="n">
-        <v>29.88</v>
+        <v>9.64</v>
       </c>
       <c r="P324" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q324" t="n">
-        <v>23.0</v>
+        <v>9.0</v>
       </c>
       <c r="R324" t="n">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
       <c r="S324" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T324" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U324" t="n">
-        <v>3.72566E-4</v>
+        <v>7.0628E-4</v>
       </c>
       <c r="V324" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X324" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z324" t="inlineStr">
         <is>
-          <t>Sheen - deluge testing</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>IRS/2025/6825/PON1</t>
+          <t>IRS/2025/6826/PON1</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>11 October 2025 23:35</t>
+          <t>11 October 2025 20:22</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E325" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H325" t="inlineStr">
         <is>
-          <t>GRYPHON</t>
+          <t>BELINDA</t>
         </is>
       </c>
       <c r="I325" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J325" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K325" t="n">
+        <v>6.815</v>
+      </c>
+      <c r="L325" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M325" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N325" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="O325" t="n">
+        <v>37.93</v>
+      </c>
+      <c r="P325" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q325" t="n">
         <v>21.0</v>
       </c>
-      <c r="K325" t="n">
-[...23 lines deleted...]
-      </c>
       <c r="R325" t="n">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
       <c r="S325" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T325" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>7.0628E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V325" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RX-5255</t>
+        </is>
+      </c>
+      <c r="W325" t="n">
+        <v>0.01412</v>
       </c>
       <c r="X325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z325" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Subsea Pipelines - Datalogger failure</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
           <t>IRS/2025/6826/PON1</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
           <t>11 October 2025 20:22</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E326" t="inlineStr">
         <is>
           <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
           <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G326" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -34211,500 +34183,492 @@
         <v>37.93</v>
       </c>
       <c r="P326" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q326" t="n">
         <v>21.0</v>
       </c>
       <c r="R326" t="n">
         <v>30.0</v>
       </c>
       <c r="S326" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T326" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V326" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>MEG</t>
+        </is>
+      </c>
+      <c r="W326" t="n">
+        <v>25.68</v>
       </c>
       <c r="X326" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z326" t="inlineStr">
         <is>
-          <t/>
+          <t>Subsea Pipelines - Datalogger failure</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>IRS/2025/6826/PON1</t>
+          <t>IRS/2025/6827/PON1</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>11 October 2025 20:22</t>
+          <t>12 October 2025 08:30</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E327" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
-        </is>
-[...3 lines deleted...]
-          <t>BELINDA</t>
         </is>
       </c>
       <c r="I327" t="n">
         <v>57.0</v>
       </c>
       <c r="J327" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="K327" t="n">
-        <v>6.815</v>
+        <v>44.022</v>
       </c>
       <c r="L327" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M327" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N327" t="n">
-        <v>56.0</v>
+        <v>8.0</v>
       </c>
       <c r="O327" t="n">
-        <v>37.93</v>
+        <v>38.397</v>
       </c>
       <c r="P327" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q327" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="R327" t="n">
-        <v>30.0</v>
+        <v>11.0</v>
       </c>
       <c r="S327" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T327" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V327" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X327" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y327" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z327" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>IRS/2025/6827/PON1</t>
+          <t>IRS/2025/6829/PON1</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>12 October 2025 08:30</t>
+          <t>12 October 2025 08:15</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H328" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
       <c r="I328" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J328" t="n">
-        <v>39.0</v>
+        <v>37.0</v>
       </c>
       <c r="K328" t="n">
-        <v>44.022</v>
+        <v>12.45</v>
       </c>
       <c r="L328" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M328" t="n">
         <v>1.0</v>
       </c>
       <c r="N328" t="n">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="O328" t="n">
-        <v>38.397</v>
+        <v>25.96</v>
       </c>
       <c r="P328" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q328" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R328" t="n">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
       <c r="S328" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T328" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V328" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X328" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y328" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z328" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>IRS/2025/6829/PON1</t>
+          <t>IRS/2025/6835/PON1</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>12 October 2025 08:15</t>
+          <t>12 October 2025 16:45</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Brent D Platform</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H329" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I329" t="n">
         <v>61.0</v>
       </c>
       <c r="J329" t="n">
-        <v>37.0</v>
+        <v>7.0</v>
       </c>
       <c r="K329" t="n">
-        <v>12.45</v>
+        <v>52.8</v>
       </c>
       <c r="L329" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M329" t="n">
         <v>1.0</v>
       </c>
       <c r="N329" t="n">
-        <v>18.0</v>
+        <v>44.0</v>
       </c>
       <c r="O329" t="n">
-        <v>25.96</v>
+        <v>6.47</v>
       </c>
       <c r="P329" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q329" t="n">
         <v>211.0</v>
       </c>
       <c r="R329" t="n">
-        <v>12.0</v>
+        <v>29.0</v>
       </c>
       <c r="S329" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T329" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V329" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>DTE 10 EXCEL 46</t>
+        </is>
+      </c>
+      <c r="W329" t="n">
+        <v>2.04E-4</v>
       </c>
       <c r="X329" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z329" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>IRS/2025/6835/PON1</t>
+          <t>IRS/2025/6846/PON1</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>12 October 2025 16:45</t>
+          <t>13 October 2025 07:55</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>Brent D Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H330" t="inlineStr">
         <is>
-          <t>BRENT</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I330" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J330" t="n">
-        <v>7.0</v>
+        <v>51.0</v>
       </c>
       <c r="K330" t="n">
-        <v>52.8</v>
+        <v>34.4</v>
       </c>
       <c r="L330" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M330" t="n">
         <v>1.0</v>
       </c>
       <c r="N330" t="n">
-        <v>44.0</v>
+        <v>28.0</v>
       </c>
       <c r="O330" t="n">
-        <v>6.47</v>
+        <v>9.6</v>
       </c>
       <c r="P330" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q330" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S330" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T330" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V330" t="inlineStr">
         <is>
-          <t>DTE 10 EXCEL 46</t>
-[...3 lines deleted...]
-        <v>2.04E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="X330" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y330" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z330" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>IRS/2025/6846/PON1</t>
+          <t>IRS/2025/6848/PON1</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>13 October 2025 07:55</t>
+          <t>04 October 2025 16:00</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E331" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H331" t="inlineStr">
         <is>
           <t>NINIAN</t>
@@ -34718,174 +34682,180 @@
       </c>
       <c r="K331" t="n">
         <v>34.4</v>
       </c>
       <c r="L331" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M331" t="n">
         <v>1.0</v>
       </c>
       <c r="N331" t="n">
         <v>28.0</v>
       </c>
       <c r="O331" t="n">
         <v>9.6</v>
       </c>
       <c r="P331" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S331" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T331" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U331" t="n">
+        <v>0.155</v>
       </c>
       <c r="V331" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X331" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z331" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>IRS/2025/6848/PON1</t>
+          <t>IRS/2025/6850/PON1</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>04 October 2025 16:00</t>
+          <t>14 October 2025 17:00</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E332" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Clair Ridge DP Template</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H332" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I332" t="n">
         <v>60.0</v>
       </c>
       <c r="J332" t="n">
-        <v>51.0</v>
+        <v>44.0</v>
       </c>
       <c r="K332" t="n">
-        <v>34.4</v>
+        <v>10.0</v>
       </c>
       <c r="L332" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M332" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N332" t="n">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="O332" t="n">
-        <v>9.6</v>
+        <v>39.0</v>
       </c>
       <c r="P332" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q332" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R332" t="n">
+        <v>8.0</v>
       </c>
       <c r="S332" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T332" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.155</v>
+          <t/>
+        </is>
       </c>
       <c r="V332" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X332" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y332" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z332" t="inlineStr">
         <is>
-          <t>Drainage Systems - Pipework Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
           <t>IRS/2025/6850/PON1</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
           <t>14 October 2025 17:00</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E333" t="inlineStr">
@@ -35272,985 +35242,2545 @@
       </c>
       <c r="V336" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X336" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y336" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z336" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>IRS/2025/6850/PON1</t>
+          <t>IRS/2025/6853/PON1</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>14 October 2025 17:00</t>
+          <t>17 October 2025 08:03</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>Clair Ridge DP Template</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H337" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="I337" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J337" t="n">
-        <v>44.0</v>
+        <v>16.0</v>
       </c>
       <c r="K337" t="n">
-        <v>10.0</v>
+        <v>46.24</v>
       </c>
       <c r="L337" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M337" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N337" t="n">
-        <v>29.0</v>
+        <v>30.0</v>
       </c>
       <c r="O337" t="n">
-        <v>39.0</v>
+        <v>58.04</v>
       </c>
       <c r="P337" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q337" t="n">
-        <v>206.0</v>
+        <v>9.0</v>
       </c>
       <c r="R337" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
       <c r="S337" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T337" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V337" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W337" t="n">
+        <v>24.4</v>
       </c>
       <c r="X337" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z337" t="inlineStr">
         <is>
-          <t/>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>IRS/2025/6853/PON1</t>
+          <t>IRS/2025/6857/PON1</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>17 October 2025 08:03</t>
+          <t>17 October 2025 14:45</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Rough CD Platform</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H338" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="I338" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="J338" t="n">
-        <v>16.0</v>
+        <v>50.0</v>
       </c>
       <c r="K338" t="n">
-        <v>46.24</v>
+        <v>4.0</v>
       </c>
       <c r="L338" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M338" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N338" t="n">
-        <v>30.0</v>
+        <v>26.0</v>
       </c>
       <c r="O338" t="n">
-        <v>58.04</v>
+        <v>34.8</v>
       </c>
       <c r="P338" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q338" t="n">
-        <v>9.0</v>
+        <v>47.0</v>
       </c>
       <c r="R338" t="n">
-        <v>23.0</v>
+        <v>3.0</v>
       </c>
       <c r="S338" t="inlineStr">
         <is>
-          <t/>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="T338" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U338" t="n">
+        <v>4.505E-4</v>
       </c>
       <c r="V338" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
-[...3 lines deleted...]
-        <v>24.4</v>
+          <t/>
+        </is>
       </c>
       <c r="X338" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z338" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t>Sheen - Deluge Testing</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>IRS/2025/6857/PON1</t>
+          <t>IRS/2025/6858/PON1</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>17 October 2025 14:45</t>
+          <t>17 October 2025 15:45</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>Rough CD Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H339" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="I339" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J339" t="n">
-        <v>50.0</v>
+        <v>17.0</v>
       </c>
       <c r="K339" t="n">
-        <v>4.0</v>
+        <v>15.15</v>
       </c>
       <c r="L339" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M339" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N339" t="n">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
       <c r="O339" t="n">
-        <v>34.8</v>
+        <v>41.51</v>
       </c>
       <c r="P339" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q339" t="n">
-        <v>47.0</v>
+        <v>23.0</v>
       </c>
       <c r="R339" t="n">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="S339" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t/>
         </is>
       </c>
       <c r="T339" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>4.505E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V339" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X339" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y339" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z339" t="inlineStr">
         <is>
-          <t>Sheen - Deluge Testing</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>IRS/2025/6858/PON1</t>
+          <t>IRS/2025/6871/PON1</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>17 October 2025 15:45</t>
+          <t>21 October 2025 14:00</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>PERENCO GAS (UK) LIMITED</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Cleeton CW Wellhead Tower</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H340" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>CLEETON</t>
         </is>
       </c>
       <c r="I340" t="n">
-        <v>57.0</v>
+        <v>54.0</v>
       </c>
       <c r="J340" t="n">
-        <v>17.0</v>
+        <v>2.0</v>
       </c>
       <c r="K340" t="n">
-        <v>15.15</v>
+        <v>0.144</v>
       </c>
       <c r="L340" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M340" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N340" t="n">
-        <v>10.0</v>
+        <v>43.0</v>
       </c>
       <c r="O340" t="n">
-        <v>41.51</v>
+        <v>40.131</v>
       </c>
       <c r="P340" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q340" t="n">
-        <v>23.0</v>
+        <v>42.0</v>
       </c>
       <c r="R340" t="n">
-        <v>21.0</v>
+        <v>29.0</v>
       </c>
       <c r="S340" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T340" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U340" t="n">
+        <v>2.862E-4</v>
       </c>
       <c r="V340" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X340" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z340" t="inlineStr">
         <is>
-          <t/>
+          <t>Wellheads - Spill Whilst Topping Up Annulus</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>IRS/2025/6871/PON1</t>
+          <t>IRS/2025/6872/PON1</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>21 October 2025 14:00</t>
+          <t>21 October 2025 09:27</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
-          <t>PERENCO GAS (UK) LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>Cleeton CW Wellhead Tower</t>
+          <t>Clyde Platform</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H341" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I341" t="n">
-        <v>54.0</v>
+        <v>56.0</v>
       </c>
       <c r="J341" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="K341" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L341" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M341" t="n">
         <v>2.0</v>
       </c>
-      <c r="K341" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N341" t="n">
-        <v>43.0</v>
+        <v>17.0</v>
       </c>
       <c r="O341" t="n">
-        <v>40.131</v>
+        <v>18.0</v>
       </c>
       <c r="P341" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q341" t="n">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
       <c r="R341" t="n">
-        <v>29.0</v>
+        <v>17.0</v>
       </c>
       <c r="S341" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T341" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.862E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V341" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X341" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y341" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z341" t="inlineStr">
         <is>
-          <t>Wellheads - Spill Whilst Topping Up Annulus</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>IRS/2025/6872/PON1</t>
+          <t>IRS/2025/6876/PON1</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>21 October 2025 09:27</t>
+          <t>22 October 2025 08:25</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>Clyde Platform</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H342" t="inlineStr">
+        <is>
+          <t>NELSON</t>
+        </is>
+      </c>
       <c r="I342" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="J342" t="n">
-        <v>27.0</v>
+        <v>39.0</v>
       </c>
       <c r="K342" t="n">
-        <v>10.0</v>
+        <v>44.0</v>
       </c>
       <c r="L342" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M342" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N342" t="n">
-        <v>17.0</v>
+        <v>8.0</v>
       </c>
       <c r="O342" t="n">
-        <v>18.0</v>
+        <v>38.0</v>
       </c>
       <c r="P342" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q342" t="n">
-        <v>30.0</v>
+        <v>22.0</v>
       </c>
       <c r="R342" t="n">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
       <c r="S342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>IRS/2025/6876/PON1</t>
+          <t>IRS/2025/6877/PON1</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>22 October 2025 08:25</t>
+          <t>21 October 2025 19:42</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H343" t="inlineStr">
         <is>
-          <t>NELSON</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="I343" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J343" t="n">
-        <v>39.0</v>
+        <v>27.0</v>
       </c>
       <c r="K343" t="n">
-        <v>44.0</v>
+        <v>40.86</v>
       </c>
       <c r="L343" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M343" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N343" t="n">
-        <v>8.0</v>
+        <v>15.0</v>
       </c>
       <c r="O343" t="n">
-        <v>38.0</v>
+        <v>3.83</v>
       </c>
       <c r="P343" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q343" t="n">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="R343" t="n">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
       <c r="S343" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T343" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V343" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X343" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y343" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z343" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>IRS/2025/6877/PON1</t>
+          <t>IRS/2025/6879/PON1</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>21 October 2025 19:42</t>
+          <t>20 July 2025 04:30</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H344" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I344" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J344" t="n">
-        <v>27.0</v>
+        <v>5.0</v>
       </c>
       <c r="K344" t="n">
-        <v>40.86</v>
+        <v>44.0</v>
       </c>
       <c r="L344" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M344" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N344" t="n">
-        <v>15.0</v>
+        <v>43.0</v>
       </c>
       <c r="O344" t="n">
-        <v>3.83</v>
+        <v>12.0</v>
       </c>
       <c r="P344" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q344" t="n">
-        <v>15.0</v>
+        <v>211.0</v>
       </c>
       <c r="R344" t="n">
-        <v>17.0</v>
+        <v>29.0</v>
       </c>
       <c r="S344" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T344" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U344" t="n">
+        <v>4.0E-4</v>
       </c>
       <c r="V344" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X344" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z344" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>IRS/2025/6879/PON1</t>
+          <t>IRS/2025/6907/PON1</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>20 July 2025 04:30</t>
+          <t>29 October 2025 14:08</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
+          <t>PETRODEC UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F345" t="inlineStr">
+        <is>
+          <t>Obana</t>
+        </is>
+      </c>
+      <c r="G345" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H345" t="inlineStr">
+        <is>
+          <t>47/14 Amethyst C1D</t>
+        </is>
+      </c>
+      <c r="I345" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J345" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="K345" t="n">
+        <v>44.6</v>
+      </c>
+      <c r="L345" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M345" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N345" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="O345" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="P345" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q345" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="R345" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="S345" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T345" t="inlineStr">
+        <is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U345" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="V345" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X345" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z345" t="inlineStr">
+        <is>
+          <t>Decommissioning Related</t>
+        </is>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" t="inlineStr">
+        <is>
+          <t>IRS/2025/6910/PON1</t>
+        </is>
+      </c>
+      <c r="B346" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C346" t="inlineStr">
+        <is>
+          <t>30 October 2025 09:34</t>
+        </is>
+      </c>
+      <c r="D346" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E346" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F346" t="inlineStr">
+        <is>
+          <t>Glen Lyon FPSO</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H346" t="inlineStr">
+        <is>
+          <t>SCHIEHALLION</t>
+        </is>
+      </c>
+      <c r="I346" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J346" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="K346" t="n">
+        <v>25.2</v>
+      </c>
+      <c r="L346" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M346" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="N346" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O346" t="n">
+        <v>57.6</v>
+      </c>
+      <c r="P346" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q346" t="n">
+        <v>204.0</v>
+      </c>
+      <c r="R346" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S346" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T346" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U346" t="n">
+        <v>0.0522</v>
+      </c>
+      <c r="V346" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X346" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z346" t="inlineStr">
+        <is>
+          <t>Hydraulics - Closed System - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" t="inlineStr">
+        <is>
+          <t>IRS/2025/6913/PON1</t>
+        </is>
+      </c>
+      <c r="B347" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C347" t="inlineStr">
+        <is>
+          <t>31 October 2025 10:45</t>
+        </is>
+      </c>
+      <c r="D347" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E347" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F347" t="inlineStr">
+        <is>
+          <t>Mungo NUI Platform</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H347" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I347" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J347" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K347" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L347" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M347" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N347" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O347" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P347" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q347" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R347" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S347" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T347" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V347" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X347" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y347" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z347" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" t="inlineStr">
+        <is>
+          <t>IRS/2025/6928/PON1</t>
+        </is>
+      </c>
+      <c r="B348" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C348" t="inlineStr">
+        <is>
+          <t>03 November 2025 12:20</t>
+        </is>
+      </c>
+      <c r="D348" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E348" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="F348" t="inlineStr">
+        <is>
+          <t>Global Producer III</t>
+        </is>
+      </c>
+      <c r="G348" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H348" t="inlineStr">
+        <is>
+          <t>DONAN</t>
+        </is>
+      </c>
+      <c r="I348" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J348" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="K348" t="n">
+        <v>38.6</v>
+      </c>
+      <c r="L348" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M348" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N348" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="O348" t="n">
+        <v>4.69</v>
+      </c>
+      <c r="P348" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q348" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R348" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S348" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T348" t="inlineStr">
+        <is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U348" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="V348" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X348" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z348" t="inlineStr">
+        <is>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+        </is>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" t="inlineStr">
+        <is>
+          <t>IRS/2025/6937/PON1</t>
+        </is>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>23 October 2025 11:00</t>
+        </is>
+      </c>
+      <c r="D349" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E349" t="inlineStr">
+        <is>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="F349" t="inlineStr">
+        <is>
+          <t>Armada Platform</t>
+        </is>
+      </c>
+      <c r="G349" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H349" t="inlineStr">
+        <is>
+          <t>FLEMING</t>
+        </is>
+      </c>
+      <c r="I349" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J349" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="K349" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L349" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M349" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N349" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="O349" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="P349" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q349" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R349" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="S349" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T349" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V349" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X349" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y349" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z349" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="inlineStr">
+        <is>
+          <t>IRS/2025/6939/PON1</t>
+        </is>
+      </c>
+      <c r="B350" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr">
+        <is>
+          <t>05 November 2025 16:00</t>
+        </is>
+      </c>
+      <c r="D350" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E350" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="F350" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="G350" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H350" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="I350" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="J350" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="K350" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="L350" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M350" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N350" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="O350" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="P350" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q350" t="n">
+        <v>211.0</v>
+      </c>
+      <c r="R350" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="S350" t="inlineStr">
+        <is>
+          <t>Diesel</t>
+        </is>
+      </c>
+      <c r="T350" t="inlineStr">
+        <is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U350" t="n">
+        <v>0.001059</v>
+      </c>
+      <c r="V350" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X350" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z350" t="inlineStr">
+        <is>
+          <t>Diesel Systems - Pinhole Leak</t>
+        </is>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" t="inlineStr">
+        <is>
+          <t>IRS/2025/6942/PON1</t>
+        </is>
+      </c>
+      <c r="B351" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C351" t="inlineStr">
+        <is>
+          <t>06 November 2025 06:00</t>
+        </is>
+      </c>
+      <c r="D351" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E351" t="inlineStr">
+        <is>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+        </is>
+      </c>
+      <c r="F351" t="inlineStr">
+        <is>
+          <t>Guillemot A Manifold</t>
+        </is>
+      </c>
+      <c r="G351" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H351" t="inlineStr">
+        <is>
+          <t>GUILLEMOT A</t>
+        </is>
+      </c>
+      <c r="I351" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J351" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="K351" t="n">
+        <v>2.214</v>
+      </c>
+      <c r="L351" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M351" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N351" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="O351" t="n">
+        <v>38.24</v>
+      </c>
+      <c r="P351" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q351" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R351" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="S351" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T351" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V351" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X351" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y351" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z351" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="inlineStr">
+        <is>
+          <t>IRS/2025/6943/PON1</t>
+        </is>
+      </c>
+      <c r="B352" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C352" t="inlineStr">
+        <is>
+          <t>06 November 2025 07:30</t>
+        </is>
+      </c>
+      <c r="D352" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E352" t="inlineStr">
+        <is>
+          <t>PERENCO GAS (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="F352" t="inlineStr">
+        <is>
+          <t>Hyde Platform</t>
+        </is>
+      </c>
+      <c r="G352" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H352" t="inlineStr">
+        <is>
+          <t>WEST SOLE</t>
+        </is>
+      </c>
+      <c r="I352" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J352" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="K352" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="L352" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M352" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N352" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="O352" t="n">
+        <v>37.8</v>
+      </c>
+      <c r="P352" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q352" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="R352" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="S352" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T352" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V352" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X352" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y352" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z352" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="inlineStr">
+        <is>
+          <t>IRS/2025/6944/PON1</t>
+        </is>
+      </c>
+      <c r="B353" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C353" t="inlineStr">
+        <is>
+          <t>06 November 2025 08:00</t>
+        </is>
+      </c>
+      <c r="D353" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E353" t="inlineStr">
+        <is>
+          <t>APACHE BERYL I LIMITED</t>
+        </is>
+      </c>
+      <c r="F353" t="inlineStr">
+        <is>
+          <t>Beryl B Platform</t>
+        </is>
+      </c>
+      <c r="G353" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H353" t="inlineStr">
+        <is>
+          <t>BERYL</t>
+        </is>
+      </c>
+      <c r="I353" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J353" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="K353" t="n">
+        <v>37.23</v>
+      </c>
+      <c r="L353" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M353" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N353" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="O353" t="n">
+        <v>45.87</v>
+      </c>
+      <c r="P353" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q353" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R353" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="S353" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T353" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V353" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X353" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y353" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z353" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" t="inlineStr">
+        <is>
+          <t>IRS/2025/6948/PON1</t>
+        </is>
+      </c>
+      <c r="B354" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C354" t="inlineStr">
+        <is>
+          <t>07 November 2025 12:50</t>
+        </is>
+      </c>
+      <c r="D354" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E354" t="inlineStr">
+        <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
-      <c r="F345" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G345" t="inlineStr">
+      <c r="F354" t="inlineStr">
+        <is>
+          <t>Shearwater C PUQ Platform</t>
+        </is>
+      </c>
+      <c r="G354" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I354" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="J354" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K354" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="L354" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M354" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N354" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="O354" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="P354" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q354" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R354" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="S354" t="inlineStr">
+        <is>
+          <t>Lube Oil</t>
+        </is>
+      </c>
+      <c r="T354" t="inlineStr">
+        <is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U354" t="n">
+        <v>8.56224E-4</v>
+      </c>
+      <c r="V354" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X354" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z354" t="inlineStr">
+        <is>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
+        </is>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="inlineStr">
+        <is>
+          <t>IRS/2025/6950/PON1</t>
+        </is>
+      </c>
+      <c r="B355" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C355" t="inlineStr">
+        <is>
+          <t>09 November 2025 09:50</t>
+        </is>
+      </c>
+      <c r="D355" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E355" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F355" t="inlineStr">
+        <is>
+          <t>Clair Ridge Platform</t>
+        </is>
+      </c>
+      <c r="G355" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H355" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I355" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J355" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K355" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L355" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M355" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N355" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O355" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P355" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q355" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R355" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S355" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T355" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U355" t="n">
+        <v>5.0E-6</v>
+      </c>
+      <c r="V355" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X355" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z355" t="inlineStr">
+        <is>
+          <t>Drainage Systems - Overflow Of Vessel</t>
+        </is>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="inlineStr">
+        <is>
+          <t>IRS/2025/6955/PON1</t>
+        </is>
+      </c>
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C356" t="inlineStr">
+        <is>
+          <t>10 November 2025 02:46</t>
+        </is>
+      </c>
+      <c r="D356" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E356" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY PLC</t>
+        </is>
+      </c>
+      <c r="F356" t="inlineStr">
+        <is>
+          <t>Captain WPP'A'</t>
+        </is>
+      </c>
+      <c r="G356" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H356" t="inlineStr">
+        <is>
+          <t>Area B - Subsea</t>
+        </is>
+      </c>
+      <c r="I356" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J356" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="K356" t="n">
+        <v>1.428</v>
+      </c>
+      <c r="L356" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M356" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N356" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="O356" t="n">
+        <v>27.716</v>
+      </c>
+      <c r="P356" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="S356" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T356" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V356" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X356" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y356" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z356" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="inlineStr">
+        <is>
+          <t>IRS/2025/6957/PON1</t>
+        </is>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C357" t="inlineStr">
+        <is>
+          <t>10 November 2025 10:40</t>
+        </is>
+      </c>
+      <c r="D357" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E357" t="inlineStr">
+        <is>
+          <t>APACHE BERYL I LIMITED</t>
+        </is>
+      </c>
+      <c r="F357" t="inlineStr">
+        <is>
+          <t>Beryl A Platform</t>
+        </is>
+      </c>
+      <c r="G357" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H357" t="inlineStr">
+        <is>
+          <t>BERYL</t>
+        </is>
+      </c>
+      <c r="I357" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J357" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="K357" t="n">
+        <v>44.47</v>
+      </c>
+      <c r="L357" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M357" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N357" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="O357" t="n">
+        <v>16.45</v>
+      </c>
+      <c r="P357" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q357" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R357" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="S357" t="inlineStr">
+        <is>
+          <t>Diesel</t>
+        </is>
+      </c>
+      <c r="T357" t="inlineStr">
+        <is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U357" t="n">
+        <v>0.003843</v>
+      </c>
+      <c r="V357" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X357" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z357" t="inlineStr">
+        <is>
+          <t>Bunkering Hose - Open To Environment</t>
+        </is>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="inlineStr">
+        <is>
+          <t>IRS/2025/6963/PON1</t>
+        </is>
+      </c>
+      <c r="B358" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C358" t="inlineStr">
+        <is>
+          <t>12 November 2025 10:05</t>
+        </is>
+      </c>
+      <c r="D358" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E358" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F358" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="G358" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H358" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="I358" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J358" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K358" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="L358" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M358" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N358" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="O358" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="P358" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q358" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="R358" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="S358" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T358" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V358" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X358" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y358" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z358" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="inlineStr">
+        <is>
+          <t>IRS/2025/6963/PON1</t>
+        </is>
+      </c>
+      <c r="B359" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C359" t="inlineStr">
+        <is>
+          <t>12 November 2025 10:05</t>
+        </is>
+      </c>
+      <c r="D359" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E359" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F359" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="G359" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H359" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="I359" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J359" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K359" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="L359" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M359" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N359" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="O359" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="P359" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q359" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="R359" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="S359" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T359" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V359" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X359" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y359" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z359" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="inlineStr">
+        <is>
+          <t>IRS/2025/6968/PON1</t>
+        </is>
+      </c>
+      <c r="B360" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C360" t="inlineStr">
+        <is>
+          <t>15 November 2025 09:15</t>
+        </is>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E360" t="inlineStr">
+        <is>
+          <t>ENI</t>
+        </is>
+      </c>
+      <c r="F360" t="inlineStr">
+        <is>
+          <t>Valaris 72</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
-      <c r="H345" t="inlineStr">
-[...13 lines deleted...]
-      <c r="L345" t="inlineStr">
+      <c r="H360" t="inlineStr">
+        <is>
+          <t>HAMILTON</t>
+        </is>
+      </c>
+      <c r="I360" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J360" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="K360" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L360" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
-      <c r="M345" t="n">
-[...24 lines deleted...]
-      <c r="T345" t="inlineStr">
+      <c r="M360" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="N360" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="O360" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="P360" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q360" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R360" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="S360" t="inlineStr">
+        <is>
+          <t>Diesel</t>
+        </is>
+      </c>
+      <c r="T360" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
-      <c r="U345" t="n">
-[...7 lines deleted...]
-      <c r="X345" t="inlineStr">
+      <c r="V360" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X360" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
-      <c r="Z345" t="inlineStr">
-[...1 lines deleted...]
-          <t>ROV/Vessel Operations</t>
+      <c r="Z360" t="inlineStr">
+        <is>
+          <t>Bunkering Hose - Pinhole Leak</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>