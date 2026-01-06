--- v3 (2025-12-15)
+++ v4 (2026-01-06)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z360"/>
+  <dimension ref="A2:Z369"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -24672,51 +24672,51 @@
       </c>
       <c r="V233" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X233" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z233" t="inlineStr">
         <is>
           <t>Diesel Systems - Failure Of Equipment</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -24745,78 +24745,76 @@
         <v>1.0</v>
       </c>
       <c r="N234" t="n">
         <v>12.0</v>
       </c>
       <c r="O234" t="n">
         <v>27.977</v>
       </c>
       <c r="P234" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S234" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T234" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V234" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>IDCAP</t>
+        </is>
+      </c>
+      <c r="W234" t="n">
+        <v>0.086</v>
       </c>
       <c r="X234" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z234" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -24845,78 +24843,76 @@
         <v>1.0</v>
       </c>
       <c r="N235" t="n">
         <v>12.0</v>
       </c>
       <c r="O235" t="n">
         <v>27.977</v>
       </c>
       <c r="P235" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S235" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T235" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V235" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SAFE-CIDE</t>
+        </is>
+      </c>
+      <c r="W235" t="n">
+        <v>0.004</v>
       </c>
       <c r="X235" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z235" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -24945,78 +24941,76 @@
         <v>1.0</v>
       </c>
       <c r="N236" t="n">
         <v>12.0</v>
       </c>
       <c r="O236" t="n">
         <v>27.977</v>
       </c>
       <c r="P236" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S236" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T236" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V236" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>DEFOAM PLUS NS</t>
+        </is>
+      </c>
+      <c r="W236" t="n">
+        <v>0.007</v>
       </c>
       <c r="X236" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z236" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25045,78 +25039,76 @@
         <v>1.0</v>
       </c>
       <c r="N237" t="n">
         <v>12.0</v>
       </c>
       <c r="O237" t="n">
         <v>27.977</v>
       </c>
       <c r="P237" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S237" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T237" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V237" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODA ASH</t>
+        </is>
+      </c>
+      <c r="W237" t="n">
+        <v>0.004</v>
       </c>
       <c r="X237" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z237" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25145,78 +25137,76 @@
         <v>1.0</v>
       </c>
       <c r="N238" t="n">
         <v>12.0</v>
       </c>
       <c r="O238" t="n">
         <v>27.977</v>
       </c>
       <c r="P238" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S238" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T238" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V238" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>POTASSIUM CHLORIDE</t>
+        </is>
+      </c>
+      <c r="W238" t="n">
+        <v>7.772</v>
       </c>
       <c r="X238" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z238" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25245,78 +25235,76 @@
         <v>1.0</v>
       </c>
       <c r="N239" t="n">
         <v>12.0</v>
       </c>
       <c r="O239" t="n">
         <v>27.977</v>
       </c>
       <c r="P239" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S239" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T239" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V239" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>POLYPAC - All Grades</t>
+        </is>
+      </c>
+      <c r="W239" t="n">
+        <v>0.043</v>
       </c>
       <c r="X239" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z239" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25345,78 +25333,76 @@
         <v>1.0</v>
       </c>
       <c r="N240" t="n">
         <v>12.0</v>
       </c>
       <c r="O240" t="n">
         <v>27.977</v>
       </c>
       <c r="P240" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S240" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T240" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V240" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>M-I WATE (All Grades)</t>
+        </is>
+      </c>
+      <c r="W240" t="n">
+        <v>1.498</v>
       </c>
       <c r="X240" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z240" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25445,78 +25431,76 @@
         <v>1.0</v>
       </c>
       <c r="N241" t="n">
         <v>12.0</v>
       </c>
       <c r="O241" t="n">
         <v>27.977</v>
       </c>
       <c r="P241" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S241" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T241" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V241" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>GLYDRIL MC</t>
+        </is>
+      </c>
+      <c r="W241" t="n">
+        <v>0.405</v>
       </c>
       <c r="X241" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z241" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25545,78 +25529,76 @@
         <v>1.0</v>
       </c>
       <c r="N242" t="n">
         <v>12.0</v>
       </c>
       <c r="O242" t="n">
         <v>27.977</v>
       </c>
       <c r="P242" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S242" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T242" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V242" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>DUO-VIS</t>
+        </is>
+      </c>
+      <c r="W242" t="n">
+        <v>0.036</v>
       </c>
       <c r="X242" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z242" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25645,78 +25627,76 @@
         <v>1.0</v>
       </c>
       <c r="N243" t="n">
         <v>12.0</v>
       </c>
       <c r="O243" t="n">
         <v>27.977</v>
       </c>
       <c r="P243" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S243" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T243" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V243" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>DRILLING STARCH</t>
+        </is>
+      </c>
+      <c r="W243" t="n">
+        <v>0.057</v>
       </c>
       <c r="X243" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z243" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25745,78 +25725,76 @@
         <v>1.0</v>
       </c>
       <c r="N244" t="n">
         <v>12.0</v>
       </c>
       <c r="O244" t="n">
         <v>27.977</v>
       </c>
       <c r="P244" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S244" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T244" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V244" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CAUSTIC SODA</t>
+        </is>
+      </c>
+      <c r="W244" t="n">
+        <v>0.004</v>
       </c>
       <c r="X244" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z244" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -25845,66 +25823,64 @@
         <v>1.0</v>
       </c>
       <c r="N245" t="n">
         <v>12.0</v>
       </c>
       <c r="O245" t="n">
         <v>27.977</v>
       </c>
       <c r="P245" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S245" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T245" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V245" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Soltex® Additive</t>
+        </is>
+      </c>
+      <c r="W245" t="n">
+        <v>0.086</v>
       </c>
       <c r="X245" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z245" t="inlineStr">
         <is>
-          <t/>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>IRS/2025/6497/PON1</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>29 July 2025 13:41</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
@@ -26181,51 +26157,51 @@
       </c>
       <c r="V248" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X248" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z248" t="inlineStr">
         <is>
           <t>Hydraulics - Closed System - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>IRS/2025/6504/PON1</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>02 August 2025 09:30</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
           <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>Everest North Platform</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -26260,66 +26236,64 @@
         <v>5.96</v>
       </c>
       <c r="P249" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q249" t="n">
         <v>22.0</v>
       </c>
       <c r="R249" t="n">
         <v>9.0</v>
       </c>
       <c r="S249" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T249" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V249" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>oceanic hw 540e</t>
+        </is>
+      </c>
+      <c r="W249" t="n">
+        <v>47.5</v>
       </c>
       <c r="X249" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z249" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Open System - seal</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>IRS/2025/6506/PON1</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>03 August 2025 10:45</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
@@ -27821,4209 +27795,4207 @@
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U264" t="n">
         <v>1.275E-4</v>
       </c>
       <c r="V264" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X264" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z264" t="inlineStr">
         <is>
           <t>Diesel Systems - weep from fitting</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>IRS/2025/6601/PON1</t>
+          <t>IRS/2025/6602/PON1</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>26 August 2025 08:20</t>
+          <t>26 August 2025 16:30</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>Stella FPF-1</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
-          <t>STELLA</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I265" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="J265" t="n">
-        <v>46.0</v>
+        <v>44.0</v>
       </c>
       <c r="K265" t="n">
-        <v>58.0</v>
+        <v>10.0</v>
       </c>
       <c r="L265" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M265" t="n">
         <v>2.0</v>
       </c>
       <c r="N265" t="n">
-        <v>6.0</v>
+        <v>29.0</v>
       </c>
       <c r="O265" t="n">
-        <v>38.0</v>
+        <v>39.0</v>
       </c>
       <c r="P265" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q265" t="n">
-        <v>30.0</v>
+        <v>206.0</v>
       </c>
       <c r="R265" t="n">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="S265" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T265" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U265" t="n">
+        <v>0.0089556</v>
       </c>
       <c r="V265" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X265" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z265" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - caisson</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>IRS/2025/6602/PON1</t>
+          <t>IRS/2025/6606/PON1</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>26 August 2025 16:30</t>
+          <t>27 August 2025 13:35</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
-        </is>
-[...3 lines deleted...]
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I266" t="n">
         <v>60.0</v>
       </c>
       <c r="J266" t="n">
-        <v>44.0</v>
+        <v>37.0</v>
       </c>
       <c r="K266" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="L266" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M266" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N266" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O266" t="n">
         <v>10.0</v>
       </c>
-      <c r="L266" t="inlineStr">
-[...12 lines deleted...]
-      </c>
       <c r="P266" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q266" t="n">
-        <v>206.0</v>
+        <v>3.0</v>
       </c>
       <c r="R266" t="n">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
       <c r="S266" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T266" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.0089556</v>
+          <t/>
+        </is>
       </c>
       <c r="V266" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X266" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y266" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z266" t="inlineStr">
         <is>
-          <t>Drainage Systems - caisson</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>IRS/2025/6606/PON1</t>
+          <t>IRS/2025/6616/PON1</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>27 August 2025 13:35</t>
+          <t>29 August 2025 17:00</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H267" t="inlineStr">
+        <is>
+          <t>HARDING</t>
+        </is>
+      </c>
       <c r="I267" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J267" t="n">
-        <v>37.0</v>
+        <v>16.0</v>
       </c>
       <c r="K267" t="n">
-        <v>45.0</v>
+        <v>46.24</v>
       </c>
       <c r="L267" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M267" t="n">
         <v>1.0</v>
       </c>
       <c r="N267" t="n">
-        <v>39.0</v>
+        <v>30.0</v>
       </c>
       <c r="O267" t="n">
-        <v>10.0</v>
+        <v>58.04</v>
       </c>
       <c r="P267" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q267" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
       <c r="R267" t="n">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
       <c r="S267" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T267" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V267" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W267" t="n">
+        <v>40.66</v>
       </c>
       <c r="X267" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z267" t="inlineStr">
         <is>
-          <t/>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>IRS/2025/6616/PON1</t>
+          <t>IRS/2025/6624/PON1</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>29 August 2025 17:00</t>
+          <t>31 August 2025 09:30</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I268" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="J268" t="n">
-        <v>16.0</v>
+        <v>41.0</v>
       </c>
       <c r="K268" t="n">
-        <v>46.24</v>
+        <v>30.0</v>
       </c>
       <c r="L268" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M268" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N268" t="n">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
       <c r="O268" t="n">
-        <v>58.04</v>
+        <v>40.0</v>
       </c>
       <c r="P268" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q268" t="n">
-        <v>9.0</v>
+        <v>206.0</v>
       </c>
       <c r="R268" t="n">
-        <v>23.0</v>
+        <v>8.0</v>
       </c>
       <c r="S268" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T268" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U268" t="n">
+        <v>2.187E-5</v>
       </c>
       <c r="V268" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
-[...3 lines deleted...]
-        <v>40.66</v>
+          <t/>
+        </is>
       </c>
       <c r="X268" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z268" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t>Drainage Systems - routing of drains</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>IRS/2025/6624/PON1</t>
+          <t>IRS/2025/6629/PON1</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>31 August 2025 09:30</t>
+          <t>01 September 2025 08:38</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Inde CD Platform (PERENCO)</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="I269" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J269" t="n">
-        <v>41.0</v>
+        <v>18.0</v>
       </c>
       <c r="K269" t="n">
-        <v>30.0</v>
+        <v>23.9251</v>
       </c>
       <c r="L269" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M269" t="n">
         <v>2.0</v>
       </c>
       <c r="N269" t="n">
-        <v>32.0</v>
+        <v>33.0</v>
       </c>
       <c r="O269" t="n">
-        <v>40.0</v>
+        <v>55.7238</v>
       </c>
       <c r="P269" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q269" t="n">
-        <v>206.0</v>
+        <v>49.0</v>
       </c>
       <c r="R269" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
       <c r="S269" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T269" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.187E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V269" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X269" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y269" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z269" t="inlineStr">
         <is>
-          <t>Drainage Systems - routing of drains</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>IRS/2025/6629/PON1</t>
+          <t>IRS/2025/6640/PON1</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>01 September 2025 08:38</t>
+          <t>03 September 2025 10:30</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>Inde CD Platform (PERENCO)</t>
+          <t>Babbage Platform</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H270" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>BABBAGE</t>
         </is>
       </c>
       <c r="I270" t="n">
         <v>53.0</v>
       </c>
       <c r="J270" t="n">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="K270" t="n">
-        <v>23.9251</v>
+        <v>49.0</v>
       </c>
       <c r="L270" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M270" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N270" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="O270" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="P270" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q270" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="R270" t="n">
         <v>2.0</v>
       </c>
-      <c r="N270" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S270" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T270" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V270" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>HW540E</t>
+        </is>
+      </c>
+      <c r="W270" t="n">
+        <v>418.0</v>
       </c>
       <c r="X270" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z270" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>IRS/2025/6640/PON1</t>
+          <t>IRS/2025/6641/PON1</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>03 September 2025 10:30</t>
+          <t>03 September 2025 11:00</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>ODE ASSET MANAGEMENT LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>Babbage Platform</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
-          <t>BABBAGE</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="I271" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J271" t="n">
-        <v>57.0</v>
+        <v>48.0</v>
       </c>
       <c r="K271" t="n">
-        <v>49.0</v>
+        <v>53.915</v>
       </c>
       <c r="L271" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M271" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N271" t="n">
-        <v>13.0</v>
+        <v>58.0</v>
       </c>
       <c r="O271" t="n">
-        <v>14.0</v>
+        <v>22.047</v>
       </c>
       <c r="P271" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q271" t="n">
-        <v>48.0</v>
+        <v>20.0</v>
       </c>
       <c r="R271" t="n">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="S271" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T271" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U271" t="n">
+        <v>3.0E-5</v>
       </c>
       <c r="V271" t="inlineStr">
         <is>
-          <t>HW540E</t>
-[...3 lines deleted...]
-        <v>418.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X271" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z271" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t>Operator knocked over bucket during operations - Poor bunding arrangements for the operation</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>IRS/2025/6641/PON1</t>
+          <t>IRS/2025/6642/PON1</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>03 September 2025 11:00</t>
+          <t>03 September 2025 16:50</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H272" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I272" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J272" t="n">
-        <v>48.0</v>
+        <v>21.0</v>
       </c>
       <c r="K272" t="n">
-        <v>53.915</v>
+        <v>49.901</v>
       </c>
       <c r="L272" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M272" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N272" t="n">
-        <v>58.0</v>
+        <v>34.0</v>
       </c>
       <c r="O272" t="n">
-        <v>22.047</v>
+        <v>47.1</v>
       </c>
       <c r="P272" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q272" t="n">
-        <v>20.0</v>
+        <v>211.0</v>
       </c>
       <c r="R272" t="n">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
       <c r="S272" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T272" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>3.0E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X272" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y272" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z272" t="inlineStr">
         <is>
-          <t>Operator knocked over bucket during operations - Poor bunding arrangements for the operation</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>IRS/2025/6642/PON1</t>
+          <t>IRS/2025/6643/PON1</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>03 September 2025 16:50</t>
+          <t>03 September 2025 23:35</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E273" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H273" t="inlineStr">
+        <is>
+          <t>SCHIEHALLION</t>
+        </is>
+      </c>
       <c r="I273" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J273" t="n">
         <v>21.0</v>
       </c>
       <c r="K273" t="n">
-        <v>49.901</v>
+        <v>25.2</v>
       </c>
       <c r="L273" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M273" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N273" t="n">
-        <v>34.0</v>
+        <v>3.0</v>
       </c>
       <c r="O273" t="n">
-        <v>47.1</v>
+        <v>57.6</v>
       </c>
       <c r="P273" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q273" t="n">
-        <v>211.0</v>
+        <v>204.0</v>
       </c>
       <c r="R273" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="S273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>IRS/2025/6643/PON1</t>
+          <t>IRS/2025/6647/PON1</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>03 September 2025 23:35</t>
+          <t>04 September 2025 14:20</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I274" t="n">
         <v>60.0</v>
       </c>
       <c r="J274" t="n">
-        <v>21.0</v>
+        <v>51.0</v>
       </c>
       <c r="K274" t="n">
-        <v>25.2</v>
+        <v>24.42</v>
       </c>
       <c r="L274" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M274" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N274" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="O274" t="n">
+        <v>8.73</v>
+      </c>
+      <c r="P274" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q274" t="n">
         <v>3.0</v>
       </c>
-      <c r="O274" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="R274" t="n">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
       <c r="S274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>IRS/2025/6647/PON1</t>
+          <t>IRS/2025/6650/PON1</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>04 September 2025 14:20</t>
+          <t>05 September 2025 10:20</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H275" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>TEAL</t>
         </is>
       </c>
       <c r="I275" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J275" t="n">
-        <v>51.0</v>
+        <v>15.0</v>
       </c>
       <c r="K275" t="n">
-        <v>24.42</v>
+        <v>23.527</v>
       </c>
       <c r="L275" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M275" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N275" t="n">
-        <v>28.0</v>
+        <v>48.0</v>
       </c>
       <c r="O275" t="n">
-        <v>8.73</v>
+        <v>29.282</v>
       </c>
       <c r="P275" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q275" t="n">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="R275" t="n">
-        <v>3.0</v>
+        <v>25.0</v>
       </c>
       <c r="S275" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T275" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U275" t="n">
+        <v>0.00286</v>
       </c>
       <c r="V275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X275" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z275" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>IRS/2025/6650/PON1</t>
+          <t>IRS/2025/6651/PON1</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>05 September 2025 10:20</t>
+          <t>05 September 2025 13:51</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
         <is>
-          <t>ANASURIA OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>Anasuria FPSO</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H276" t="inlineStr">
         <is>
-          <t>TEAL</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I276" t="n">
         <v>57.0</v>
       </c>
       <c r="J276" t="n">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="K276" t="n">
-        <v>23.527</v>
+        <v>53.58</v>
       </c>
       <c r="L276" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M276" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N276" t="n">
-        <v>48.0</v>
+        <v>57.0</v>
       </c>
       <c r="O276" t="n">
-        <v>29.282</v>
+        <v>19.22</v>
       </c>
       <c r="P276" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q276" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="R276" t="n">
-        <v>25.0</v>
+        <v>30.0</v>
       </c>
       <c r="S276" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T276" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U276" t="n">
-        <v>0.00286</v>
+        <v>0.008137</v>
       </c>
       <c r="V276" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X276" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z276" t="inlineStr">
         <is>
-          <t>Pipework - Pinhole Leak</t>
+          <t>Hydraulic Manifold/Control Panel - HPU Fitting</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>IRS/2025/6651/PON1</t>
+          <t>IRS/2025/6657/PON1</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>05 September 2025 13:51</t>
+          <t>06 September 2025 12:00</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Noble Patriot</t>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H277" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>HUDSON</t>
         </is>
       </c>
       <c r="I277" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J277" t="n">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
       <c r="K277" t="n">
-        <v>53.58</v>
+        <v>38.99</v>
       </c>
       <c r="L277" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M277" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N277" t="n">
-        <v>57.0</v>
+        <v>42.0</v>
       </c>
       <c r="O277" t="n">
-        <v>19.22</v>
+        <v>33.2</v>
       </c>
       <c r="P277" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q277" t="n">
-        <v>22.0</v>
+        <v>210.0</v>
       </c>
       <c r="R277" t="n">
-        <v>30.0</v>
+        <v>24.0</v>
       </c>
       <c r="S277" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T277" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.008137</v>
+          <t/>
+        </is>
       </c>
       <c r="V277" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X277" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y277" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z277" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - HPU Fitting</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>IRS/2025/6657/PON1</t>
+          <t>IRS/2025/6665/PON1</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>06 September 2025 12:00</t>
+          <t>09 September 2025 08:02</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E278" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>Noble Patriot</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H278" t="inlineStr">
         <is>
-          <t>HUDSON</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="I278" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="J278" t="n">
-        <v>15.0</v>
+        <v>46.0</v>
       </c>
       <c r="K278" t="n">
-        <v>38.99</v>
+        <v>12.0</v>
       </c>
       <c r="L278" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M278" t="n">
         <v>0.0</v>
       </c>
       <c r="N278" t="n">
         <v>42.0</v>
       </c>
       <c r="O278" t="n">
-        <v>33.2</v>
+        <v>46.0</v>
       </c>
       <c r="P278" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q278" t="n">
-        <v>210.0</v>
+        <v>28.0</v>
       </c>
       <c r="R278" t="n">
-        <v>24.0</v>
+        <v>9.0</v>
       </c>
       <c r="S278" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T278" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U278" t="n">
+        <v>6.848E-6</v>
       </c>
       <c r="V278" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X278" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z278" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>IRS/2025/6665/PON1</t>
+          <t>IRS/2025/6669/PON1</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>09 September 2025 08:02</t>
+          <t>10 September 2025 07:20</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Haeva</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H279" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>Davy north</t>
         </is>
       </c>
       <c r="I279" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J279" t="n">
-        <v>46.0</v>
+        <v>5.0</v>
       </c>
       <c r="K279" t="n">
-        <v>12.0</v>
+        <v>4.8</v>
       </c>
       <c r="L279" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M279" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N279" t="n">
-        <v>42.0</v>
+        <v>49.0</v>
       </c>
       <c r="O279" t="n">
-        <v>46.0</v>
+        <v>9.534</v>
       </c>
       <c r="P279" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q279" t="n">
-        <v>28.0</v>
+        <v>49.0</v>
       </c>
       <c r="R279" t="n">
-        <v>9.0</v>
+        <v>30.0</v>
       </c>
       <c r="S279" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T279" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U279" t="n">
-        <v>6.848E-6</v>
+        <v>0.00435</v>
       </c>
       <c r="V279" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X279" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z279" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>IRS/2025/6669/PON1</t>
+          <t>IRS/2025/6670/PON1</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>10 September 2025 07:20</t>
+          <t>10 September 2025 13:45</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>Haeva</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H280" t="inlineStr">
         <is>
-          <t>Davy north</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I280" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J280" t="n">
-        <v>5.0</v>
+        <v>21.0</v>
       </c>
       <c r="K280" t="n">
-        <v>4.8</v>
+        <v>25.2</v>
       </c>
       <c r="L280" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M280" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="N280" t="n">
-        <v>49.0</v>
+        <v>3.0</v>
       </c>
       <c r="O280" t="n">
-        <v>9.534</v>
+        <v>57.6</v>
       </c>
       <c r="P280" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q280" t="n">
-        <v>49.0</v>
+        <v>204.0</v>
       </c>
       <c r="R280" t="n">
-        <v>30.0</v>
+        <v>20.0</v>
       </c>
       <c r="S280" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T280" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.00435</v>
+          <t/>
+        </is>
       </c>
       <c r="V280" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X280" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y280" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z280" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>IRS/2025/6670/PON1</t>
+          <t>IRS/2025/6671/PON1</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>10 September 2025 13:45</t>
+          <t>11 September 2025 06:00</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Arbroath Platform</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>BRECHIN</t>
         </is>
       </c>
       <c r="I281" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J281" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="K281" t="n">
-        <v>25.2</v>
+        <v>29.84</v>
       </c>
       <c r="L281" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M281" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N281" t="n">
-        <v>3.0</v>
+        <v>22.0</v>
       </c>
       <c r="O281" t="n">
-        <v>57.6</v>
+        <v>59.36</v>
       </c>
       <c r="P281" t="inlineStr">
         <is>
-          <t>West</t>
-[...6 lines deleted...]
-        <v>20.0</v>
+          <t>East</t>
+        </is>
       </c>
       <c r="S281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>IRS/2025/6671/PON1</t>
+          <t>IRS/2025/6696/PON1</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>11 September 2025 06:00</t>
+          <t>15 September 2025 14:15</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>Arbroath Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H282" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I282" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J282" t="n">
-        <v>22.0</v>
+        <v>41.0</v>
       </c>
       <c r="K282" t="n">
-        <v>29.84</v>
+        <v>30.0</v>
       </c>
       <c r="L282" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M282" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N282" t="n">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
       <c r="O282" t="n">
-        <v>59.36</v>
+        <v>40.0</v>
       </c>
       <c r="P282" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q282" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R282" t="n">
+        <v>8.0</v>
       </c>
       <c r="S282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>IRS/2025/6696/PON1</t>
+          <t>IRS/2025/6698/PON1</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>15 September 2025 14:15</t>
+          <t>15 September 2025 17:00</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H283" t="inlineStr">
+        <is>
+          <t>SHEARWATER</t>
+        </is>
+      </c>
       <c r="I283" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J283" t="n">
-        <v>41.0</v>
+        <v>1.0</v>
       </c>
       <c r="K283" t="n">
+        <v>53.58</v>
+      </c>
+      <c r="L283" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M283" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N283" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="O283" t="n">
+        <v>19.22</v>
+      </c>
+      <c r="P283" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q283" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R283" t="n">
         <v>30.0</v>
-      </c>
-[...23 lines deleted...]
-        <v>8.0</v>
       </c>
       <c r="S283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>IRS/2025/6698/PON1</t>
+          <t>IRS/2025/6705/PON1</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>15 September 2025 17:00</t>
+          <t>17 August 2025 04:00</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I284" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J284" t="n">
-        <v>1.0</v>
+        <v>41.0</v>
       </c>
       <c r="K284" t="n">
-        <v>53.58</v>
+        <v>30.0</v>
       </c>
       <c r="L284" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M284" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N284" t="n">
-        <v>57.0</v>
+        <v>32.0</v>
       </c>
       <c r="O284" t="n">
-        <v>19.22</v>
+        <v>40.0</v>
       </c>
       <c r="P284" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q284" t="n">
-        <v>22.0</v>
+        <v>206.0</v>
       </c>
       <c r="R284" t="n">
-        <v>30.0</v>
+        <v>8.0</v>
       </c>
       <c r="S284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>IRS/2025/6705/PON1</t>
+          <t>IRS/2025/6706/PON1</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>17 August 2025 04:00</t>
+          <t>19 September 2025 01:00</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Clair Ridge QU Platform</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I285" t="n">
         <v>60.0</v>
       </c>
       <c r="J285" t="n">
-        <v>41.0</v>
+        <v>44.0</v>
       </c>
       <c r="K285" t="n">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="L285" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M285" t="n">
         <v>2.0</v>
       </c>
       <c r="N285" t="n">
-        <v>32.0</v>
+        <v>29.0</v>
       </c>
       <c r="O285" t="n">
-        <v>40.0</v>
+        <v>39.0</v>
       </c>
       <c r="P285" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q285" t="n">
         <v>206.0</v>
       </c>
       <c r="R285" t="n">
         <v>8.0</v>
       </c>
       <c r="S285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T285" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V285" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RoClean L211f</t>
+        </is>
+      </c>
+      <c r="W285" t="n">
+        <v>1.1</v>
       </c>
       <c r="X285" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z285" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Sheared</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>IRS/2025/6706/PON1</t>
+          <t>IRS/2025/6720/PON1</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>19 September 2025 01:00</t>
+          <t>21 September 2025 03:50</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>Clair Ridge QU Platform</t>
+          <t>Ravenspurn South C Platform</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H286" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>RAVENSPURN S[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="I286" t="n">
-        <v>60.0</v>
+        <v>54.0</v>
       </c>
       <c r="J286" t="n">
-        <v>44.0</v>
+        <v>4.0</v>
       </c>
       <c r="K286" t="n">
-        <v>10.0</v>
+        <v>56.9634</v>
       </c>
       <c r="L286" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M286" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N286" t="n">
-        <v>29.0</v>
+        <v>49.0</v>
       </c>
       <c r="O286" t="n">
-        <v>39.0</v>
+        <v>25.246</v>
       </c>
       <c r="P286" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q286" t="n">
-        <v>206.0</v>
+        <v>42.0</v>
       </c>
       <c r="R286" t="n">
-        <v>8.0</v>
+        <v>30.0</v>
       </c>
       <c r="S286" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T286" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U286" t="n">
+        <v>0.4</v>
       </c>
       <c r="V286" t="inlineStr">
         <is>
-          <t>RoClean L211f</t>
-[...3 lines deleted...]
-        <v>1.1</v>
+          <t/>
+        </is>
       </c>
       <c r="X286" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z286" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Production Chemicals) - Sheared</t>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>IRS/2025/6720/PON1</t>
+          <t>IRS/2025/6735/PON1</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>21 September 2025 03:50</t>
+          <t>24 September 2025 18:30</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>Ravenspurn South C Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>RAVENSPURN S[pt.of RAVENSPURN]</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I287" t="n">
-        <v>54.0</v>
+        <v>58.0</v>
       </c>
       <c r="J287" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="K287" t="n">
-        <v>56.9634</v>
+        <v>55.13</v>
       </c>
       <c r="L287" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M287" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N287" t="n">
-        <v>49.0</v>
+        <v>8.0</v>
       </c>
       <c r="O287" t="n">
-        <v>25.246</v>
+        <v>19.54</v>
       </c>
       <c r="P287" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q287" t="n">
-        <v>42.0</v>
+        <v>16.0</v>
       </c>
       <c r="R287" t="n">
-        <v>30.0</v>
+        <v>26.0</v>
       </c>
       <c r="S287" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T287" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.4</v>
+          <t/>
+        </is>
       </c>
       <c r="V287" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X287" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y287" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z287" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>IRS/2025/6735/PON1</t>
+          <t>IRS/2025/6743/PON1</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>24 September 2025 18:30</t>
+          <t>27 September 2025 01:27</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H288" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I288" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J288" t="n">
-        <v>2.0</v>
+        <v>37.0</v>
       </c>
       <c r="K288" t="n">
-        <v>55.13</v>
+        <v>45.92</v>
       </c>
       <c r="L288" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M288" t="n">
         <v>1.0</v>
       </c>
       <c r="N288" t="n">
-        <v>8.0</v>
+        <v>39.0</v>
       </c>
       <c r="O288" t="n">
-        <v>19.54</v>
+        <v>8.85</v>
       </c>
       <c r="P288" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q288" t="n">
-        <v>16.0</v>
+        <v>3.0</v>
       </c>
       <c r="R288" t="n">
-        <v>26.0</v>
+        <v>14.0</v>
       </c>
       <c r="S288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>IRS/2025/6743/PON1</t>
+          <t>IRS/2025/6747/PON1</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>27 September 2025 01:27</t>
+          <t>28 September 2025 23:42</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H289" t="inlineStr">
+        <is>
+          <t>CALEDONIA</t>
         </is>
       </c>
       <c r="I289" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J289" t="n">
-        <v>37.0</v>
+        <v>6.0</v>
       </c>
       <c r="K289" t="n">
-        <v>45.92</v>
+        <v>10.068</v>
       </c>
       <c r="L289" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M289" t="n">
         <v>1.0</v>
       </c>
       <c r="N289" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O289" t="n">
         <v>39.0</v>
       </c>
-      <c r="O289" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P289" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q289" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S289" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T289" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U289" t="n">
+        <v>4.175E-4</v>
       </c>
       <c r="V289" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X289" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z289" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>IRS/2025/6747/PON1</t>
+          <t>IRS/2025/6750/PON1</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>28 September 2025 23:42</t>
+          <t>29 September 2025 04:15</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Buchan B7 Well</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H290" t="inlineStr">
         <is>
-          <t>CALEDONIA</t>
+          <t>BUCHAN</t>
         </is>
       </c>
       <c r="I290" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J290" t="n">
-        <v>6.0</v>
+        <v>56.0</v>
       </c>
       <c r="K290" t="n">
-        <v>10.068</v>
+        <v>30.0</v>
       </c>
       <c r="L290" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M290" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N290" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O290" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="P290" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q290" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R290" t="n">
         <v>1.0</v>
       </c>
-      <c r="N290" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="S290" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T290" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>4.175E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V290" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X290" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y290" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z290" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>IRS/2025/6750/PON1</t>
+          <t>IRS/2025/6751/PON1</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>29 September 2025 04:15</t>
+          <t>29 September 2025 09:00</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>Buchan B7 Well</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>BUCHAN</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="I291" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J291" t="n">
-        <v>56.0</v>
+        <v>16.0</v>
       </c>
       <c r="K291" t="n">
+        <v>46.24</v>
+      </c>
+      <c r="L291" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M291" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N291" t="n">
         <v>30.0</v>
       </c>
-      <c r="L291" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="O291" t="n">
-        <v>36.0</v>
+        <v>58.04</v>
       </c>
       <c r="P291" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q291" t="n">
-        <v>21.0</v>
+        <v>9.0</v>
       </c>
       <c r="R291" t="n">
-        <v>1.0</v>
+        <v>23.0</v>
       </c>
       <c r="S291" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T291" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V291" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W291" t="n">
+        <v>15.17</v>
       </c>
       <c r="X291" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z291" t="inlineStr">
         <is>
-          <t/>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>IRS/2025/6751/PON1</t>
+          <t>IRS/2025/6752/PON1</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <t>29 September 2025 09:00</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="I292" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J292" t="n">
-        <v>16.0</v>
+        <v>57.0</v>
       </c>
       <c r="K292" t="n">
-        <v>46.24</v>
+        <v>26.0</v>
       </c>
       <c r="L292" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M292" t="n">
         <v>1.0</v>
       </c>
       <c r="N292" t="n">
-        <v>30.0</v>
+        <v>50.0</v>
       </c>
       <c r="O292" t="n">
-        <v>58.04</v>
+        <v>42.0</v>
       </c>
       <c r="P292" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q292" t="n">
-        <v>9.0</v>
+        <v>22.0</v>
       </c>
       <c r="R292" t="n">
-        <v>23.0</v>
+        <v>5.0</v>
       </c>
       <c r="S292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V292" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
-[...3 lines deleted...]
-        <v>15.17</v>
+          <t/>
+        </is>
       </c>
       <c r="X292" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y292" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z292" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>IRS/2025/6752/PON1</t>
+          <t>IRS/2025/6753/PON1</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>29 September 2025 09:00</t>
+          <t>29 September 2025 23:41</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Obana</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>47/14 Amethyst C1D</t>
         </is>
       </c>
       <c r="I293" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J293" t="n">
-        <v>57.0</v>
+        <v>38.0</v>
       </c>
       <c r="K293" t="n">
-        <v>26.0</v>
+        <v>44.6</v>
       </c>
       <c r="L293" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M293" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N293" t="n">
-        <v>50.0</v>
+        <v>36.0</v>
       </c>
       <c r="O293" t="n">
-        <v>42.0</v>
+        <v>13.5</v>
       </c>
       <c r="P293" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q293" t="n">
-        <v>22.0</v>
+        <v>47.0</v>
       </c>
       <c r="R293" t="n">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
       <c r="S293" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T293" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U293" t="n">
+        <v>5.0E-4</v>
       </c>
       <c r="V293" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X293" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z293" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>IRS/2025/6753/PON1</t>
+          <t>IRS/2025/6761/PON1</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>29 September 2025 23:41</t>
+          <t>25 September 2025 07:30</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>Obana</t>
+          <t>Beryl B Platform</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
-          <t>47/14 Amethyst C1D</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I294" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="J294" t="n">
-        <v>38.0</v>
+        <v>36.0</v>
       </c>
       <c r="K294" t="n">
-        <v>44.6</v>
+        <v>37.23</v>
       </c>
       <c r="L294" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M294" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N294" t="n">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="O294" t="n">
-        <v>13.5</v>
+        <v>45.87</v>
       </c>
       <c r="P294" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q294" t="n">
-        <v>47.0</v>
+        <v>9.0</v>
       </c>
       <c r="R294" t="n">
-        <v>14.0</v>
+        <v>13.0</v>
       </c>
       <c r="S294" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T294" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>5.0E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V294" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X294" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y294" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z294" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>IRS/2025/6761/PON1</t>
+          <t>IRS/2025/6762/PON1</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>25 September 2025 07:30</t>
+          <t>01 October 2025 15:06</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>Beryl B Platform</t>
+          <t>Obana</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>Amethyst C1D 47/14</t>
         </is>
       </c>
       <c r="I295" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="J295" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="K295" t="n">
+        <v>44.6</v>
+      </c>
+      <c r="L295" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M295" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N295" t="n">
         <v>36.0</v>
       </c>
-      <c r="K295" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="O295" t="n">
-        <v>45.87</v>
+        <v>13.5</v>
       </c>
       <c r="P295" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q295" t="n">
-        <v>9.0</v>
+        <v>47.0</v>
       </c>
       <c r="R295" t="n">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
       <c r="S295" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T295" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U295" t="n">
+        <v>0.0027</v>
       </c>
       <c r="V295" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X295" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z295" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>IRS/2025/6762/PON1</t>
+          <t>IRS/2025/6791/PON1</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>01 October 2025 15:06</t>
+          <t>05 October 2025 12:00</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>Obana</t>
+          <t>Britannia BLP</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
-          <t>Amethyst C1D 47/14</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I296" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J296" t="n">
-        <v>38.0</v>
+        <v>2.0</v>
       </c>
       <c r="K296" t="n">
-        <v>44.6</v>
+        <v>55.55</v>
       </c>
       <c r="L296" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M296" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N296" t="n">
-        <v>36.0</v>
+        <v>8.0</v>
       </c>
       <c r="O296" t="n">
-        <v>13.5</v>
+        <v>28.56</v>
       </c>
       <c r="P296" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q296" t="n">
-        <v>47.0</v>
+        <v>16.0</v>
       </c>
       <c r="R296" t="n">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
       <c r="S296" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T296" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0027</v>
+          <t/>
+        </is>
       </c>
       <c r="V296" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X296" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y296" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z296" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>IRS/2025/6791/PON1</t>
+          <t>IRS/2025/6804/PON1</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>05 October 2025 12:00</t>
+          <t>26 July 2025 21:02</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>Britannia BLP</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H297" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I297" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J297" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K297" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L297" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M297" t="n">
         <v>2.0</v>
       </c>
-      <c r="K297" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N297" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O297" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P297" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q297" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R297" t="n">
         <v>8.0</v>
-      </c>
-[...12 lines deleted...]
-        <v>26.0</v>
       </c>
       <c r="S297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>IRS/2025/6804/PON1</t>
+          <t>IRS/2025/6805/PON1</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>26 July 2025 21:02</t>
+          <t>07 October 2025 14:30</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>CALEDONIA</t>
         </is>
       </c>
       <c r="I298" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J298" t="n">
-        <v>44.0</v>
+        <v>6.0</v>
       </c>
       <c r="K298" t="n">
-        <v>10.0</v>
+        <v>10.068</v>
       </c>
       <c r="L298" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M298" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N298" t="n">
-        <v>29.0</v>
+        <v>8.0</v>
       </c>
       <c r="O298" t="n">
         <v>39.0</v>
       </c>
       <c r="P298" t="inlineStr">
         <is>
-          <t>West</t>
-[...6 lines deleted...]
-        <v>8.0</v>
+          <t>East</t>
+        </is>
       </c>
       <c r="S298" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T298" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U298" t="n">
+        <v>4.175E-6</v>
       </c>
       <c r="V298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X298" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z298" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>IRS/2025/6805/PON1</t>
+          <t>IRS/2025/6806/PON1</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>07 October 2025 14:30</t>
+          <t>07 October 2025 17:24</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
-          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>NPI</t>
-[...4 lines deleted...]
-          <t>CALEDONIA</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="I299" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="J299" t="n">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
       <c r="K299" t="n">
-        <v>10.068</v>
+        <v>37.09</v>
       </c>
       <c r="L299" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M299" t="n">
         <v>1.0</v>
       </c>
       <c r="N299" t="n">
-        <v>8.0</v>
+        <v>34.0</v>
       </c>
       <c r="O299" t="n">
-        <v>39.0</v>
+        <v>9.64</v>
       </c>
       <c r="P299" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q299" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R299" t="n">
+        <v>18.0</v>
+      </c>
       <c r="S299" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T299" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>4.175E-6</v>
+          <t/>
+        </is>
       </c>
       <c r="V299" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X299" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y299" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z299" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>IRS/2025/6806/PON1</t>
+          <t>IRS/2025/6812/PON1</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>07 October 2025 17:24</t>
+          <t>08 October 2025 16:30</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H300" t="inlineStr">
+        <is>
+          <t>THISTLE</t>
         </is>
       </c>
       <c r="I300" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="J300" t="n">
         <v>21.0</v>
       </c>
       <c r="K300" t="n">
-        <v>37.09</v>
+        <v>49.901</v>
       </c>
       <c r="L300" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M300" t="n">
         <v>1.0</v>
       </c>
       <c r="N300" t="n">
         <v>34.0</v>
       </c>
       <c r="O300" t="n">
-        <v>9.64</v>
+        <v>47.1</v>
       </c>
       <c r="P300" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q300" t="n">
-        <v>9.0</v>
+        <v>211.0</v>
       </c>
       <c r="R300" t="n">
         <v>18.0</v>
       </c>
       <c r="S300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>IRS/2025/6812/PON1</t>
+          <t>IRS/2025/6813/PON1</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>08 October 2025 16:30</t>
+          <t>08 October 2025 11:30</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>21/20A-P1</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H301" t="inlineStr">
         <is>
-          <t>THISTLE</t>
+          <t>Anasuria</t>
         </is>
       </c>
       <c r="I301" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J301" t="n">
         <v>21.0</v>
       </c>
       <c r="K301" t="n">
-        <v>49.901</v>
+        <v>50.774</v>
       </c>
       <c r="L301" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M301" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N301" t="n">
-        <v>34.0</v>
+        <v>49.0</v>
       </c>
       <c r="O301" t="n">
-        <v>47.1</v>
+        <v>18.867</v>
       </c>
       <c r="P301" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q301" t="n">
-        <v>211.0</v>
+        <v>21.0</v>
       </c>
       <c r="R301" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="S301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>IRS/2025/6813/PON1</t>
+          <t>IRS/2025/6814/PON1</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>08 October 2025 11:30</t>
+          <t>09 October 2025 06:30</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>21/20A-P1</t>
+          <t>Buchan B9 Well</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Remote well (not connected to an installation)</t>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
-          <t>Anasuria</t>
+          <t>BUCHAN</t>
         </is>
       </c>
       <c r="I302" t="n">
         <v>57.0</v>
       </c>
       <c r="J302" t="n">
-        <v>21.0</v>
+        <v>56.0</v>
       </c>
       <c r="K302" t="n">
-        <v>50.774</v>
+        <v>30.0</v>
       </c>
       <c r="L302" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M302" t="n">
         <v>0.0</v>
       </c>
       <c r="N302" t="n">
-        <v>49.0</v>
+        <v>0.0</v>
       </c>
       <c r="O302" t="n">
-        <v>18.867</v>
+        <v>36.0</v>
       </c>
       <c r="P302" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q302" t="n">
         <v>21.0</v>
       </c>
       <c r="R302" t="n">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="S302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>IRS/2025/6814/PON1</t>
+          <t>IRS/2025/6815/PON1</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>09 October 2025 06:30</t>
+          <t>02 October 2025 09:00</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>Buchan B9 Well</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>Remote well (not connected to an installation)</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H303" t="inlineStr">
         <is>
-          <t>BUCHAN</t>
+          <t>Triton</t>
         </is>
       </c>
       <c r="I303" t="n">
         <v>57.0</v>
       </c>
       <c r="J303" t="n">
-        <v>56.0</v>
+        <v>5.0</v>
       </c>
       <c r="K303" t="n">
-        <v>30.0</v>
+        <v>2.214</v>
       </c>
       <c r="L303" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M303" t="n">
         <v>0.0</v>
       </c>
       <c r="N303" t="n">
-        <v>0.0</v>
+        <v>53.0</v>
       </c>
       <c r="O303" t="n">
-        <v>36.0</v>
+        <v>38.24</v>
       </c>
       <c r="P303" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q303" t="n">
         <v>21.0</v>
       </c>
       <c r="R303" t="n">
-        <v>1.0</v>
+        <v>30.0</v>
       </c>
       <c r="S303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>IRS/2025/6815/PON1</t>
+          <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>02 October 2025 09:00</t>
+          <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E304" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H304" t="inlineStr">
         <is>
-          <t>Triton</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="I304" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J304" t="n">
-        <v>5.0</v>
+        <v>35.0</v>
       </c>
       <c r="K304" t="n">
-        <v>2.214</v>
+        <v>18.716</v>
       </c>
       <c r="L304" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M304" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N304" t="n">
-        <v>53.0</v>
+        <v>3.0</v>
       </c>
       <c r="O304" t="n">
-        <v>38.24</v>
+        <v>19.323</v>
       </c>
       <c r="P304" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q304" t="n">
-        <v>21.0</v>
+        <v>9.0</v>
       </c>
       <c r="R304" t="n">
-        <v>30.0</v>
+        <v>11.0</v>
       </c>
       <c r="S304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V304" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ECOTROL RD</t>
+        </is>
+      </c>
+      <c r="W304" t="n">
+        <v>0.00407</v>
       </c>
       <c r="X304" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z304" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
           <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
@@ -32070,55 +32042,55 @@
         <v>19.323</v>
       </c>
       <c r="P305" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q305" t="n">
         <v>9.0</v>
       </c>
       <c r="R305" t="n">
         <v>11.0</v>
       </c>
       <c r="S305" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T305" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V305" t="inlineStr">
         <is>
-          <t>ECOTROL RD</t>
+          <t>VG-Supreme</t>
         </is>
       </c>
       <c r="W305" t="n">
-        <v>0.00407</v>
+        <v>0.01627</v>
       </c>
       <c r="X305" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z305" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
@@ -32174,55 +32146,55 @@
         <v>19.323</v>
       </c>
       <c r="P306" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q306" t="n">
         <v>9.0</v>
       </c>
       <c r="R306" t="n">
         <v>11.0</v>
       </c>
       <c r="S306" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T306" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V306" t="inlineStr">
         <is>
-          <t>VG-Supreme</t>
+          <t>M-I WATE (All Grades)</t>
         </is>
       </c>
       <c r="W306" t="n">
-        <v>0.01627</v>
+        <v>0.40937</v>
       </c>
       <c r="X306" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z306" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
@@ -32278,55 +32250,55 @@
         <v>19.323</v>
       </c>
       <c r="P307" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q307" t="n">
         <v>9.0</v>
       </c>
       <c r="R307" t="n">
         <v>11.0</v>
       </c>
       <c r="S307" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T307" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V307" t="inlineStr">
         <is>
-          <t>M-I WATE (All Grades)</t>
+          <t>LIME</t>
         </is>
       </c>
       <c r="W307" t="n">
-        <v>0.40937</v>
+        <v>0.01356</v>
       </c>
       <c r="X307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z307" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
@@ -32382,55 +32354,55 @@
         <v>19.323</v>
       </c>
       <c r="P308" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q308" t="n">
         <v>9.0</v>
       </c>
       <c r="R308" t="n">
         <v>11.0</v>
       </c>
       <c r="S308" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T308" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V308" t="inlineStr">
         <is>
-          <t>LIME</t>
+          <t>RHEFLAT X</t>
         </is>
       </c>
       <c r="W308" t="n">
-        <v>0.01356</v>
+        <v>0.00136</v>
       </c>
       <c r="X308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z308" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
@@ -32486,55 +32458,55 @@
         <v>19.323</v>
       </c>
       <c r="P309" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q309" t="n">
         <v>9.0</v>
       </c>
       <c r="R309" t="n">
         <v>11.0</v>
       </c>
       <c r="S309" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T309" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V309" t="inlineStr">
         <is>
-          <t>RHEFLAT X</t>
+          <t>ONE-MUL NS</t>
         </is>
       </c>
       <c r="W309" t="n">
-        <v>0.00136</v>
+        <v>0.02712</v>
       </c>
       <c r="X309" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z309" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
@@ -32590,55 +32562,55 @@
         <v>19.323</v>
       </c>
       <c r="P310" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q310" t="n">
         <v>9.0</v>
       </c>
       <c r="R310" t="n">
         <v>11.0</v>
       </c>
       <c r="S310" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T310" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V310" t="inlineStr">
         <is>
-          <t>ONE-MUL NS</t>
+          <t>Calcium Chloride Brine</t>
         </is>
       </c>
       <c r="W310" t="n">
-        <v>0.02712</v>
+        <v>0.07495</v>
       </c>
       <c r="X310" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z310" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
@@ -32694,168 +32666,159 @@
         <v>19.323</v>
       </c>
       <c r="P311" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q311" t="n">
         <v>9.0</v>
       </c>
       <c r="R311" t="n">
         <v>11.0</v>
       </c>
       <c r="S311" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T311" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V311" t="inlineStr">
         <is>
-          <t>Calcium Chloride Brine</t>
+          <t>Saraline 185V</t>
         </is>
       </c>
       <c r="W311" t="n">
-        <v>0.07495</v>
+        <v>0.4315</v>
       </c>
       <c r="X311" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z311" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>IRS/2025/6818/PON1</t>
+          <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>10 October 2025 10:00</t>
+          <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H312" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I312" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J312" t="n">
-        <v>35.0</v>
+        <v>17.0</v>
       </c>
       <c r="K312" t="n">
-        <v>18.716</v>
+        <v>42.0</v>
       </c>
       <c r="L312" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M312" t="n">
         <v>1.0</v>
       </c>
       <c r="N312" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="O312" t="n">
-        <v>19.323</v>
+        <v>46.0</v>
       </c>
       <c r="P312" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q312" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S312" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T312" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V312" t="inlineStr">
         <is>
-          <t>Saraline 185V</t>
-[...3 lines deleted...]
-        <v>0.4315</v>
+          <t/>
+        </is>
       </c>
       <c r="X312" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y312" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z312" t="inlineStr">
         <is>
-          <t>Vessels (Not Storage) - Over Filled</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
           <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
@@ -33388,651 +33351,660 @@
       </c>
       <c r="V318" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X318" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y318" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z318" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>IRS/2025/6819/PON1</t>
+          <t>IRS/2025/6820/PON1</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>10 October 2025 10:45</t>
+          <t>11 October 2025 10:00</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H319" t="inlineStr">
+        <is>
+          <t>Liverpool Bay</t>
+        </is>
+      </c>
       <c r="I319" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J319" t="n">
-        <v>17.0</v>
+        <v>32.0</v>
       </c>
       <c r="K319" t="n">
-        <v>42.0</v>
+        <v>13.91</v>
       </c>
       <c r="L319" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M319" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N319" t="n">
-        <v>39.0</v>
+        <v>34.0</v>
       </c>
       <c r="O319" t="n">
-        <v>46.0</v>
+        <v>42.29</v>
       </c>
       <c r="P319" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q319" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R319" t="n">
+        <v>13.0</v>
       </c>
       <c r="S319" t="inlineStr">
         <is>
-          <t/>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T319" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U319" t="n">
+        <v>0.0015</v>
       </c>
       <c r="V319" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X319" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z319" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>IRS/2025/6820/PON1</t>
+          <t>IRS/2025/6821/PON1</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>11 October 2025 10:00</t>
+          <t>11 October 2025 11:00</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>Douglas DD Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H320" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I320" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J320" t="n">
-        <v>32.0</v>
+        <v>17.0</v>
       </c>
       <c r="K320" t="n">
-        <v>13.91</v>
+        <v>42.0</v>
       </c>
       <c r="L320" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M320" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N320" t="n">
-        <v>34.0</v>
+        <v>39.0</v>
       </c>
       <c r="O320" t="n">
-        <v>42.29</v>
+        <v>46.0</v>
       </c>
       <c r="P320" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q320" t="n">
-        <v>110.0</v>
+        <v>22.0</v>
       </c>
       <c r="R320" t="n">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
       <c r="S320" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T320" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U320" t="n">
-        <v>0.0015</v>
+        <v>1.0E-5</v>
       </c>
       <c r="V320" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X320" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z320" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>IRS/2025/6821/PON1</t>
+          <t>IRS/2025/6823/PON1</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>11 October 2025 11:00</t>
+          <t>10 October 2025 22:30</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Valaris 72</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="I321" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J321" t="n">
-        <v>17.0</v>
+        <v>33.0</v>
       </c>
       <c r="K321" t="n">
-        <v>42.0</v>
+        <v>57.5</v>
       </c>
       <c r="L321" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M321" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N321" t="n">
-        <v>39.0</v>
+        <v>27.0</v>
       </c>
       <c r="O321" t="n">
-        <v>46.0</v>
+        <v>16.2</v>
       </c>
       <c r="P321" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q321" t="n">
-        <v>22.0</v>
+        <v>110.0</v>
       </c>
       <c r="R321" t="n">
-        <v>24.0</v>
+        <v>13.0</v>
       </c>
       <c r="S321" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T321" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>1.0E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V321" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X321" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y321" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z321" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>IRS/2025/6823/PON1</t>
+          <t>IRS/2025/6824/PON1</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>10 October 2025 22:30</t>
+          <t>11 October 2025 14:55</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>Valaris 72</t>
+          <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H322" t="inlineStr">
+        <is>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I322" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J322" t="n">
-        <v>33.0</v>
+        <v>10.0</v>
       </c>
       <c r="K322" t="n">
-        <v>57.5</v>
+        <v>1.79</v>
       </c>
       <c r="L322" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M322" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N322" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O322" t="n">
+        <v>29.88</v>
+      </c>
+      <c r="P322" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q322" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="R322" t="n">
         <v>27.0</v>
       </c>
-      <c r="O322" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="S322" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T322" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U322" t="n">
+        <v>3.72566E-4</v>
       </c>
       <c r="V322" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X322" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z322" t="inlineStr">
         <is>
-          <t/>
+          <t>Sheen - deluge testing</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>IRS/2025/6824/PON1</t>
+          <t>IRS/2025/6825/PON1</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>11 October 2025 14:55</t>
+          <t>11 October 2025 23:35</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
-          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>Haewene Brim</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H323" t="inlineStr">
         <is>
-          <t>PIERCE</t>
+          <t>GRYPHON</t>
         </is>
       </c>
       <c r="I323" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J323" t="n">
-        <v>10.0</v>
+        <v>21.0</v>
       </c>
       <c r="K323" t="n">
-        <v>1.79</v>
+        <v>37.09</v>
       </c>
       <c r="L323" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M323" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N323" t="n">
-        <v>15.0</v>
+        <v>34.0</v>
       </c>
       <c r="O323" t="n">
-        <v>29.88</v>
+        <v>9.64</v>
       </c>
       <c r="P323" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q323" t="n">
-        <v>23.0</v>
+        <v>9.0</v>
       </c>
       <c r="R323" t="n">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
       <c r="S323" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T323" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U323" t="n">
-        <v>3.72566E-4</v>
+        <v>7.0628E-4</v>
       </c>
       <c r="V323" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X323" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z323" t="inlineStr">
         <is>
-          <t>Sheen - deluge testing</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>IRS/2025/6825/PON1</t>
+          <t>IRS/2025/6826/PON1</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>11 October 2025 23:35</t>
+          <t>11 October 2025 20:22</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H324" t="inlineStr">
         <is>
-          <t>GRYPHON</t>
+          <t>BELINDA</t>
         </is>
       </c>
       <c r="I324" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J324" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K324" t="n">
+        <v>6.815</v>
+      </c>
+      <c r="L324" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M324" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N324" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="O324" t="n">
+        <v>37.93</v>
+      </c>
+      <c r="P324" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q324" t="n">
         <v>21.0</v>
       </c>
-      <c r="K324" t="n">
-[...23 lines deleted...]
-      </c>
       <c r="R324" t="n">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
       <c r="S324" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T324" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>7.0628E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V324" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>MEG</t>
+        </is>
+      </c>
+      <c r="W324" t="n">
+        <v>25.68</v>
       </c>
       <c r="X324" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z324" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Subsea Pipelines - Datalogger failure</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
           <t>IRS/2025/6826/PON1</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
           <t>11 October 2025 20:22</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E325" t="inlineStr">
@@ -34099,476 +34071,470 @@
           <t/>
         </is>
       </c>
       <c r="V325" t="inlineStr">
         <is>
           <t>RX-5255</t>
         </is>
       </c>
       <c r="W325" t="n">
         <v>0.01412</v>
       </c>
       <c r="X325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z325" t="inlineStr">
         <is>
           <t>Subsea Pipelines - Datalogger failure</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>IRS/2025/6826/PON1</t>
+          <t>IRS/2025/6827/PON1</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>11 October 2025 20:22</t>
+          <t>12 October 2025 08:30</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E326" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="G326" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
-        </is>
-[...3 lines deleted...]
-          <t>BELINDA</t>
         </is>
       </c>
       <c r="I326" t="n">
         <v>57.0</v>
       </c>
       <c r="J326" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="K326" t="n">
-        <v>6.815</v>
+        <v>44.022</v>
       </c>
       <c r="L326" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M326" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N326" t="n">
-        <v>56.0</v>
+        <v>8.0</v>
       </c>
       <c r="O326" t="n">
-        <v>37.93</v>
+        <v>38.397</v>
       </c>
       <c r="P326" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q326" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="R326" t="n">
-        <v>30.0</v>
+        <v>11.0</v>
       </c>
       <c r="S326" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T326" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V326" t="inlineStr">
         <is>
-          <t>MEG</t>
-[...3 lines deleted...]
-        <v>25.68</v>
+          <t/>
+        </is>
       </c>
       <c r="X326" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y326" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z326" t="inlineStr">
         <is>
-          <t>Subsea Pipelines - Datalogger failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>IRS/2025/6827/PON1</t>
+          <t>IRS/2025/6829/PON1</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>12 October 2025 08:30</t>
+          <t>12 October 2025 08:15</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E327" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H327" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
       <c r="I327" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J327" t="n">
-        <v>39.0</v>
+        <v>37.0</v>
       </c>
       <c r="K327" t="n">
-        <v>44.022</v>
+        <v>12.45</v>
       </c>
       <c r="L327" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M327" t="n">
         <v>1.0</v>
       </c>
       <c r="N327" t="n">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="O327" t="n">
-        <v>38.397</v>
+        <v>25.96</v>
       </c>
       <c r="P327" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q327" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R327" t="n">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
       <c r="S327" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T327" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U327" t="n">
+        <v>0.0166</v>
       </c>
       <c r="V327" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X327" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z327" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>IRS/2025/6829/PON1</t>
+          <t>IRS/2025/6835/PON1</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>12 October 2025 08:15</t>
+          <t>12 October 2025 16:45</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Brent D Platform</t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H328" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I328" t="n">
         <v>61.0</v>
       </c>
       <c r="J328" t="n">
-        <v>37.0</v>
+        <v>7.0</v>
       </c>
       <c r="K328" t="n">
-        <v>12.45</v>
+        <v>52.8</v>
       </c>
       <c r="L328" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M328" t="n">
         <v>1.0</v>
       </c>
       <c r="N328" t="n">
-        <v>18.0</v>
+        <v>44.0</v>
       </c>
       <c r="O328" t="n">
-        <v>25.96</v>
+        <v>6.47</v>
       </c>
       <c r="P328" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q328" t="n">
         <v>211.0</v>
       </c>
       <c r="R328" t="n">
-        <v>12.0</v>
+        <v>29.0</v>
       </c>
       <c r="S328" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T328" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V328" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>DTE 10 EXCEL 46</t>
+        </is>
+      </c>
+      <c r="W328" t="n">
+        <v>2.04E-4</v>
       </c>
       <c r="X328" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z328" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>IRS/2025/6835/PON1</t>
+          <t>IRS/2025/6846/PON1</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>12 October 2025 16:45</t>
+          <t>13 October 2025 07:55</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>Brent D Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H329" t="inlineStr">
         <is>
-          <t>BRENT</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I329" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J329" t="n">
-        <v>7.0</v>
+        <v>51.0</v>
       </c>
       <c r="K329" t="n">
-        <v>52.8</v>
+        <v>34.4</v>
       </c>
       <c r="L329" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M329" t="n">
         <v>1.0</v>
       </c>
       <c r="N329" t="n">
-        <v>44.0</v>
+        <v>28.0</v>
       </c>
       <c r="O329" t="n">
-        <v>6.47</v>
+        <v>9.6</v>
       </c>
       <c r="P329" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q329" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S329" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T329" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V329" t="inlineStr">
         <is>
-          <t>DTE 10 EXCEL 46</t>
-[...3 lines deleted...]
-        <v>2.04E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="X329" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y329" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z329" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>IRS/2025/6846/PON1</t>
+          <t>IRS/2025/6848/PON1</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>13 October 2025 07:55</t>
+          <t>04 October 2025 16:00</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H330" t="inlineStr">
         <is>
           <t>NINIAN</t>
@@ -34582,174 +34548,180 @@
       </c>
       <c r="K330" t="n">
         <v>34.4</v>
       </c>
       <c r="L330" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M330" t="n">
         <v>1.0</v>
       </c>
       <c r="N330" t="n">
         <v>28.0</v>
       </c>
       <c r="O330" t="n">
         <v>9.6</v>
       </c>
       <c r="P330" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S330" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T330" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U330" t="n">
+        <v>0.155</v>
       </c>
       <c r="V330" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X330" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z330" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>IRS/2025/6848/PON1</t>
+          <t>IRS/2025/6850/PON1</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>04 October 2025 16:00</t>
+          <t>14 October 2025 17:00</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E331" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Clair Ridge DP Template</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H331" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I331" t="n">
         <v>60.0</v>
       </c>
       <c r="J331" t="n">
-        <v>51.0</v>
+        <v>44.0</v>
       </c>
       <c r="K331" t="n">
-        <v>34.4</v>
+        <v>10.0</v>
       </c>
       <c r="L331" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M331" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N331" t="n">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="O331" t="n">
-        <v>9.6</v>
+        <v>39.0</v>
       </c>
       <c r="P331" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q331" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R331" t="n">
+        <v>8.0</v>
       </c>
       <c r="S331" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T331" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.155</v>
+          <t/>
+        </is>
       </c>
       <c r="V331" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X331" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y331" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z331" t="inlineStr">
         <is>
-          <t>Drainage Systems - Pipework Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
           <t>IRS/2025/6850/PON1</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
           <t>14 October 2025 17:00</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E332" t="inlineStr">
@@ -35136,2338 +35108,2336 @@
       </c>
       <c r="V335" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X335" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y335" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z335" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>IRS/2025/6850/PON1</t>
+          <t>IRS/2025/6853/PON1</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>14 October 2025 17:00</t>
+          <t>17 October 2025 08:03</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>Clair Ridge DP Template</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H336" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="I336" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J336" t="n">
-        <v>44.0</v>
+        <v>16.0</v>
       </c>
       <c r="K336" t="n">
-        <v>10.0</v>
+        <v>46.24</v>
       </c>
       <c r="L336" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M336" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N336" t="n">
-        <v>29.0</v>
+        <v>30.0</v>
       </c>
       <c r="O336" t="n">
-        <v>39.0</v>
+        <v>58.04</v>
       </c>
       <c r="P336" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q336" t="n">
-        <v>206.0</v>
+        <v>9.0</v>
       </c>
       <c r="R336" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
       <c r="S336" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T336" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V336" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W336" t="n">
+        <v>24.4</v>
       </c>
       <c r="X336" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z336" t="inlineStr">
         <is>
-          <t/>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>IRS/2025/6853/PON1</t>
+          <t>IRS/2025/6857/PON1</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>17 October 2025 08:03</t>
+          <t>17 October 2025 14:45</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Rough CD Platform</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H337" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="I337" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="J337" t="n">
-        <v>16.0</v>
+        <v>50.0</v>
       </c>
       <c r="K337" t="n">
-        <v>46.24</v>
+        <v>4.0</v>
       </c>
       <c r="L337" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M337" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N337" t="n">
-        <v>30.0</v>
+        <v>26.0</v>
       </c>
       <c r="O337" t="n">
-        <v>58.04</v>
+        <v>34.8</v>
       </c>
       <c r="P337" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q337" t="n">
-        <v>9.0</v>
+        <v>47.0</v>
       </c>
       <c r="R337" t="n">
-        <v>23.0</v>
+        <v>3.0</v>
       </c>
       <c r="S337" t="inlineStr">
         <is>
-          <t/>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="T337" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U337" t="n">
+        <v>4.505E-4</v>
       </c>
       <c r="V337" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
-[...3 lines deleted...]
-        <v>24.4</v>
+          <t/>
+        </is>
       </c>
       <c r="X337" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z337" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t>Sheen - Deluge Testing</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>IRS/2025/6857/PON1</t>
+          <t>IRS/2025/6858/PON1</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>17 October 2025 14:45</t>
+          <t>17 October 2025 15:45</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>Rough CD Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H338" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="I338" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J338" t="n">
-        <v>50.0</v>
+        <v>17.0</v>
       </c>
       <c r="K338" t="n">
-        <v>4.0</v>
+        <v>15.15</v>
       </c>
       <c r="L338" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M338" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N338" t="n">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
       <c r="O338" t="n">
-        <v>34.8</v>
+        <v>41.51</v>
       </c>
       <c r="P338" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q338" t="n">
-        <v>47.0</v>
+        <v>23.0</v>
       </c>
       <c r="R338" t="n">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="S338" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T338" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U338" t="n">
-        <v>4.505E-4</v>
+        <v>2.25E-4</v>
       </c>
       <c r="V338" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X338" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z338" t="inlineStr">
         <is>
-          <t>Sheen - Deluge Testing</t>
+          <t>seal - level transmitter</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>IRS/2025/6858/PON1</t>
+          <t>IRS/2025/6871/PON1</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>17 October 2025 15:45</t>
+          <t>21 October 2025 14:00</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>PERENCO GAS (UK) LIMITED</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Cleeton CW Wellhead Tower</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H339" t="inlineStr">
         <is>
-          <t>LOMOND</t>
+          <t>CLEETON</t>
         </is>
       </c>
       <c r="I339" t="n">
-        <v>57.0</v>
+        <v>54.0</v>
       </c>
       <c r="J339" t="n">
-        <v>17.0</v>
+        <v>2.0</v>
       </c>
       <c r="K339" t="n">
-        <v>15.15</v>
+        <v>0.144</v>
       </c>
       <c r="L339" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M339" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N339" t="n">
-        <v>10.0</v>
+        <v>43.0</v>
       </c>
       <c r="O339" t="n">
-        <v>41.51</v>
+        <v>40.131</v>
       </c>
       <c r="P339" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q339" t="n">
-        <v>23.0</v>
+        <v>42.0</v>
       </c>
       <c r="R339" t="n">
-        <v>21.0</v>
+        <v>29.0</v>
       </c>
       <c r="S339" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T339" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U339" t="n">
+        <v>2.862E-4</v>
       </c>
       <c r="V339" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X339" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z339" t="inlineStr">
         <is>
-          <t/>
+          <t>Wellheads - Spill Whilst Topping Up Annulus</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>IRS/2025/6871/PON1</t>
+          <t>IRS/2025/6872/PON1</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>21 October 2025 14:00</t>
+          <t>21 October 2025 09:27</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
-          <t>PERENCO GAS (UK) LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>Cleeton CW Wellhead Tower</t>
+          <t>Clyde Platform</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H340" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I340" t="n">
-        <v>54.0</v>
+        <v>56.0</v>
       </c>
       <c r="J340" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="K340" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L340" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M340" t="n">
         <v>2.0</v>
       </c>
-      <c r="K340" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N340" t="n">
-        <v>43.0</v>
+        <v>17.0</v>
       </c>
       <c r="O340" t="n">
-        <v>40.131</v>
+        <v>18.0</v>
       </c>
       <c r="P340" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q340" t="n">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
       <c r="R340" t="n">
-        <v>29.0</v>
+        <v>17.0</v>
       </c>
       <c r="S340" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T340" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.862E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V340" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X340" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y340" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z340" t="inlineStr">
         <is>
-          <t>Wellheads - Spill Whilst Topping Up Annulus</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>IRS/2025/6872/PON1</t>
+          <t>IRS/2025/6876/PON1</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>21 October 2025 09:27</t>
+          <t>22 October 2025 08:25</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>Clyde Platform</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H341" t="inlineStr">
+        <is>
+          <t>NELSON</t>
+        </is>
+      </c>
       <c r="I341" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="J341" t="n">
-        <v>27.0</v>
+        <v>39.0</v>
       </c>
       <c r="K341" t="n">
-        <v>10.0</v>
+        <v>44.0</v>
       </c>
       <c r="L341" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M341" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N341" t="n">
-        <v>17.0</v>
+        <v>8.0</v>
       </c>
       <c r="O341" t="n">
-        <v>18.0</v>
+        <v>38.0</v>
       </c>
       <c r="P341" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q341" t="n">
-        <v>30.0</v>
+        <v>22.0</v>
       </c>
       <c r="R341" t="n">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
       <c r="S341" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T341" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V341" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X341" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y341" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z341" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>IRS/2025/6876/PON1</t>
+          <t>IRS/2025/6877/PON1</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>22 October 2025 08:25</t>
+          <t>21 October 2025 19:42</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H342" t="inlineStr">
         <is>
-          <t>NELSON</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="I342" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J342" t="n">
-        <v>39.0</v>
+        <v>27.0</v>
       </c>
       <c r="K342" t="n">
-        <v>44.0</v>
+        <v>40.86</v>
       </c>
       <c r="L342" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M342" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N342" t="n">
-        <v>8.0</v>
+        <v>15.0</v>
       </c>
       <c r="O342" t="n">
-        <v>38.0</v>
+        <v>3.83</v>
       </c>
       <c r="P342" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q342" t="n">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="R342" t="n">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
       <c r="S342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>IRS/2025/6877/PON1</t>
+          <t>IRS/2025/6879/PON1</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>21 October 2025 19:42</t>
+          <t>20 July 2025 04:30</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H343" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I343" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J343" t="n">
-        <v>27.0</v>
+        <v>5.0</v>
       </c>
       <c r="K343" t="n">
-        <v>40.86</v>
+        <v>44.0</v>
       </c>
       <c r="L343" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M343" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N343" t="n">
-        <v>15.0</v>
+        <v>43.0</v>
       </c>
       <c r="O343" t="n">
-        <v>3.83</v>
+        <v>12.0</v>
       </c>
       <c r="P343" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q343" t="n">
-        <v>15.0</v>
+        <v>211.0</v>
       </c>
       <c r="R343" t="n">
-        <v>17.0</v>
+        <v>29.0</v>
       </c>
       <c r="S343" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T343" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U343" t="n">
+        <v>4.0E-4</v>
       </c>
       <c r="V343" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X343" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z343" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>IRS/2025/6879/PON1</t>
+          <t>IRS/2025/6907/PON1</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>20 July 2025 04:30</t>
+          <t>29 October 2025 14:08</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>Brent C Platform</t>
+          <t>Obana</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="H344" t="inlineStr">
         <is>
-          <t>BRENT</t>
+          <t>47/14 Amethyst C1D</t>
         </is>
       </c>
       <c r="I344" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J344" t="n">
-        <v>5.0</v>
+        <v>38.0</v>
       </c>
       <c r="K344" t="n">
-        <v>44.0</v>
+        <v>44.6</v>
       </c>
       <c r="L344" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M344" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N344" t="n">
-        <v>43.0</v>
+        <v>36.0</v>
       </c>
       <c r="O344" t="n">
-        <v>12.0</v>
+        <v>13.5</v>
       </c>
       <c r="P344" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q344" t="n">
-        <v>211.0</v>
+        <v>47.0</v>
       </c>
       <c r="R344" t="n">
-        <v>29.0</v>
+        <v>14.0</v>
       </c>
       <c r="S344" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T344" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U344" t="n">
-        <v>4.0E-4</v>
+        <v>0.0049</v>
       </c>
       <c r="V344" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X344" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z344" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>IRS/2025/6907/PON1</t>
+          <t>IRS/2025/6910/PON1</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>29 October 2025 14:08</t>
+          <t>30 October 2025 09:34</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
-          <t>PETRODEC UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>Obana</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H345" t="inlineStr">
         <is>
-          <t>47/14 Amethyst C1D</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I345" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J345" t="n">
-        <v>38.0</v>
+        <v>21.0</v>
       </c>
       <c r="K345" t="n">
-        <v>44.6</v>
+        <v>25.2</v>
       </c>
       <c r="L345" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M345" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="N345" t="n">
-        <v>36.0</v>
+        <v>3.0</v>
       </c>
       <c r="O345" t="n">
-        <v>13.5</v>
+        <v>57.6</v>
       </c>
       <c r="P345" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q345" t="n">
-        <v>47.0</v>
+        <v>204.0</v>
       </c>
       <c r="R345" t="n">
-        <v>14.0</v>
+        <v>20.0</v>
       </c>
       <c r="S345" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T345" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U345" t="n">
-        <v>0.0049</v>
+        <v>0.0522</v>
       </c>
       <c r="V345" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X345" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z345" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>IRS/2025/6910/PON1</t>
+          <t>IRS/2025/6913/PON1</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>30 October 2025 09:34</t>
+          <t>31 October 2025 10:45</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E346" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H346" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>MUNGO</t>
         </is>
       </c>
       <c r="I346" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J346" t="n">
-        <v>21.0</v>
+        <v>17.0</v>
       </c>
       <c r="K346" t="n">
-        <v>25.2</v>
+        <v>42.0</v>
       </c>
       <c r="L346" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M346" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N346" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="O346" t="n">
-        <v>57.6</v>
+        <v>46.0</v>
       </c>
       <c r="P346" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q346" t="n">
-        <v>204.0</v>
+        <v>22.0</v>
       </c>
       <c r="R346" t="n">
         <v>20.0</v>
       </c>
       <c r="S346" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T346" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0522</v>
+          <t/>
+        </is>
       </c>
       <c r="V346" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X346" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y346" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z346" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Fitting / Connections</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>IRS/2025/6913/PON1</t>
+          <t>IRS/2025/6928/PON1</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>31 October 2025 10:45</t>
+          <t>03 November 2025 12:20</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+          <t>NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>Mungo NUI Platform</t>
+          <t>Global Producer III</t>
         </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H347" t="inlineStr">
         <is>
-          <t>MUNGO</t>
+          <t>DONAN</t>
         </is>
       </c>
       <c r="I347" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J347" t="n">
-        <v>17.0</v>
+        <v>21.0</v>
       </c>
       <c r="K347" t="n">
-        <v>42.0</v>
+        <v>38.6</v>
       </c>
       <c r="L347" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M347" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N347" t="n">
-        <v>39.0</v>
+        <v>52.0</v>
       </c>
       <c r="O347" t="n">
-        <v>46.0</v>
+        <v>4.69</v>
       </c>
       <c r="P347" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q347" t="n">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="R347" t="n">
         <v>20.0</v>
       </c>
       <c r="S347" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T347" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U347" t="n">
+        <v>0.15</v>
       </c>
       <c r="V347" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X347" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z347" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>IRS/2025/6928/PON1</t>
+          <t>IRS/2025/6937/PON1</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>03 November 2025 12:20</t>
+          <t>23 October 2025 11:00</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E348" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>Global Producer III</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G348" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H348" t="inlineStr">
         <is>
-          <t>DONAN</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="I348" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J348" t="n">
-        <v>21.0</v>
+        <v>57.0</v>
       </c>
       <c r="K348" t="n">
-        <v>38.6</v>
+        <v>26.0</v>
       </c>
       <c r="L348" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M348" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N348" t="n">
-        <v>52.0</v>
+        <v>50.0</v>
       </c>
       <c r="O348" t="n">
-        <v>4.69</v>
+        <v>42.0</v>
       </c>
       <c r="P348" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q348" t="n">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
       <c r="R348" t="n">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
       <c r="S348" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T348" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.15</v>
+          <t/>
+        </is>
       </c>
       <c r="V348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X348" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y348" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z348" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>IRS/2025/6937/PON1</t>
+          <t>IRS/2025/6939/PON1</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>23 October 2025 11:00</t>
+          <t>05 November 2025 16:00</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G349" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H349" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="I349" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J349" t="n">
-        <v>57.0</v>
+        <v>37.0</v>
       </c>
       <c r="K349" t="n">
-        <v>26.0</v>
+        <v>12.45</v>
       </c>
       <c r="L349" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M349" t="n">
         <v>1.0</v>
       </c>
       <c r="N349" t="n">
-        <v>50.0</v>
+        <v>18.0</v>
       </c>
       <c r="O349" t="n">
-        <v>42.0</v>
+        <v>25.96</v>
       </c>
       <c r="P349" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q349" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R349" t="n">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
       <c r="S349" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T349" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U349" t="n">
+        <v>0.001059</v>
       </c>
       <c r="V349" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X349" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z349" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>IRS/2025/6939/PON1</t>
+          <t>IRS/2025/6942/PON1</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>05 November 2025 16:00</t>
+          <t>06 November 2025 06:00</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Guillemot A Manifold</t>
         </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H350" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>GUILLEMOT A</t>
         </is>
       </c>
       <c r="I350" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J350" t="n">
-        <v>37.0</v>
+        <v>5.0</v>
       </c>
       <c r="K350" t="n">
-        <v>12.45</v>
+        <v>2.214</v>
       </c>
       <c r="L350" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M350" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N350" t="n">
-        <v>18.0</v>
+        <v>53.0</v>
       </c>
       <c r="O350" t="n">
-        <v>25.96</v>
+        <v>38.24</v>
       </c>
       <c r="P350" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q350" t="n">
-        <v>211.0</v>
+        <v>21.0</v>
       </c>
       <c r="R350" t="n">
-        <v>12.0</v>
+        <v>30.0</v>
       </c>
       <c r="S350" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T350" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.001059</v>
+          <t/>
+        </is>
       </c>
       <c r="V350" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X350" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y350" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z350" t="inlineStr">
         <is>
-          <t>Diesel Systems - Pinhole Leak</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>IRS/2025/6942/PON1</t>
+          <t>IRS/2025/6943/PON1</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>06 November 2025 06:00</t>
+          <t>06 November 2025 07:30</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>PERENCO GAS (UK) LIMITED</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>Guillemot A Manifold</t>
+          <t>Hyde Platform</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H351" t="inlineStr">
         <is>
-          <t>GUILLEMOT A</t>
+          <t>WEST SOLE</t>
         </is>
       </c>
       <c r="I351" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J351" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="K351" t="n">
-        <v>2.214</v>
+        <v>23.6</v>
       </c>
       <c r="L351" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M351" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N351" t="n">
-        <v>53.0</v>
+        <v>1.0</v>
       </c>
       <c r="O351" t="n">
-        <v>38.24</v>
+        <v>37.8</v>
       </c>
       <c r="P351" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q351" t="n">
-        <v>21.0</v>
+        <v>48.0</v>
       </c>
       <c r="R351" t="n">
-        <v>30.0</v>
+        <v>6.0</v>
       </c>
       <c r="S351" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T351" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V351" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X351" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y351" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z351" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>IRS/2025/6943/PON1</t>
+          <t>IRS/2025/6944/PON1</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>06 November 2025 07:30</t>
+          <t>06 November 2025 08:00</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E352" t="inlineStr">
         <is>
-          <t>PERENCO GAS (UK) LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>Hyde Platform</t>
+          <t>Beryl B Platform</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H352" t="inlineStr">
         <is>
-          <t>WEST SOLE</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I352" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="J352" t="n">
-        <v>48.0</v>
+        <v>36.0</v>
       </c>
       <c r="K352" t="n">
-        <v>23.6</v>
+        <v>37.23</v>
       </c>
       <c r="L352" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M352" t="n">
         <v>1.0</v>
       </c>
       <c r="N352" t="n">
-        <v>1.0</v>
+        <v>30.0</v>
       </c>
       <c r="O352" t="n">
-        <v>37.8</v>
+        <v>45.87</v>
       </c>
       <c r="P352" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q352" t="n">
-        <v>48.0</v>
+        <v>9.0</v>
       </c>
       <c r="R352" t="n">
-        <v>6.0</v>
+        <v>13.0</v>
       </c>
       <c r="S352" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T352" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V352" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X352" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y352" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z352" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>IRS/2025/6944/PON1</t>
+          <t>IRS/2025/6948/PON1</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>06 November 2025 08:00</t>
+          <t>07 November 2025 12:50</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E353" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>Beryl B Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H353" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I353" t="n">
-        <v>59.0</v>
+        <v>52.0</v>
       </c>
       <c r="J353" t="n">
-        <v>36.0</v>
+        <v>1.0</v>
       </c>
       <c r="K353" t="n">
-        <v>37.23</v>
+        <v>53.0</v>
       </c>
       <c r="L353" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M353" t="n">
         <v>1.0</v>
       </c>
       <c r="N353" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="O353" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="P353" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q353" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R353" t="n">
         <v>30.0</v>
       </c>
-      <c r="O353" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="S353" t="inlineStr">
         <is>
-          <t/>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T353" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U353" t="n">
+        <v>8.56224E-4</v>
       </c>
       <c r="V353" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X353" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z353" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>IRS/2025/6948/PON1</t>
+          <t>IRS/2025/6950/PON1</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>07 November 2025 12:50</t>
+          <t>09 November 2025 09:50</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E354" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H354" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
       <c r="I354" t="n">
-        <v>52.0</v>
+        <v>60.0</v>
       </c>
       <c r="J354" t="n">
-        <v>1.0</v>
+        <v>44.0</v>
       </c>
       <c r="K354" t="n">
-        <v>53.0</v>
+        <v>10.0</v>
       </c>
       <c r="L354" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M354" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N354" t="n">
-        <v>57.0</v>
+        <v>29.0</v>
       </c>
       <c r="O354" t="n">
-        <v>19.0</v>
+        <v>39.0</v>
       </c>
       <c r="P354" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q354" t="n">
-        <v>22.0</v>
+        <v>206.0</v>
       </c>
       <c r="R354" t="n">
-        <v>30.0</v>
+        <v>8.0</v>
       </c>
       <c r="S354" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T354" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U354" t="n">
-        <v>8.56224E-4</v>
+        <v>5.0E-6</v>
       </c>
       <c r="V354" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X354" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z354" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>IRS/2025/6950/PON1</t>
+          <t>IRS/2025/6955/PON1</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>09 November 2025 09:50</t>
+          <t>10 November 2025 02:46</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E355" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ITHACA ENERGY PLC</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H355" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>Area B - Subsea</t>
         </is>
       </c>
       <c r="I355" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J355" t="n">
-        <v>44.0</v>
+        <v>18.0</v>
       </c>
       <c r="K355" t="n">
-        <v>10.0</v>
+        <v>1.428</v>
       </c>
       <c r="L355" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M355" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N355" t="n">
-        <v>29.0</v>
+        <v>42.0</v>
       </c>
       <c r="O355" t="n">
-        <v>39.0</v>
+        <v>27.716</v>
       </c>
       <c r="P355" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
-      <c r="Q355" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S355" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T355" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>5.0E-6</v>
+          <t/>
+        </is>
       </c>
       <c r="V355" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X355" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y355" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z355" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Vessel</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>IRS/2025/6955/PON1</t>
+          <t>IRS/2025/6957/PON1</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>10 November 2025 02:46</t>
+          <t>10 November 2025 10:40</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E356" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY PLC</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Beryl A Platform</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H356" t="inlineStr">
         <is>
-          <t>Area B - Subsea</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I356" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="J356" t="n">
-        <v>18.0</v>
+        <v>32.0</v>
       </c>
       <c r="K356" t="n">
-        <v>1.428</v>
+        <v>44.47</v>
       </c>
       <c r="L356" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M356" t="n">
         <v>1.0</v>
       </c>
       <c r="N356" t="n">
-        <v>42.0</v>
+        <v>32.0</v>
       </c>
       <c r="O356" t="n">
-        <v>27.716</v>
+        <v>16.45</v>
       </c>
       <c r="P356" t="inlineStr">
         <is>
-          <t>West</t>
-        </is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q356" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R356" t="n">
+        <v>13.0</v>
       </c>
       <c r="S356" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T356" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U356" t="n">
+        <v>0.003843</v>
       </c>
       <c r="V356" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X356" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z356" t="inlineStr">
         <is>
-          <t/>
+          <t>Bunkering Hose - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>IRS/2025/6957/PON1</t>
+          <t>IRS/2025/6963/PON1</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>10 November 2025 10:40</t>
+          <t>12 November 2025 10:05</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E357" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>Beryl A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H357" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="I357" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="J357" t="n">
-        <v>32.0</v>
+        <v>41.0</v>
       </c>
       <c r="K357" t="n">
-        <v>44.47</v>
+        <v>48.3</v>
       </c>
       <c r="L357" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M357" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N357" t="n">
-        <v>32.0</v>
+        <v>20.0</v>
       </c>
       <c r="O357" t="n">
-        <v>16.45</v>
+        <v>13.35</v>
       </c>
       <c r="P357" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q357" t="n">
-        <v>9.0</v>
+        <v>30.0</v>
       </c>
       <c r="R357" t="n">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
       <c r="S357" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T357" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.003843</v>
+          <t/>
+        </is>
       </c>
       <c r="V357" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X357" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y357" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z357" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Open To Environment</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
           <t>IRS/2025/6963/PON1</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
           <t>12 November 2025 10:05</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E358" t="inlineStr">
@@ -37536,251 +37506,1196 @@
       </c>
       <c r="V358" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X358" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y358" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z358" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>IRS/2025/6963/PON1</t>
+          <t>IRS/2025/6968/PON1</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>12 November 2025 10:05</t>
+          <t>15 November 2025 09:15</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E359" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENI</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Valaris 72</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H359" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>HAMILTON</t>
         </is>
       </c>
       <c r="I359" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J359" t="n">
-        <v>41.0</v>
+        <v>34.0</v>
       </c>
       <c r="K359" t="n">
-        <v>48.3</v>
+        <v>1.0</v>
       </c>
       <c r="L359" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M359" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N359" t="n">
-        <v>20.0</v>
+        <v>27.0</v>
       </c>
       <c r="O359" t="n">
-        <v>13.35</v>
+        <v>11.0</v>
       </c>
       <c r="P359" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q359" t="n">
-        <v>30.0</v>
+        <v>110.0</v>
       </c>
       <c r="R359" t="n">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
       <c r="S359" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T359" t="inlineStr">
         <is>
-          <t/>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="V359" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X359" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z359" t="inlineStr">
         <is>
-          <t/>
+          <t>Bunkering Hose - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>IRS/2025/6968/PON1</t>
+          <t>IRS/2025/6979/PON1</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C360" t="inlineStr">
+        <is>
+          <t>18 November 2025 06:00</t>
+        </is>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E360" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F360" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H360" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="I360" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J360" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K360" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="L360" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M360" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N360" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="O360" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="P360" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q360" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="R360" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="S360" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T360" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V360" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X360" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y360" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z360" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="inlineStr">
+        <is>
+          <t>IRS/2025/6984/PON1</t>
+        </is>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C361" t="inlineStr">
+        <is>
+          <t>10 November 2025 08:10</t>
+        </is>
+      </c>
+      <c r="D361" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E361" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED, DOLPHIN DRILLING LIMITED</t>
+        </is>
+      </c>
+      <c r="F361" t="inlineStr">
+        <is>
+          <t>Paul B. Loyd, Jnr</t>
+        </is>
+      </c>
+      <c r="G361" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H361" t="inlineStr">
+        <is>
+          <t>JOANNE</t>
+        </is>
+      </c>
+      <c r="I361" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J361" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K361" t="n">
+        <v>44.35</v>
+      </c>
+      <c r="L361" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M361" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N361" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="O361" t="n">
+        <v>50.3</v>
+      </c>
+      <c r="P361" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q361" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="R361" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="S361" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T361" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V361" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X361" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y361" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z361" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="inlineStr">
+        <is>
+          <t>IRS/2025/6996/PON1</t>
+        </is>
+      </c>
+      <c r="B362" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C362" t="inlineStr">
+        <is>
+          <t>22 November 2025 16:30</t>
+        </is>
+      </c>
+      <c r="D362" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E362" t="inlineStr">
+        <is>
+          <t>alwyn</t>
+        </is>
+      </c>
+      <c r="F362" t="inlineStr">
+        <is>
+          <t>Alwyn North NAA Platform</t>
+        </is>
+      </c>
+      <c r="G362" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I362" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J362" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="K362" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="L362" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M362" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N362" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="O362" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="P362" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q362" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="R362" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="S362" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T362" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V362" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X362" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y362" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z362" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="inlineStr">
+        <is>
+          <t>IRS/2025/6998/PON1</t>
+        </is>
+      </c>
+      <c r="B363" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C363" t="inlineStr">
+        <is>
+          <t>23 November 2025 08:15</t>
+        </is>
+      </c>
+      <c r="D363" t="inlineStr">
+        <is>
+          <t>Oil release, Chemical release</t>
+        </is>
+      </c>
+      <c r="E363" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="F363" t="inlineStr">
+        <is>
+          <t>Claymore A Platform</t>
+        </is>
+      </c>
+      <c r="G363" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H363" t="inlineStr">
+        <is>
+          <t>CLAYMORE</t>
+        </is>
+      </c>
+      <c r="I363" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J363" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="K363" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="L363" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M363" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N363" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O363" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="P363" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q363" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="R363" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="S363" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T363" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V363" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X363" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y363" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z363" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="inlineStr">
+        <is>
+          <t>IRS/2025/7004/PON1</t>
+        </is>
+      </c>
+      <c r="B364" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C364" t="inlineStr">
+        <is>
+          <t>24 November 2025 11:10</t>
+        </is>
+      </c>
+      <c r="D364" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E364" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F364" t="inlineStr">
+        <is>
+          <t>Clipper PT Platform</t>
+        </is>
+      </c>
+      <c r="G364" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H364" t="inlineStr">
+        <is>
+          <t>SOLE PIT</t>
+        </is>
+      </c>
+      <c r="I364" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J364" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="K364" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="L364" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M364" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N364" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="O364" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="P364" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q364" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="R364" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="S364" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T364" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V364" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X364" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y364" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z364" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" t="inlineStr">
+        <is>
+          <t>IRS/2025/7036/PON1</t>
+        </is>
+      </c>
+      <c r="B365" t="inlineStr">
+        <is>
           <t>Completed</t>
         </is>
       </c>
-      <c r="C360" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D360" t="inlineStr">
+      <c r="C365" t="inlineStr">
+        <is>
+          <t>02 December 2025 00:59</t>
+        </is>
+      </c>
+      <c r="D365" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
-      <c r="E360" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I360" t="n">
+      <c r="E365" t="inlineStr">
+        <is>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="F365" t="inlineStr">
+        <is>
+          <t>BW Catcher</t>
+        </is>
+      </c>
+      <c r="G365" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H365" t="inlineStr">
+        <is>
+          <t>CATCHER</t>
+        </is>
+      </c>
+      <c r="I365" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J365" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="K365" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="L365" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M365" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N365" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="O365" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P365" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q365" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="R365" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="S365" t="inlineStr">
+        <is>
+          <t>Crude</t>
+        </is>
+      </c>
+      <c r="T365" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U365" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="V365" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X365" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z365" t="inlineStr">
+        <is>
+          <t>FPSOs, etc. - Offloading Hose - Failure</t>
+        </is>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" t="inlineStr">
+        <is>
+          <t>IRS/2025/7046/PON1</t>
+        </is>
+      </c>
+      <c r="B366" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C366" t="inlineStr">
+        <is>
+          <t>03 December 2025 04:00</t>
+        </is>
+      </c>
+      <c r="D366" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E366" t="inlineStr">
+        <is>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="F366" t="inlineStr">
+        <is>
+          <t>Armada Platform</t>
+        </is>
+      </c>
+      <c r="G366" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H366" t="inlineStr">
+        <is>
+          <t>FLEMING</t>
+        </is>
+      </c>
+      <c r="I366" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J366" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="K366" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L366" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M366" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N366" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="O366" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="P366" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q366" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R366" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="S366" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T366" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U366" t="n">
+        <v>0.03794</v>
+      </c>
+      <c r="V366" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X366" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z366" t="inlineStr">
+        <is>
+          <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
+        </is>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" t="inlineStr">
+        <is>
+          <t>IRS/2025/7056/PON1</t>
+        </is>
+      </c>
+      <c r="B367" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C367" t="inlineStr">
+        <is>
+          <t>05 December 2025 15:30</t>
+        </is>
+      </c>
+      <c r="D367" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E367" t="inlineStr">
+        <is>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+        </is>
+      </c>
+      <c r="F367" t="inlineStr">
+        <is>
+          <t>Rough BD Platform</t>
+        </is>
+      </c>
+      <c r="G367" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H367" t="inlineStr">
+        <is>
+          <t>ROUGH</t>
+        </is>
+      </c>
+      <c r="I367" t="n">
         <v>53.0</v>
       </c>
-      <c r="J360" t="n">
-[...2 lines deleted...]
-      <c r="K360" t="n">
+      <c r="J367" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="K367" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="L367" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M367" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N367" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="O367" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="P367" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q367" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="R367" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="S367" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T367" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V367" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X367" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y367" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z367" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" t="inlineStr">
+        <is>
+          <t>IRS/2025/7066/PON1</t>
+        </is>
+      </c>
+      <c r="B368" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C368" t="inlineStr">
+        <is>
+          <t>07 December 2025 16:10</t>
+        </is>
+      </c>
+      <c r="D368" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E368" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F368" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H368" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="I368" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J368" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="K368" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="L368" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M368" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N368" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O368" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="P368" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q368" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R368" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="S368" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T368" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V368" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X368" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y368" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z368" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" t="inlineStr">
+        <is>
+          <t>IRS/2025/7070/PON1</t>
+        </is>
+      </c>
+      <c r="B369" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C369" t="inlineStr">
+        <is>
+          <t>09 December 2025 05:52</t>
+        </is>
+      </c>
+      <c r="D369" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E369" t="inlineStr">
+        <is>
+          <t>ADURA ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="F369" t="inlineStr">
+        <is>
+          <t>P-4200 Seawater lift pump</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H369" t="inlineStr">
+        <is>
+          <t>NELSON</t>
+        </is>
+      </c>
+      <c r="I369" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J369" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="K369" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="L369" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M369" t="n">
         <v>1.0</v>
       </c>
-      <c r="L360" t="inlineStr">
-[...10 lines deleted...]
-      <c r="O360" t="n">
+      <c r="N369" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O369" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="P369" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q369" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R369" t="n">
         <v>11.0</v>
       </c>
-      <c r="P360" t="inlineStr">
-[...32 lines deleted...]
-          <t>Bunkering Hose - Pinhole Leak</t>
+      <c r="S369" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T369" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V369" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X369" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y369" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z369" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>