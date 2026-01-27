--- v4 (2026-01-06)
+++ v5 (2026-01-27)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z369"/>
+  <dimension ref="A2:Z374"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -2383,51 +2383,51 @@
       </c>
       <c r="V18" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X18" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z18" t="inlineStr">
         <is>
           <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>IRS/2025/5657/PON1</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>14 January 2025 15:00</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -2452,76 +2452,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M19" t="n">
         <v>4.0</v>
       </c>
       <c r="N19" t="n">
         <v>4.0</v>
       </c>
       <c r="O19" t="n">
         <v>4.269</v>
       </c>
       <c r="P19" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q19" t="n">
         <v>204.0</v>
       </c>
       <c r="R19" t="n">
         <v>20.0</v>
       </c>
       <c r="S19" t="inlineStr">
         <is>
-          <t/>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="T19" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U19" t="n">
+        <v>2.592E-6</v>
       </c>
       <c r="V19" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X19" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z19" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>IRS/2025/5667/PON1</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>19 January 2025 08:00</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
@@ -4866,51 +4864,51 @@
       </c>
       <c r="V42" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X42" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z42" t="inlineStr">
         <is>
           <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>IRS/2025/5737/PON1</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>02 February 2025 01:00</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -4940,66 +4938,64 @@
         <v>6.0</v>
       </c>
       <c r="P43" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q43" t="n">
         <v>13.0</v>
       </c>
       <c r="R43" t="n">
         <v>22.0</v>
       </c>
       <c r="S43" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T43" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V43" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM CHLORIDE BRINE</t>
+        </is>
+      </c>
+      <c r="W43" t="n">
+        <v>4712.0</v>
       </c>
       <c r="X43" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z43" t="inlineStr">
         <is>
-          <t/>
+          <t>Mud Pump - pump seal</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>IRS/2025/5749/PON1</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>04 February 2025 13:00</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
@@ -24941,55 +24937,55 @@
         <v>1.0</v>
       </c>
       <c r="N236" t="n">
         <v>12.0</v>
       </c>
       <c r="O236" t="n">
         <v>27.977</v>
       </c>
       <c r="P236" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S236" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T236" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V236" t="inlineStr">
         <is>
-          <t>DEFOAM PLUS NS</t>
+          <t>SODA ASH</t>
         </is>
       </c>
       <c r="W236" t="n">
-        <v>0.007</v>
+        <v>0.004</v>
       </c>
       <c r="X236" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z236" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
@@ -25039,55 +25035,55 @@
         <v>1.0</v>
       </c>
       <c r="N237" t="n">
         <v>12.0</v>
       </c>
       <c r="O237" t="n">
         <v>27.977</v>
       </c>
       <c r="P237" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S237" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T237" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V237" t="inlineStr">
         <is>
-          <t>SODA ASH</t>
+          <t>Soltex® Additive</t>
         </is>
       </c>
       <c r="W237" t="n">
-        <v>0.004</v>
+        <v>0.086</v>
       </c>
       <c r="X237" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z237" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
@@ -25137,55 +25133,55 @@
         <v>1.0</v>
       </c>
       <c r="N238" t="n">
         <v>12.0</v>
       </c>
       <c r="O238" t="n">
         <v>27.977</v>
       </c>
       <c r="P238" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S238" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T238" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V238" t="inlineStr">
         <is>
-          <t>POTASSIUM CHLORIDE</t>
+          <t>DEFOAM PLUS NS</t>
         </is>
       </c>
       <c r="W238" t="n">
-        <v>7.772</v>
+        <v>0.007</v>
       </c>
       <c r="X238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z238" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
@@ -25235,55 +25231,55 @@
         <v>1.0</v>
       </c>
       <c r="N239" t="n">
         <v>12.0</v>
       </c>
       <c r="O239" t="n">
         <v>27.977</v>
       </c>
       <c r="P239" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S239" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T239" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V239" t="inlineStr">
         <is>
-          <t>POLYPAC - All Grades</t>
+          <t>POTASSIUM CHLORIDE</t>
         </is>
       </c>
       <c r="W239" t="n">
-        <v>0.043</v>
+        <v>7.772</v>
       </c>
       <c r="X239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z239" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
@@ -25333,55 +25329,55 @@
         <v>1.0</v>
       </c>
       <c r="N240" t="n">
         <v>12.0</v>
       </c>
       <c r="O240" t="n">
         <v>27.977</v>
       </c>
       <c r="P240" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S240" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T240" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V240" t="inlineStr">
         <is>
-          <t>M-I WATE (All Grades)</t>
+          <t>POLYPAC - All Grades</t>
         </is>
       </c>
       <c r="W240" t="n">
-        <v>1.498</v>
+        <v>0.043</v>
       </c>
       <c r="X240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z240" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
@@ -25431,55 +25427,55 @@
         <v>1.0</v>
       </c>
       <c r="N241" t="n">
         <v>12.0</v>
       </c>
       <c r="O241" t="n">
         <v>27.977</v>
       </c>
       <c r="P241" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S241" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T241" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V241" t="inlineStr">
         <is>
-          <t>GLYDRIL MC</t>
+          <t>M-I WATE (All Grades)</t>
         </is>
       </c>
       <c r="W241" t="n">
-        <v>0.405</v>
+        <v>1.498</v>
       </c>
       <c r="X241" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z241" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
@@ -25529,55 +25525,55 @@
         <v>1.0</v>
       </c>
       <c r="N242" t="n">
         <v>12.0</v>
       </c>
       <c r="O242" t="n">
         <v>27.977</v>
       </c>
       <c r="P242" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S242" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T242" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V242" t="inlineStr">
         <is>
-          <t>DUO-VIS</t>
+          <t>GLYDRIL MC</t>
         </is>
       </c>
       <c r="W242" t="n">
-        <v>0.036</v>
+        <v>0.405</v>
       </c>
       <c r="X242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z242" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
@@ -25627,55 +25623,55 @@
         <v>1.0</v>
       </c>
       <c r="N243" t="n">
         <v>12.0</v>
       </c>
       <c r="O243" t="n">
         <v>27.977</v>
       </c>
       <c r="P243" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S243" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T243" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V243" t="inlineStr">
         <is>
-          <t>DRILLING STARCH</t>
+          <t>DUO-VIS</t>
         </is>
       </c>
       <c r="W243" t="n">
-        <v>0.057</v>
+        <v>0.036</v>
       </c>
       <c r="X243" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z243" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
@@ -25725,55 +25721,55 @@
         <v>1.0</v>
       </c>
       <c r="N244" t="n">
         <v>12.0</v>
       </c>
       <c r="O244" t="n">
         <v>27.977</v>
       </c>
       <c r="P244" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S244" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T244" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V244" t="inlineStr">
         <is>
-          <t>CAUSTIC SODA</t>
+          <t>DRILLING STARCH</t>
         </is>
       </c>
       <c r="W244" t="n">
-        <v>0.004</v>
+        <v>0.057</v>
       </c>
       <c r="X244" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z244" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
@@ -25823,55 +25819,55 @@
         <v>1.0</v>
       </c>
       <c r="N245" t="n">
         <v>12.0</v>
       </c>
       <c r="O245" t="n">
         <v>27.977</v>
       </c>
       <c r="P245" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S245" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T245" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V245" t="inlineStr">
         <is>
-          <t>Soltex® Additive</t>
+          <t>CAUSTIC SODA</t>
         </is>
       </c>
       <c r="W245" t="n">
-        <v>0.086</v>
+        <v>0.004</v>
       </c>
       <c r="X245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z245" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>IRS/2025/6497/PON1</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
@@ -29362,51 +29358,51 @@
       </c>
       <c r="V279" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X279" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z279" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
           <t>IRS/2025/6670/PON1</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
           <t>10 September 2025 13:45</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
           <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -29431,76 +29427,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M280" t="n">
         <v>4.0</v>
       </c>
       <c r="N280" t="n">
         <v>3.0</v>
       </c>
       <c r="O280" t="n">
         <v>57.6</v>
       </c>
       <c r="P280" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q280" t="n">
         <v>204.0</v>
       </c>
       <c r="R280" t="n">
         <v>20.0</v>
       </c>
       <c r="S280" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T280" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U280" t="n">
+        <v>0.00353</v>
       </c>
       <c r="V280" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X280" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z280" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - Failure Of Equipment</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
           <t>IRS/2025/6671/PON1</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
           <t>11 September 2025 06:00</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
@@ -30089,51 +30083,51 @@
       </c>
       <c r="V286" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X286" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z286" t="inlineStr">
         <is>
           <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>IRS/2025/6735/PON1</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
           <t>24 September 2025 18:30</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
           <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
           <t>Britannia Platform</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -30158,76 +30152,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M287" t="n">
         <v>1.0</v>
       </c>
       <c r="N287" t="n">
         <v>8.0</v>
       </c>
       <c r="O287" t="n">
         <v>19.54</v>
       </c>
       <c r="P287" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q287" t="n">
         <v>16.0</v>
       </c>
       <c r="R287" t="n">
         <v>26.0</v>
       </c>
       <c r="S287" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T287" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U287" t="n">
+        <v>0.002695</v>
       </c>
       <c r="V287" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X287" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z287" t="inlineStr">
         <is>
-          <t/>
+          <t>Flaring/Venting - LTC compressor lube oil vent</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>IRS/2025/6743/PON1</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>27 September 2025 01:27</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
@@ -31024,51 +31016,51 @@
       </c>
       <c r="V295" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X295" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z295" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
           <t>IRS/2025/6791/PON1</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
           <t>05 October 2025 12:00</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
           <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
           <t>Britannia BLP</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -31103,66 +31095,64 @@
         <v>28.56</v>
       </c>
       <c r="P296" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q296" t="n">
         <v>16.0</v>
       </c>
       <c r="R296" t="n">
         <v>26.0</v>
       </c>
       <c r="S296" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T296" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V296" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>METHANOL</t>
+        </is>
+      </c>
+      <c r="W296" t="n">
+        <v>0.5</v>
       </c>
       <c r="X296" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z296" t="inlineStr">
         <is>
-          <t/>
+          <t>Chemical Injection - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
           <t>IRS/2025/6804/PON1</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
           <t>26 July 2025 21:02</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
@@ -31541,51 +31531,51 @@
       </c>
       <c r="X300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
           <t>IRS/2025/6813/PON1</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
           <t>08 October 2025 11:30</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
           <t>21/20A-P1</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -31610,76 +31600,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M301" t="n">
         <v>0.0</v>
       </c>
       <c r="N301" t="n">
         <v>49.0</v>
       </c>
       <c r="O301" t="n">
         <v>18.867</v>
       </c>
       <c r="P301" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q301" t="n">
         <v>21.0</v>
       </c>
       <c r="R301" t="n">
         <v>20.0</v>
       </c>
       <c r="S301" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T301" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U301" t="n">
+        <v>0.2149425</v>
       </c>
       <c r="V301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X301" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z301" t="inlineStr">
         <is>
-          <t/>
+          <t>Subsea Pipelines - release from spoolpiece on subsea tree</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
           <t>IRS/2025/6814/PON1</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <t>09 October 2025 06:30</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
@@ -33574,61 +33562,66 @@
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
           <t>IRS/2025/6823/PON1</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
           <t>10 October 2025 22:30</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>ENI UK LIMITED, VALARIS PLC</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
           <t>Valaris 72</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H321" t="inlineStr">
+        <is>
+          <t>HAMILTON</t>
         </is>
       </c>
       <c r="I321" t="n">
         <v>53.0</v>
       </c>
       <c r="J321" t="n">
         <v>33.0</v>
       </c>
       <c r="K321" t="n">
         <v>57.5</v>
       </c>
       <c r="L321" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M321" t="n">
         <v>3.0</v>
       </c>
       <c r="N321" t="n">
         <v>27.0</v>
       </c>
       <c r="O321" t="n">
         <v>16.2</v>
       </c>
@@ -37095,51 +37088,51 @@
       </c>
       <c r="V354" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X354" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z354" t="inlineStr">
         <is>
           <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
           <t>IRS/2025/6955/PON1</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
           <t>10 November 2025 02:46</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E355" t="inlineStr">
         <is>
           <t>ITHACA ENERGY PLC</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
           <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -37158,76 +37151,74 @@
       </c>
       <c r="K355" t="n">
         <v>1.428</v>
       </c>
       <c r="L355" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M355" t="n">
         <v>1.0</v>
       </c>
       <c r="N355" t="n">
         <v>42.0</v>
       </c>
       <c r="O355" t="n">
         <v>27.716</v>
       </c>
       <c r="P355" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="S355" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T355" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U355" t="n">
+        <v>1.8E-5</v>
       </c>
       <c r="V355" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X355" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z355" t="inlineStr">
         <is>
-          <t/>
+          <t>Subsea Intervention Work - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
           <t>IRS/2025/6957/PON1</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
           <t>10 November 2025 10:40</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E356" t="inlineStr">
@@ -37612,51 +37603,51 @@
       </c>
       <c r="V359" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X359" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z359" t="inlineStr">
         <is>
           <t>Bunkering Hose - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
           <t>IRS/2025/6979/PON1</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
           <t>18 November 2025 06:00</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E360" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -37691,78 +37682,76 @@
         <v>13.35</v>
       </c>
       <c r="P360" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q360" t="n">
         <v>30.0</v>
       </c>
       <c r="R360" t="n">
         <v>7.0</v>
       </c>
       <c r="S360" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T360" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V360" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Bioguard Plus</t>
+        </is>
+      </c>
+      <c r="W360" t="n">
+        <v>0.008652</v>
       </c>
       <c r="X360" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z360" t="inlineStr">
         <is>
-          <t/>
+          <t>Entrained Chemicals - Utility System</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
           <t>IRS/2025/6984/PON1</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
           <t>10 November 2025 08:10</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E361" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED, DOLPHIN DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
           <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -37797,66 +37786,64 @@
         <v>50.3</v>
       </c>
       <c r="P361" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q361" t="n">
         <v>30.0</v>
       </c>
       <c r="R361" t="n">
         <v>7.0</v>
       </c>
       <c r="S361" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T361" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V361" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Brayco Micronic SV/4</t>
+        </is>
+      </c>
+      <c r="W361" t="n">
+        <v>0.84</v>
       </c>
       <c r="X361" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z361" t="inlineStr">
         <is>
-          <t/>
+          <t>Tree - hydraulic fitting</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
           <t>IRS/2025/6996/PON1</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
           <t>22 November 2025 16:30</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E362" t="inlineStr">
@@ -38031,51 +38018,51 @@
       </c>
       <c r="X363" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y363" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z363" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
           <t>IRS/2025/7004/PON1</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
           <t>24 November 2025 11:10</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E364" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
           <t>Clipper PT Platform</t>
         </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -38100,76 +38087,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M364" t="n">
         <v>1.0</v>
       </c>
       <c r="N364" t="n">
         <v>43.0</v>
       </c>
       <c r="O364" t="n">
         <v>56.0</v>
       </c>
       <c r="P364" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q364" t="n">
         <v>48.0</v>
       </c>
       <c r="R364" t="n">
         <v>19.0</v>
       </c>
       <c r="S364" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T364" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U364" t="n">
+        <v>0.7391</v>
       </c>
       <c r="V364" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X364" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z364" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
           <t>IRS/2025/7036/PON1</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
           <t>02 December 2025 00:59</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E365" t="inlineStr">
@@ -38652,50 +38637,568 @@
         </is>
       </c>
       <c r="T369" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V369" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X369" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y369" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z369" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" t="inlineStr">
+        <is>
+          <t>IRS/2025/7082/PON1</t>
+        </is>
+      </c>
+      <c r="B370" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C370" t="inlineStr">
+        <is>
+          <t>06 December 2025 21:54</t>
+        </is>
+      </c>
+      <c r="D370" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E370" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, CHRYSAOR PRODUCTION (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="F370" t="inlineStr">
+        <is>
+          <t>Britannia Manifold</t>
+        </is>
+      </c>
+      <c r="G370" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H370" t="inlineStr">
+        <is>
+          <t>BRITANNIA</t>
+        </is>
+      </c>
+      <c r="I370" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J370" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="K370" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="L370" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M370" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N370" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="O370" t="n">
+        <v>35.72</v>
+      </c>
+      <c r="P370" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q370" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R370" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="S370" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T370" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V370" t="inlineStr">
+        <is>
+          <t>Castrol Transaqua SP</t>
+        </is>
+      </c>
+      <c r="W370" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="X370" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z370" t="inlineStr">
+        <is>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+        </is>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" t="inlineStr">
+        <is>
+          <t>IRS/2025/7117/PON1</t>
+        </is>
+      </c>
+      <c r="B371" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C371" t="inlineStr">
+        <is>
+          <t>19 December 2025 10:40</t>
+        </is>
+      </c>
+      <c r="D371" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E371" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="F371" t="inlineStr">
+        <is>
+          <t>Captain WPP'A'</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H371" t="inlineStr">
+        <is>
+          <t>CAPTAIN</t>
+        </is>
+      </c>
+      <c r="I371" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J371" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="K371" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="L371" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M371" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N371" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="O371" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="P371" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q371" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="R371" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="S371" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T371" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V371" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X371" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y371" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z371" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" t="inlineStr">
+        <is>
+          <t>IRS/2025/7123/PON1</t>
+        </is>
+      </c>
+      <c r="B372" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C372" t="inlineStr">
+        <is>
+          <t>21 December 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D372" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E372" t="inlineStr">
+        <is>
+          <t>BLUEWATER (HAEWENE BRIM) B.V.</t>
+        </is>
+      </c>
+      <c r="F372" t="inlineStr">
+        <is>
+          <t>Haewene Brim</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H372" t="inlineStr">
+        <is>
+          <t>PIERCE</t>
+        </is>
+      </c>
+      <c r="I372" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J372" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="K372" t="n">
+        <v>38.834</v>
+      </c>
+      <c r="L372" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M372" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N372" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="O372" t="n">
+        <v>35.13</v>
+      </c>
+      <c r="P372" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q372" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="R372" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="S372" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T372" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V372" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X372" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y372" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z372" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" t="inlineStr">
+        <is>
+          <t>IRS/2025/7129/PON1</t>
+        </is>
+      </c>
+      <c r="B373" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C373" t="inlineStr">
+        <is>
+          <t>24 December 2025 08:30</t>
+        </is>
+      </c>
+      <c r="D373" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E373" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+        </is>
+      </c>
+      <c r="F373" t="inlineStr">
+        <is>
+          <t>Paul B. Loyd, Jnr</t>
+        </is>
+      </c>
+      <c r="G373" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H373" t="inlineStr">
+        <is>
+          <t>JOANNE</t>
+        </is>
+      </c>
+      <c r="I373" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J373" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K373" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="L373" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M373" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N373" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="O373" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="P373" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S373" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T373" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U373" t="n">
+        <v>0.02129</v>
+      </c>
+      <c r="V373" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X373" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="Z373" t="inlineStr">
+        <is>
+          <t>Well - Small Subsea Release From Well</t>
+        </is>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" t="inlineStr">
+        <is>
+          <t>IRS/2025/7138/PON1</t>
+        </is>
+      </c>
+      <c r="B374" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C374" t="inlineStr">
+        <is>
+          <t>28 December 2025 11:30</t>
+        </is>
+      </c>
+      <c r="D374" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E374" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="F374" t="inlineStr">
+        <is>
+          <t>Everest North Platform</t>
+        </is>
+      </c>
+      <c r="G374" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H374" t="inlineStr">
+        <is>
+          <t>EVEREST</t>
+        </is>
+      </c>
+      <c r="I374" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J374" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="K374" t="n">
+        <v>30.89</v>
+      </c>
+      <c r="L374" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M374" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N374" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="O374" t="n">
+        <v>5.96</v>
+      </c>
+      <c r="P374" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q374" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R374" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="S374" t="inlineStr">
+        <is>
+          <t>Diesel</t>
+        </is>
+      </c>
+      <c r="T374" t="inlineStr">
+        <is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U374" t="n">
+        <v>0.01502226</v>
+      </c>
+      <c r="V374" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X374" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z374" t="inlineStr">
+        <is>
+          <t>Bursting Disc/PSV - Failure</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>