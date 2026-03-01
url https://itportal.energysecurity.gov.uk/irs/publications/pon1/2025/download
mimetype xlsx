--- v5 (2026-01-27)
+++ v6 (2026-03-01)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z374"/>
+  <dimension ref="A2:Z373"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -1026,51 +1026,51 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I6" t="n">
         <v>57.0</v>
       </c>
       <c r="J6" t="n">
         <v>11.0</v>
       </c>
       <c r="K6" t="n">
         <v>35.0</v>
@@ -1132,51 +1132,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I7" t="n">
         <v>57.0</v>
       </c>
       <c r="J7" t="n">
         <v>11.0</v>
       </c>
       <c r="K7" t="n">
         <v>35.0</v>
@@ -1238,51 +1238,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I8" t="n">
         <v>57.0</v>
       </c>
       <c r="J8" t="n">
         <v>11.0</v>
       </c>
       <c r="K8" t="n">
         <v>35.0</v>
@@ -1344,51 +1344,51 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I9" t="n">
         <v>57.0</v>
       </c>
       <c r="J9" t="n">
         <v>11.0</v>
       </c>
       <c r="K9" t="n">
         <v>35.0</v>
@@ -1450,51 +1450,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I10" t="n">
         <v>57.0</v>
       </c>
       <c r="J10" t="n">
         <v>11.0</v>
       </c>
       <c r="K10" t="n">
         <v>35.0</v>
@@ -1556,51 +1556,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I11" t="n">
         <v>57.0</v>
       </c>
       <c r="J11" t="n">
         <v>11.0</v>
       </c>
       <c r="K11" t="n">
         <v>35.0</v>
@@ -1662,51 +1662,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I12" t="n">
         <v>57.0</v>
       </c>
       <c r="J12" t="n">
         <v>11.0</v>
       </c>
       <c r="K12" t="n">
         <v>35.0</v>
@@ -1768,51 +1768,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I13" t="n">
         <v>57.0</v>
       </c>
       <c r="J13" t="n">
         <v>11.0</v>
       </c>
       <c r="K13" t="n">
         <v>35.0</v>
@@ -1859,51 +1859,51 @@
       </c>
       <c r="X13" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y13" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z13" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>IRS/2025/5618/PON1</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>06 January 2025 10:23</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Rhum Installation 3</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -1938,66 +1938,64 @@
         <v>29.1</v>
       </c>
       <c r="P14" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q14" t="n">
         <v>3.0</v>
       </c>
       <c r="R14" t="n">
         <v>29.0</v>
       </c>
       <c r="S14" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T14" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V14" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>OCEANIC HW 740 R v4</t>
+        </is>
+      </c>
+      <c r="W14" t="n">
+        <v>327.0</v>
       </c>
       <c r="X14" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z14" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Fittings / Connections</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>IRS/2025/5631/PON1</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>08 January 2025 12:00</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
@@ -3493,55 +3491,55 @@
         <v>24.5</v>
       </c>
       <c r="P29" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q29" t="n">
         <v>21.0</v>
       </c>
       <c r="R29" t="n">
         <v>30.0</v>
       </c>
       <c r="S29" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T29" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V29" t="inlineStr">
         <is>
-          <t>ERIFON CLS 40 V2</t>
+          <t>MONOETHYLENE GLYCOL (MEG) (ALL DILUTIONS)</t>
         </is>
       </c>
       <c r="W29" t="n">
-        <v>0.3</v>
+        <v>0.7</v>
       </c>
       <c r="X29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z29" t="inlineStr">
         <is>
           <t>Hoses (Subsea) - Hydraulic Hose</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>IRS/2025/5704/PON1</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
@@ -3597,55 +3595,55 @@
         <v>24.5</v>
       </c>
       <c r="P30" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q30" t="n">
         <v>21.0</v>
       </c>
       <c r="R30" t="n">
         <v>30.0</v>
       </c>
       <c r="S30" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T30" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V30" t="inlineStr">
         <is>
-          <t>MONOETHYLENE GLYCOL (MEG) (ALL DILUTIONS)</t>
+          <t>ERIFON CLS 40 V2</t>
         </is>
       </c>
       <c r="W30" t="n">
-        <v>0.7</v>
+        <v>0.3</v>
       </c>
       <c r="X30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z30" t="inlineStr">
         <is>
           <t>Hoses (Subsea) - Hydraulic Hose</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>IRS/2025/5709/PON1</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
@@ -3909,55 +3907,55 @@
         <v>47.1</v>
       </c>
       <c r="P33" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q33" t="n">
         <v>211.0</v>
       </c>
       <c r="R33" t="n">
         <v>18.0</v>
       </c>
       <c r="S33" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T33" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V33" t="inlineStr">
         <is>
-          <t>Nuosept®78</t>
+          <t>SODIUM BICARBONATE</t>
         </is>
       </c>
       <c r="W33" t="n">
-        <v>5.03</v>
+        <v>7.55</v>
       </c>
       <c r="X33" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z33" t="inlineStr">
         <is>
           <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>IRS/2025/5713/PON1</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
@@ -4221,55 +4219,55 @@
         <v>47.1</v>
       </c>
       <c r="P36" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q36" t="n">
         <v>211.0</v>
       </c>
       <c r="R36" t="n">
         <v>18.0</v>
       </c>
       <c r="S36" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T36" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V36" t="inlineStr">
         <is>
-          <t>SODIUM BICARBONATE</t>
+          <t>M-I PAC (All Grades)</t>
         </is>
       </c>
       <c r="W36" t="n">
-        <v>7.55</v>
+        <v>5.03</v>
       </c>
       <c r="X36" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z36" t="inlineStr">
         <is>
           <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>IRS/2025/5713/PON1</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
@@ -4325,55 +4323,55 @@
         <v>47.1</v>
       </c>
       <c r="P37" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q37" t="n">
         <v>211.0</v>
       </c>
       <c r="R37" t="n">
         <v>18.0</v>
       </c>
       <c r="S37" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T37" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V37" t="inlineStr">
         <is>
-          <t>M-I PAC (All Grades)</t>
+          <t>POWERVIS</t>
         </is>
       </c>
       <c r="W37" t="n">
-        <v>5.03</v>
+        <v>8.01</v>
       </c>
       <c r="X37" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z37" t="inlineStr">
         <is>
           <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>IRS/2025/5713/PON1</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
@@ -4429,55 +4427,55 @@
         <v>47.1</v>
       </c>
       <c r="P38" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q38" t="n">
         <v>211.0</v>
       </c>
       <c r="R38" t="n">
         <v>18.0</v>
       </c>
       <c r="S38" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T38" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V38" t="inlineStr">
         <is>
-          <t>POWERVIS</t>
+          <t>Nuosept®78</t>
         </is>
       </c>
       <c r="W38" t="n">
-        <v>8.01</v>
+        <v>5.03</v>
       </c>
       <c r="X38" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z38" t="inlineStr">
         <is>
           <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>IRS/2025/5713/PON1</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
@@ -7004,51 +7002,51 @@
       </c>
       <c r="V63" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X63" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z63" t="inlineStr">
         <is>
           <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>IRS/2025/5869/PON1</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>02 March 2025 08:30</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>Ninian Southern Platform</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -7073,103 +7071,101 @@
           <t>North</t>
         </is>
       </c>
       <c r="M64" t="n">
         <v>1.0</v>
       </c>
       <c r="N64" t="n">
         <v>27.0</v>
       </c>
       <c r="O64" t="n">
         <v>1.36</v>
       </c>
       <c r="P64" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q64" t="n">
         <v>3.0</v>
       </c>
       <c r="R64" t="n">
         <v>8.0</v>
       </c>
       <c r="S64" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T64" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U64" t="n">
+        <v>0.0165</v>
       </c>
       <c r="V64" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X64" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z64" t="inlineStr">
         <is>
-          <t/>
+          <t>Entrained Oil - Oil System</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I65" t="n">
         <v>57.0</v>
       </c>
       <c r="J65" t="n">
         <v>11.0</v>
       </c>
       <c r="K65" t="n">
         <v>35.0</v>
@@ -7231,51 +7227,51 @@
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I66" t="n">
         <v>57.0</v>
       </c>
       <c r="J66" t="n">
         <v>11.0</v>
       </c>
       <c r="K66" t="n">
         <v>35.0</v>
@@ -7337,51 +7333,51 @@
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I67" t="n">
         <v>57.0</v>
       </c>
       <c r="J67" t="n">
         <v>11.0</v>
       </c>
       <c r="K67" t="n">
         <v>35.0</v>
@@ -7443,51 +7439,51 @@
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I68" t="n">
         <v>57.0</v>
       </c>
       <c r="J68" t="n">
         <v>11.0</v>
       </c>
       <c r="K68" t="n">
         <v>35.0</v>
@@ -7549,51 +7545,51 @@
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I69" t="n">
         <v>57.0</v>
       </c>
       <c r="J69" t="n">
         <v>11.0</v>
       </c>
       <c r="K69" t="n">
         <v>35.0</v>
@@ -7655,51 +7651,51 @@
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I70" t="n">
         <v>57.0</v>
       </c>
       <c r="J70" t="n">
         <v>11.0</v>
       </c>
       <c r="K70" t="n">
         <v>35.0</v>
@@ -7761,51 +7757,51 @@
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I71" t="n">
         <v>57.0</v>
       </c>
       <c r="J71" t="n">
         <v>11.0</v>
       </c>
       <c r="K71" t="n">
         <v>35.0</v>
@@ -7867,51 +7863,51 @@
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I72" t="n">
         <v>57.0</v>
       </c>
       <c r="J72" t="n">
         <v>11.0</v>
       </c>
       <c r="K72" t="n">
         <v>35.0</v>
@@ -7973,51 +7969,51 @@
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I73" t="n">
         <v>57.0</v>
       </c>
       <c r="J73" t="n">
         <v>11.0</v>
       </c>
       <c r="K73" t="n">
         <v>35.0</v>
@@ -8079,51 +8075,51 @@
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I74" t="n">
         <v>57.0</v>
       </c>
       <c r="J74" t="n">
         <v>11.0</v>
       </c>
       <c r="K74" t="n">
         <v>35.0</v>
@@ -8185,51 +8181,51 @@
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I75" t="n">
         <v>57.0</v>
       </c>
       <c r="J75" t="n">
         <v>11.0</v>
       </c>
       <c r="K75" t="n">
         <v>35.0</v>
@@ -8291,51 +8287,51 @@
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I76" t="n">
         <v>57.0</v>
       </c>
       <c r="J76" t="n">
         <v>11.0</v>
       </c>
       <c r="K76" t="n">
         <v>35.0</v>
@@ -8397,51 +8393,51 @@
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I77" t="n">
         <v>57.0</v>
       </c>
       <c r="J77" t="n">
         <v>11.0</v>
       </c>
       <c r="K77" t="n">
         <v>35.0</v>
@@ -8503,51 +8499,51 @@
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I78" t="n">
         <v>57.0</v>
       </c>
       <c r="J78" t="n">
         <v>11.0</v>
       </c>
       <c r="K78" t="n">
         <v>35.0</v>
@@ -8609,51 +8605,51 @@
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>TOTALENERGIES OFFSHORE UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="I79" t="n">
         <v>57.0</v>
       </c>
       <c r="J79" t="n">
         <v>11.0</v>
       </c>
       <c r="K79" t="n">
         <v>35.0</v>
@@ -11380,51 +11376,51 @@
       </c>
       <c r="V105" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X105" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z105" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>IRS/2025/6053/PON1</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>10 April 2025 09:45</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -11438,76 +11434,74 @@
       </c>
       <c r="K106" t="n">
         <v>42.0</v>
       </c>
       <c r="L106" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M106" t="n">
         <v>1.0</v>
       </c>
       <c r="N106" t="n">
         <v>39.0</v>
       </c>
       <c r="O106" t="n">
         <v>46.0</v>
       </c>
       <c r="P106" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S106" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T106" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U106" t="n">
+        <v>0.004439</v>
       </c>
       <c r="V106" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X106" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z106" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>IRS/2025/6055/PON1</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>09 April 2025 02:50</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
@@ -12084,5037 +12078,5038 @@
           <t>Measured</t>
         </is>
       </c>
       <c r="U112" t="n">
         <v>1.76573E-4</v>
       </c>
       <c r="V112" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X112" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z112" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>IRS/2025/6078/PON1</t>
+          <t>IRS/2025/6079/PON1</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>16 April 2025 09:30</t>
+          <t>16 April 2025 09:52</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Valaris Gorilla VI</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>SEAGULL</t>
         </is>
       </c>
       <c r="I113" t="n">
         <v>57.0</v>
       </c>
       <c r="J113" t="n">
-        <v>17.0</v>
+        <v>9.0</v>
       </c>
       <c r="K113" t="n">
-        <v>42.0</v>
+        <v>9.648</v>
       </c>
       <c r="L113" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M113" t="n">
         <v>1.0</v>
       </c>
       <c r="N113" t="n">
-        <v>39.0</v>
+        <v>40.0</v>
       </c>
       <c r="O113" t="n">
-        <v>46.0</v>
+        <v>31.956</v>
       </c>
       <c r="P113" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q113" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R113" t="n">
+        <v>29.0</v>
+      </c>
       <c r="S113" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T113" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U113" t="n">
+        <v>2.2225E-4</v>
       </c>
       <c r="V113" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X113" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z113" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>IRS/2025/6079/PON1</t>
+          <t>IRS/2025/6080/PON1</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>16 April 2025 09:52</t>
+          <t>16 April 2025 15:43</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>Valaris Gorilla VI</t>
+          <t>Franklin Wellhead Platform</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H114" t="inlineStr">
         <is>
-          <t>SEAGULL</t>
+          <t>Elgin /Franklin</t>
         </is>
       </c>
       <c r="I114" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="J114" t="n">
-        <v>9.0</v>
+        <v>58.0</v>
       </c>
       <c r="K114" t="n">
-        <v>9.648</v>
+        <v>0.0</v>
       </c>
       <c r="L114" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M114" t="n">
         <v>1.0</v>
       </c>
       <c r="N114" t="n">
-        <v>40.0</v>
+        <v>52.0</v>
       </c>
       <c r="O114" t="n">
-        <v>31.956</v>
+        <v>2.0</v>
       </c>
       <c r="P114" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q114" t="n">
-        <v>22.0</v>
+        <v>29.0</v>
       </c>
       <c r="R114" t="n">
-        <v>29.0</v>
+        <v>5.0</v>
       </c>
       <c r="S114" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T114" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U114" t="n">
-        <v>2.2225E-4</v>
+        <v>5.07E-5</v>
       </c>
       <c r="V114" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X114" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z114" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>IRS/2025/6080/PON1</t>
+          <t>IRS/2025/6081/PON1</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>16 April 2025 15:43</t>
+          <t>17 April 2025 14:45</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>Franklin Wellhead Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H115" t="inlineStr">
         <is>
-          <t>Elgin /Franklin</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="I115" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="J115" t="n">
-        <v>58.0</v>
+        <v>41.0</v>
       </c>
       <c r="K115" t="n">
-        <v>0.0</v>
+        <v>30.0</v>
       </c>
       <c r="L115" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M115" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N115" t="n">
-        <v>52.0</v>
+        <v>32.0</v>
       </c>
       <c r="O115" t="n">
-        <v>2.0</v>
+        <v>40.0</v>
       </c>
       <c r="P115" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q115" t="n">
-        <v>29.0</v>
+        <v>206.0</v>
       </c>
       <c r="R115" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="S115" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T115" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U115" t="n">
-        <v>5.07E-5</v>
+        <v>2.0E-8</v>
       </c>
       <c r="V115" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X115" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z115" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Valves - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>IRS/2025/6081/PON1</t>
+          <t>IRS/2025/6084/PON1</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>17 April 2025 14:45</t>
+          <t>18 April 2025 02:20</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>23A</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H116" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>INDEFATIGABLE</t>
         </is>
       </c>
       <c r="I116" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J116" t="n">
-        <v>41.0</v>
+        <v>19.0</v>
       </c>
       <c r="K116" t="n">
-        <v>30.0</v>
+        <v>27.284</v>
       </c>
       <c r="L116" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M116" t="n">
         <v>2.0</v>
       </c>
       <c r="N116" t="n">
-        <v>32.0</v>
+        <v>34.0</v>
       </c>
       <c r="O116" t="n">
-        <v>40.0</v>
+        <v>32.889</v>
       </c>
       <c r="P116" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q116" t="n">
-        <v>206.0</v>
+        <v>49.0</v>
       </c>
       <c r="R116" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
       <c r="S116" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T116" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>2.0E-8</v>
+          <t/>
+        </is>
       </c>
       <c r="V116" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X116" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y116" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z116" t="inlineStr">
         <is>
-          <t>Valves - Valve Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>IRS/2025/6084/PON1</t>
+          <t>IRS/2025/6085/PON1</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>18 April 2025 02:20</t>
+          <t>19 April 2025 08:00</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>23A</t>
+          <t>Babbage Platform</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE</t>
+          <t>BABBAGE</t>
         </is>
       </c>
       <c r="I117" t="n">
         <v>53.0</v>
       </c>
       <c r="J117" t="n">
-        <v>19.0</v>
+        <v>57.0</v>
       </c>
       <c r="K117" t="n">
-        <v>27.284</v>
+        <v>49.0</v>
       </c>
       <c r="L117" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M117" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N117" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="O117" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="P117" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q117" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="R117" t="n">
         <v>2.0</v>
       </c>
-      <c r="N117" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S117" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T117" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V117" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>HW540E</t>
+        </is>
+      </c>
+      <c r="W117" t="n">
+        <v>94.0</v>
       </c>
       <c r="X117" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z117" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>IRS/2025/6085/PON1</t>
+          <t>IRS/2025/6095/PON1</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>19 April 2025 08:00</t>
+          <t>20 April 2025 13:30</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
-          <t>ODE ASSET MANAGEMENT LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>Babbage Platform</t>
+          <t>Franklin Wellhead Platform</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
-          <t>BABBAGE</t>
+          <t>Elgin / Franklin Field</t>
         </is>
       </c>
       <c r="I118" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="J118" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="K118" t="n">
-        <v>49.0</v>
+        <v>0.0</v>
       </c>
       <c r="L118" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M118" t="n">
         <v>1.0</v>
       </c>
       <c r="N118" t="n">
-        <v>13.0</v>
+        <v>52.0</v>
       </c>
       <c r="O118" t="n">
-        <v>14.0</v>
+        <v>2.0</v>
       </c>
       <c r="P118" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q118" t="n">
-        <v>48.0</v>
+        <v>29.0</v>
       </c>
       <c r="R118" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="S118" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T118" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U118" t="n">
+        <v>3.169E-6</v>
       </c>
       <c r="V118" t="inlineStr">
         <is>
-          <t>HW540E</t>
-[...3 lines deleted...]
-        <v>94.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X118" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z118" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>IRS/2025/6095/PON1</t>
+          <t>IRS/2025/6096/PON1</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>20 April 2025 13:30</t>
+          <t>20 April 2025 13:50</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>Franklin Wellhead Platform</t>
+          <t>Deluge Flushing Activities</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H119" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I119" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J119" t="n">
-        <v>58.0</v>
+        <v>50.0</v>
       </c>
       <c r="K119" t="n">
-        <v>0.0</v>
+        <v>44.31</v>
       </c>
       <c r="L119" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M119" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N119" t="n">
-        <v>52.0</v>
+        <v>33.0</v>
       </c>
       <c r="O119" t="n">
-        <v>2.0</v>
+        <v>42.36</v>
       </c>
       <c r="P119" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q119" t="n">
-        <v>29.0</v>
+        <v>110.0</v>
       </c>
       <c r="R119" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="S119" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="T119" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U119" t="n">
-        <v>3.169E-6</v>
+        <v>5.498E-6</v>
       </c>
       <c r="V119" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X119" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z119" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
+          <t>Sheen - Sheen caused from deluge testing.</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>IRS/2025/6096/PON1</t>
+          <t>IRS/2025/6101/PON1</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>20 April 2025 13:50</t>
+          <t>22 April 2025 09:30</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+          <t>PREMIER OIL E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>Deluge Flushing Activities</t>
+          <t>Deep Cygnus ROV</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
+        </is>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>NICOL</t>
         </is>
       </c>
       <c r="I120" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J120" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="K120" t="n">
+        <v>52.3</v>
+      </c>
+      <c r="L120" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M120" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N120" t="n">
         <v>50.0</v>
       </c>
-      <c r="K120" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="O120" t="n">
-        <v>42.36</v>
+        <v>39.871</v>
       </c>
       <c r="P120" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q120" t="n">
-        <v>110.0</v>
+        <v>15.0</v>
       </c>
       <c r="R120" t="n">
-        <v>3.0</v>
+        <v>25.0</v>
       </c>
       <c r="S120" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T120" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U120" t="n">
-        <v>5.498E-6</v>
+        <v>0.001</v>
       </c>
       <c r="V120" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X120" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z120" t="inlineStr">
         <is>
-          <t>Sheen - Sheen caused from deluge testing.</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>IRS/2025/6101/PON1</t>
+          <t>IRS/2025/6105/PON1</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>22 April 2025 09:30</t>
+          <t>22 April 2025 16:30</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
-          <t>PREMIER OIL E&amp;P UK LIMITED</t>
+          <t>CNOOC UK LIMITED</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>Deep Cygnus ROV</t>
+          <t>Buzzard Wellhead Platform</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>NICOL</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="I121" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J121" t="n">
-        <v>14.0</v>
+        <v>48.0</v>
       </c>
       <c r="K121" t="n">
-        <v>52.3</v>
+        <v>53.915</v>
       </c>
       <c r="L121" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M121" t="n">
         <v>0.0</v>
       </c>
       <c r="N121" t="n">
-        <v>50.0</v>
+        <v>58.0</v>
       </c>
       <c r="O121" t="n">
-        <v>39.871</v>
+        <v>22.047</v>
       </c>
       <c r="P121" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q121" t="n">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="R121" t="n">
-        <v>25.0</v>
+        <v>6.0</v>
       </c>
       <c r="S121" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T121" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.001</v>
+          <t/>
+        </is>
       </c>
       <c r="V121" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua HT2</t>
+        </is>
+      </c>
+      <c r="W121" t="n">
+        <v>10.0</v>
       </c>
       <c r="X121" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z121" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>IRS/2025/6105/PON1</t>
+          <t>IRS/2025/6106/PON1</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>22 April 2025 16:30</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>CNOOC UK LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>Buzzard Wellhead Platform</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>THISTLE</t>
         </is>
       </c>
       <c r="I122" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J122" t="n">
-        <v>48.0</v>
+        <v>29.0</v>
       </c>
       <c r="K122" t="n">
-        <v>53.915</v>
+        <v>7.44</v>
       </c>
       <c r="L122" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M122" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N122" t="n">
-        <v>58.0</v>
+        <v>28.0</v>
       </c>
       <c r="O122" t="n">
-        <v>22.047</v>
+        <v>57.21</v>
       </c>
       <c r="P122" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q122" t="n">
-        <v>20.0</v>
+        <v>211.0</v>
       </c>
       <c r="R122" t="n">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
       <c r="S122" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T122" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U122" t="n">
+        <v>0.005938121</v>
       </c>
       <c r="V122" t="inlineStr">
         <is>
-          <t>Castrol Transaqua HT2</t>
-[...3 lines deleted...]
-        <v>10.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X122" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z122" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>IRS/2025/6106/PON1</t>
+          <t>IRS/2025/6109/PON1</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>22 April 2025 16:30</t>
+          <t>24 April 2025 14:00</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Jackdaw Wellhead Platform</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Remote well (not connected to an installation)</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>THISTLE</t>
+          <t>JACKDAW</t>
         </is>
       </c>
       <c r="I123" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="J123" t="n">
-        <v>29.0</v>
+        <v>54.0</v>
       </c>
       <c r="K123" t="n">
-        <v>7.44</v>
+        <v>0.1</v>
       </c>
       <c r="L123" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M123" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N123" t="n">
-        <v>28.0</v>
+        <v>22.0</v>
       </c>
       <c r="O123" t="n">
-        <v>57.21</v>
+        <v>42.47</v>
       </c>
       <c r="P123" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q123" t="n">
-        <v>211.0</v>
+        <v>30.0</v>
       </c>
       <c r="R123" t="n">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
       <c r="S123" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T123" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U123" t="n">
-        <v>0.005938121</v>
+        <v>1.5E-7</v>
       </c>
       <c r="V123" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X123" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z123" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>IRS/2025/6109/PON1</t>
+          <t>IRS/2025/6115/PON1</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>24 April 2025 14:00</t>
+          <t>26 April 2025 11:30</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>Jackdaw Wellhead Platform</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>Remote well (not connected to an installation)</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
-          <t>JACKDAW</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="I124" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="J124" t="n">
-        <v>54.0</v>
+        <v>37.0</v>
       </c>
       <c r="K124" t="n">
-        <v>0.1</v>
+        <v>12.45</v>
       </c>
       <c r="L124" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M124" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N124" t="n">
-        <v>22.0</v>
+        <v>18.0</v>
       </c>
       <c r="O124" t="n">
-        <v>42.47</v>
+        <v>25.96</v>
       </c>
       <c r="P124" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q124" t="n">
-        <v>30.0</v>
+        <v>211.0</v>
       </c>
       <c r="R124" t="n">
-        <v>2.0</v>
+        <v>12.0</v>
       </c>
       <c r="S124" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T124" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U124" t="n">
-        <v>1.5E-7</v>
+        <v>0.0011457</v>
       </c>
       <c r="V124" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X124" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z124" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>IRS/2025/6115/PON1</t>
+          <t>IRS/2025/6117/PON1</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>26 April 2025 11:30</t>
+          <t>26 April 2025 21:30</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="I125" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="J125" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="K125" t="n">
-        <v>12.45</v>
+        <v>30.0</v>
       </c>
       <c r="L125" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M125" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N125" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="O125" t="n">
-        <v>25.96</v>
+        <v>13.0</v>
       </c>
       <c r="P125" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q125" t="n">
-        <v>211.0</v>
+        <v>30.0</v>
       </c>
       <c r="R125" t="n">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
       <c r="S125" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T125" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.0011457</v>
+          <t/>
+        </is>
       </c>
       <c r="V125" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
+        </is>
+      </c>
+      <c r="W125" t="n">
+        <v>0.0819</v>
       </c>
       <c r="X125" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z125" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Entrained Chemicals - Utility System</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>IRS/2025/6117/PON1</t>
+          <t>IRS/2025/6125/PON1</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>26 April 2025 21:30</t>
+          <t>27 April 2025 13:35</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Normand Subsea</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I126" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="J126" t="n">
-        <v>41.0</v>
+        <v>14.0</v>
       </c>
       <c r="K126" t="n">
+        <v>39.94</v>
+      </c>
+      <c r="L126" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M126" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="N126" t="n">
         <v>30.0</v>
       </c>
-      <c r="L126" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="O126" t="n">
-        <v>13.0</v>
+        <v>19.29</v>
       </c>
       <c r="P126" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q126" t="n">
-        <v>30.0</v>
+        <v>204.0</v>
       </c>
       <c r="R126" t="n">
-        <v>7.0</v>
+        <v>23.0</v>
       </c>
       <c r="S126" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T126" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U126" t="n">
+        <v>1.2E-4</v>
       </c>
       <c r="V126" t="inlineStr">
         <is>
-          <t>SODIUM HYPOCHLORITE SOLUTION GENERATED IN SITU</t>
-[...3 lines deleted...]
-        <v>0.0819</v>
+          <t/>
+        </is>
       </c>
       <c r="X126" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z126" t="inlineStr">
         <is>
-          <t>Entrained Chemicals - Utility System</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>IRS/2025/6125/PON1</t>
+          <t>IRS/2025/6126/PON1</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>27 April 2025 13:35</t>
+          <t>27 April 2025 14:45</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>Normand Subsea</t>
+          <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H127" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I127" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J127" t="n">
-        <v>14.0</v>
+        <v>10.0</v>
       </c>
       <c r="K127" t="n">
-        <v>39.94</v>
+        <v>1.79</v>
       </c>
       <c r="L127" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M127" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="N127" t="n">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
       <c r="O127" t="n">
-        <v>19.29</v>
+        <v>29.88</v>
       </c>
       <c r="P127" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q127" t="n">
-        <v>204.0</v>
+        <v>23.0</v>
       </c>
       <c r="R127" t="n">
-        <v>23.0</v>
+        <v>27.0</v>
       </c>
       <c r="S127" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T127" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>1.2E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V127" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X127" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y127" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z127" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>IRS/2025/6126/PON1</t>
+          <t>IRS/2025/6129/PON1</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>27 April 2025 14:45</t>
+          <t>28 April 2025 16:30</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
-          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>Haewene Brim</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
-          <t>PIERCE</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="I128" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J128" t="n">
-        <v>10.0</v>
+        <v>37.0</v>
       </c>
       <c r="K128" t="n">
-        <v>1.79</v>
+        <v>12.45</v>
       </c>
       <c r="L128" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M128" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N128" t="n">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="O128" t="n">
-        <v>29.88</v>
+        <v>25.96</v>
       </c>
       <c r="P128" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q128" t="n">
-        <v>23.0</v>
+        <v>211.0</v>
       </c>
       <c r="R128" t="n">
-        <v>27.0</v>
+        <v>12.0</v>
       </c>
       <c r="S128" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T128" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U128" t="n">
+        <v>0.005452125</v>
       </c>
       <c r="V128" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X128" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z128" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>IRS/2025/6129/PON1</t>
+          <t>IRS/2025/6133/PON1</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>28 April 2025 16:30</t>
+          <t>29 April 2025 09:00</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>27D</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="I129" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J129" t="n">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="K129" t="n">
-        <v>12.45</v>
+        <v>58.6017</v>
       </c>
       <c r="L129" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M129" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N129" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="O129" t="n">
-        <v>25.96</v>
+        <v>19.8688</v>
       </c>
       <c r="P129" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q129" t="n">
-        <v>211.0</v>
+        <v>49.0</v>
       </c>
       <c r="R129" t="n">
-        <v>12.0</v>
+        <v>27.0</v>
       </c>
       <c r="S129" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T129" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U129" t="n">
-        <v>0.005452125</v>
+        <v>0.6</v>
       </c>
       <c r="V129" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X129" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z129" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Hydraulic Manifold/Control Panel - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>IRS/2025/6133/PON1</t>
+          <t>IRS/2025/6137/PON1</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>29 April 2025 09:00</t>
+          <t>28 April 2025 14:50</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>27D</t>
+          <t>Rough CD Platform</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="I130" t="n">
         <v>53.0</v>
       </c>
       <c r="J130" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="K130" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="L130" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M130" t="n">
         <v>0.0</v>
       </c>
-      <c r="K130" t="n">
-[...9 lines deleted...]
-      </c>
       <c r="N130" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
       <c r="O130" t="n">
-        <v>19.8688</v>
+        <v>38.0</v>
       </c>
       <c r="P130" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q130" t="n">
-        <v>49.0</v>
+        <v>47.0</v>
       </c>
       <c r="R130" t="n">
-        <v>27.0</v>
+        <v>3.0</v>
       </c>
       <c r="S130" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T130" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.6</v>
+          <t/>
+        </is>
       </c>
       <c r="V130" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X130" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y130" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z130" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Seal Failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>IRS/2025/6137/PON1</t>
+          <t>IRS/2025/6162/PON1</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>28 April 2025 14:50</t>
+          <t>05 May 2025 01:00</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>Rough CD Platform</t>
+          <t>Ocean GreatWhite</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
-[...4 lines deleted...]
-          <t>ROUGH</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="I131" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J131" t="n">
-        <v>50.0</v>
+        <v>22.0</v>
       </c>
       <c r="K131" t="n">
-        <v>6.0</v>
+        <v>53.514</v>
       </c>
       <c r="L131" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M131" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="N131" t="n">
-        <v>26.0</v>
+        <v>5.0</v>
       </c>
       <c r="O131" t="n">
-        <v>38.0</v>
+        <v>46.388</v>
       </c>
       <c r="P131" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q131" t="n">
-        <v>47.0</v>
+        <v>204.0</v>
       </c>
       <c r="R131" t="n">
-        <v>3.0</v>
+        <v>20.0</v>
       </c>
       <c r="S131" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T131" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V131" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ERIFON HD 603 HP</t>
+        </is>
+      </c>
+      <c r="W131" t="n">
+        <v>0.76</v>
       </c>
       <c r="X131" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z131" t="inlineStr">
         <is>
-          <t/>
+          <t>Bop (Subsea) - Hydraulic Fitting</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>IRS/2025/6162/PON1</t>
+          <t>IRS/2025/6164/PON1</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>05 May 2025 01:00</t>
+          <t>05 May 2025 00:15</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+          <t>PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>Ocean GreatWhite</t>
+          <t>Erda</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>WENLOCK</t>
         </is>
       </c>
       <c r="I132" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J132" t="n">
-        <v>22.0</v>
+        <v>35.0</v>
       </c>
       <c r="K132" t="n">
-        <v>53.514</v>
+        <v>20.0</v>
       </c>
       <c r="L132" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M132" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="N132" t="n">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
       <c r="O132" t="n">
-        <v>46.388</v>
+        <v>43.0</v>
       </c>
       <c r="P132" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q132" t="n">
-        <v>204.0</v>
+        <v>49.0</v>
       </c>
       <c r="R132" t="n">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
       <c r="S132" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T132" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U132" t="n">
+        <v>0.858</v>
       </c>
       <c r="V132" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X132" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z132" t="inlineStr">
         <is>
-          <t/>
+          <t>Vent Line - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>IRS/2025/6164/PON1</t>
+          <t>IRS/2025/6166/PON1</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>05 May 2025 00:15</t>
+          <t>06 May 2025 05:06</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>PETRODEC UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>Erda</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
-          <t>WENLOCK</t>
+          <t>GRYPHON</t>
         </is>
       </c>
       <c r="I133" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="J133" t="n">
-        <v>35.0</v>
+        <v>21.0</v>
       </c>
       <c r="K133" t="n">
-        <v>20.0</v>
+        <v>5.51</v>
       </c>
       <c r="L133" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M133" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N133" t="n">
-        <v>17.0</v>
+        <v>33.0</v>
       </c>
       <c r="O133" t="n">
-        <v>43.0</v>
+        <v>12.5</v>
       </c>
       <c r="P133" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q133" t="n">
-        <v>49.0</v>
+        <v>9.0</v>
       </c>
       <c r="R133" t="n">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
       <c r="S133" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T133" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U133" t="n">
-        <v>0.858</v>
+        <v>4.35E-5</v>
       </c>
       <c r="V133" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X133" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z133" t="inlineStr">
         <is>
-          <t>Vent Line - Over Filled</t>
+          <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>IRS/2025/6166/PON1</t>
+          <t>IRS/2025/6167/PON1</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>06 May 2025 05:06</t>
+          <t>03 May 2025 00:00</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Ninian Southern Platform</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
-          <t>GRYPHON</t>
+          <t>LYELL</t>
         </is>
       </c>
       <c r="I134" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="J134" t="n">
-        <v>21.0</v>
+        <v>48.0</v>
       </c>
       <c r="K134" t="n">
-        <v>5.51</v>
+        <v>20.02</v>
       </c>
       <c r="L134" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M134" t="n">
         <v>1.0</v>
       </c>
       <c r="N134" t="n">
-        <v>33.0</v>
+        <v>27.0</v>
       </c>
       <c r="O134" t="n">
-        <v>12.5</v>
+        <v>1.36</v>
       </c>
       <c r="P134" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q134" t="n">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
       <c r="R134" t="n">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
       <c r="S134" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T134" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>4.35E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V134" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW540 E</t>
+        </is>
+      </c>
+      <c r="W134" t="n">
+        <v>71.74</v>
       </c>
       <c r="X134" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z134" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Fitting / Connections</t>
+          <t>Hydraulics - Open System - SCM Failure (Otherwise Unspecified)</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>IRS/2025/6167/PON1</t>
+          <t>IRS/2025/6172/PON1</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>03 May 2025 00:00</t>
+          <t>07 May 2025 11:00</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>Ninian Southern Platform</t>
+          <t>Andrew Platform</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H135" t="inlineStr">
         <is>
-          <t>LYELL</t>
+          <t>ANDREW</t>
         </is>
       </c>
       <c r="I135" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J135" t="n">
-        <v>48.0</v>
+        <v>2.0</v>
       </c>
       <c r="K135" t="n">
-        <v>20.02</v>
+        <v>51.0</v>
       </c>
       <c r="L135" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M135" t="n">
         <v>1.0</v>
       </c>
       <c r="N135" t="n">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="O135" t="n">
-        <v>1.36</v>
+        <v>15.0</v>
       </c>
       <c r="P135" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q135" t="n">
-        <v>3.0</v>
+        <v>16.0</v>
       </c>
       <c r="R135" t="n">
-        <v>2.0</v>
+        <v>23.0</v>
       </c>
       <c r="S135" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T135" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U135" t="n">
+        <v>6.3825E-5</v>
       </c>
       <c r="V135" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X135" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z135" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>IRS/2025/6172/PON1</t>
+          <t>IRS/2025/6173/PON1</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>07 May 2025 11:00</t>
+          <t>07 May 2025 11:06</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>Andrew Platform</t>
+          <t>Noble Innovator</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H136" t="inlineStr">
         <is>
-          <t>ANDREW</t>
+          <t>MIRREN</t>
         </is>
       </c>
       <c r="I136" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J136" t="n">
-        <v>2.0</v>
+        <v>18.0</v>
       </c>
       <c r="K136" t="n">
-        <v>51.0</v>
+        <v>40.0</v>
       </c>
       <c r="L136" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M136" t="n">
         <v>1.0</v>
       </c>
       <c r="N136" t="n">
-        <v>24.0</v>
+        <v>52.0</v>
       </c>
       <c r="O136" t="n">
-        <v>15.0</v>
+        <v>25.0</v>
       </c>
       <c r="P136" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q136" t="n">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
       <c r="R136" t="n">
-        <v>23.0</v>
+        <v>25.0</v>
       </c>
       <c r="S136" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T136" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U136" t="n">
-        <v>6.3825E-5</v>
+        <v>1.76E-4</v>
       </c>
       <c r="V136" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X136" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z136" t="inlineStr">
         <is>
-          <t>Drainage Systems - Pipework Failure</t>
+          <t>Hose (Topsides, Not Bunkering) - Hose Parted from Coupling / Break Away Coupling</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>IRS/2025/6173/PON1</t>
+          <t>IRS/2025/6178/PON1</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>07 May 2025 11:06</t>
+          <t>28 July 2024 12:00</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>Noble Innovator</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
-          <t>MIRREN</t>
+          <t>MACHAR</t>
         </is>
       </c>
       <c r="I137" t="n">
         <v>57.0</v>
       </c>
       <c r="J137" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="K137" t="n">
-        <v>40.0</v>
+        <v>42.0</v>
       </c>
       <c r="L137" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M137" t="n">
         <v>1.0</v>
       </c>
       <c r="N137" t="n">
-        <v>52.0</v>
+        <v>39.0</v>
       </c>
       <c r="O137" t="n">
-        <v>25.0</v>
+        <v>46.0</v>
       </c>
       <c r="P137" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q137" t="n">
         <v>22.0</v>
       </c>
       <c r="R137" t="n">
-        <v>25.0</v>
+        <v>24.0</v>
       </c>
       <c r="S137" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T137" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>1.76E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V137" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>GLYCOL/WATER MIXES</t>
+        </is>
+      </c>
+      <c r="W137" t="n">
+        <v>60.0</v>
       </c>
       <c r="X137" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z137" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Hose Parted from Coupling / Break Away Coupling</t>
+          <t>pump seals - pump seals</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>IRS/2025/6178/PON1</t>
+          <t>IRS/2025/6181/PON1</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>28 July 2024 12:00</t>
+          <t>09 May 2025 14:00</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H138" t="inlineStr">
         <is>
-          <t>MACHAR</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="I138" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J138" t="n">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
       <c r="K138" t="n">
-        <v>42.0</v>
+        <v>46.24</v>
       </c>
       <c r="L138" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M138" t="n">
         <v>1.0</v>
       </c>
       <c r="N138" t="n">
-        <v>39.0</v>
+        <v>30.0</v>
       </c>
       <c r="O138" t="n">
-        <v>46.0</v>
+        <v>58.04</v>
       </c>
       <c r="P138" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q138" t="n">
-        <v>22.0</v>
+        <v>9.0</v>
       </c>
       <c r="R138" t="n">
-        <v>24.0</v>
+        <v>23.0</v>
       </c>
       <c r="S138" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T138" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V138" t="inlineStr">
         <is>
-          <t>GLYCOL/WATER MIXES</t>
+          <t>Erifon 818 TLP</t>
         </is>
       </c>
       <c r="W138" t="n">
-        <v>60.0</v>
+        <v>19.53</v>
       </c>
       <c r="X138" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z138" t="inlineStr">
         <is>
-          <t>pump seals - pump seals</t>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>IRS/2025/6181/PON1</t>
+          <t>IRS/2025/6183/PON1</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>09 May 2025 14:00</t>
+          <t>10 May 2025 04:47</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Claymore North Subsea Template</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H139" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>CLAYMORE-N. AREA</t>
         </is>
       </c>
       <c r="I139" t="n">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="J139" t="n">
-        <v>16.0</v>
+        <v>28.0</v>
       </c>
       <c r="K139" t="n">
-        <v>46.24</v>
+        <v>29.0</v>
       </c>
       <c r="L139" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M139" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N139" t="n">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
       <c r="O139" t="n">
-        <v>58.04</v>
+        <v>20.0</v>
       </c>
       <c r="P139" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q139" t="n">
-        <v>9.0</v>
+        <v>14.0</v>
       </c>
       <c r="R139" t="n">
-        <v>23.0</v>
+        <v>19.0</v>
       </c>
       <c r="S139" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T139" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V139" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
+          <t>OSW85483</t>
         </is>
       </c>
       <c r="W139" t="n">
-        <v>19.53</v>
+        <v>0.5</v>
       </c>
       <c r="X139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z139" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t>Subsea Chemical Systems - Fittings / Connections</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>IRS/2025/6183/PON1</t>
+          <t>IRS/2025/6184/PON1</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>10 May 2025 04:47</t>
+          <t>10 May 2025 10:30</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>Claymore North Subsea Template</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H140" t="inlineStr">
         <is>
-          <t>CLAYMORE-N. AREA</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="I140" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="J140" t="n">
-        <v>28.0</v>
+        <v>41.0</v>
       </c>
       <c r="K140" t="n">
-        <v>29.0</v>
+        <v>30.0</v>
       </c>
       <c r="L140" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M140" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N140" t="n">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="O140" t="n">
-        <v>20.0</v>
+        <v>13.0</v>
       </c>
       <c r="P140" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q140" t="n">
-        <v>14.0</v>
+        <v>30.0</v>
       </c>
       <c r="R140" t="n">
-        <v>19.0</v>
+        <v>7.0</v>
       </c>
       <c r="S140" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T140" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U140" t="n">
+        <v>0.0025</v>
       </c>
       <c r="V140" t="inlineStr">
         <is>
-          <t>OSW85483</t>
-[...3 lines deleted...]
-        <v>0.5</v>
+          <t/>
+        </is>
       </c>
       <c r="X140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z140" t="inlineStr">
         <is>
-          <t>Subsea Chemical Systems - Fittings / Connections</t>
+          <t>Pipework - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>IRS/2025/6184/PON1</t>
+          <t>IRS/2025/6185/PON1</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>10 May 2025 10:30</t>
+          <t>10 May 2025 15:00</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H141" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="I141" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="J141" t="n">
-        <v>41.0</v>
+        <v>35.0</v>
       </c>
       <c r="K141" t="n">
-        <v>30.0</v>
+        <v>18.716</v>
       </c>
       <c r="L141" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M141" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N141" t="n">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
       <c r="O141" t="n">
-        <v>13.0</v>
+        <v>19.523</v>
       </c>
       <c r="P141" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q141" t="n">
-        <v>30.0</v>
+        <v>9.0</v>
       </c>
       <c r="R141" t="n">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
       <c r="S141" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T141" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U141" t="n">
-        <v>0.0025</v>
+        <v>1.0E-5</v>
       </c>
       <c r="V141" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X141" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z141" t="inlineStr">
         <is>
-          <t>Pipework - Release From Joint</t>
+          <t>Drainage Systems - Unexpected Fluid Present</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>IRS/2025/6185/PON1</t>
+          <t>IRS/2025/6187/PON1</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>10 May 2025 15:00</t>
+          <t>10 May 2025 16:55</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H142" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>NELSON</t>
         </is>
       </c>
       <c r="I142" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J142" t="n">
-        <v>35.0</v>
+        <v>39.0</v>
       </c>
       <c r="K142" t="n">
-        <v>18.716</v>
+        <v>44.0</v>
       </c>
       <c r="L142" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M142" t="n">
         <v>1.0</v>
       </c>
       <c r="N142" t="n">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="O142" t="n">
-        <v>19.523</v>
+        <v>38.0</v>
       </c>
       <c r="P142" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q142" t="n">
-        <v>9.0</v>
+        <v>22.0</v>
       </c>
       <c r="R142" t="n">
         <v>11.0</v>
       </c>
       <c r="S142" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T142" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U142" t="n">
-        <v>1.0E-5</v>
+        <v>0.01</v>
       </c>
       <c r="V142" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X142" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z142" t="inlineStr">
         <is>
-          <t>Drainage Systems - Unexpected Fluid Present</t>
+          <t>Wellheads - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>IRS/2025/6187/PON1</t>
+          <t>IRS/2025/6206/PON1</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>10 May 2025 16:55</t>
+          <t>13 May 2025 22:35</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Stena Don</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H143" t="inlineStr">
         <is>
-          <t>NELSON</t>
+          <t>VICTORY</t>
         </is>
       </c>
       <c r="I143" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J143" t="n">
-        <v>39.0</v>
+        <v>58.0</v>
       </c>
       <c r="K143" t="n">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
       <c r="L143" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M143" t="n">
         <v>1.0</v>
       </c>
       <c r="N143" t="n">
-        <v>8.0</v>
+        <v>54.0</v>
       </c>
       <c r="O143" t="n">
-        <v>38.0</v>
+        <v>36.0</v>
       </c>
       <c r="P143" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q143" t="n">
-        <v>22.0</v>
+        <v>207.0</v>
       </c>
       <c r="R143" t="n">
-        <v>11.0</v>
+        <v>1.0</v>
       </c>
       <c r="S143" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T143" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U143" t="n">
-        <v>0.01</v>
+        <v>0.003</v>
       </c>
       <c r="V143" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X143" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z143" t="inlineStr">
         <is>
-          <t>Wellheads - Release From Joint</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>IRS/2025/6206/PON1</t>
+          <t>IRS/2025/6213/PON1</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>13 May 2025 22:35</t>
+          <t>16 May 2025 10:00</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
-          <t>STENA DRILLING LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>Stena Don</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H144" t="inlineStr">
         <is>
-          <t>VICTORY</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I144" t="n">
         <v>60.0</v>
       </c>
       <c r="J144" t="n">
-        <v>58.0</v>
+        <v>51.0</v>
       </c>
       <c r="K144" t="n">
-        <v>0.0</v>
+        <v>24.42</v>
       </c>
       <c r="L144" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M144" t="n">
         <v>1.0</v>
       </c>
       <c r="N144" t="n">
-        <v>54.0</v>
+        <v>28.0</v>
       </c>
       <c r="O144" t="n">
-        <v>36.0</v>
+        <v>8.73</v>
       </c>
       <c r="P144" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q144" t="n">
-        <v>207.0</v>
+        <v>3.0</v>
       </c>
       <c r="R144" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="S144" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T144" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.003</v>
+          <t/>
+        </is>
       </c>
       <c r="V144" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X144" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y144" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z144" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>IRS/2025/6213/PON1</t>
+          <t>IRS/2025/6215/PON1</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>16 May 2025 10:00</t>
+          <t>17 May 2025 16:25</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Fulmar A Platform</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H145" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>FULMAR</t>
         </is>
       </c>
       <c r="I145" t="n">
-        <v>60.0</v>
+        <v>56.0</v>
       </c>
       <c r="J145" t="n">
-        <v>51.0</v>
+        <v>29.0</v>
       </c>
       <c r="K145" t="n">
-        <v>24.42</v>
+        <v>37.1</v>
       </c>
       <c r="L145" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M145" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N145" t="n">
-        <v>28.0</v>
+        <v>9.0</v>
       </c>
       <c r="O145" t="n">
-        <v>8.73</v>
+        <v>16.67</v>
       </c>
       <c r="P145" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q145" t="n">
-        <v>3.0</v>
+        <v>30.0</v>
       </c>
       <c r="R145" t="n">
-        <v>3.0</v>
+        <v>16.0</v>
       </c>
       <c r="S145" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T145" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U145" t="n">
+        <v>0.007785</v>
       </c>
       <c r="V145" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X145" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z145" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>IRS/2025/6215/PON1</t>
+          <t>IRS/2025/6218/PON1</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>17 May 2025 16:25</t>
+          <t>18 May 2025 09:18</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>Island Valiant CSV</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>Fulmar A Platform</t>
+          <t>Hydralic hose powering subsea shear cutter</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
-          <t>FULMAR</t>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I146" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="J146" t="n">
-        <v>29.0</v>
+        <v>8.0</v>
       </c>
       <c r="K146" t="n">
-        <v>37.1</v>
+        <v>32.758</v>
       </c>
       <c r="L146" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M146" t="n">
         <v>2.0</v>
       </c>
       <c r="N146" t="n">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
       <c r="O146" t="n">
-        <v>16.67</v>
+        <v>59.694</v>
       </c>
       <c r="P146" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q146" t="n">
-        <v>30.0</v>
+        <v>23.0</v>
       </c>
       <c r="R146" t="n">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
       <c r="S146" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T146" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U146" t="n">
-        <v>0.007785</v>
+        <v>7.0E-4</v>
       </c>
       <c r="V146" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X146" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z146" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>IRS/2025/6218/PON1</t>
+          <t>IRS/2025/6225/PON1</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>18 May 2025 09:18</t>
+          <t>19 May 2025 16:55</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>Island Valiant CSV</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>Hydralic hose powering subsea shear cutter</t>
+          <t>Neptune Platform</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>Vessel</t>
-[...4 lines deleted...]
-          <t>PIERCE</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I147" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J147" t="n">
-        <v>8.0</v>
+        <v>59.0</v>
       </c>
       <c r="K147" t="n">
-        <v>32.758</v>
+        <v>2.893</v>
       </c>
       <c r="L147" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M147" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N147" t="n">
-        <v>16.0</v>
+        <v>47.0</v>
       </c>
       <c r="O147" t="n">
-        <v>59.694</v>
+        <v>26.016</v>
       </c>
       <c r="P147" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q147" t="n">
-        <v>23.0</v>
+        <v>47.0</v>
       </c>
       <c r="R147" t="n">
-        <v>22.0</v>
+        <v>4.0</v>
       </c>
       <c r="S147" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T147" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U147" t="n">
-        <v>7.0E-4</v>
+        <v>0.00132288</v>
       </c>
       <c r="V147" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X147" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z147" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Bunkering Hose - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>IRS/2025/6225/PON1</t>
+          <t>IRS/2025/6231/PON1</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>19 May 2025 16:55</t>
+          <t>21 May 2025 16:00</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>Neptune Platform</t>
+          <t>Deep Explorer</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
+        </is>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>ROSEBANK</t>
         </is>
       </c>
       <c r="I148" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J148" t="n">
         <v>59.0</v>
       </c>
       <c r="K148" t="n">
-        <v>2.893</v>
+        <v>58.0665</v>
       </c>
       <c r="L148" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M148" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="N148" t="n">
-        <v>47.0</v>
+        <v>46.0</v>
       </c>
       <c r="O148" t="n">
-        <v>26.016</v>
+        <v>25.4301</v>
       </c>
       <c r="P148" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q148" t="n">
-        <v>47.0</v>
+        <v>205.0</v>
       </c>
       <c r="R148" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="S148" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T148" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U148" t="n">
-        <v>0.00132288</v>
+        <v>0.0018</v>
       </c>
       <c r="V148" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X148" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z148" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Seal Failure</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>IRS/2025/6231/PON1</t>
+          <t>IRS/2025/6237/PON1</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>21 May 2025 16:00</t>
+          <t>24 May 2025 07:28</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>Deep Explorer</t>
+          <t>Ravenspurn North CPP Platform</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
-          <t>ROSEBANK</t>
+          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="I149" t="n">
-        <v>60.0</v>
+        <v>54.0</v>
       </c>
       <c r="J149" t="n">
-        <v>59.0</v>
+        <v>1.0</v>
       </c>
       <c r="K149" t="n">
-        <v>58.0665</v>
+        <v>54.8</v>
       </c>
       <c r="L149" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M149" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N149" t="n">
-        <v>46.0</v>
+        <v>6.0</v>
       </c>
       <c r="O149" t="n">
-        <v>25.4301</v>
+        <v>13.0</v>
       </c>
       <c r="P149" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q149" t="n">
-        <v>205.0</v>
+        <v>43.0</v>
       </c>
       <c r="R149" t="n">
-        <v>2.0</v>
+        <v>26.0</v>
       </c>
       <c r="S149" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T149" t="inlineStr">
         <is>
           <t>Measured</t>
         </is>
       </c>
       <c r="U149" t="n">
-        <v>0.0018</v>
+        <v>0.1258</v>
       </c>
       <c r="V149" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X149" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z149" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Storage (Hydraulic Oils, Lube Oils) - PSV</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>IRS/2025/6237/PON1</t>
+          <t>IRS/2025/6242/PON1</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>24 May 2025 07:28</t>
+          <t>26 May 2025 06:36</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>Ravenspurn North CPP Platform</t>
+          <t>Boka Topaz</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
-          <t>RAVENSPURN N[pt.of RAVENSPURN]</t>
+          <t>LYELL</t>
         </is>
       </c>
       <c r="I150" t="n">
-        <v>54.0</v>
+        <v>60.0</v>
       </c>
       <c r="J150" t="n">
-        <v>1.0</v>
+        <v>53.0</v>
       </c>
       <c r="K150" t="n">
-        <v>54.8</v>
+        <v>55.0</v>
       </c>
       <c r="L150" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M150" t="n">
         <v>1.0</v>
       </c>
       <c r="N150" t="n">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
       <c r="O150" t="n">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
       <c r="P150" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q150" t="n">
-        <v>43.0</v>
+        <v>3.0</v>
       </c>
       <c r="R150" t="n">
-        <v>26.0</v>
+        <v>2.0</v>
       </c>
       <c r="S150" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T150" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U150" t="n">
-        <v>0.1258</v>
+        <v>2.58E-5</v>
       </c>
       <c r="V150" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X150" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z150" t="inlineStr">
         <is>
-          <t>Storage (Hydraulic Oils, Lube Oils) - PSV</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>IRS/2025/6242/PON1</t>
+          <t>IRS/2025/6252/PON1</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>26 May 2025 06:36</t>
+          <t>28 May 2025 17:30</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>Boka Topaz</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
-          <t>LYELL</t>
+          <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="I151" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J151" t="n">
-        <v>53.0</v>
+        <v>11.0</v>
       </c>
       <c r="K151" t="n">
-        <v>55.0</v>
+        <v>18.4</v>
       </c>
       <c r="L151" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M151" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N151" t="n">
-        <v>16.0</v>
+        <v>44.0</v>
       </c>
       <c r="O151" t="n">
-        <v>10.0</v>
+        <v>25.3</v>
       </c>
       <c r="P151" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q151" t="n">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="R151" t="n">
-        <v>2.0</v>
+        <v>24.0</v>
       </c>
       <c r="S151" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T151" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>2.58E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V151" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Brayco Micronic SV/3</t>
+        </is>
+      </c>
+      <c r="W151" t="n">
+        <v>13.65</v>
       </c>
       <c r="X151" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z151" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>IRS/2025/6248/PON1</t>
+          <t>IRS/2025/6262/PON1</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>27 May 2025 09:30</t>
+          <t>01 June 2025 02:16</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Siem Day</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H152" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I152" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="J152" t="n">
-        <v>51.0</v>
+        <v>5.0</v>
       </c>
       <c r="K152" t="n">
-        <v>24.42</v>
+        <v>42.0</v>
       </c>
       <c r="L152" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M152" t="n">
         <v>1.0</v>
       </c>
       <c r="N152" t="n">
-        <v>28.0</v>
+        <v>43.0</v>
       </c>
       <c r="O152" t="n">
-        <v>8.73</v>
+        <v>7.0</v>
       </c>
       <c r="P152" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q152" t="n">
-        <v>3.0</v>
+        <v>211.0</v>
       </c>
       <c r="R152" t="n">
-        <v>3.0</v>
+        <v>29.0</v>
       </c>
       <c r="S152" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T152" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U152" t="n">
+        <v>0.086</v>
       </c>
       <c r="V152" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X152" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z152" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>IRS/2025/6252/PON1</t>
+          <t>IRS/2025/6273/PON1</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>28 May 2025 17:30</t>
+          <t>02 June 2025 14:30</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
-          <t>GUILLEMOT WEST</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I153" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J153" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="K153" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="L153" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M153" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N153" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="O153" t="n">
         <v>11.0</v>
       </c>
-      <c r="K153" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="P153" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q153" t="n">
-        <v>21.0</v>
+        <v>13.0</v>
       </c>
       <c r="R153" t="n">
-        <v>24.0</v>
+        <v>22.0</v>
       </c>
       <c r="S153" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T153" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U153" t="n">
+        <v>1.3299E-4</v>
       </c>
       <c r="V153" t="inlineStr">
         <is>
-          <t>Castrol Brayco Micronic SV/3</t>
-[...3 lines deleted...]
-        <v>13.65</v>
+          <t/>
+        </is>
       </c>
       <c r="X153" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z153" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>deck - Deck Washing</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>IRS/2025/6262/PON1</t>
+          <t>IRS/2025/6276/PON1</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>01 June 2025 02:16</t>
+          <t>02 June 2025 19:30</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>Siem Day</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>Vessel</t>
-[...4 lines deleted...]
-          <t>BRENT</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I154" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J154" t="n">
-        <v>5.0</v>
+        <v>57.0</v>
       </c>
       <c r="K154" t="n">
-        <v>42.0</v>
+        <v>26.0</v>
       </c>
       <c r="L154" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M154" t="n">
         <v>1.0</v>
       </c>
       <c r="N154" t="n">
-        <v>43.0</v>
+        <v>50.0</v>
       </c>
       <c r="O154" t="n">
-        <v>7.0</v>
+        <v>42.0</v>
       </c>
       <c r="P154" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q154" t="n">
-        <v>211.0</v>
+        <v>22.0</v>
       </c>
       <c r="R154" t="n">
-        <v>29.0</v>
+        <v>5.0</v>
       </c>
       <c r="S154" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T154" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V154" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua SP</t>
+        </is>
+      </c>
+      <c r="W154" t="n">
+        <v>11.278</v>
       </c>
       <c r="X154" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z154" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>IRS/2025/6273/PON1</t>
+          <t>IRS/2025/6280/PON1</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>02 June 2025 14:30</t>
+          <t>03 June 2025 09:31</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>Captain Bridge Lnked Platform</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
-[...4 lines deleted...]
-          <t>CAPTAIN</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="I155" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J155" t="n">
-        <v>18.0</v>
+        <v>5.0</v>
       </c>
       <c r="K155" t="n">
-        <v>24.0</v>
+        <v>42.0</v>
       </c>
       <c r="L155" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M155" t="n">
         <v>1.0</v>
       </c>
       <c r="N155" t="n">
-        <v>46.0</v>
+        <v>43.0</v>
       </c>
       <c r="O155" t="n">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
       <c r="P155" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q155" t="n">
-        <v>13.0</v>
+        <v>211.0</v>
       </c>
       <c r="R155" t="n">
-        <v>22.0</v>
+        <v>29.0</v>
       </c>
       <c r="S155" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T155" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.3299E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V155" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X155" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y155" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z155" t="inlineStr">
         <is>
-          <t>deck - Deck Washing</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>IRS/2025/6276/PON1</t>
+          <t>IRS/2025/6281/PON1</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>02 June 2025 19:30</t>
+          <t>03 June 2025 17:25</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I156" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J156" t="n">
-        <v>57.0</v>
+        <v>27.0</v>
       </c>
       <c r="K156" t="n">
-        <v>26.0</v>
+        <v>40.86</v>
       </c>
       <c r="L156" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M156" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N156" t="n">
-        <v>50.0</v>
+        <v>15.0</v>
       </c>
       <c r="O156" t="n">
-        <v>42.0</v>
+        <v>3.83</v>
       </c>
       <c r="P156" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q156" t="n">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="R156" t="n">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
       <c r="S156" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T156" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U156" t="n">
+        <v>0.0019</v>
       </c>
       <c r="V156" t="inlineStr">
         <is>
-          <t>Castrol Transaqua SP</t>
-[...3 lines deleted...]
-        <v>11.278</v>
+          <t/>
+        </is>
       </c>
       <c r="X156" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z156" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
+          <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>IRS/2025/6280/PON1</t>
+          <t>IRS/2025/6287/PON1</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>03 June 2025 09:31</t>
+          <t>06 June 2025 11:30</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>WINTERSHALL NOORDZEE B.V., SWIFT DRILLING B.V.</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>Brent C Platform</t>
+          <t>Wingate Platform</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>WINGATE</t>
         </is>
       </c>
       <c r="I157" t="n">
-        <v>61.0</v>
+        <v>54.0</v>
       </c>
       <c r="J157" t="n">
-        <v>5.0</v>
+        <v>19.0</v>
       </c>
       <c r="K157" t="n">
-        <v>42.0</v>
+        <v>0.172</v>
       </c>
       <c r="L157" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M157" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N157" t="n">
-        <v>43.0</v>
+        <v>37.0</v>
       </c>
       <c r="O157" t="n">
-        <v>7.0</v>
+        <v>10.084</v>
       </c>
       <c r="P157" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q157" t="n">
-        <v>211.0</v>
+        <v>44.0</v>
       </c>
       <c r="R157" t="n">
-        <v>29.0</v>
+        <v>24.0</v>
       </c>
       <c r="S157" t="inlineStr">
         <is>
-          <t/>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T157" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U157" t="n">
+        <v>1.45395E-4</v>
       </c>
       <c r="V157" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X157" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z157" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>IRS/2025/6281/PON1</t>
+          <t>IRS/2025/6288/PON1</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>03 June 2025 17:25</t>
+          <t>06 June 2025 11:00</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>Liverpool Bay</t>
+        </is>
+      </c>
       <c r="I158" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J158" t="n">
-        <v>27.0</v>
+        <v>32.0</v>
       </c>
       <c r="K158" t="n">
-        <v>40.86</v>
+        <v>13.91</v>
       </c>
       <c r="L158" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M158" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="N158" t="n">
-        <v>15.0</v>
+        <v>34.0</v>
       </c>
       <c r="O158" t="n">
-        <v>3.83</v>
+        <v>42.29</v>
       </c>
       <c r="P158" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q158" t="n">
-        <v>15.0</v>
+        <v>110.0</v>
       </c>
       <c r="R158" t="n">
-        <v>17.0</v>
+        <v>13.0</v>
       </c>
       <c r="S158" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T158" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0019</v>
+          <t/>
+        </is>
       </c>
       <c r="V158" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW540 E</t>
+        </is>
+      </c>
+      <c r="W158" t="n">
+        <v>10.6</v>
       </c>
       <c r="X158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z158" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>IRS/2025/6287/PON1</t>
+          <t>IRS/2025/6294/PON1</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>06 June 2025 11:30</t>
+          <t>08 June 2025 09:45</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>WINTERSHALL NOORDZEE B.V., SWIFT DRILLING B.V.</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>Wingate Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H159" t="inlineStr">
         <is>
-          <t>WINGATE</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="I159" t="n">
-        <v>54.0</v>
+        <v>60.0</v>
       </c>
       <c r="J159" t="n">
-        <v>19.0</v>
+        <v>41.0</v>
       </c>
       <c r="K159" t="n">
-        <v>0.172</v>
+        <v>30.0</v>
       </c>
       <c r="L159" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M159" t="n">
         <v>2.0</v>
       </c>
       <c r="N159" t="n">
-        <v>37.0</v>
+        <v>32.0</v>
       </c>
       <c r="O159" t="n">
-        <v>10.084</v>
+        <v>40.0</v>
       </c>
       <c r="P159" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q159" t="n">
-        <v>44.0</v>
+        <v>206.0</v>
       </c>
       <c r="R159" t="n">
-        <v>24.0</v>
+        <v>8.0</v>
       </c>
       <c r="S159" t="inlineStr">
         <is>
-          <t>Condensate</t>
+          <t/>
         </is>
       </c>
       <c r="T159" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.45395E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V159" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM HYPOCHLORITE (ALL DILUTIONS).</t>
+        </is>
+      </c>
+      <c r="W159" t="n">
+        <v>1.163</v>
       </c>
       <c r="X159" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z159" t="inlineStr">
         <is>
-          <t>Pipework - Pinhole Leak</t>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>IRS/2025/6288/PON1</t>
+          <t>IRS/2025/6297/PON1</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>06 June 2025 11:00</t>
+          <t>09 June 2025 12:30</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>Douglas DD Platform</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
-          <t>Liverpool Bay</t>
+          <t>ALWYN NORTH</t>
         </is>
       </c>
       <c r="I160" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J160" t="n">
-        <v>32.0</v>
+        <v>37.0</v>
       </c>
       <c r="K160" t="n">
-        <v>13.91</v>
+        <v>46.0</v>
       </c>
       <c r="L160" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M160" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N160" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O160" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="P160" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q160" t="n">
         <v>3.0</v>
       </c>
-      <c r="N160" t="n">
-[...12 lines deleted...]
-      </c>
       <c r="R160" t="n">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
       <c r="S160" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T160" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U160" t="n">
+        <v>0.01528875</v>
       </c>
       <c r="V160" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
-[...3 lines deleted...]
-        <v>10.6</v>
+          <t/>
+        </is>
       </c>
       <c r="X160" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z160" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Drainage Systems - Bund Overflow / Open</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>IRS/2025/6294/PON1</t>
+          <t>IRS/2025/6304/PON1</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>08 June 2025 09:45</t>
+          <t>11 June 2025 01:45</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H161" t="inlineStr">
         <is>
           <t>CLAIR</t>
         </is>
       </c>
       <c r="I161" t="n">
         <v>60.0</v>
       </c>
@@ -17129,1410 +17124,1412 @@
           <t>North</t>
         </is>
       </c>
       <c r="M161" t="n">
         <v>2.0</v>
       </c>
       <c r="N161" t="n">
         <v>32.0</v>
       </c>
       <c r="O161" t="n">
         <v>40.0</v>
       </c>
       <c r="P161" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q161" t="n">
         <v>206.0</v>
       </c>
       <c r="R161" t="n">
         <v>8.0</v>
       </c>
       <c r="S161" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T161" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U161" t="n">
+        <v>6.0E-5</v>
       </c>
       <c r="V161" t="inlineStr">
         <is>
-          <t>SODIUM HYPOCHLORITE (ALL DILUTIONS).</t>
-[...3 lines deleted...]
-        <v>1.163</v>
+          <t/>
+        </is>
       </c>
       <c r="X161" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z161" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Production Chemicals) - Total Rupture</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>IRS/2025/6297/PON1</t>
+          <t>IRS/2025/6309/PON1</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>09 June 2025 12:30</t>
+          <t>12 June 2025 16:00</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H162" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I162" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J162" t="n">
-        <v>37.0</v>
+        <v>57.0</v>
       </c>
       <c r="K162" t="n">
-        <v>46.0</v>
+        <v>26.0</v>
       </c>
       <c r="L162" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M162" t="n">
         <v>1.0</v>
       </c>
       <c r="N162" t="n">
-        <v>39.0</v>
+        <v>50.0</v>
       </c>
       <c r="O162" t="n">
-        <v>9.0</v>
+        <v>42.0</v>
       </c>
       <c r="P162" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q162" t="n">
-        <v>3.0</v>
+        <v>22.0</v>
       </c>
       <c r="R162" t="n">
-        <v>14.0</v>
+        <v>5.0</v>
       </c>
       <c r="S162" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T162" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U162" t="n">
-        <v>0.01528875</v>
+        <v>0.0185</v>
       </c>
       <c r="V162" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z162" t="inlineStr">
         <is>
-          <t>Drainage Systems - Bund Overflow / Open</t>
+          <t>Pipework - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>IRS/2025/6304/PON1</t>
+          <t>IRS/2025/6310/PON1</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>11 June 2025 01:45</t>
+          <t>13 June 2025 00:05</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H163" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>TULLICH</t>
         </is>
       </c>
       <c r="I163" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J163" t="n">
-        <v>41.0</v>
+        <v>18.0</v>
       </c>
       <c r="K163" t="n">
-        <v>30.0</v>
+        <v>5.0</v>
       </c>
       <c r="L163" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M163" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N163" t="n">
-        <v>32.0</v>
+        <v>34.0</v>
       </c>
       <c r="O163" t="n">
-        <v>40.0</v>
+        <v>5.0</v>
       </c>
       <c r="P163" t="inlineStr">
         <is>
-          <t>West</t>
-[...6 lines deleted...]
-        <v>8.0</v>
+          <t>East</t>
+        </is>
       </c>
       <c r="S163" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T163" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>6.0E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V163" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RX-5722</t>
+        </is>
+      </c>
+      <c r="W163" t="n">
+        <v>0.1</v>
       </c>
       <c r="X163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z163" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>IRS/2025/6309/PON1</t>
+          <t>IRS/2025/6315/PON1</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>12 June 2025 16:00</t>
+          <t>14 June 2025 19:50</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I164" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J164" t="n">
-        <v>57.0</v>
+        <v>41.0</v>
       </c>
       <c r="K164" t="n">
-        <v>26.0</v>
+        <v>30.0</v>
       </c>
       <c r="L164" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M164" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N164" t="n">
-        <v>50.0</v>
+        <v>32.0</v>
       </c>
       <c r="O164" t="n">
-        <v>42.0</v>
+        <v>40.0</v>
       </c>
       <c r="P164" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q164" t="n">
-        <v>22.0</v>
+        <v>206.0</v>
       </c>
       <c r="R164" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="S164" t="inlineStr">
         <is>
-          <t>Condensate</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T164" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U164" t="n">
-        <v>0.0185</v>
+        <v>1.584E-5</v>
       </c>
       <c r="V164" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X164" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z164" t="inlineStr">
         <is>
-          <t>Pipework - Release From Joint</t>
+          <t>Cranes - greasing</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>IRS/2025/6310/PON1</t>
+          <t>IRS/2025/6327/PON1</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>13 June 2025 00:05</t>
+          <t>18 June 2025 03:57</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H165" t="inlineStr">
         <is>
-          <t>TULLICH</t>
+          <t>CLAYMORE</t>
         </is>
       </c>
       <c r="I165" t="n">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="J165" t="n">
-        <v>18.0</v>
+        <v>26.0</v>
       </c>
       <c r="K165" t="n">
-        <v>5.0</v>
+        <v>58.0</v>
       </c>
       <c r="L165" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M165" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N165" t="n">
-        <v>34.0</v>
+        <v>15.0</v>
       </c>
       <c r="O165" t="n">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
       <c r="P165" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q165" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="R165" t="n">
+        <v>19.0</v>
       </c>
       <c r="S165" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T165" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U165" t="n">
+        <v>0.005405389</v>
       </c>
       <c r="V165" t="inlineStr">
         <is>
-          <t>RX-5722</t>
-[...3 lines deleted...]
-        <v>0.1</v>
+          <t/>
+        </is>
       </c>
       <c r="X165" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z165" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Drainage Systems - Caisson pump failure</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>IRS/2025/6315/PON1</t>
+          <t>IRS/2025/6328/PON1</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>14 June 2025 19:50</t>
+          <t>18 June 2025 09:50</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>CAPTAIN</t>
+        </is>
+      </c>
       <c r="I166" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J166" t="n">
-        <v>41.0</v>
+        <v>18.0</v>
       </c>
       <c r="K166" t="n">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="L166" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M166" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N166" t="n">
-        <v>32.0</v>
+        <v>46.0</v>
       </c>
       <c r="O166" t="n">
-        <v>40.0</v>
+        <v>6.0</v>
       </c>
       <c r="P166" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q166" t="n">
-        <v>206.0</v>
+        <v>13.0</v>
       </c>
       <c r="R166" t="n">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
       <c r="S166" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T166" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U166" t="n">
-        <v>1.584E-5</v>
+        <v>2.0925E-5</v>
       </c>
       <c r="V166" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X166" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z166" t="inlineStr">
         <is>
-          <t>Cranes - greasing</t>
+          <t>Hose (Topsides, Not Bunkering) - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>IRS/2025/6327/PON1</t>
+          <t>IRS/2025/6331/PON1</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>18 June 2025 03:57</t>
+          <t>19 June 2025 09:41</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H167" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>GRYPHON</t>
         </is>
       </c>
       <c r="I167" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="J167" t="n">
-        <v>26.0</v>
+        <v>21.0</v>
       </c>
       <c r="K167" t="n">
-        <v>58.0</v>
+        <v>0.6</v>
       </c>
       <c r="L167" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M167" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N167" t="n">
-        <v>15.0</v>
+        <v>34.0</v>
       </c>
       <c r="O167" t="n">
-        <v>13.0</v>
+        <v>0.3</v>
       </c>
       <c r="P167" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q167" t="n">
-        <v>14.0</v>
+        <v>9.0</v>
       </c>
       <c r="R167" t="n">
-        <v>19.0</v>
+        <v>18.0</v>
       </c>
       <c r="S167" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T167" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U167" t="n">
+        <v>0.014</v>
       </c>
       <c r="V167" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X167" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z167" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>IRS/2025/6328/PON1</t>
+          <t>IRS/2025/6333/PON1</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>18 June 2025 09:50</t>
+          <t>20 June 2025 16:30</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>CPC1</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="I168" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J168" t="n">
-        <v>18.0</v>
+        <v>50.0</v>
       </c>
       <c r="K168" t="n">
-        <v>27.0</v>
+        <v>47.52</v>
       </c>
       <c r="L168" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M168" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N168" t="n">
-        <v>46.0</v>
+        <v>34.0</v>
       </c>
       <c r="O168" t="n">
-        <v>6.0</v>
+        <v>55.01</v>
       </c>
       <c r="P168" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q168" t="n">
-        <v>13.0</v>
+        <v>110.0</v>
       </c>
       <c r="R168" t="n">
-        <v>22.0</v>
+        <v>8.0</v>
       </c>
       <c r="S168" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T168" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U168" t="n">
-        <v>2.0925E-5</v>
+        <v>6.3342E-4</v>
       </c>
       <c r="V168" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X168" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z168" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Open To Environment</t>
+          <t>Cranes - Diesel System</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>IRS/2025/6331/PON1</t>
+          <t>IRS/2025/6337/PON1</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>19 June 2025 09:41</t>
+          <t>22 June 2025 15:45</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
-          <t>GRYPHON</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="I169" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="J169" t="n">
-        <v>21.0</v>
+        <v>41.0</v>
       </c>
       <c r="K169" t="n">
-        <v>0.6</v>
+        <v>30.0</v>
       </c>
       <c r="L169" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M169" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N169" t="n">
-        <v>34.0</v>
+        <v>32.0</v>
       </c>
       <c r="O169" t="n">
-        <v>0.3</v>
+        <v>40.0</v>
       </c>
       <c r="P169" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q169" t="n">
-        <v>9.0</v>
+        <v>206.0</v>
       </c>
       <c r="R169" t="n">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
       <c r="S169" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T169" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U169" t="n">
-        <v>0.014</v>
+        <v>6.75E-6</v>
       </c>
       <c r="V169" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z169" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Cranes - greasing</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>IRS/2025/6333/PON1</t>
+          <t>IRS/2025/6338/PON1</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>20 June 2025 16:30</t>
+          <t>22 June 2025 17:00</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>CPC1</t>
+          <t>PAN-W</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>Penguins</t>
         </is>
       </c>
       <c r="I170" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="J170" t="n">
-        <v>50.0</v>
+        <v>37.0</v>
       </c>
       <c r="K170" t="n">
-        <v>47.52</v>
+        <v>47.1039</v>
       </c>
       <c r="L170" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M170" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N170" t="n">
-        <v>34.0</v>
+        <v>29.0</v>
       </c>
       <c r="O170" t="n">
-        <v>55.01</v>
+        <v>39.4986</v>
       </c>
       <c r="P170" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q170" t="n">
-        <v>110.0</v>
+        <v>211.0</v>
       </c>
       <c r="R170" t="n">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
       <c r="S170" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T170" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>6.3342E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V170" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X170" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y170" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z170" t="inlineStr">
         <is>
-          <t>Cranes - Diesel System</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>IRS/2025/6337/PON1</t>
+          <t>IRS/2025/6354/PON1</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>22 June 2025 15:45</t>
+          <t>25 June 2025 18:45</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENQUEST BRITAIN LIMITED</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>THISTLE</t>
         </is>
       </c>
       <c r="I171" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="J171" t="n">
-        <v>41.0</v>
+        <v>21.0</v>
       </c>
       <c r="K171" t="n">
-        <v>30.0</v>
+        <v>46.901</v>
       </c>
       <c r="L171" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M171" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N171" t="n">
-        <v>32.0</v>
+        <v>34.0</v>
       </c>
       <c r="O171" t="n">
-        <v>40.0</v>
+        <v>47.1</v>
       </c>
       <c r="P171" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q171" t="n">
-        <v>206.0</v>
+        <v>211.0</v>
       </c>
       <c r="R171" t="n">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="S171" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T171" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>6.75E-6</v>
+          <t/>
+        </is>
       </c>
       <c r="V171" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X171" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y171" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z171" t="inlineStr">
         <is>
-          <t>Cranes - greasing</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>IRS/2025/6338/PON1</t>
+          <t>IRS/2025/6356/PON1</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>22 June 2025 17:00</t>
+          <t>27 June 2025 01:00</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>PAN-W</t>
+          <t>ROV</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
-          <t>Penguins</t>
+          <t>DURANGO</t>
         </is>
       </c>
       <c r="I172" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J172" t="n">
-        <v>37.0</v>
+        <v>17.0</v>
       </c>
       <c r="K172" t="n">
-        <v>47.1039</v>
+        <v>24.096</v>
       </c>
       <c r="L172" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M172" t="n">
         <v>1.0</v>
       </c>
       <c r="N172" t="n">
-        <v>29.0</v>
+        <v>6.0</v>
       </c>
       <c r="O172" t="n">
-        <v>39.4986</v>
+        <v>38.201</v>
       </c>
       <c r="P172" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q172" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S172" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T172" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U172" t="n">
+        <v>3.0E-4</v>
       </c>
       <c r="V172" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X172" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z172" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>IRS/2025/6354/PON1</t>
+          <t>IRS/2025/6357/PON1</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>25 June 2025 18:45</t>
+          <t>24 June 2025 22:20</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
-          <t>ENQUEST BRITAIN LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
-          <t>THISTLE</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="I173" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="J173" t="n">
-        <v>21.0</v>
+        <v>27.0</v>
       </c>
       <c r="K173" t="n">
-        <v>46.901</v>
+        <v>40.86</v>
       </c>
       <c r="L173" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M173" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N173" t="n">
-        <v>34.0</v>
+        <v>15.0</v>
       </c>
       <c r="O173" t="n">
-        <v>47.1</v>
+        <v>3.83</v>
       </c>
       <c r="P173" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q173" t="n">
-        <v>211.0</v>
+        <v>15.0</v>
       </c>
       <c r="R173" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="S173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z173" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>IRS/2025/6356/PON1</t>
+          <t>IRS/2025/6357/PON1</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>27 June 2025 01:00</t>
+          <t>24 June 2025 22:20</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
-          <t>PETRODEC UK LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>ROV</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
-          <t>DURANGO</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="I174" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J174" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="K174" t="n">
+        <v>40.86</v>
+      </c>
+      <c r="L174" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M174" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N174" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O174" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="P174" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q174" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R174" t="n">
         <v>17.0</v>
       </c>
-      <c r="K174" t="n">
-[...20 lines deleted...]
-      </c>
       <c r="S174" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T174" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>3.0E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V174" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X174" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y174" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z174" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>IRS/2025/6357/PON1</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>24 June 2025 22:20</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
@@ -19661,718 +19658,716 @@
       </c>
       <c r="V185" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X185" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y185" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z185" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>IRS/2025/6357/PON1</t>
+          <t>IRS/2025/6363/PON1</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>24 June 2025 22:20</t>
+          <t>28 June 2025 10:30</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Durango</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H186" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I186" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J186" t="n">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
       <c r="K186" t="n">
-        <v>40.86</v>
+        <v>24.096</v>
       </c>
       <c r="L186" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M186" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N186" t="n">
-        <v>15.0</v>
+        <v>6.0</v>
       </c>
       <c r="O186" t="n">
-        <v>3.83</v>
+        <v>38.201</v>
       </c>
       <c r="P186" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q186" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S186" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T186" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U186" t="n">
+        <v>5.0E-4</v>
       </c>
       <c r="V186" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X186" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z186" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>IRS/2025/6357/PON1</t>
+          <t>IRS/2025/6366/PON1</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>24 June 2025 22:20</t>
+          <t>29 June 2025 06:30</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Durango WHPS</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H187" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I187" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J187" t="n">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
       <c r="K187" t="n">
-        <v>40.86</v>
+        <v>24.096</v>
       </c>
       <c r="L187" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M187" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N187" t="n">
-        <v>15.0</v>
+        <v>6.0</v>
       </c>
       <c r="O187" t="n">
-        <v>3.83</v>
+        <v>38.201</v>
       </c>
       <c r="P187" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q187" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S187" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T187" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U187" t="n">
+        <v>5.0E-4</v>
       </c>
       <c r="V187" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X187" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z187" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>IRS/2025/6363/PON1</t>
+          <t>IRS/2025/6377/PON1</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>28 June 2025 10:30</t>
+          <t>01 July 2025 01:15</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
-          <t>PETRODEC UK LIMITED</t>
+          <t>DEEPOCEAN SUBSEA SERVICES LIMITED</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>Durango</t>
+          <t>Island Ocean</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
+        </is>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>BRUCE</t>
         </is>
       </c>
       <c r="I188" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="J188" t="n">
-        <v>17.0</v>
+        <v>44.0</v>
       </c>
       <c r="K188" t="n">
-        <v>24.096</v>
+        <v>32.0</v>
       </c>
       <c r="L188" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M188" t="n">
         <v>1.0</v>
       </c>
       <c r="N188" t="n">
-        <v>6.0</v>
+        <v>40.0</v>
       </c>
       <c r="O188" t="n">
-        <v>38.201</v>
+        <v>17.0</v>
       </c>
       <c r="P188" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S188" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T188" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>5.0E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V188" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Shell Tellus 22</t>
+        </is>
+      </c>
+      <c r="W188" t="n">
+        <v>0.17</v>
       </c>
       <c r="X188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z188" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>IRS/2025/6366/PON1</t>
+          <t>IRS/2025/6379/PON1</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>29 June 2025 06:30</t>
+          <t>01 July 2025 04:00</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
-          <t>PETRODEC UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>Durango WHPS</t>
+          <t>Penguins Rockhopper 211/14a-10</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>PENGUIN D {pt of PENGUIN EAST}</t>
+        </is>
+      </c>
       <c r="I189" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="J189" t="n">
-        <v>17.0</v>
+        <v>33.0</v>
       </c>
       <c r="K189" t="n">
-        <v>24.096</v>
+        <v>4.0</v>
       </c>
       <c r="L189" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M189" t="n">
         <v>1.0</v>
       </c>
       <c r="N189" t="n">
-        <v>6.0</v>
+        <v>36.0</v>
       </c>
       <c r="O189" t="n">
-        <v>38.201</v>
+        <v>8.0</v>
       </c>
       <c r="P189" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q189" t="n">
+        <v>211.0</v>
+      </c>
+      <c r="R189" t="n">
+        <v>14.0</v>
+      </c>
       <c r="S189" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T189" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>5.0E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V189" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Brayco Micronic SV/3</t>
+        </is>
+      </c>
+      <c r="W189" t="n">
+        <v>0.5</v>
       </c>
       <c r="X189" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z189" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Tree - Weeping of control fluid when tree cap was removed from subsea tree.</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>IRS/2025/6377/PON1</t>
+          <t>IRS/2025/6391/PON1</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>01 July 2025 01:15</t>
+          <t>02 July 2025 14:25</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
-          <t>DEEPOCEAN SUBSEA SERVICES LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>Island Ocean</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
-          <t>Vessel</t>
-[...4 lines deleted...]
-          <t>BRUCE</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="I190" t="n">
-        <v>59.0</v>
+        <v>61.0</v>
       </c>
       <c r="J190" t="n">
-        <v>44.0</v>
+        <v>5.0</v>
       </c>
       <c r="K190" t="n">
-        <v>32.0</v>
+        <v>42.0</v>
       </c>
       <c r="L190" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M190" t="n">
         <v>1.0</v>
       </c>
       <c r="N190" t="n">
-        <v>40.0</v>
+        <v>43.0</v>
       </c>
       <c r="O190" t="n">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
       <c r="P190" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q190" t="n">
+        <v>211.0</v>
+      </c>
+      <c r="R190" t="n">
+        <v>29.0</v>
+      </c>
       <c r="S190" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T190" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V190" t="inlineStr">
         <is>
-          <t>Shell Tellus 22</t>
-[...3 lines deleted...]
-        <v>0.17</v>
+          <t/>
+        </is>
       </c>
       <c r="X190" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y190" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z190" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>IRS/2025/6379/PON1</t>
+          <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>01 July 2025 04:00</t>
+          <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>Penguins Rockhopper 211/14a-10</t>
+          <t>Stena Don</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
-          <t>PENGUIN D {pt of PENGUIN EAST}</t>
+          <t>Curlew</t>
         </is>
       </c>
       <c r="I191" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="J191" t="n">
-        <v>33.0</v>
+        <v>43.0</v>
       </c>
       <c r="K191" t="n">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
       <c r="L191" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M191" t="n">
         <v>1.0</v>
       </c>
       <c r="N191" t="n">
-        <v>36.0</v>
+        <v>18.0</v>
       </c>
       <c r="O191" t="n">
-        <v>8.0</v>
+        <v>30.0</v>
       </c>
       <c r="P191" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q191" t="n">
-        <v>211.0</v>
+        <v>29.0</v>
       </c>
       <c r="R191" t="n">
-        <v>14.0</v>
+        <v>7.0</v>
       </c>
       <c r="S191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>IRS/2025/6391/PON1</t>
+          <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>02 July 2025 14:25</t>
+          <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>Brent C Platform</t>
+          <t>Stena Don</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>Curlew</t>
         </is>
       </c>
       <c r="I192" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="J192" t="n">
-        <v>5.0</v>
+        <v>43.0</v>
       </c>
       <c r="K192" t="n">
-        <v>42.0</v>
+        <v>18.0</v>
       </c>
       <c r="L192" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M192" t="n">
         <v>1.0</v>
       </c>
       <c r="N192" t="n">
-        <v>43.0</v>
+        <v>18.0</v>
       </c>
       <c r="O192" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="P192" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q192" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="R192" t="n">
         <v>7.0</v>
-      </c>
-[...9 lines deleted...]
-        <v>29.0</v>
       </c>
       <c r="S192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y192" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -21106,1501 +21101,1501 @@
       </c>
       <c r="V199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>IRS/2025/6392/PON1</t>
+          <t>IRS/2025/6404/PON1</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>03 July 2025 01:15</t>
+          <t>06 July 2025 10:30</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>Stena Don</t>
+          <t>Douglas DA Platform</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>Curlew</t>
+          <t>Liverpool Bay</t>
         </is>
       </c>
       <c r="I200" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J200" t="n">
-        <v>43.0</v>
+        <v>32.0</v>
       </c>
       <c r="K200" t="n">
-        <v>18.0</v>
+        <v>13.91</v>
       </c>
       <c r="L200" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M200" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N200" t="n">
-        <v>18.0</v>
+        <v>34.0</v>
       </c>
       <c r="O200" t="n">
-        <v>30.0</v>
+        <v>42.29</v>
       </c>
       <c r="P200" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q200" t="n">
-        <v>29.0</v>
+        <v>110.0</v>
       </c>
       <c r="R200" t="n">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
       <c r="S200" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T200" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U200" t="n">
+        <v>0.012062565</v>
       </c>
       <c r="V200" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X200" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z200" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>IRS/2025/6392/PON1</t>
+          <t>IRS/2025/6408/PON1</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>03 July 2025 01:15</t>
+          <t>07 July 2025 06:35</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>Stena Don</t>
+          <t>Noble Patriot</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>Curlew</t>
+          <t>HUDSON</t>
         </is>
       </c>
       <c r="I201" t="n">
-        <v>56.0</v>
+        <v>61.0</v>
       </c>
       <c r="J201" t="n">
-        <v>43.0</v>
+        <v>15.0</v>
       </c>
       <c r="K201" t="n">
-        <v>18.0</v>
+        <v>38.99</v>
       </c>
       <c r="L201" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M201" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N201" t="n">
-        <v>18.0</v>
+        <v>42.0</v>
       </c>
       <c r="O201" t="n">
-        <v>30.0</v>
+        <v>33.2</v>
       </c>
       <c r="P201" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q201" t="n">
-        <v>29.0</v>
+        <v>210.0</v>
       </c>
       <c r="R201" t="n">
-        <v>7.0</v>
+        <v>24.0</v>
       </c>
       <c r="S201" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T201" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U201" t="n">
+        <v>0.001308</v>
       </c>
       <c r="V201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X201" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z201" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>IRS/2025/6404/PON1</t>
+          <t>IRS/2025/6410/PON1</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>06 July 2025 10:30</t>
+          <t>22 April 2025 08:11</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>Douglas DA Platform</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
-          <t>Liverpool Bay</t>
+          <t>HEWETT</t>
         </is>
       </c>
       <c r="I202" t="n">
         <v>53.0</v>
       </c>
       <c r="J202" t="n">
-        <v>32.0</v>
+        <v>1.0</v>
       </c>
       <c r="K202" t="n">
-        <v>13.91</v>
+        <v>3.0</v>
       </c>
       <c r="L202" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M202" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N202" t="n">
-        <v>34.0</v>
+        <v>47.0</v>
       </c>
       <c r="O202" t="n">
-        <v>42.29</v>
+        <v>45.0</v>
       </c>
       <c r="P202" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q202" t="n">
-        <v>110.0</v>
+        <v>48.0</v>
       </c>
       <c r="R202" t="n">
-        <v>13.0</v>
+        <v>29.0</v>
       </c>
       <c r="S202" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T202" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.012062565</v>
+          <t/>
+        </is>
       </c>
       <c r="V202" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X202" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y202" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z202" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>IRS/2025/6408/PON1</t>
+          <t>IRS/2025/6420/PON1</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>07 July 2025 06:35</t>
+          <t>08 July 2025 22:15</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>Noble Patriot</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
-          <t>HUDSON</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I203" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="J203" t="n">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="K203" t="n">
-        <v>38.99</v>
+        <v>27.0</v>
       </c>
       <c r="L203" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M203" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N203" t="n">
-        <v>42.0</v>
+        <v>46.0</v>
       </c>
       <c r="O203" t="n">
-        <v>33.2</v>
+        <v>6.0</v>
       </c>
       <c r="P203" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q203" t="n">
-        <v>210.0</v>
+        <v>13.0</v>
       </c>
       <c r="R203" t="n">
-        <v>24.0</v>
+        <v>22.0</v>
       </c>
       <c r="S203" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T203" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U203" t="n">
-        <v>0.001308</v>
+        <v>4.4274E-4</v>
       </c>
       <c r="V203" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X203" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z203" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>IRS/2025/6410/PON1</t>
+          <t>IRS/2025/6421/PON1</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>22 April 2025 08:11</t>
+          <t>10 July 2025 03:35</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>PETROFAC FACILITIES MANAGEMENT LIMITED, ENI UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>ROV</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
-          <t>HEWETT</t>
+          <t>EIDER</t>
         </is>
       </c>
       <c r="I204" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="J204" t="n">
-        <v>1.0</v>
+        <v>21.0</v>
       </c>
       <c r="K204" t="n">
-        <v>3.0</v>
+        <v>26.3</v>
       </c>
       <c r="L204" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M204" t="n">
         <v>1.0</v>
       </c>
       <c r="N204" t="n">
-        <v>47.0</v>
+        <v>9.0</v>
       </c>
       <c r="O204" t="n">
-        <v>45.0</v>
+        <v>40.4</v>
       </c>
       <c r="P204" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q204" t="n">
-        <v>48.0</v>
+        <v>211.0</v>
       </c>
       <c r="R204" t="n">
-        <v>29.0</v>
+        <v>16.0</v>
       </c>
       <c r="S204" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T204" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U204" t="n">
+        <v>0.008789</v>
       </c>
       <c r="V204" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X204" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z204" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>IRS/2025/6420/PON1</t>
+          <t>IRS/2025/6424/PON1</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>08 July 2025 22:15</t>
+          <t>10 July 2025 10:20</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Corvette Platform</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>cpug</t>
         </is>
       </c>
       <c r="I205" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J205" t="n">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
       <c r="K205" t="n">
-        <v>27.0</v>
+        <v>8.9</v>
       </c>
       <c r="L205" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M205" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N205" t="n">
-        <v>46.0</v>
+        <v>37.0</v>
       </c>
       <c r="O205" t="n">
-        <v>6.0</v>
+        <v>24.4</v>
       </c>
       <c r="P205" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q205" t="n">
-        <v>13.0</v>
+        <v>49.0</v>
       </c>
       <c r="R205" t="n">
-        <v>22.0</v>
+        <v>24.0</v>
       </c>
       <c r="S205" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T205" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U205" t="n">
-        <v>4.4274E-4</v>
+        <v>0.088</v>
       </c>
       <c r="V205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z205" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Vessel</t>
+          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>IRS/2025/6421/PON1</t>
+          <t>IRS/2025/6437/PON1</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>10 July 2025 03:35</t>
+          <t>14 July 2025 08:30</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>ROV</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
-          <t>EIDER</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I206" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J206" t="n">
-        <v>21.0</v>
+        <v>44.0</v>
       </c>
       <c r="K206" t="n">
-        <v>26.3</v>
+        <v>10.0</v>
       </c>
       <c r="L206" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M206" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N206" t="n">
-        <v>9.0</v>
+        <v>29.0</v>
       </c>
       <c r="O206" t="n">
-        <v>40.4</v>
+        <v>39.0</v>
       </c>
       <c r="P206" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q206" t="n">
-        <v>211.0</v>
+        <v>206.0</v>
       </c>
       <c r="R206" t="n">
-        <v>16.0</v>
+        <v>8.0</v>
       </c>
       <c r="S206" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T206" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.008789</v>
+          <t/>
+        </is>
       </c>
       <c r="V206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X206" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y206" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z206" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>IRS/2025/6424/PON1</t>
+          <t>IRS/2025/6441/PON1</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>10 July 2025 10:20</t>
+          <t>15 July 2025 10:30</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>NEO ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>Corvette Platform</t>
+          <t>Global Producer III</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H207" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I207" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J207" t="n">
-        <v>14.0</v>
+        <v>21.0</v>
       </c>
       <c r="K207" t="n">
-        <v>8.9</v>
+        <v>38.6</v>
       </c>
       <c r="L207" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M207" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N207" t="n">
-        <v>37.0</v>
+        <v>52.0</v>
       </c>
       <c r="O207" t="n">
-        <v>24.4</v>
+        <v>4.69</v>
       </c>
       <c r="P207" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q207" t="n">
-        <v>49.0</v>
+        <v>15.0</v>
       </c>
       <c r="R207" t="n">
-        <v>24.0</v>
+        <v>20.0</v>
       </c>
       <c r="S207" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T207" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U207" t="n">
-        <v>0.088</v>
+        <v>2.1824E-4</v>
       </c>
       <c r="V207" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X207" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z207" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
+          <t>Cranes - Hydraulic System</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>IRS/2025/6437/PON1</t>
+          <t>IRS/2025/6443/PON1</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>14 July 2025 08:30</t>
+          <t>15 July 2025 16:20</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H208" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>THISTLE</t>
         </is>
       </c>
       <c r="I208" t="n">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="J208" t="n">
-        <v>44.0</v>
+        <v>21.0</v>
       </c>
       <c r="K208" t="n">
-        <v>10.0</v>
+        <v>49.901</v>
       </c>
       <c r="L208" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M208" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N208" t="n">
-        <v>29.0</v>
+        <v>34.0</v>
       </c>
       <c r="O208" t="n">
-        <v>39.0</v>
+        <v>47.1</v>
       </c>
       <c r="P208" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q208" t="n">
-        <v>206.0</v>
+        <v>211.0</v>
       </c>
       <c r="R208" t="n">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="S208" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T208" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V208" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X208" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y208" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z208" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>IRS/2025/6441/PON1</t>
+          <t>IRS/2025/6445/PON1</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>15 July 2025 10:30</t>
+          <t>16 July 2025 09:30</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>NEO ENERGY PRODUCTION UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>Global Producer III</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H209" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
       <c r="I209" t="n">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="J209" t="n">
-        <v>21.0</v>
+        <v>44.0</v>
       </c>
       <c r="K209" t="n">
-        <v>38.6</v>
+        <v>10.0</v>
       </c>
       <c r="L209" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M209" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N209" t="n">
-        <v>52.0</v>
+        <v>29.0</v>
       </c>
       <c r="O209" t="n">
-        <v>4.69</v>
+        <v>39.0</v>
       </c>
       <c r="P209" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q209" t="n">
-        <v>15.0</v>
+        <v>206.0</v>
       </c>
       <c r="R209" t="n">
-        <v>20.0</v>
+        <v>8.0</v>
       </c>
       <c r="S209" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T209" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U209" t="n">
-        <v>2.1824E-4</v>
+        <v>2.06E-7</v>
       </c>
       <c r="V209" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z209" t="inlineStr">
         <is>
-          <t>Cranes - Hydraulic System</t>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>IRS/2025/6443/PON1</t>
+          <t>IRS/2025/6451/PON1</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>15 July 2025 16:20</t>
+          <t>17 July 2025 11:15</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Olympic Challenger</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
-          <t>THISTLE</t>
+          <t>ROSEBANK</t>
         </is>
       </c>
       <c r="I210" t="n">
         <v>61.0</v>
       </c>
       <c r="J210" t="n">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
       <c r="K210" t="n">
-        <v>49.901</v>
+        <v>1.83</v>
       </c>
       <c r="L210" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M210" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N210" t="n">
-        <v>34.0</v>
+        <v>45.0</v>
       </c>
       <c r="O210" t="n">
-        <v>47.1</v>
+        <v>43.68</v>
       </c>
       <c r="P210" t="inlineStr">
         <is>
           <t>West</t>
         </is>
-      </c>
-[...4 lines deleted...]
-        <v>18.0</v>
       </c>
       <c r="S210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>IRS/2025/6445/PON1</t>
+          <t>IRS/2025/6455/PON1</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>16 July 2025 09:30</t>
+          <t>18 July 2025 07:45</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>HARBOUR ENERGY PLC</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Everest North Platform</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>EVEREST</t>
         </is>
       </c>
       <c r="I211" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J211" t="n">
-        <v>44.0</v>
+        <v>45.0</v>
       </c>
       <c r="K211" t="n">
-        <v>10.0</v>
+        <v>30.89</v>
       </c>
       <c r="L211" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M211" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N211" t="n">
-        <v>29.0</v>
+        <v>48.0</v>
       </c>
       <c r="O211" t="n">
-        <v>39.0</v>
+        <v>5.96</v>
       </c>
       <c r="P211" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q211" t="n">
-        <v>206.0</v>
+        <v>22.0</v>
       </c>
       <c r="R211" t="n">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="S211" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T211" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.06E-7</v>
+          <t/>
+        </is>
       </c>
       <c r="V211" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>PURECHLOR 15</t>
+        </is>
+      </c>
+      <c r="W211" t="n">
+        <v>0.0101</v>
       </c>
       <c r="X211" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z211" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Vessel</t>
+          <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>IRS/2025/6451/PON1</t>
+          <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>17 July 2025 11:15</t>
+          <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>Olympic Challenger</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H212" t="inlineStr">
         <is>
-          <t>ROSEBANK</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I212" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J212" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="K212" t="n">
-        <v>1.83</v>
+        <v>53.58</v>
       </c>
       <c r="L212" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M212" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N212" t="n">
-        <v>45.0</v>
+        <v>57.0</v>
       </c>
       <c r="O212" t="n">
-        <v>43.68</v>
+        <v>19.22</v>
       </c>
       <c r="P212" t="inlineStr">
         <is>
           <t>West</t>
         </is>
+      </c>
+      <c r="Q212" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R212" t="n">
+        <v>30.0</v>
       </c>
       <c r="S212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>IRS/2025/6455/PON1</t>
+          <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>18 July 2025 07:45</t>
+          <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>HARBOUR ENERGY PLC</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>Everest North Platform</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>EVEREST</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I213" t="n">
         <v>57.0</v>
       </c>
       <c r="J213" t="n">
-        <v>45.0</v>
+        <v>1.0</v>
       </c>
       <c r="K213" t="n">
-        <v>30.89</v>
+        <v>53.58</v>
       </c>
       <c r="L213" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M213" t="n">
         <v>1.0</v>
       </c>
       <c r="N213" t="n">
-        <v>48.0</v>
+        <v>57.0</v>
       </c>
       <c r="O213" t="n">
-        <v>5.96</v>
+        <v>19.22</v>
       </c>
       <c r="P213" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q213" t="n">
         <v>22.0</v>
       </c>
       <c r="R213" t="n">
-        <v>9.0</v>
+        <v>30.0</v>
       </c>
       <c r="S213" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T213" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V213" t="inlineStr">
         <is>
-          <t>PURECHLOR 15</t>
-[...3 lines deleted...]
-        <v>0.0101</v>
+          <t/>
+        </is>
       </c>
       <c r="X213" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y213" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z213" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
@@ -23623,1084 +23618,1066 @@
       </c>
       <c r="V223" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X223" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y223" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z223" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>IRS/2025/6456/PON1</t>
+          <t>IRS/2025/6463/PON1</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>18 July 2025 21:30</t>
+          <t>21 July 2025 02:24</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>PIERCE PRODUCTION COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I224" t="n">
         <v>57.0</v>
       </c>
       <c r="J224" t="n">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="K224" t="n">
-        <v>53.58</v>
+        <v>38.834</v>
       </c>
       <c r="L224" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M224" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N224" t="n">
-        <v>57.0</v>
+        <v>17.0</v>
       </c>
       <c r="O224" t="n">
-        <v>19.22</v>
+        <v>35.13</v>
       </c>
       <c r="P224" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q224" t="n">
-        <v>22.0</v>
+        <v>23.0</v>
       </c>
       <c r="R224" t="n">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="S224" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T224" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V224" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X224" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y224" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z224" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>IRS/2025/6456/PON1</t>
+          <t>IRS/2025/6465/PON1</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>18 July 2025 21:30</t>
+          <t>21 July 2025 16:15</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>THISTLE</t>
         </is>
       </c>
       <c r="I225" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J225" t="n">
-        <v>1.0</v>
+        <v>21.0</v>
       </c>
       <c r="K225" t="n">
-        <v>53.58</v>
+        <v>49.901</v>
       </c>
       <c r="L225" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M225" t="n">
         <v>1.0</v>
       </c>
       <c r="N225" t="n">
-        <v>57.0</v>
+        <v>34.0</v>
       </c>
       <c r="O225" t="n">
-        <v>19.22</v>
+        <v>47.1</v>
       </c>
       <c r="P225" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q225" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R225" t="n">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="S225" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T225" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U225" t="n">
+        <v>0.001731573</v>
       </c>
       <c r="V225" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X225" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z225" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>IRS/2025/6463/PON1</t>
+          <t>IRS/2025/6467/PON1</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>21 July 2025 02:24</t>
+          <t>23 July 2025 00:35</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
-          <t>PIERCE PRODUCTION COMPANY LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>Haewene Brim</t>
+          <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H226" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I226" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J226" t="n">
-        <v>9.0</v>
+        <v>48.0</v>
       </c>
       <c r="K226" t="n">
-        <v>38.834</v>
+        <v>36.0</v>
       </c>
       <c r="L226" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M226" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N226" t="n">
-        <v>17.0</v>
+        <v>44.0</v>
       </c>
       <c r="O226" t="n">
-        <v>35.13</v>
+        <v>7.0</v>
       </c>
       <c r="P226" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q226" t="n">
-        <v>23.0</v>
+        <v>3.0</v>
       </c>
       <c r="R226" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="S226" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T226" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V226" t="inlineStr">
+        <is>
+          <t>Oceanic HW443 R</t>
+        </is>
+      </c>
+      <c r="W226" t="n">
         <v>27.0</v>
       </c>
-      <c r="S226" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="X226" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z226" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Fittings / Connections</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>IRS/2025/6465/PON1</t>
+          <t>IRS/2025/6468/PON1</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>21 July 2025 16:15</t>
+          <t>21 March 2025 14:00</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED, CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Scott South Subsea Structure E</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
-          <t>THISTLE</t>
+          <t>SCOTT</t>
         </is>
       </c>
       <c r="I227" t="n">
-        <v>61.0</v>
+        <v>58.0</v>
       </c>
       <c r="J227" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="K227" t="n">
+        <v>27.17</v>
+      </c>
+      <c r="L227" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M227" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N227" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="O227" t="n">
+        <v>18.12</v>
+      </c>
+      <c r="P227" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q227" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R227" t="n">
         <v>21.0</v>
       </c>
-      <c r="K227" t="n">
-[...26 lines deleted...]
-      </c>
       <c r="S227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T227" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V227" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW540 E</t>
+        </is>
+      </c>
+      <c r="W227" t="n">
+        <v>758.96</v>
       </c>
       <c r="X227" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z227" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Umbilical Rupture</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>IRS/2025/6467/PON1</t>
+          <t>IRS/2025/6477/PON1</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>23 July 2025 00:35</t>
+          <t>25 July 2025 11:30</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>Alwyn North NAB Platform</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H228" t="inlineStr">
+        <is>
+          <t>FORTIES</t>
+        </is>
+      </c>
       <c r="I228" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J228" t="n">
-        <v>48.0</v>
+        <v>43.0</v>
       </c>
       <c r="K228" t="n">
-        <v>36.0</v>
+        <v>54.88</v>
       </c>
       <c r="L228" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M228" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N228" t="n">
-        <v>44.0</v>
+        <v>58.0</v>
       </c>
       <c r="O228" t="n">
-        <v>7.0</v>
+        <v>21.79</v>
       </c>
       <c r="P228" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q228" t="n">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="R228" t="n">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="S228" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T228" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V228" t="inlineStr">
         <is>
-          <t>Oceanic HW443 R</t>
+          <t>CORR10629A</t>
         </is>
       </c>
       <c r="W228" t="n">
-        <v>27.0</v>
+        <v>2.0</v>
       </c>
       <c r="X228" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z228" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Fittings / Connections</t>
+          <t>Storage Tanks, etc. - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>IRS/2025/6468/PON1</t>
+          <t>IRS/2025/6488/PON1</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>21 March 2025 14:00</t>
+          <t>27 July 2025 16:30</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED, CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>Scott South Subsea Structure E</t>
+          <t>Britannia BLP</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H229" t="inlineStr">
         <is>
-          <t>SCOTT</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I229" t="n">
         <v>58.0</v>
       </c>
       <c r="J229" t="n">
-        <v>15.0</v>
+        <v>2.0</v>
       </c>
       <c r="K229" t="n">
-        <v>27.17</v>
+        <v>55.13</v>
       </c>
       <c r="L229" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M229" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N229" t="n">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
       <c r="O229" t="n">
-        <v>18.12</v>
+        <v>19.54</v>
       </c>
       <c r="P229" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q229" t="n">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
       <c r="R229" t="n">
-        <v>21.0</v>
+        <v>26.0</v>
       </c>
       <c r="S229" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T229" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V229" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
-[...3 lines deleted...]
-        <v>758.96</v>
+          <t/>
+        </is>
       </c>
       <c r="X229" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y229" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z229" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Umbilical Rupture</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>IRS/2025/6477/PON1</t>
+          <t>IRS/2025/6491/PON1</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>25 July 2025 11:30</t>
+          <t>29 July 2025 02:05</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
-        </is>
-[...3 lines deleted...]
-          <t>FORTIES</t>
         </is>
       </c>
       <c r="I230" t="n">
         <v>57.0</v>
       </c>
       <c r="J230" t="n">
-        <v>43.0</v>
+        <v>5.0</v>
       </c>
       <c r="K230" t="n">
-        <v>54.88</v>
+        <v>2.0</v>
       </c>
       <c r="L230" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M230" t="n">
         <v>0.0</v>
       </c>
       <c r="N230" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="O230" t="n">
-        <v>21.79</v>
+        <v>38.0</v>
       </c>
       <c r="P230" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q230" t="n">
         <v>21.0</v>
       </c>
       <c r="R230" t="n">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
       <c r="S230" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T230" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U230" t="n">
+        <v>0.0017</v>
       </c>
       <c r="V230" t="inlineStr">
         <is>
-          <t>CORR10629A</t>
-[...3 lines deleted...]
-        <v>2.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X230" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z230" t="inlineStr">
         <is>
-          <t>Storage Tanks, etc. - Over Filled</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>IRS/2025/6488/PON1</t>
+          <t>IRS/2025/6492/PON1</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>27 July 2025 16:30</t>
+          <t>29 July 2025 03:45</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>Britannia BLP</t>
+          <t>Forties FA Platform</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="I231" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J231" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="K231" t="n">
+        <v>54.88</v>
+      </c>
+      <c r="L231" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M231" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N231" t="n">
         <v>58.0</v>
       </c>
-      <c r="J231" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="O231" t="n">
-        <v>19.54</v>
+        <v>21.79</v>
       </c>
       <c r="P231" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q231" t="n">
-        <v>16.0</v>
+        <v>21.0</v>
       </c>
       <c r="R231" t="n">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
       <c r="S231" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T231" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U231" t="n">
+        <v>1.25666E-4</v>
       </c>
       <c r="V231" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X231" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z231" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - Failure Of Equipment</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>IRS/2025/6491/PON1</t>
+          <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>29 July 2025 02:05</t>
+          <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H232" t="inlineStr">
+        <is>
+          <t>WEST SOLE</t>
+        </is>
+      </c>
       <c r="I232" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J232" t="n">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
       <c r="K232" t="n">
-        <v>2.0</v>
+        <v>12.717</v>
       </c>
       <c r="L232" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M232" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N232" t="n">
-        <v>53.0</v>
+        <v>12.0</v>
       </c>
       <c r="O232" t="n">
-        <v>38.0</v>
+        <v>27.977</v>
       </c>
       <c r="P232" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q232" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S232" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T232" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0017</v>
+          <t/>
+        </is>
       </c>
       <c r="V232" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>IDCAP</t>
+        </is>
+      </c>
+      <c r="W232" t="n">
+        <v>0.086</v>
       </c>
       <c r="X232" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z232" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>IRS/2025/6492/PON1</t>
+          <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>29 July 2025 03:45</t>
+          <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>Forties FA Platform</t>
+          <t>Hoton Platform</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>WEST SOLE</t>
         </is>
       </c>
       <c r="I233" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J233" t="n">
-        <v>43.0</v>
+        <v>48.0</v>
       </c>
       <c r="K233" t="n">
-        <v>54.88</v>
+        <v>12.717</v>
       </c>
       <c r="L233" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M233" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N233" t="n">
-        <v>58.0</v>
+        <v>12.0</v>
       </c>
       <c r="O233" t="n">
-        <v>21.79</v>
+        <v>27.977</v>
       </c>
       <c r="P233" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q233" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S233" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T233" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.25666E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V233" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SAFE-CIDE</t>
+        </is>
+      </c>
+      <c r="W233" t="n">
+        <v>0.004</v>
       </c>
       <c r="X233" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z233" t="inlineStr">
         <is>
-          <t>Diesel Systems - Failure Of Equipment</t>
+          <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>14 July 2025 10:00</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
@@ -24741,55 +24718,55 @@
         <v>1.0</v>
       </c>
       <c r="N234" t="n">
         <v>12.0</v>
       </c>
       <c r="O234" t="n">
         <v>27.977</v>
       </c>
       <c r="P234" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S234" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T234" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V234" t="inlineStr">
         <is>
-          <t>IDCAP</t>
+          <t>DEFOAM PLUS NS</t>
         </is>
       </c>
       <c r="W234" t="n">
-        <v>0.086</v>
+        <v>0.007</v>
       </c>
       <c r="X234" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z234" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
@@ -24839,51 +24816,51 @@
         <v>1.0</v>
       </c>
       <c r="N235" t="n">
         <v>12.0</v>
       </c>
       <c r="O235" t="n">
         <v>27.977</v>
       </c>
       <c r="P235" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S235" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T235" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V235" t="inlineStr">
         <is>
-          <t>SAFE-CIDE</t>
+          <t>SODA ASH</t>
         </is>
       </c>
       <c r="W235" t="n">
         <v>0.004</v>
       </c>
       <c r="X235" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z235" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -24937,55 +24914,55 @@
         <v>1.0</v>
       </c>
       <c r="N236" t="n">
         <v>12.0</v>
       </c>
       <c r="O236" t="n">
         <v>27.977</v>
       </c>
       <c r="P236" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S236" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T236" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V236" t="inlineStr">
         <is>
-          <t>SODA ASH</t>
+          <t>POTASSIUM CHLORIDE</t>
         </is>
       </c>
       <c r="W236" t="n">
-        <v>0.004</v>
+        <v>7.772</v>
       </c>
       <c r="X236" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z236" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
@@ -25035,55 +25012,55 @@
         <v>1.0</v>
       </c>
       <c r="N237" t="n">
         <v>12.0</v>
       </c>
       <c r="O237" t="n">
         <v>27.977</v>
       </c>
       <c r="P237" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S237" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T237" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V237" t="inlineStr">
         <is>
-          <t>Soltex® Additive</t>
+          <t>POLYPAC - All Grades</t>
         </is>
       </c>
       <c r="W237" t="n">
-        <v>0.086</v>
+        <v>0.043</v>
       </c>
       <c r="X237" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z237" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
@@ -25133,55 +25110,55 @@
         <v>1.0</v>
       </c>
       <c r="N238" t="n">
         <v>12.0</v>
       </c>
       <c r="O238" t="n">
         <v>27.977</v>
       </c>
       <c r="P238" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S238" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T238" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V238" t="inlineStr">
         <is>
-          <t>DEFOAM PLUS NS</t>
+          <t>M-I WATE (All Grades)</t>
         </is>
       </c>
       <c r="W238" t="n">
-        <v>0.007</v>
+        <v>1.498</v>
       </c>
       <c r="X238" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z238" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
@@ -25231,55 +25208,55 @@
         <v>1.0</v>
       </c>
       <c r="N239" t="n">
         <v>12.0</v>
       </c>
       <c r="O239" t="n">
         <v>27.977</v>
       </c>
       <c r="P239" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S239" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T239" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V239" t="inlineStr">
         <is>
-          <t>POTASSIUM CHLORIDE</t>
+          <t>GLYDRIL MC</t>
         </is>
       </c>
       <c r="W239" t="n">
-        <v>7.772</v>
+        <v>0.405</v>
       </c>
       <c r="X239" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z239" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
@@ -25329,55 +25306,55 @@
         <v>1.0</v>
       </c>
       <c r="N240" t="n">
         <v>12.0</v>
       </c>
       <c r="O240" t="n">
         <v>27.977</v>
       </c>
       <c r="P240" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S240" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T240" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V240" t="inlineStr">
         <is>
-          <t>POLYPAC - All Grades</t>
+          <t>DUO-VIS</t>
         </is>
       </c>
       <c r="W240" t="n">
-        <v>0.043</v>
+        <v>0.036</v>
       </c>
       <c r="X240" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z240" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
@@ -25427,55 +25404,55 @@
         <v>1.0</v>
       </c>
       <c r="N241" t="n">
         <v>12.0</v>
       </c>
       <c r="O241" t="n">
         <v>27.977</v>
       </c>
       <c r="P241" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S241" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T241" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V241" t="inlineStr">
         <is>
-          <t>M-I WATE (All Grades)</t>
+          <t>DRILLING STARCH</t>
         </is>
       </c>
       <c r="W241" t="n">
-        <v>1.498</v>
+        <v>0.057</v>
       </c>
       <c r="X241" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z241" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
@@ -25525,55 +25502,55 @@
         <v>1.0</v>
       </c>
       <c r="N242" t="n">
         <v>12.0</v>
       </c>
       <c r="O242" t="n">
         <v>27.977</v>
       </c>
       <c r="P242" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S242" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T242" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V242" t="inlineStr">
         <is>
-          <t>GLYDRIL MC</t>
+          <t>CAUSTIC SODA</t>
         </is>
       </c>
       <c r="W242" t="n">
-        <v>0.405</v>
+        <v>0.004</v>
       </c>
       <c r="X242" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z242" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>IRS/2025/6495/PON1</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
@@ -25623,4015 +25600,4022 @@
         <v>1.0</v>
       </c>
       <c r="N243" t="n">
         <v>12.0</v>
       </c>
       <c r="O243" t="n">
         <v>27.977</v>
       </c>
       <c r="P243" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S243" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T243" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V243" t="inlineStr">
         <is>
-          <t>DUO-VIS</t>
+          <t>Soltex® Additive</t>
         </is>
       </c>
       <c r="W243" t="n">
-        <v>0.036</v>
+        <v>0.086</v>
       </c>
       <c r="X243" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z243" t="inlineStr">
         <is>
           <t>Annulus - Thermal expansion</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>IRS/2025/6495/PON1</t>
+          <t>IRS/2025/6497/PON1</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>14 July 2025 10:00</t>
+          <t>29 July 2025 13:41</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>Hoton Platform</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H244" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I244" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J244" t="n">
-        <v>48.0</v>
+        <v>21.0</v>
       </c>
       <c r="K244" t="n">
-        <v>12.717</v>
+        <v>25.2</v>
       </c>
       <c r="L244" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M244" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N244" t="n">
-        <v>12.0</v>
+        <v>3.0</v>
       </c>
       <c r="O244" t="n">
-        <v>27.977</v>
+        <v>57.6</v>
       </c>
       <c r="P244" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q244" t="n">
+        <v>204.0</v>
+      </c>
+      <c r="R244" t="n">
+        <v>20.0</v>
       </c>
       <c r="S244" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T244" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V244" t="inlineStr">
         <is>
-          <t>DRILLING STARCH</t>
-[...3 lines deleted...]
-        <v>0.057</v>
+          <t/>
+        </is>
       </c>
       <c r="X244" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y244" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z244" t="inlineStr">
         <is>
-          <t>Annulus - Thermal expansion</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>IRS/2025/6495/PON1</t>
+          <t>IRS/2025/6498/PON1</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>14 July 2025 10:00</t>
+          <t>31 July 2025 10:50</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CPP1</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>Hoton Platform</t>
+          <t>Morecambe South CPP1 Platform</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H245" t="inlineStr">
         <is>
-          <t>WEST SOLE</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="I245" t="n">
         <v>53.0</v>
       </c>
       <c r="J245" t="n">
-        <v>48.0</v>
+        <v>50.0</v>
       </c>
       <c r="K245" t="n">
-        <v>12.717</v>
+        <v>48.21</v>
       </c>
       <c r="L245" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M245" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N245" t="n">
-        <v>12.0</v>
+        <v>34.0</v>
       </c>
       <c r="O245" t="n">
-        <v>27.977</v>
+        <v>50.78</v>
       </c>
       <c r="P245" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q245" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R245" t="n">
+        <v>3.0</v>
+      </c>
       <c r="S245" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T245" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U245" t="n">
+        <v>4.435E-6</v>
       </c>
       <c r="V245" t="inlineStr">
         <is>
-          <t>CAUSTIC SODA</t>
-[...3 lines deleted...]
-        <v>0.004</v>
+          <t/>
+        </is>
       </c>
       <c r="X245" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z245" t="inlineStr">
         <is>
-          <t>Annulus - Thermal expansion</t>
+          <t>Sheen - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>IRS/2025/6497/PON1</t>
+          <t>IRS/2025/6501/PON1</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>29 July 2025 13:41</t>
+          <t>17 July 2025 01:00</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Noble Innovator</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H246" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
         </is>
       </c>
       <c r="I246" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J246" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="K246" t="n">
-        <v>25.2</v>
+        <v>26.27</v>
       </c>
       <c r="L246" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M246" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N246" t="n">
-        <v>3.0</v>
+        <v>59.0</v>
       </c>
       <c r="O246" t="n">
-        <v>57.6</v>
+        <v>53.18</v>
       </c>
       <c r="P246" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q246" t="n">
-        <v>204.0</v>
+        <v>22.0</v>
       </c>
       <c r="R246" t="n">
         <v>20.0</v>
       </c>
       <c r="S246" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T246" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U246" t="n">
+        <v>8.65E-4</v>
       </c>
       <c r="V246" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X246" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z246" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>IRS/2025/6498/PON1</t>
+          <t>IRS/2025/6504/PON1</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>31 July 2025 10:50</t>
+          <t>02 August 2025 09:30</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
-          <t>CPP1</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>Morecambe South CPP1 Platform</t>
+          <t>Everest North Platform</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>EVEREST</t>
         </is>
       </c>
       <c r="I247" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J247" t="n">
-        <v>50.0</v>
+        <v>45.0</v>
       </c>
       <c r="K247" t="n">
-        <v>48.21</v>
+        <v>30.89</v>
       </c>
       <c r="L247" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M247" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N247" t="n">
-        <v>34.0</v>
+        <v>48.0</v>
       </c>
       <c r="O247" t="n">
-        <v>50.78</v>
+        <v>5.96</v>
       </c>
       <c r="P247" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q247" t="n">
-        <v>110.0</v>
+        <v>22.0</v>
       </c>
       <c r="R247" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
       <c r="S247" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T247" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>4.435E-6</v>
+          <t/>
+        </is>
       </c>
       <c r="V247" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>oceanic hw 540e</t>
+        </is>
+      </c>
+      <c r="W247" t="n">
+        <v>47.5</v>
       </c>
       <c r="X247" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z247" t="inlineStr">
         <is>
-          <t>Sheen - Unknown Cause</t>
+          <t>Hydraulics - Open System - seal</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>IRS/2025/6501/PON1</t>
+          <t>IRS/2025/6506/PON1</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>17 July 2025 01:00</t>
+          <t>03 August 2025 10:45</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>Noble Innovator</t>
+          <t>Cormorant A Platform</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
-          <t>MUNGO</t>
+          <t>SOUTH CORMORANT</t>
         </is>
       </c>
       <c r="I248" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J248" t="n">
-        <v>22.0</v>
+        <v>6.0</v>
       </c>
       <c r="K248" t="n">
-        <v>26.27</v>
+        <v>9.0</v>
       </c>
       <c r="L248" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M248" t="n">
         <v>1.0</v>
       </c>
       <c r="N248" t="n">
-        <v>59.0</v>
+        <v>4.0</v>
       </c>
       <c r="O248" t="n">
-        <v>53.18</v>
+        <v>22.0</v>
       </c>
       <c r="P248" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q248" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R248" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
       <c r="S248" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="T248" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U248" t="n">
-        <v>8.65E-4</v>
+        <v>6.0E-9</v>
       </c>
       <c r="V248" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X248" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z248" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Valve Failure</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>IRS/2025/6504/PON1</t>
+          <t>IRS/2025/6529/PON1</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>02 August 2025 09:30</t>
+          <t>09 August 2025 14:30</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>SPIRIT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>Everest North Platform</t>
+          <t>CPC</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
-          <t>EVEREST</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="I249" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J249" t="n">
-        <v>45.0</v>
+        <v>50.0</v>
       </c>
       <c r="K249" t="n">
-        <v>30.89</v>
+        <v>48.21</v>
       </c>
       <c r="L249" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M249" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N249" t="n">
-        <v>48.0</v>
+        <v>34.0</v>
       </c>
       <c r="O249" t="n">
-        <v>5.96</v>
+        <v>50.78</v>
       </c>
       <c r="P249" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q249" t="n">
-        <v>22.0</v>
+        <v>110.0</v>
       </c>
       <c r="R249" t="n">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
       <c r="S249" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T249" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U249" t="n">
+        <v>2.541E-4</v>
       </c>
       <c r="V249" t="inlineStr">
         <is>
-          <t>oceanic hw 540e</t>
-[...3 lines deleted...]
-        <v>47.5</v>
+          <t/>
+        </is>
       </c>
       <c r="X249" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z249" t="inlineStr">
         <is>
-          <t>Hydraulics - Open System - seal</t>
+          <t>Sheen - Hydraulic oil from FWP after extended period of shutdown</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>IRS/2025/6506/PON1</t>
+          <t>IRS/2025/6543/PON1</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>03 August 2025 10:45</t>
+          <t>12 August 2025 06:25</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>Cormorant A Platform</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>SOUTH CORMORANT</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I250" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J250" t="n">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="K250" t="n">
-        <v>9.0</v>
+        <v>53.58</v>
       </c>
       <c r="L250" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M250" t="n">
         <v>1.0</v>
       </c>
       <c r="N250" t="n">
-        <v>4.0</v>
+        <v>57.0</v>
       </c>
       <c r="O250" t="n">
+        <v>19.22</v>
+      </c>
+      <c r="P250" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q250" t="n">
         <v>22.0</v>
       </c>
-      <c r="P250" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="R250" t="n">
-        <v>26.0</v>
+        <v>30.0</v>
       </c>
       <c r="S250" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Mineral Oil</t>
         </is>
       </c>
       <c r="T250" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U250" t="n">
-        <v>6.0E-9</v>
+        <v>0.011137848</v>
       </c>
       <c r="V250" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X250" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z250" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Slip Joint - WL lubricator</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>IRS/2025/6529/PON1</t>
+          <t>IRS/2025/6554/PON1</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>09 August 2025 14:30</t>
+          <t>13 August 2025 14:50</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>CPC</t>
+          <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I251" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J251" t="n">
-        <v>50.0</v>
+        <v>18.0</v>
       </c>
       <c r="K251" t="n">
-        <v>48.21</v>
+        <v>24.0</v>
       </c>
       <c r="L251" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M251" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N251" t="n">
-        <v>34.0</v>
+        <v>46.0</v>
       </c>
       <c r="O251" t="n">
-        <v>50.78</v>
+        <v>11.0</v>
       </c>
       <c r="P251" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q251" t="n">
-        <v>110.0</v>
+        <v>13.0</v>
       </c>
       <c r="R251" t="n">
-        <v>3.0</v>
+        <v>22.0</v>
       </c>
       <c r="S251" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T251" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U251" t="n">
-        <v>2.541E-4</v>
+        <v>0.06307632</v>
       </c>
       <c r="V251" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X251" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z251" t="inlineStr">
         <is>
-          <t>Sheen - Hydraulic oil from FWP after extended period of shutdown</t>
+          <t>Drainage Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>IRS/2025/6543/PON1</t>
+          <t>IRS/2025/6557/PON1</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>12 August 2025 06:25</t>
+          <t>13 August 2025 22:43</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Ninian Southern Platform</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H252" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I252" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J252" t="n">
-        <v>1.0</v>
+        <v>48.0</v>
       </c>
       <c r="K252" t="n">
-        <v>53.58</v>
+        <v>20.02</v>
       </c>
       <c r="L252" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M252" t="n">
         <v>1.0</v>
       </c>
       <c r="N252" t="n">
-        <v>57.0</v>
+        <v>27.0</v>
       </c>
       <c r="O252" t="n">
-        <v>19.22</v>
+        <v>1.36</v>
       </c>
       <c r="P252" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q252" t="n">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
       <c r="R252" t="n">
-        <v>30.0</v>
+        <v>8.0</v>
       </c>
       <c r="S252" t="inlineStr">
         <is>
-          <t>Mineral Oil</t>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T252" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U252" t="n">
-        <v>0.011137848</v>
+        <v>0.026</v>
       </c>
       <c r="V252" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X252" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z252" t="inlineStr">
         <is>
-          <t>Slip Joint - WL lubricator</t>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>IRS/2025/6554/PON1</t>
+          <t>IRS/2025/6559/PON1</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>13 August 2025 14:50</t>
+          <t>15 August 2025 13:15</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Oil release, Chemical release</t>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>Captain Bridge Lnked Platform</t>
+          <t>Marnock ETAP QU Platform</t>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H253" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I253" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J253" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="K253" t="n">
-        <v>24.0</v>
+        <v>42.0</v>
       </c>
       <c r="L253" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M253" t="n">
         <v>1.0</v>
       </c>
       <c r="N253" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O253" t="n">
         <v>46.0</v>
       </c>
-      <c r="O253" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P253" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q253" t="n">
-        <v>13.0</v>
+        <v>22.0</v>
       </c>
       <c r="R253" t="n">
-        <v>22.0</v>
+        <v>24.0</v>
       </c>
       <c r="S253" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T253" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U253" t="n">
-        <v>0.06307632</v>
+        <v>0.002094</v>
       </c>
       <c r="V253" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>PURECHLOR 15</t>
+        </is>
+      </c>
+      <c r="W253" t="n">
+        <v>20.0</v>
       </c>
       <c r="X253" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z253" t="inlineStr">
         <is>
-          <t>Drainage Systems - Pipework Failure</t>
+          <t>Plate Heat Exchanger - bolts failed</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>IRS/2025/6557/PON1</t>
+          <t>IRS/2025/6568/PON1</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>13 August 2025 22:43</t>
+          <t>17 August 2025 14:45</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>Ninian Southern Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H254" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I254" t="n">
         <v>60.0</v>
       </c>
       <c r="J254" t="n">
-        <v>48.0</v>
+        <v>41.0</v>
       </c>
       <c r="K254" t="n">
-        <v>20.02</v>
+        <v>30.0</v>
       </c>
       <c r="L254" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M254" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N254" t="n">
-        <v>27.0</v>
+        <v>32.0</v>
       </c>
       <c r="O254" t="n">
-        <v>1.36</v>
+        <v>40.0</v>
       </c>
       <c r="P254" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q254" t="n">
-        <v>3.0</v>
+        <v>206.0</v>
       </c>
       <c r="R254" t="n">
         <v>8.0</v>
       </c>
       <c r="S254" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T254" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U254" t="n">
+        <v>2.63E-7</v>
       </c>
       <c r="V254" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X254" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z254" t="inlineStr">
         <is>
-          <t/>
+          <t>Sheen - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>IRS/2025/6559/PON1</t>
+          <t>IRS/2025/6571/PON1</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>15 August 2025 13:15</t>
+          <t>18 August 2025 16:55</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>Oil release, Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>Marnock ETAP QU Platform</t>
+          <t>Morecambe South CPP1 Platform</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H255" t="inlineStr">
+        <is>
+          <t>SOUTH MORECAMBE</t>
+        </is>
+      </c>
       <c r="I255" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J255" t="n">
-        <v>17.0</v>
+        <v>50.0</v>
       </c>
       <c r="K255" t="n">
-        <v>42.0</v>
+        <v>48.21</v>
       </c>
       <c r="L255" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M255" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N255" t="n">
-        <v>39.0</v>
+        <v>34.0</v>
       </c>
       <c r="O255" t="n">
-        <v>46.0</v>
+        <v>50.78</v>
       </c>
       <c r="P255" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q255" t="n">
-        <v>22.0</v>
+        <v>110.0</v>
       </c>
       <c r="R255" t="n">
-        <v>24.0</v>
+        <v>2.0</v>
       </c>
       <c r="S255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z255" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>IRS/2025/6568/PON1</t>
+          <t>IRS/2025/6585/PON1</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>17 August 2025 14:45</t>
+          <t>22 August 2025 13:37</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SUBSEA 7 (UK SERVICE COMPANY) LIMITED</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Seven Atlantic</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
-[...4 lines deleted...]
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="I256" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J256" t="n">
-        <v>41.0</v>
+        <v>55.0</v>
       </c>
       <c r="K256" t="n">
-        <v>30.0</v>
+        <v>55.46</v>
       </c>
       <c r="L256" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M256" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N256" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="O256" t="n">
+        <v>58.62</v>
+      </c>
+      <c r="P256" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q256" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R256" t="n">
         <v>2.0</v>
       </c>
-      <c r="N256" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S256" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T256" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U256" t="n">
-        <v>2.63E-7</v>
+        <v>9.0E-5</v>
       </c>
       <c r="V256" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X256" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z256" t="inlineStr">
         <is>
-          <t>Sheen - Unknown Cause</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>IRS/2025/6571/PON1</t>
+          <t>IRS/2025/6586/PON1</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>18 August 2025 16:55</t>
+          <t>22 August 2025 11:30</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
-          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>Morecambe South CPP1 Platform</t>
+          <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H257" t="inlineStr">
         <is>
-          <t>SOUTH MORECAMBE</t>
+          <t>MUNGO</t>
         </is>
       </c>
       <c r="I257" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J257" t="n">
-        <v>50.0</v>
+        <v>22.0</v>
       </c>
       <c r="K257" t="n">
-        <v>48.21</v>
+        <v>31.24</v>
       </c>
       <c r="L257" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M257" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N257" t="n">
-        <v>34.0</v>
+        <v>59.0</v>
       </c>
       <c r="O257" t="n">
-        <v>50.78</v>
+        <v>53.12</v>
       </c>
       <c r="P257" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q257" t="n">
-        <v>110.0</v>
+        <v>22.0</v>
       </c>
       <c r="R257" t="n">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="S257" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T257" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U257" t="n">
+        <v>0.016</v>
       </c>
       <c r="V257" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X257" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z257" t="inlineStr">
         <is>
-          <t/>
+          <t>Valves - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>IRS/2025/6585/PON1</t>
+          <t>IRS/2025/6590/PON1</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>22 August 2025 13:37</t>
+          <t>22 August 2025 22:00</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
-          <t>SUBSEA 7 (UK SERVICE COMPANY) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>Seven Atlantic</t>
+          <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H258" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
         </is>
       </c>
       <c r="I258" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J258" t="n">
-        <v>55.0</v>
+        <v>17.0</v>
       </c>
       <c r="K258" t="n">
-        <v>55.46</v>
+        <v>42.357</v>
       </c>
       <c r="L258" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M258" t="n">
         <v>1.0</v>
       </c>
       <c r="N258" t="n">
-        <v>14.0</v>
+        <v>39.0</v>
       </c>
       <c r="O258" t="n">
-        <v>58.62</v>
+        <v>46.88</v>
       </c>
       <c r="P258" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q258" t="n">
-        <v>9.0</v>
+        <v>22.0</v>
       </c>
       <c r="R258" t="n">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="S258" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T258" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U258" t="n">
-        <v>9.0E-5</v>
+        <v>5.0E-5</v>
       </c>
       <c r="V258" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X258" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z258" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Valves - Gland / Packing Failure</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>IRS/2025/6586/PON1</t>
+          <t>IRS/2025/6594/PON1</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>22 August 2025 11:30</t>
+          <t>24 August 2025 04:25</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>Mungo NUI Platform</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
-[...4 lines deleted...]
-          <t>MUNGO</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="I259" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J259" t="n">
-        <v>22.0</v>
+        <v>5.0</v>
       </c>
       <c r="K259" t="n">
-        <v>31.24</v>
+        <v>42.0</v>
       </c>
       <c r="L259" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M259" t="n">
         <v>1.0</v>
       </c>
       <c r="N259" t="n">
-        <v>59.0</v>
+        <v>43.0</v>
       </c>
       <c r="O259" t="n">
-        <v>53.12</v>
+        <v>7.0</v>
       </c>
       <c r="P259" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q259" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R259" t="n">
-        <v>20.0</v>
+        <v>29.0</v>
       </c>
       <c r="S259" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T259" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U259" t="n">
-        <v>0.016</v>
+        <v>0.00153</v>
       </c>
       <c r="V259" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X259" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z259" t="inlineStr">
         <is>
-          <t>Valves - Valve Failure</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>IRS/2025/6590/PON1</t>
+          <t>IRS/2025/6596/PON1</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>22 August 2025 22:00</t>
+          <t>25 August 2025 04:30</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>Mungo NUI Platform</t>
+          <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H260" t="inlineStr">
         <is>
-          <t>MUNGO</t>
+          <t>Liverpool Bay</t>
         </is>
       </c>
       <c r="I260" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J260" t="n">
-        <v>17.0</v>
+        <v>32.0</v>
       </c>
       <c r="K260" t="n">
-        <v>42.357</v>
+        <v>13.91</v>
       </c>
       <c r="L260" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M260" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N260" t="n">
-        <v>39.0</v>
+        <v>34.0</v>
       </c>
       <c r="O260" t="n">
-        <v>46.88</v>
+        <v>42.29</v>
       </c>
       <c r="P260" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q260" t="n">
-        <v>22.0</v>
+        <v>110.0</v>
       </c>
       <c r="R260" t="n">
-        <v>20.0</v>
+        <v>13.0</v>
       </c>
       <c r="S260" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T260" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>5.0E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V260" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Oceanic HW540 E</t>
+        </is>
+      </c>
+      <c r="W260" t="n">
+        <v>1.749</v>
       </c>
       <c r="X260" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z260" t="inlineStr">
         <is>
-          <t>Valves - Gland / Packing Failure</t>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>IRS/2025/6594/PON1</t>
+          <t>IRS/2025/6597/PON1</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>24 August 2025 04:25</t>
+          <t>25 August 2025 05:30</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>Brent C Platform</t>
+          <t>Marnock ETAP QU Platform</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I261" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J261" t="n">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
       <c r="K261" t="n">
         <v>42.0</v>
       </c>
       <c r="L261" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M261" t="n">
         <v>1.0</v>
       </c>
       <c r="N261" t="n">
-        <v>43.0</v>
+        <v>39.0</v>
       </c>
       <c r="O261" t="n">
-        <v>7.0</v>
+        <v>46.0</v>
       </c>
       <c r="P261" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q261" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S261" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T261" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V261" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>PURECHLOR 15</t>
+        </is>
+      </c>
+      <c r="W261" t="n">
+        <v>0.56</v>
       </c>
       <c r="X261" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z261" t="inlineStr">
         <is>
-          <t/>
+          <t>Plate Heat Exchanger - fouling</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>IRS/2025/6596/PON1</t>
+          <t>IRS/2025/6599/PON1</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>25 August 2025 04:30</t>
+          <t>25 August 2025 14:10</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>Douglas DD Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H262" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I262" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J262" t="n">
-        <v>32.0</v>
+        <v>1.0</v>
       </c>
       <c r="K262" t="n">
-        <v>13.91</v>
+        <v>53.58</v>
       </c>
       <c r="L262" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M262" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N262" t="n">
-        <v>34.0</v>
+        <v>57.0</v>
       </c>
       <c r="O262" t="n">
-        <v>42.29</v>
+        <v>19.22</v>
       </c>
       <c r="P262" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q262" t="n">
-        <v>110.0</v>
+        <v>22.0</v>
       </c>
       <c r="R262" t="n">
-        <v>13.0</v>
+        <v>30.0</v>
       </c>
       <c r="S262" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T262" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U262" t="n">
+        <v>1.275E-4</v>
       </c>
       <c r="V262" t="inlineStr">
         <is>
-          <t>Oceanic HW540 E</t>
-[...3 lines deleted...]
-        <v>1.749</v>
+          <t/>
+        </is>
       </c>
       <c r="X262" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z262" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t>Diesel Systems - weep from fitting</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>IRS/2025/6597/PON1</t>
+          <t>IRS/2025/6602/PON1</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>25 August 2025 05:30</t>
+          <t>26 August 2025 16:30</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>Marnock ETAP QU Platform</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H263" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
       <c r="I263" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J263" t="n">
-        <v>17.0</v>
+        <v>44.0</v>
       </c>
       <c r="K263" t="n">
-        <v>42.0</v>
+        <v>10.0</v>
       </c>
       <c r="L263" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M263" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N263" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O263" t="n">
         <v>39.0</v>
       </c>
-      <c r="O263" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P263" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q263" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R263" t="n">
+        <v>8.0</v>
       </c>
       <c r="S263" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T263" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U263" t="n">
+        <v>0.0089556</v>
       </c>
       <c r="V263" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X263" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z263" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - caisson</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>IRS/2025/6599/PON1</t>
+          <t>IRS/2025/6606/PON1</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>25 August 2025 14:10</t>
+          <t>27 August 2025 13:35</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I264" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J264" t="n">
-        <v>1.0</v>
+        <v>37.0</v>
       </c>
       <c r="K264" t="n">
-        <v>53.58</v>
+        <v>45.0</v>
       </c>
       <c r="L264" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M264" t="n">
         <v>1.0</v>
       </c>
       <c r="N264" t="n">
-        <v>57.0</v>
+        <v>39.0</v>
       </c>
       <c r="O264" t="n">
-        <v>19.22</v>
+        <v>10.0</v>
       </c>
       <c r="P264" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q264" t="n">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
       <c r="R264" t="n">
-        <v>30.0</v>
+        <v>14.0</v>
       </c>
       <c r="S264" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T264" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>1.275E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V264" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X264" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y264" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z264" t="inlineStr">
         <is>
-          <t>Diesel Systems - weep from fitting</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>IRS/2025/6602/PON1</t>
+          <t>IRS/2025/6616/PON1</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>26 August 2025 16:30</t>
+          <t>29 August 2025 17:00</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="I265" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J265" t="n">
-        <v>44.0</v>
+        <v>16.0</v>
       </c>
       <c r="K265" t="n">
-        <v>10.0</v>
+        <v>46.24</v>
       </c>
       <c r="L265" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M265" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N265" t="n">
-        <v>29.0</v>
+        <v>30.0</v>
       </c>
       <c r="O265" t="n">
-        <v>39.0</v>
+        <v>58.04</v>
       </c>
       <c r="P265" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q265" t="n">
-        <v>206.0</v>
+        <v>9.0</v>
       </c>
       <c r="R265" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
       <c r="S265" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T265" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.0089556</v>
+          <t/>
+        </is>
       </c>
       <c r="V265" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W265" t="n">
+        <v>40.66</v>
       </c>
       <c r="X265" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z265" t="inlineStr">
         <is>
-          <t>Drainage Systems - caisson</t>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>IRS/2025/6606/PON1</t>
+          <t>IRS/2025/6624/PON1</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>27 August 2025 13:35</t>
+          <t>31 August 2025 09:30</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H266" t="inlineStr">
+        <is>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I266" t="n">
         <v>60.0</v>
       </c>
       <c r="J266" t="n">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="K266" t="n">
-        <v>45.0</v>
+        <v>30.0</v>
       </c>
       <c r="L266" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M266" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N266" t="n">
-        <v>39.0</v>
+        <v>32.0</v>
       </c>
       <c r="O266" t="n">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
       <c r="P266" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q266" t="n">
-        <v>3.0</v>
+        <v>206.0</v>
       </c>
       <c r="R266" t="n">
-        <v>14.0</v>
+        <v>8.0</v>
       </c>
       <c r="S266" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T266" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U266" t="n">
+        <v>2.187E-5</v>
       </c>
       <c r="V266" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X266" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z266" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - routing of drains</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>IRS/2025/6616/PON1</t>
+          <t>IRS/2025/6629/PON1</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>29 August 2025 17:00</t>
+          <t>01 September 2025 08:38</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Inde CD Platform (PERENCO)</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H267" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="I267" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="J267" t="n">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
       <c r="K267" t="n">
-        <v>46.24</v>
+        <v>23.9251</v>
       </c>
       <c r="L267" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M267" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N267" t="n">
-        <v>30.0</v>
+        <v>33.0</v>
       </c>
       <c r="O267" t="n">
-        <v>58.04</v>
+        <v>55.7238</v>
       </c>
       <c r="P267" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q267" t="n">
-        <v>9.0</v>
+        <v>49.0</v>
       </c>
       <c r="R267" t="n">
         <v>23.0</v>
       </c>
       <c r="S267" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T267" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U267" t="n">
+        <v>1.152E-5</v>
       </c>
       <c r="V267" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
-[...3 lines deleted...]
-        <v>40.66</v>
+          <t/>
+        </is>
       </c>
       <c r="X267" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z267" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t>Diesel Systems - Failure Of Equipment</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>IRS/2025/6624/PON1</t>
+          <t>IRS/2025/6640/PON1</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>31 August 2025 09:30</t>
+          <t>03 September 2025 10:30</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Babbage Platform</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H268" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>BABBAGE</t>
         </is>
       </c>
       <c r="I268" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J268" t="n">
-        <v>41.0</v>
+        <v>57.0</v>
       </c>
       <c r="K268" t="n">
-        <v>30.0</v>
+        <v>49.0</v>
       </c>
       <c r="L268" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M268" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N268" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="O268" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="P268" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q268" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="R268" t="n">
         <v>2.0</v>
       </c>
-      <c r="N268" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S268" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t/>
         </is>
       </c>
       <c r="T268" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.187E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V268" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>HW540E</t>
+        </is>
+      </c>
+      <c r="W268" t="n">
+        <v>418.0</v>
       </c>
       <c r="X268" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z268" t="inlineStr">
         <is>
-          <t>Drainage Systems - routing of drains</t>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>IRS/2025/6629/PON1</t>
+          <t>IRS/2025/6641/PON1</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>01 September 2025 08:38</t>
+          <t>03 September 2025 11:00</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>Inde CD Platform (PERENCO)</t>
+          <t>Buzzard Production Platform</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>BUZZARD</t>
         </is>
       </c>
       <c r="I269" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J269" t="n">
-        <v>18.0</v>
+        <v>48.0</v>
       </c>
       <c r="K269" t="n">
-        <v>23.9251</v>
+        <v>53.915</v>
       </c>
       <c r="L269" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M269" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N269" t="n">
-        <v>33.0</v>
+        <v>58.0</v>
       </c>
       <c r="O269" t="n">
-        <v>55.7238</v>
+        <v>22.047</v>
       </c>
       <c r="P269" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q269" t="n">
-        <v>49.0</v>
+        <v>20.0</v>
       </c>
       <c r="R269" t="n">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
       <c r="S269" t="inlineStr">
         <is>
-          <t/>
+          <t>Oily Waste</t>
         </is>
       </c>
       <c r="T269" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U269" t="n">
+        <v>3.0E-5</v>
       </c>
       <c r="V269" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X269" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z269" t="inlineStr">
         <is>
-          <t/>
+          <t>Operator knocked over bucket during operations - Poor bunding arrangements for the operation</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>IRS/2025/6640/PON1</t>
+          <t>IRS/2025/6642/PON1</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>03 September 2025 10:30</t>
+          <t>03 September 2025 16:50</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>ODE ASSET MANAGEMENT LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>Babbage Platform</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H270" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I270" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="J270" t="n">
-        <v>57.0</v>
+        <v>21.0</v>
       </c>
       <c r="K270" t="n">
-        <v>49.0</v>
+        <v>49.901</v>
       </c>
       <c r="L270" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M270" t="n">
         <v>1.0</v>
       </c>
       <c r="N270" t="n">
-        <v>13.0</v>
+        <v>34.0</v>
       </c>
       <c r="O270" t="n">
-        <v>14.0</v>
+        <v>47.1</v>
       </c>
       <c r="P270" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q270" t="n">
-        <v>48.0</v>
+        <v>211.0</v>
       </c>
       <c r="R270" t="n">
-        <v>2.0</v>
+        <v>18.0</v>
       </c>
       <c r="S270" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T270" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V270" t="inlineStr">
         <is>
-          <t>HW540E</t>
-[...3 lines deleted...]
-        <v>418.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X270" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y270" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z270" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>IRS/2025/6641/PON1</t>
+          <t>IRS/2025/6643/PON1</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>03 September 2025 11:00</t>
+          <t>03 September 2025 23:35</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>Buzzard Production Platform</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H271" t="inlineStr">
         <is>
-          <t>BUZZARD</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I271" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J271" t="n">
-        <v>48.0</v>
+        <v>21.0</v>
       </c>
       <c r="K271" t="n">
-        <v>53.915</v>
+        <v>25.2</v>
       </c>
       <c r="L271" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M271" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="N271" t="n">
-        <v>58.0</v>
+        <v>3.0</v>
       </c>
       <c r="O271" t="n">
-        <v>22.047</v>
+        <v>57.6</v>
       </c>
       <c r="P271" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q271" t="n">
+        <v>204.0</v>
+      </c>
+      <c r="R271" t="n">
         <v>20.0</v>
       </c>
-      <c r="R271" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="S271" t="inlineStr">
         <is>
-          <t>Oily Waste</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T271" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U271" t="n">
-        <v>3.0E-5</v>
+        <v>0.001</v>
       </c>
       <c r="V271" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X271" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z271" t="inlineStr">
         <is>
-          <t>Operator knocked over bucket during operations - Poor bunding arrangements for the operation</t>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>IRS/2025/6642/PON1</t>
+          <t>IRS/2025/6647/PON1</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>03 September 2025 16:50</t>
+          <t>04 September 2025 14:20</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H272" t="inlineStr">
+        <is>
+          <t>NINIAN</t>
+        </is>
+      </c>
       <c r="I272" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J272" t="n">
-        <v>21.0</v>
+        <v>51.0</v>
       </c>
       <c r="K272" t="n">
-        <v>49.901</v>
+        <v>24.42</v>
       </c>
       <c r="L272" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M272" t="n">
         <v>1.0</v>
       </c>
       <c r="N272" t="n">
-        <v>34.0</v>
+        <v>28.0</v>
       </c>
       <c r="O272" t="n">
-        <v>47.1</v>
+        <v>8.73</v>
       </c>
       <c r="P272" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q272" t="n">
-        <v>211.0</v>
+        <v>3.0</v>
       </c>
       <c r="R272" t="n">
-        <v>18.0</v>
+        <v>3.0</v>
       </c>
       <c r="S272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z272" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>IRS/2025/6643/PON1</t>
+          <t>IRS/2025/6650/PON1</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>03 September 2025 23:35</t>
+          <t>05 September 2025 10:20</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E273" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ANASURIA OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Anasuria FPSO</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H273" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>TEAL</t>
         </is>
       </c>
       <c r="I273" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J273" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="K273" t="n">
+        <v>23.527</v>
+      </c>
+      <c r="L273" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M273" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N273" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="O273" t="n">
+        <v>29.282</v>
+      </c>
+      <c r="P273" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q273" t="n">
         <v>21.0</v>
       </c>
-      <c r="K273" t="n">
-[...23 lines deleted...]
-      </c>
       <c r="R273" t="n">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
       <c r="S273" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T273" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U273" t="n">
+        <v>0.00286</v>
       </c>
       <c r="V273" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X273" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z273" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>IRS/2025/6647/PON1</t>
+          <t>IRS/2025/6651/PON1</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>04 September 2025 14:20</t>
+          <t>05 September 2025 13:51</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I274" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J274" t="n">
-        <v>51.0</v>
+        <v>1.0</v>
       </c>
       <c r="K274" t="n">
-        <v>24.42</v>
+        <v>53.58</v>
       </c>
       <c r="L274" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M274" t="n">
         <v>1.0</v>
       </c>
       <c r="N274" t="n">
-        <v>28.0</v>
+        <v>57.0</v>
       </c>
       <c r="O274" t="n">
-        <v>8.73</v>
+        <v>19.22</v>
       </c>
       <c r="P274" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q274" t="n">
-        <v>3.0</v>
+        <v>22.0</v>
       </c>
       <c r="R274" t="n">
-        <v>3.0</v>
+        <v>30.0</v>
       </c>
       <c r="S274" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T274" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U274" t="n">
+        <v>0.008137</v>
       </c>
       <c r="V274" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X274" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z274" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - HPU Fitting</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>IRS/2025/6650/PON1</t>
+          <t>IRS/2025/6657/PON1</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>05 September 2025 10:20</t>
+          <t>06 September 2025 12:00</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
-          <t>ANASURIA OPERATING COMPANY LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>Anasuria FPSO</t>
+          <t>Noble Patriot</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H275" t="inlineStr">
         <is>
-          <t>TEAL</t>
+          <t>HUDSON</t>
         </is>
       </c>
       <c r="I275" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J275" t="n">
         <v>15.0</v>
       </c>
       <c r="K275" t="n">
-        <v>23.527</v>
+        <v>38.99</v>
       </c>
       <c r="L275" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M275" t="n">
         <v>0.0</v>
       </c>
       <c r="N275" t="n">
-        <v>48.0</v>
+        <v>42.0</v>
       </c>
       <c r="O275" t="n">
-        <v>29.282</v>
+        <v>33.2</v>
       </c>
       <c r="P275" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q275" t="n">
-        <v>21.0</v>
+        <v>210.0</v>
       </c>
       <c r="R275" t="n">
-        <v>25.0</v>
+        <v>24.0</v>
       </c>
       <c r="S275" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T275" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.00286</v>
+          <t/>
+        </is>
       </c>
       <c r="V275" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X275" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y275" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z275" t="inlineStr">
         <is>
-          <t>Pipework - Pinhole Leak</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>IRS/2025/6651/PON1</t>
+          <t>IRS/2025/6665/PON1</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>05 September 2025 13:51</t>
+          <t>09 September 2025 08:02</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H276" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="I276" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="J276" t="n">
-        <v>1.0</v>
+        <v>46.0</v>
       </c>
       <c r="K276" t="n">
-        <v>53.58</v>
+        <v>12.0</v>
       </c>
       <c r="L276" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M276" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N276" t="n">
-        <v>57.0</v>
+        <v>42.0</v>
       </c>
       <c r="O276" t="n">
-        <v>19.22</v>
+        <v>46.0</v>
       </c>
       <c r="P276" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q276" t="n">
-        <v>22.0</v>
+        <v>28.0</v>
       </c>
       <c r="R276" t="n">
-        <v>30.0</v>
+        <v>9.0</v>
       </c>
       <c r="S276" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T276" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U276" t="n">
-        <v>0.008137</v>
+        <v>6.848E-6</v>
       </c>
       <c r="V276" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X276" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z276" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - HPU Fitting</t>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>IRS/2025/6657/PON1</t>
+          <t>IRS/2025/6669/PON1</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>06 September 2025 12:00</t>
+          <t>10 September 2025 07:20</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>Noble Patriot</t>
+          <t>Haeva</t>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
           <t>NPI</t>
         </is>
       </c>
       <c r="H277" t="inlineStr">
         <is>
-          <t>HUDSON</t>
+          <t>Davy north</t>
         </is>
       </c>
       <c r="I277" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J277" t="n">
-        <v>15.0</v>
+        <v>5.0</v>
       </c>
       <c r="K277" t="n">
-        <v>38.99</v>
+        <v>4.8</v>
       </c>
       <c r="L277" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M277" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N277" t="n">
-        <v>42.0</v>
+        <v>49.0</v>
       </c>
       <c r="O277" t="n">
-        <v>33.2</v>
+        <v>9.534</v>
       </c>
       <c r="P277" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q277" t="n">
-        <v>210.0</v>
+        <v>49.0</v>
       </c>
       <c r="R277" t="n">
-        <v>24.0</v>
+        <v>30.0</v>
       </c>
       <c r="S277" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T277" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U277" t="n">
+        <v>0.00435</v>
       </c>
       <c r="V277" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X277" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z277" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>IRS/2025/6665/PON1</t>
+          <t>IRS/2025/6670/PON1</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>09 September 2025 08:02</t>
+          <t>10 September 2025 13:45</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E278" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H278" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I278" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="J278" t="n">
-        <v>46.0</v>
+        <v>21.0</v>
       </c>
       <c r="K278" t="n">
-        <v>12.0</v>
+        <v>25.2</v>
       </c>
       <c r="L278" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M278" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="N278" t="n">
-        <v>42.0</v>
+        <v>3.0</v>
       </c>
       <c r="O278" t="n">
-        <v>46.0</v>
+        <v>57.6</v>
       </c>
       <c r="P278" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q278" t="n">
-        <v>28.0</v>
+        <v>204.0</v>
       </c>
       <c r="R278" t="n">
-        <v>9.0</v>
+        <v>20.0</v>
       </c>
       <c r="S278" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T278" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U278" t="n">
-        <v>6.848E-6</v>
+        <v>0.00353</v>
       </c>
       <c r="V278" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X278" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z278" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t>Diesel Systems - Failure Of Equipment</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>IRS/2025/6669/PON1</t>
+          <t>IRS/2025/6671/PON1</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>10 September 2025 07:20</t>
+          <t>11 September 2025 06:00</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>Haeva</t>
+          <t>Arbroath Platform</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H279" t="inlineStr">
         <is>
-          <t>Davy north</t>
+          <t>BRECHIN</t>
         </is>
       </c>
       <c r="I279" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J279" t="n">
-        <v>5.0</v>
+        <v>22.0</v>
       </c>
       <c r="K279" t="n">
-        <v>4.8</v>
+        <v>29.84</v>
       </c>
       <c r="L279" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M279" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N279" t="n">
-        <v>49.0</v>
+        <v>22.0</v>
       </c>
       <c r="O279" t="n">
-        <v>9.534</v>
+        <v>59.36</v>
       </c>
       <c r="P279" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q279" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S279" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T279" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.00435</v>
+          <t/>
+        </is>
       </c>
       <c r="V279" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X279" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y279" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z279" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>IRS/2025/6670/PON1</t>
+          <t>IRS/2025/6696/PON1</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>10 September 2025 13:45</t>
+          <t>15 September 2025 14:15</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
-        </is>
-[...3 lines deleted...]
-          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I280" t="n">
         <v>60.0</v>
       </c>
       <c r="J280" t="n">
-        <v>21.0</v>
+        <v>41.0</v>
       </c>
       <c r="K280" t="n">
-        <v>25.2</v>
+        <v>30.0</v>
       </c>
       <c r="L280" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M280" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="N280" t="n">
-        <v>3.0</v>
+        <v>32.0</v>
       </c>
       <c r="O280" t="n">
-        <v>57.6</v>
+        <v>40.0</v>
       </c>
       <c r="P280" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q280" t="n">
-        <v>204.0</v>
+        <v>206.0</v>
       </c>
       <c r="R280" t="n">
-        <v>20.0</v>
+        <v>8.0</v>
       </c>
       <c r="S280" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T280" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.00353</v>
+          <t/>
+        </is>
       </c>
       <c r="V280" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X280" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y280" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z280" t="inlineStr">
         <is>
-          <t>Diesel Systems - Failure Of Equipment</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>IRS/2025/6671/PON1</t>
+          <t>IRS/2025/6698/PON1</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>11 September 2025 06:00</t>
+          <t>15 September 2025 17:00</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>Arbroath Platform</t>
+          <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H281" t="inlineStr">
         <is>
-          <t>BRECHIN</t>
+          <t>SHEARWATER</t>
         </is>
       </c>
       <c r="I281" t="n">
         <v>57.0</v>
       </c>
       <c r="J281" t="n">
-        <v>22.0</v>
+        <v>1.0</v>
       </c>
       <c r="K281" t="n">
-        <v>29.84</v>
+        <v>53.58</v>
       </c>
       <c r="L281" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M281" t="n">
         <v>1.0</v>
       </c>
       <c r="N281" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="O281" t="n">
+        <v>19.22</v>
+      </c>
+      <c r="P281" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q281" t="n">
         <v>22.0</v>
       </c>
-      <c r="O281" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="R281" t="n">
+        <v>30.0</v>
       </c>
       <c r="S281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z281" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>IRS/2025/6696/PON1</t>
+          <t>IRS/2025/6705/PON1</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>15 September 2025 14:15</t>
+          <t>17 August 2025 04:00</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
           <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H282" t="inlineStr">
+        <is>
+          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I282" t="n">
         <v>60.0</v>
       </c>
       <c r="J282" t="n">
         <v>41.0</v>
       </c>
       <c r="K282" t="n">
         <v>30.0</v>
       </c>
       <c r="L282" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M282" t="n">
         <v>2.0</v>
       </c>
       <c r="N282" t="n">
         <v>32.0</v>
       </c>
       <c r="O282" t="n">
         <v>40.0</v>
       </c>
@@ -29658,2228 +29642,2220 @@
       </c>
       <c r="V282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z282" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>IRS/2025/6698/PON1</t>
+          <t>IRS/2025/6706/PON1</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>15 September 2025 17:00</t>
+          <t>19 September 2025 01:00</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>Shearwater A Wellhead Platform</t>
+          <t>Clair Ridge QU Platform</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H283" t="inlineStr">
         <is>
-          <t>SHEARWATER</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I283" t="n">
-        <v>57.0</v>
+        <v>60.0</v>
       </c>
       <c r="J283" t="n">
-        <v>1.0</v>
+        <v>44.0</v>
       </c>
       <c r="K283" t="n">
-        <v>53.58</v>
+        <v>10.0</v>
       </c>
       <c r="L283" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M283" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N283" t="n">
-        <v>57.0</v>
+        <v>29.0</v>
       </c>
       <c r="O283" t="n">
-        <v>19.22</v>
+        <v>39.0</v>
       </c>
       <c r="P283" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q283" t="n">
-        <v>22.0</v>
+        <v>206.0</v>
       </c>
       <c r="R283" t="n">
-        <v>30.0</v>
+        <v>8.0</v>
       </c>
       <c r="S283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T283" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V283" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RoClean L211f</t>
+        </is>
+      </c>
+      <c r="W283" t="n">
+        <v>1.1</v>
       </c>
       <c r="X283" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z283" t="inlineStr">
         <is>
-          <t/>
+          <t>Fixed Chemical Pipework (Production Chemicals) - Sheared</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>IRS/2025/6705/PON1</t>
+          <t>IRS/2025/6720/PON1</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>17 August 2025 04:00</t>
+          <t>21 September 2025 03:50</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Ravenspurn South C Platform</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H284" t="inlineStr">
         <is>
-          <t>CLAIR-PHASE 1 [Part of CLAIR]</t>
+          <t>RAVENSPURN S[pt.of RAVENSPURN]</t>
         </is>
       </c>
       <c r="I284" t="n">
-        <v>60.0</v>
+        <v>54.0</v>
       </c>
       <c r="J284" t="n">
-        <v>41.0</v>
+        <v>4.0</v>
       </c>
       <c r="K284" t="n">
+        <v>56.9634</v>
+      </c>
+      <c r="L284" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M284" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N284" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="O284" t="n">
+        <v>25.246</v>
+      </c>
+      <c r="P284" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q284" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="R284" t="n">
         <v>30.0</v>
       </c>
-      <c r="L284" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="S284" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T284" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U284" t="n">
+        <v>0.4</v>
       </c>
       <c r="V284" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X284" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z284" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>IRS/2025/6706/PON1</t>
+          <t>IRS/2025/6735/PON1</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>19 September 2025 01:00</t>
+          <t>24 September 2025 18:30</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>Clair Ridge QU Platform</t>
+          <t>Britannia Platform</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H285" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I285" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J285" t="n">
-        <v>44.0</v>
+        <v>2.0</v>
       </c>
       <c r="K285" t="n">
-        <v>10.0</v>
+        <v>55.13</v>
       </c>
       <c r="L285" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M285" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N285" t="n">
-        <v>29.0</v>
+        <v>8.0</v>
       </c>
       <c r="O285" t="n">
-        <v>39.0</v>
+        <v>19.54</v>
       </c>
       <c r="P285" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q285" t="n">
-        <v>206.0</v>
+        <v>16.0</v>
       </c>
       <c r="R285" t="n">
-        <v>8.0</v>
+        <v>26.0</v>
       </c>
       <c r="S285" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T285" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U285" t="n">
+        <v>0.002695</v>
       </c>
       <c r="V285" t="inlineStr">
         <is>
-          <t>RoClean L211f</t>
-[...3 lines deleted...]
-        <v>1.1</v>
+          <t/>
+        </is>
       </c>
       <c r="X285" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z285" t="inlineStr">
         <is>
-          <t>Fixed Chemical Pipework (Production Chemicals) - Sheared</t>
+          <t>Flaring/Venting - LTC compressor lube oil vent</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>IRS/2025/6720/PON1</t>
+          <t>IRS/2025/6743/PON1</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>21 September 2025 03:50</t>
+          <t>27 September 2025 01:27</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>Ravenspurn South C Platform</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H286" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I286" t="n">
-        <v>54.0</v>
+        <v>60.0</v>
       </c>
       <c r="J286" t="n">
-        <v>4.0</v>
+        <v>37.0</v>
       </c>
       <c r="K286" t="n">
-        <v>56.9634</v>
+        <v>45.92</v>
       </c>
       <c r="L286" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M286" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N286" t="n">
-        <v>49.0</v>
+        <v>39.0</v>
       </c>
       <c r="O286" t="n">
-        <v>25.246</v>
+        <v>8.85</v>
       </c>
       <c r="P286" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q286" t="n">
-        <v>42.0</v>
+        <v>3.0</v>
       </c>
       <c r="R286" t="n">
-        <v>30.0</v>
+        <v>14.0</v>
       </c>
       <c r="S286" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T286" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.4</v>
+          <t/>
+        </is>
       </c>
       <c r="V286" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X286" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y286" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z286" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>IRS/2025/6735/PON1</t>
+          <t>IRS/2025/6747/PON1</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>24 September 2025 18:30</t>
+          <t>28 September 2025 23:42</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>Britannia Platform</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>CALEDONIA</t>
         </is>
       </c>
       <c r="I287" t="n">
         <v>58.0</v>
       </c>
       <c r="J287" t="n">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="K287" t="n">
-        <v>55.13</v>
+        <v>10.068</v>
       </c>
       <c r="L287" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M287" t="n">
         <v>1.0</v>
       </c>
       <c r="N287" t="n">
         <v>8.0</v>
       </c>
       <c r="O287" t="n">
-        <v>19.54</v>
+        <v>39.0</v>
       </c>
       <c r="P287" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q287" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S287" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T287" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U287" t="n">
-        <v>0.002695</v>
+        <v>4.175E-4</v>
       </c>
       <c r="V287" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X287" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z287" t="inlineStr">
         <is>
-          <t>Flaring/Venting - LTC compressor lube oil vent</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>IRS/2025/6743/PON1</t>
+          <t>IRS/2025/6750/PON1</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>27 September 2025 01:27</t>
+          <t>29 September 2025 04:15</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>Buchan B7 Well</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H288" t="inlineStr">
+        <is>
+          <t>BUCHAN</t>
         </is>
       </c>
       <c r="I288" t="n">
-        <v>60.0</v>
+        <v>57.0</v>
       </c>
       <c r="J288" t="n">
-        <v>37.0</v>
+        <v>56.0</v>
       </c>
       <c r="K288" t="n">
-        <v>45.92</v>
+        <v>30.0</v>
       </c>
       <c r="L288" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M288" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N288" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O288" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="P288" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q288" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="R288" t="n">
         <v>1.0</v>
       </c>
-      <c r="N288" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T288" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V288" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>PELAGIC 100 H</t>
+        </is>
+      </c>
+      <c r="W288" t="n">
+        <v>56.6</v>
       </c>
       <c r="X288" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z288" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>IRS/2025/6747/PON1</t>
+          <t>IRS/2025/6751/PON1</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>28 September 2025 23:42</t>
+          <t>29 September 2025 09:00</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
-          <t>CALEDONIA</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="I289" t="n">
-        <v>58.0</v>
+        <v>59.0</v>
       </c>
       <c r="J289" t="n">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
       <c r="K289" t="n">
-        <v>10.068</v>
+        <v>46.24</v>
       </c>
       <c r="L289" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M289" t="n">
         <v>1.0</v>
       </c>
       <c r="N289" t="n">
-        <v>8.0</v>
+        <v>30.0</v>
       </c>
       <c r="O289" t="n">
-        <v>39.0</v>
+        <v>58.04</v>
       </c>
       <c r="P289" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q289" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R289" t="n">
+        <v>23.0</v>
+      </c>
       <c r="S289" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T289" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>4.175E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V289" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W289" t="n">
+        <v>15.17</v>
       </c>
       <c r="X289" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z289" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>IRS/2025/6750/PON1</t>
+          <t>IRS/2025/6752/PON1</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>29 September 2025 04:15</t>
+          <t>29 September 2025 09:00</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>Buchan B7 Well</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H290" t="inlineStr">
         <is>
-          <t>BUCHAN</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="I290" t="n">
         <v>57.0</v>
       </c>
       <c r="J290" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="K290" t="n">
-        <v>30.0</v>
+        <v>26.0</v>
       </c>
       <c r="L290" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M290" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N290" t="n">
-        <v>0.0</v>
+        <v>50.0</v>
       </c>
       <c r="O290" t="n">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="P290" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q290" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="R290" t="n">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="S290" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T290" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V290" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X290" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y290" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z290" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>IRS/2025/6751/PON1</t>
+          <t>IRS/2025/6753/PON1</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>29 September 2025 09:00</t>
+          <t>29 September 2025 23:41</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Obana</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>47/14 Amethyst C1D</t>
         </is>
       </c>
       <c r="I291" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="J291" t="n">
-        <v>16.0</v>
+        <v>38.0</v>
       </c>
       <c r="K291" t="n">
-        <v>46.24</v>
+        <v>44.6</v>
       </c>
       <c r="L291" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M291" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N291" t="n">
-        <v>30.0</v>
+        <v>36.0</v>
       </c>
       <c r="O291" t="n">
-        <v>58.04</v>
+        <v>13.5</v>
       </c>
       <c r="P291" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q291" t="n">
-        <v>9.0</v>
+        <v>47.0</v>
       </c>
       <c r="R291" t="n">
-        <v>23.0</v>
+        <v>14.0</v>
       </c>
       <c r="S291" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T291" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U291" t="n">
+        <v>5.0E-4</v>
       </c>
       <c r="V291" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
-[...3 lines deleted...]
-        <v>15.17</v>
+          <t/>
+        </is>
       </c>
       <c r="X291" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z291" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>IRS/2025/6752/PON1</t>
+          <t>IRS/2025/6761/PON1</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>29 September 2025 09:00</t>
+          <t>25 September 2025 07:30</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Beryl B Platform</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I292" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J292" t="n">
-        <v>57.0</v>
+        <v>36.0</v>
       </c>
       <c r="K292" t="n">
-        <v>26.0</v>
+        <v>37.23</v>
       </c>
       <c r="L292" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M292" t="n">
         <v>1.0</v>
       </c>
       <c r="N292" t="n">
-        <v>50.0</v>
+        <v>30.0</v>
       </c>
       <c r="O292" t="n">
-        <v>42.0</v>
+        <v>45.87</v>
       </c>
       <c r="P292" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q292" t="n">
-        <v>22.0</v>
+        <v>9.0</v>
       </c>
       <c r="R292" t="n">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
       <c r="S292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z292" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>IRS/2025/6753/PON1</t>
+          <t>IRS/2025/6762/PON1</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>29 September 2025 23:41</t>
+          <t>01 October 2025 15:06</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
           <t>Obana</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
           <t>Vessel</t>
         </is>
       </c>
       <c r="H293" t="inlineStr">
         <is>
-          <t>47/14 Amethyst C1D</t>
+          <t>Amethyst C1D 47/14</t>
         </is>
       </c>
       <c r="I293" t="n">
         <v>53.0</v>
       </c>
       <c r="J293" t="n">
         <v>38.0</v>
       </c>
       <c r="K293" t="n">
         <v>44.6</v>
       </c>
       <c r="L293" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M293" t="n">
         <v>0.0</v>
       </c>
       <c r="N293" t="n">
         <v>36.0</v>
       </c>
       <c r="O293" t="n">
         <v>13.5</v>
       </c>
       <c r="P293" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q293" t="n">
         <v>47.0</v>
       </c>
       <c r="R293" t="n">
         <v>14.0</v>
       </c>
       <c r="S293" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T293" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U293" t="n">
-        <v>5.0E-4</v>
+        <v>0.0027</v>
       </c>
       <c r="V293" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X293" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z293" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>IRS/2025/6761/PON1</t>
+          <t>IRS/2025/6791/PON1</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>25 September 2025 07:30</t>
+          <t>05 October 2025 12:00</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>Beryl B Platform</t>
+          <t>Britannia BLP</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I294" t="n">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="J294" t="n">
-        <v>36.0</v>
+        <v>2.0</v>
       </c>
       <c r="K294" t="n">
-        <v>37.23</v>
+        <v>55.55</v>
       </c>
       <c r="L294" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M294" t="n">
         <v>1.0</v>
       </c>
       <c r="N294" t="n">
-        <v>30.0</v>
+        <v>8.0</v>
       </c>
       <c r="O294" t="n">
-        <v>45.87</v>
+        <v>28.56</v>
       </c>
       <c r="P294" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q294" t="n">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
       <c r="R294" t="n">
-        <v>13.0</v>
+        <v>26.0</v>
       </c>
       <c r="S294" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T294" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V294" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>METHANOL</t>
+        </is>
+      </c>
+      <c r="W294" t="n">
+        <v>0.5</v>
       </c>
       <c r="X294" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z294" t="inlineStr">
         <is>
-          <t/>
+          <t>Chemical Injection - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>IRS/2025/6762/PON1</t>
+          <t>IRS/2025/6804/PON1</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>01 October 2025 15:06</t>
+          <t>26 July 2025 21:02</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED, PETRODEC UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>Obana</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
-          <t>Amethyst C1D 47/14</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I295" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="J295" t="n">
-        <v>38.0</v>
+        <v>44.0</v>
       </c>
       <c r="K295" t="n">
-        <v>44.6</v>
+        <v>10.0</v>
       </c>
       <c r="L295" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M295" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="N295" t="n">
-        <v>36.0</v>
+        <v>29.0</v>
       </c>
       <c r="O295" t="n">
-        <v>13.5</v>
+        <v>39.0</v>
       </c>
       <c r="P295" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q295" t="n">
-        <v>47.0</v>
+        <v>206.0</v>
       </c>
       <c r="R295" t="n">
-        <v>14.0</v>
+        <v>8.0</v>
       </c>
       <c r="S295" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T295" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0027</v>
+          <t/>
+        </is>
       </c>
       <c r="V295" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X295" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y295" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z295" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>IRS/2025/6791/PON1</t>
+          <t>IRS/2025/6805/PON1</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>05 October 2025 12:00</t>
+          <t>07 October 2025 14:30</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
-          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>Britannia BLP</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>CALEDONIA</t>
         </is>
       </c>
       <c r="I296" t="n">
         <v>58.0</v>
       </c>
       <c r="J296" t="n">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="K296" t="n">
-        <v>55.55</v>
+        <v>10.068</v>
       </c>
       <c r="L296" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M296" t="n">
         <v>1.0</v>
       </c>
       <c r="N296" t="n">
         <v>8.0</v>
       </c>
       <c r="O296" t="n">
-        <v>28.56</v>
+        <v>39.0</v>
       </c>
       <c r="P296" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q296" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S296" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T296" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U296" t="n">
+        <v>4.175E-6</v>
       </c>
       <c r="V296" t="inlineStr">
         <is>
-          <t>METHANOL</t>
-[...3 lines deleted...]
-        <v>0.5</v>
+          <t/>
+        </is>
       </c>
       <c r="X296" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z296" t="inlineStr">
         <is>
-          <t>Chemical Injection - Valve Failure</t>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>IRS/2025/6804/PON1</t>
+          <t>IRS/2025/6806/PON1</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>26 July 2025 21:02</t>
+          <t>07 October 2025 17:24</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
-[...4 lines deleted...]
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="I297" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J297" t="n">
-        <v>44.0</v>
+        <v>21.0</v>
       </c>
       <c r="K297" t="n">
-        <v>10.0</v>
+        <v>37.09</v>
       </c>
       <c r="L297" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M297" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N297" t="n">
-        <v>29.0</v>
+        <v>34.0</v>
       </c>
       <c r="O297" t="n">
-        <v>39.0</v>
+        <v>9.64</v>
       </c>
       <c r="P297" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q297" t="n">
-        <v>206.0</v>
+        <v>9.0</v>
       </c>
       <c r="R297" t="n">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="S297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>IRS/2025/6805/PON1</t>
+          <t>IRS/2025/6812/PON1</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>07 October 2025 14:30</t>
+          <t>08 October 2025 16:30</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
-          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>CALEDONIA</t>
+          <t>THISTLE</t>
         </is>
       </c>
       <c r="I298" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J298" t="n">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
       <c r="K298" t="n">
-        <v>10.068</v>
+        <v>49.901</v>
       </c>
       <c r="L298" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M298" t="n">
         <v>1.0</v>
       </c>
       <c r="N298" t="n">
-        <v>8.0</v>
+        <v>34.0</v>
       </c>
       <c r="O298" t="n">
-        <v>39.0</v>
+        <v>47.1</v>
       </c>
       <c r="P298" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q298" t="n">
+        <v>211.0</v>
+      </c>
+      <c r="R298" t="n">
+        <v>18.0</v>
       </c>
       <c r="S298" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T298" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>4.175E-6</v>
+          <t/>
+        </is>
       </c>
       <c r="V298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X298" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y298" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z298" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>IRS/2025/6806/PON1</t>
+          <t>IRS/2025/6813/PON1</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>07 October 2025 17:24</t>
+          <t>08 October 2025 11:30</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>21/20A-P1</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H299" t="inlineStr">
+        <is>
+          <t>Anasuria</t>
         </is>
       </c>
       <c r="I299" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J299" t="n">
         <v>21.0</v>
       </c>
       <c r="K299" t="n">
-        <v>37.09</v>
+        <v>50.774</v>
       </c>
       <c r="L299" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M299" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N299" t="n">
-        <v>34.0</v>
+        <v>49.0</v>
       </c>
       <c r="O299" t="n">
-        <v>9.64</v>
+        <v>18.867</v>
       </c>
       <c r="P299" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q299" t="n">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
       <c r="R299" t="n">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="S299" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T299" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U299" t="n">
+        <v>0.2149425</v>
       </c>
       <c r="V299" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X299" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z299" t="inlineStr">
         <is>
-          <t/>
+          <t>Subsea Pipelines - release from spoolpiece on subsea tree</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>IRS/2025/6812/PON1</t>
+          <t>IRS/2025/6814/PON1</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>08 October 2025 16:30</t>
+          <t>09 October 2025 06:30</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>Thistle A Platform</t>
+          <t>Buchan B9 Well</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Remote well (not connected to an installation)</t>
         </is>
       </c>
       <c r="H300" t="inlineStr">
         <is>
-          <t>THISTLE</t>
+          <t>BUCHAN</t>
         </is>
       </c>
       <c r="I300" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="J300" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="K300" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="L300" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M300" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N300" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O300" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="P300" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q300" t="n">
         <v>21.0</v>
       </c>
-      <c r="K300" t="n">
-[...7 lines deleted...]
-      <c r="M300" t="n">
+      <c r="R300" t="n">
         <v>1.0</v>
       </c>
-      <c r="N300" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="S300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T300" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V300" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>PELAGIC 100 H</t>
+        </is>
+      </c>
+      <c r="W300" t="n">
+        <v>49.88</v>
       </c>
       <c r="X300" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z300" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>IRS/2025/6813/PON1</t>
+          <t>IRS/2025/6815/PON1</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>08 October 2025 11:30</t>
+          <t>02 October 2025 09:00</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>21/20A-P1</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H301" t="inlineStr">
         <is>
-          <t>Anasuria</t>
+          <t>Triton</t>
         </is>
       </c>
       <c r="I301" t="n">
         <v>57.0</v>
       </c>
       <c r="J301" t="n">
-        <v>21.0</v>
+        <v>5.0</v>
       </c>
       <c r="K301" t="n">
-        <v>50.774</v>
+        <v>2.214</v>
       </c>
       <c r="L301" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M301" t="n">
         <v>0.0</v>
       </c>
       <c r="N301" t="n">
-        <v>49.0</v>
+        <v>53.0</v>
       </c>
       <c r="O301" t="n">
-        <v>18.867</v>
+        <v>38.24</v>
       </c>
       <c r="P301" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q301" t="n">
         <v>21.0</v>
       </c>
       <c r="R301" t="n">
-        <v>20.0</v>
+        <v>30.0</v>
       </c>
       <c r="S301" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T301" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.2149425</v>
+          <t/>
+        </is>
       </c>
       <c r="V301" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X301" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y301" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z301" t="inlineStr">
         <is>
-          <t>Subsea Pipelines - release from spoolpiece on subsea tree</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>IRS/2025/6814/PON1</t>
+          <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>09 October 2025 06:30</t>
+          <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED, HELIX WELL OPS (U.K.) LIMITED, NEO NEXT ENERGY LIMITED, NEO NEXT ENERGY LIMITED</t>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>Buchan B9 Well</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>Remote well (not connected to an installation)</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
-          <t>BUCHAN</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="I302" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J302" t="n">
-        <v>56.0</v>
+        <v>35.0</v>
       </c>
       <c r="K302" t="n">
-        <v>30.0</v>
+        <v>18.716</v>
       </c>
       <c r="L302" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M302" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N302" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="O302" t="n">
-        <v>36.0</v>
+        <v>19.323</v>
       </c>
       <c r="P302" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q302" t="n">
-        <v>21.0</v>
+        <v>9.0</v>
       </c>
       <c r="R302" t="n">
-        <v>1.0</v>
+        <v>11.0</v>
       </c>
       <c r="S302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T302" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V302" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>LIME</t>
+        </is>
+      </c>
+      <c r="W302" t="n">
+        <v>0.01356</v>
       </c>
       <c r="X302" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z302" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>IRS/2025/6815/PON1</t>
+          <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>02 October 2025 09:00</t>
+          <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H303" t="inlineStr">
         <is>
-          <t>Triton</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="I303" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J303" t="n">
-        <v>5.0</v>
+        <v>35.0</v>
       </c>
       <c r="K303" t="n">
-        <v>2.214</v>
+        <v>18.716</v>
       </c>
       <c r="L303" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M303" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N303" t="n">
-        <v>53.0</v>
+        <v>3.0</v>
       </c>
       <c r="O303" t="n">
-        <v>38.24</v>
+        <v>19.323</v>
       </c>
       <c r="P303" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q303" t="n">
-        <v>21.0</v>
+        <v>9.0</v>
       </c>
       <c r="R303" t="n">
-        <v>30.0</v>
+        <v>11.0</v>
       </c>
       <c r="S303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T303" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V303" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ECOTROL RD</t>
+        </is>
+      </c>
+      <c r="W303" t="n">
+        <v>0.00407</v>
       </c>
       <c r="X303" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z303" t="inlineStr">
         <is>
-          <t/>
+          <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
           <t>10 October 2025 10:00</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E304" t="inlineStr">
@@ -31926,55 +31902,55 @@
         <v>19.323</v>
       </c>
       <c r="P304" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q304" t="n">
         <v>9.0</v>
       </c>
       <c r="R304" t="n">
         <v>11.0</v>
       </c>
       <c r="S304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T304" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V304" t="inlineStr">
         <is>
-          <t>ECOTROL RD</t>
+          <t>VG-Supreme</t>
         </is>
       </c>
       <c r="W304" t="n">
-        <v>0.00407</v>
+        <v>0.01627</v>
       </c>
       <c r="X304" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z304" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
@@ -32030,55 +32006,55 @@
         <v>19.323</v>
       </c>
       <c r="P305" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q305" t="n">
         <v>9.0</v>
       </c>
       <c r="R305" t="n">
         <v>11.0</v>
       </c>
       <c r="S305" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T305" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V305" t="inlineStr">
         <is>
-          <t>VG-Supreme</t>
+          <t>M-I WATE (All Grades)</t>
         </is>
       </c>
       <c r="W305" t="n">
-        <v>0.01627</v>
+        <v>0.40937</v>
       </c>
       <c r="X305" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z305" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
@@ -32134,55 +32110,55 @@
         <v>19.323</v>
       </c>
       <c r="P306" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q306" t="n">
         <v>9.0</v>
       </c>
       <c r="R306" t="n">
         <v>11.0</v>
       </c>
       <c r="S306" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T306" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V306" t="inlineStr">
         <is>
-          <t>M-I WATE (All Grades)</t>
+          <t>RHEFLAT X</t>
         </is>
       </c>
       <c r="W306" t="n">
-        <v>0.40937</v>
+        <v>0.00136</v>
       </c>
       <c r="X306" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z306" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
@@ -32238,55 +32214,55 @@
         <v>19.323</v>
       </c>
       <c r="P307" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q307" t="n">
         <v>9.0</v>
       </c>
       <c r="R307" t="n">
         <v>11.0</v>
       </c>
       <c r="S307" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T307" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V307" t="inlineStr">
         <is>
-          <t>LIME</t>
+          <t>ONE-MUL NS</t>
         </is>
       </c>
       <c r="W307" t="n">
-        <v>0.01356</v>
+        <v>0.02712</v>
       </c>
       <c r="X307" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z307" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
@@ -32342,55 +32318,55 @@
         <v>19.323</v>
       </c>
       <c r="P308" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q308" t="n">
         <v>9.0</v>
       </c>
       <c r="R308" t="n">
         <v>11.0</v>
       </c>
       <c r="S308" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T308" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V308" t="inlineStr">
         <is>
-          <t>RHEFLAT X</t>
+          <t>Calcium Chloride Brine</t>
         </is>
       </c>
       <c r="W308" t="n">
-        <v>0.00136</v>
+        <v>0.07495</v>
       </c>
       <c r="X308" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z308" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>IRS/2025/6818/PON1</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
@@ -32446,284 +32422,262 @@
         <v>19.323</v>
       </c>
       <c r="P309" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q309" t="n">
         <v>9.0</v>
       </c>
       <c r="R309" t="n">
         <v>11.0</v>
       </c>
       <c r="S309" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T309" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V309" t="inlineStr">
         <is>
-          <t>ONE-MUL NS</t>
+          <t>Saraline 185V</t>
         </is>
       </c>
       <c r="W309" t="n">
-        <v>0.02712</v>
+        <v>0.4315</v>
       </c>
       <c r="X309" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z309" t="inlineStr">
         <is>
           <t>Vessels (Not Storage) - Over Filled</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>IRS/2025/6818/PON1</t>
+          <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>10 October 2025 10:00</t>
+          <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H310" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I310" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J310" t="n">
-        <v>35.0</v>
+        <v>17.0</v>
       </c>
       <c r="K310" t="n">
-        <v>18.716</v>
+        <v>42.0</v>
       </c>
       <c r="L310" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M310" t="n">
         <v>1.0</v>
       </c>
       <c r="N310" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="O310" t="n">
-        <v>19.323</v>
+        <v>46.0</v>
       </c>
       <c r="P310" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q310" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S310" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T310" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V310" t="inlineStr">
         <is>
-          <t>Calcium Chloride Brine</t>
+          <t>PARA16464A</t>
         </is>
       </c>
       <c r="W310" t="n">
-        <v>0.07495</v>
+        <v>7.0</v>
       </c>
       <c r="X310" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z310" t="inlineStr">
         <is>
-          <t>Vessels (Not Storage) - Over Filled</t>
+          <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>IRS/2025/6818/PON1</t>
+          <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>10 October 2025 10:00</t>
+          <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED, EQUINOR UK LIMITED, EQUINOR UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>Mariner PDQ Platform</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H311" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I311" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J311" t="n">
-        <v>35.0</v>
+        <v>17.0</v>
       </c>
       <c r="K311" t="n">
-        <v>18.716</v>
+        <v>42.0</v>
       </c>
       <c r="L311" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M311" t="n">
         <v>1.0</v>
       </c>
       <c r="N311" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="O311" t="n">
-        <v>19.323</v>
+        <v>46.0</v>
       </c>
       <c r="P311" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q311" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S311" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T311" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V311" t="inlineStr">
         <is>
-          <t>Saraline 185V</t>
+          <t>SCAL16566A</t>
         </is>
       </c>
       <c r="W311" t="n">
-        <v>0.4315</v>
+        <v>7.0</v>
       </c>
       <c r="X311" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z311" t="inlineStr">
         <is>
-          <t>Vessels (Not Storage) - Over Filled</t>
+          <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32747,78 +32701,76 @@
         <v>1.0</v>
       </c>
       <c r="N312" t="n">
         <v>39.0</v>
       </c>
       <c r="O312" t="n">
         <v>46.0</v>
       </c>
       <c r="P312" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S312" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T312" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V312" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ASPH11620F2</t>
+        </is>
+      </c>
+      <c r="W312" t="n">
+        <v>7.0</v>
       </c>
       <c r="X312" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z312" t="inlineStr">
         <is>
-          <t/>
+          <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
           <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32842,78 +32794,76 @@
         <v>1.0</v>
       </c>
       <c r="N313" t="n">
         <v>39.0</v>
       </c>
       <c r="O313" t="n">
         <v>46.0</v>
       </c>
       <c r="P313" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S313" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T313" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V313" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SCAL12504A</t>
+        </is>
+      </c>
+      <c r="W313" t="n">
+        <v>7.0</v>
       </c>
       <c r="X313" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z313" t="inlineStr">
         <is>
-          <t/>
+          <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
           <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -32937,78 +32887,76 @@
         <v>1.0</v>
       </c>
       <c r="N314" t="n">
         <v>39.0</v>
       </c>
       <c r="O314" t="n">
         <v>46.0</v>
       </c>
       <c r="P314" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S314" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T314" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V314" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>EMBR43442A</t>
+        </is>
+      </c>
+      <c r="W314" t="n">
+        <v>7.0</v>
       </c>
       <c r="X314" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z314" t="inlineStr">
         <is>
-          <t/>
+          <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -33032,78 +32980,76 @@
         <v>1.0</v>
       </c>
       <c r="N315" t="n">
         <v>39.0</v>
       </c>
       <c r="O315" t="n">
         <v>46.0</v>
       </c>
       <c r="P315" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S315" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T315" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V315" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CORR11426A</t>
+        </is>
+      </c>
+      <c r="W315" t="n">
+        <v>7.0</v>
       </c>
       <c r="X315" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z315" t="inlineStr">
         <is>
-          <t/>
+          <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
           <t>10 October 2025 10:45</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -33127,1500 +33073,1516 @@
         <v>1.0</v>
       </c>
       <c r="N316" t="n">
         <v>39.0</v>
       </c>
       <c r="O316" t="n">
         <v>46.0</v>
       </c>
       <c r="P316" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S316" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T316" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V316" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>HYDT16919A</t>
+        </is>
+      </c>
+      <c r="W316" t="n">
+        <v>7.0</v>
       </c>
       <c r="X316" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z316" t="inlineStr">
         <is>
-          <t/>
+          <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>IRS/2025/6819/PON1</t>
+          <t>IRS/2025/6820/PON1</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>10 October 2025 10:45</t>
+          <t>11 October 2025 10:00</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Douglas DD Platform</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H317" t="inlineStr">
+        <is>
+          <t>Liverpool Bay</t>
+        </is>
+      </c>
       <c r="I317" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J317" t="n">
-        <v>17.0</v>
+        <v>32.0</v>
       </c>
       <c r="K317" t="n">
-        <v>42.0</v>
+        <v>13.91</v>
       </c>
       <c r="L317" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M317" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="N317" t="n">
-        <v>39.0</v>
+        <v>34.0</v>
       </c>
       <c r="O317" t="n">
-        <v>46.0</v>
+        <v>42.29</v>
       </c>
       <c r="P317" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q317" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R317" t="n">
+        <v>13.0</v>
       </c>
       <c r="S317" t="inlineStr">
         <is>
-          <t/>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T317" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U317" t="n">
+        <v>0.0015</v>
       </c>
       <c r="V317" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X317" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z317" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>IRS/2025/6819/PON1</t>
+          <t>IRS/2025/6821/PON1</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>10 October 2025 10:45</t>
+          <t>11 October 2025 11:00</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I318" t="n">
         <v>57.0</v>
       </c>
       <c r="J318" t="n">
         <v>17.0</v>
       </c>
       <c r="K318" t="n">
         <v>42.0</v>
       </c>
       <c r="L318" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M318" t="n">
         <v>1.0</v>
       </c>
       <c r="N318" t="n">
         <v>39.0</v>
       </c>
       <c r="O318" t="n">
         <v>46.0</v>
       </c>
       <c r="P318" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q318" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R318" t="n">
+        <v>24.0</v>
+      </c>
       <c r="S318" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T318" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U318" t="n">
+        <v>1.0E-5</v>
       </c>
       <c r="V318" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X318" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z318" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>IRS/2025/6820/PON1</t>
+          <t>IRS/2025/6823/PON1</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>11 October 2025 10:00</t>
+          <t>10 October 2025 22:30</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>ENI UK LIMITED, VALARIS PLC</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>Douglas DD Platform</t>
+          <t>Valaris 72</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H319" t="inlineStr">
         <is>
-          <t>Liverpool Bay</t>
+          <t>HAMILTON</t>
         </is>
       </c>
       <c r="I319" t="n">
         <v>53.0</v>
       </c>
       <c r="J319" t="n">
-        <v>32.0</v>
+        <v>33.0</v>
       </c>
       <c r="K319" t="n">
-        <v>13.91</v>
+        <v>57.5</v>
       </c>
       <c r="L319" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M319" t="n">
         <v>3.0</v>
       </c>
       <c r="N319" t="n">
-        <v>34.0</v>
+        <v>27.0</v>
       </c>
       <c r="O319" t="n">
-        <v>42.29</v>
+        <v>16.2</v>
       </c>
       <c r="P319" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q319" t="n">
         <v>110.0</v>
       </c>
       <c r="R319" t="n">
         <v>13.0</v>
       </c>
       <c r="S319" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T319" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.0015</v>
+          <t/>
+        </is>
       </c>
       <c r="V319" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X319" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y319" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z319" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>IRS/2025/6821/PON1</t>
+          <t>IRS/2025/6824/PON1</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>11 October 2025 11:00</t>
+          <t>11 October 2025 14:55</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H320" t="inlineStr">
+        <is>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I320" t="n">
         <v>57.0</v>
       </c>
       <c r="J320" t="n">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
       <c r="K320" t="n">
-        <v>42.0</v>
+        <v>1.79</v>
       </c>
       <c r="L320" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M320" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N320" t="n">
-        <v>39.0</v>
+        <v>15.0</v>
       </c>
       <c r="O320" t="n">
-        <v>46.0</v>
+        <v>29.88</v>
       </c>
       <c r="P320" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q320" t="n">
-        <v>22.0</v>
+        <v>23.0</v>
       </c>
       <c r="R320" t="n">
-        <v>24.0</v>
+        <v>27.0</v>
       </c>
       <c r="S320" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T320" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U320" t="n">
-        <v>1.0E-5</v>
+        <v>3.72566E-4</v>
       </c>
       <c r="V320" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X320" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z320" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
+          <t>Sheen - deluge testing</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>IRS/2025/6823/PON1</t>
+          <t>IRS/2025/6825/PON1</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>10 October 2025 22:30</t>
+          <t>11 October 2025 23:35</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED, VALARIS PLC</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>Valaris 72</t>
+          <t>Gryphon A</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Vessel</t>
         </is>
       </c>
       <c r="H321" t="inlineStr">
         <is>
-          <t>HAMILTON</t>
+          <t>GRYPHON</t>
         </is>
       </c>
       <c r="I321" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="J321" t="n">
-        <v>33.0</v>
+        <v>21.0</v>
       </c>
       <c r="K321" t="n">
-        <v>57.5</v>
+        <v>37.09</v>
       </c>
       <c r="L321" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M321" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="N321" t="n">
-        <v>27.0</v>
+        <v>34.0</v>
       </c>
       <c r="O321" t="n">
-        <v>16.2</v>
+        <v>9.64</v>
       </c>
       <c r="P321" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q321" t="n">
-        <v>110.0</v>
+        <v>9.0</v>
       </c>
       <c r="R321" t="n">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
       <c r="S321" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T321" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U321" t="n">
+        <v>7.0628E-4</v>
       </c>
       <c r="V321" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X321" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z321" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>IRS/2025/6824/PON1</t>
+          <t>IRS/2025/6826/PON1</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>11 October 2025 14:55</t>
+          <t>11 October 2025 20:22</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
-          <t>PIERCE PRODUCTION COMPANY LIMITED, SHELL U.K. LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>Haewene Brim</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H322" t="inlineStr">
         <is>
-          <t>PIERCE</t>
+          <t>BELINDA</t>
         </is>
       </c>
       <c r="I322" t="n">
         <v>57.0</v>
       </c>
       <c r="J322" t="n">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
       <c r="K322" t="n">
-        <v>1.79</v>
+        <v>6.815</v>
       </c>
       <c r="L322" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M322" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N322" t="n">
-        <v>15.0</v>
+        <v>56.0</v>
       </c>
       <c r="O322" t="n">
-        <v>29.88</v>
+        <v>37.93</v>
       </c>
       <c r="P322" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q322" t="n">
-        <v>23.0</v>
+        <v>21.0</v>
       </c>
       <c r="R322" t="n">
-        <v>27.0</v>
+        <v>30.0</v>
       </c>
       <c r="S322" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T322" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>3.72566E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V322" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RX-5255</t>
+        </is>
+      </c>
+      <c r="W322" t="n">
+        <v>0.01412</v>
       </c>
       <c r="X322" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z322" t="inlineStr">
         <is>
-          <t>Sheen - deluge testing</t>
+          <t>Subsea Pipelines - Datalogger failure</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>IRS/2025/6825/PON1</t>
+          <t>IRS/2025/6826/PON1</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>11 October 2025 23:35</t>
+          <t>11 October 2025 20:22</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>Gryphon A</t>
+          <t>Triton FPSO</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>Vessel</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H323" t="inlineStr">
         <is>
-          <t>GRYPHON</t>
+          <t>BELINDA</t>
         </is>
       </c>
       <c r="I323" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J323" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K323" t="n">
+        <v>6.815</v>
+      </c>
+      <c r="L323" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M323" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N323" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="O323" t="n">
+        <v>37.93</v>
+      </c>
+      <c r="P323" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q323" t="n">
         <v>21.0</v>
       </c>
-      <c r="K323" t="n">
-[...23 lines deleted...]
-      </c>
       <c r="R323" t="n">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
       <c r="S323" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T323" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>7.0628E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V323" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>MEG</t>
+        </is>
+      </c>
+      <c r="W323" t="n">
+        <v>25.68</v>
       </c>
       <c r="X323" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z323" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Subsea Pipelines - Datalogger failure</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>IRS/2025/6826/PON1</t>
+          <t>IRS/2025/6827/PON1</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>11 October 2025 20:22</t>
+          <t>12 October 2025 08:30</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
-        </is>
-[...3 lines deleted...]
-          <t>BELINDA</t>
         </is>
       </c>
       <c r="I324" t="n">
         <v>57.0</v>
       </c>
       <c r="J324" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="K324" t="n">
-        <v>6.815</v>
+        <v>44.022</v>
       </c>
       <c r="L324" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M324" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N324" t="n">
-        <v>56.0</v>
+        <v>8.0</v>
       </c>
       <c r="O324" t="n">
-        <v>37.93</v>
+        <v>38.397</v>
       </c>
       <c r="P324" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q324" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
       <c r="R324" t="n">
-        <v>30.0</v>
+        <v>11.0</v>
       </c>
       <c r="S324" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T324" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V324" t="inlineStr">
         <is>
-          <t>MEG</t>
-[...3 lines deleted...]
-        <v>25.68</v>
+          <t/>
+        </is>
       </c>
       <c r="X324" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y324" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z324" t="inlineStr">
         <is>
-          <t>Subsea Pipelines - Datalogger failure</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>IRS/2025/6826/PON1</t>
+          <t>IRS/2025/6829/PON1</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>11 October 2025 20:22</t>
+          <t>12 October 2025 08:15</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E325" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED, SERICA ENERGY (UK) LIMITED, SERICA ENERGY (UK) LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>Triton FPSO</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H325" t="inlineStr">
         <is>
-          <t>BELINDA</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="I325" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J325" t="n">
-        <v>3.0</v>
+        <v>37.0</v>
       </c>
       <c r="K325" t="n">
-        <v>6.815</v>
+        <v>12.45</v>
       </c>
       <c r="L325" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M325" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N325" t="n">
-        <v>56.0</v>
+        <v>18.0</v>
       </c>
       <c r="O325" t="n">
-        <v>37.93</v>
+        <v>25.96</v>
       </c>
       <c r="P325" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q325" t="n">
-        <v>21.0</v>
+        <v>211.0</v>
       </c>
       <c r="R325" t="n">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
       <c r="S325" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T325" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U325" t="n">
+        <v>0.0166</v>
       </c>
       <c r="V325" t="inlineStr">
         <is>
-          <t>RX-5255</t>
-[...3 lines deleted...]
-        <v>0.01412</v>
+          <t/>
+        </is>
       </c>
       <c r="X325" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z325" t="inlineStr">
         <is>
-          <t>Subsea Pipelines - Datalogger failure</t>
+          <t>Diesel Systems - Drain Line Open</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>IRS/2025/6827/PON1</t>
+          <t>IRS/2025/6835/PON1</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>12 October 2025 08:30</t>
+          <t>12 October 2025 16:45</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E326" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Brent D Platform</t>
         </is>
       </c>
       <c r="G326" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H326" t="inlineStr">
+        <is>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I326" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J326" t="n">
-        <v>39.0</v>
+        <v>7.0</v>
       </c>
       <c r="K326" t="n">
-        <v>44.022</v>
+        <v>52.8</v>
       </c>
       <c r="L326" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M326" t="n">
         <v>1.0</v>
       </c>
       <c r="N326" t="n">
-        <v>8.0</v>
+        <v>44.0</v>
       </c>
       <c r="O326" t="n">
-        <v>38.397</v>
+        <v>6.47</v>
       </c>
       <c r="P326" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q326" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R326" t="n">
-        <v>11.0</v>
+        <v>29.0</v>
       </c>
       <c r="S326" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T326" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V326" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>DTE 10 EXCEL 46</t>
+        </is>
+      </c>
+      <c r="W326" t="n">
+        <v>2.04E-4</v>
       </c>
       <c r="X326" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z326" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>IRS/2025/6829/PON1</t>
+          <t>IRS/2025/6846/PON1</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>12 October 2025 08:15</t>
+          <t>13 October 2025 07:55</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E327" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H327" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I327" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J327" t="n">
-        <v>37.0</v>
+        <v>51.0</v>
       </c>
       <c r="K327" t="n">
-        <v>12.45</v>
+        <v>34.4</v>
       </c>
       <c r="L327" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M327" t="n">
         <v>1.0</v>
       </c>
       <c r="N327" t="n">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="O327" t="n">
-        <v>25.96</v>
+        <v>9.6</v>
       </c>
       <c r="P327" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q327" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S327" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T327" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.0166</v>
+          <t/>
+        </is>
       </c>
       <c r="V327" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X327" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y327" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z327" t="inlineStr">
         <is>
-          <t>Diesel Systems - Drain Line Open</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>IRS/2025/6835/PON1</t>
+          <t>IRS/2025/6848/PON1</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>12 October 2025 16:45</t>
+          <t>04 October 2025 16:00</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>Brent D Platform</t>
+          <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H328" t="inlineStr">
         <is>
-          <t>BRENT</t>
+          <t>NINIAN</t>
         </is>
       </c>
       <c r="I328" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J328" t="n">
-        <v>7.0</v>
+        <v>51.0</v>
       </c>
       <c r="K328" t="n">
-        <v>52.8</v>
+        <v>34.4</v>
       </c>
       <c r="L328" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M328" t="n">
         <v>1.0</v>
       </c>
       <c r="N328" t="n">
-        <v>44.0</v>
+        <v>28.0</v>
       </c>
       <c r="O328" t="n">
-        <v>6.47</v>
+        <v>9.6</v>
       </c>
       <c r="P328" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q328" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S328" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T328" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U328" t="n">
+        <v>0.155</v>
       </c>
       <c r="V328" t="inlineStr">
         <is>
-          <t>DTE 10 EXCEL 46</t>
-[...3 lines deleted...]
-        <v>2.04E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="X328" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z328" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Drainage Systems - Pipework Failure</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>IRS/2025/6846/PON1</t>
+          <t>IRS/2025/6850/PON1</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>13 October 2025 07:55</t>
+          <t>14 October 2025 17:00</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Clair Ridge DP Template</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H329" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I329" t="n">
         <v>60.0</v>
       </c>
       <c r="J329" t="n">
-        <v>51.0</v>
+        <v>44.0</v>
       </c>
       <c r="K329" t="n">
-        <v>34.4</v>
+        <v>10.0</v>
       </c>
       <c r="L329" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M329" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N329" t="n">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="O329" t="n">
-        <v>9.6</v>
+        <v>39.0</v>
       </c>
       <c r="P329" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q329" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R329" t="n">
+        <v>8.0</v>
       </c>
       <c r="S329" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T329" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V329" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>OMNI-VIS™</t>
+        </is>
+      </c>
+      <c r="W329" t="n">
+        <v>0.002</v>
       </c>
       <c r="X329" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z329" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>IRS/2025/6848/PON1</t>
+          <t>IRS/2025/6850/PON1</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>04 October 2025 16:00</t>
+          <t>14 October 2025 17:00</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>Ninian Central Platform</t>
+          <t>Clair Ridge DP Template</t>
         </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H330" t="inlineStr">
         <is>
-          <t>NINIAN</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I330" t="n">
         <v>60.0</v>
       </c>
       <c r="J330" t="n">
-        <v>51.0</v>
+        <v>44.0</v>
       </c>
       <c r="K330" t="n">
-        <v>34.4</v>
+        <v>10.0</v>
       </c>
       <c r="L330" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M330" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N330" t="n">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="O330" t="n">
-        <v>9.6</v>
+        <v>39.0</v>
       </c>
       <c r="P330" t="inlineStr">
         <is>
-          <t>East</t>
-        </is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q330" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R330" t="n">
+        <v>8.0</v>
       </c>
       <c r="S330" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T330" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.155</v>
+          <t/>
+        </is>
       </c>
       <c r="V330" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>OMNI-TROL™ 496</t>
+        </is>
+      </c>
+      <c r="W330" t="n">
+        <v>0.002</v>
       </c>
       <c r="X330" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z330" t="inlineStr">
         <is>
-          <t>Drainage Systems - Pipework Failure</t>
+          <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
           <t>IRS/2025/6850/PON1</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
           <t>14 October 2025 17:00</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E331" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
           <t>Clair Ridge DP Template</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -34655,78 +34617,76 @@
         <v>39.0</v>
       </c>
       <c r="P331" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q331" t="n">
         <v>206.0</v>
       </c>
       <c r="R331" t="n">
         <v>8.0</v>
       </c>
       <c r="S331" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T331" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V331" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CARBOGEL</t>
+        </is>
+      </c>
+      <c r="W331" t="n">
+        <v>0.002</v>
       </c>
       <c r="X331" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z331" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
           <t>IRS/2025/6850/PON1</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
           <t>14 October 2025 17:00</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E332" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
           <t>Clair Ridge DP Template</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -34761,78 +34721,76 @@
         <v>39.0</v>
       </c>
       <c r="P332" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q332" t="n">
         <v>206.0</v>
       </c>
       <c r="R332" t="n">
         <v>8.0</v>
       </c>
       <c r="S332" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T332" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V332" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>EDC 170 SE</t>
+        </is>
+      </c>
+      <c r="W332" t="n">
+        <v>0.064</v>
       </c>
       <c r="X332" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z332" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
           <t>IRS/2025/6850/PON1</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
           <t>14 October 2025 17:00</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E333" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
           <t>Clair Ridge DP Template</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -34867,2462 +34825,2458 @@
         <v>39.0</v>
       </c>
       <c r="P333" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q333" t="n">
         <v>206.0</v>
       </c>
       <c r="R333" t="n">
         <v>8.0</v>
       </c>
       <c r="S333" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T333" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V333" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>BARITE</t>
+        </is>
+      </c>
+      <c r="W333" t="n">
+        <v>0.03</v>
       </c>
       <c r="X333" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z333" t="inlineStr">
         <is>
-          <t/>
+          <t>Pipework - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>IRS/2025/6850/PON1</t>
+          <t>IRS/2025/6853/PON1</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>14 October 2025 17:00</t>
+          <t>17 October 2025 08:03</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E334" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>Clair Ridge DP Template</t>
+          <t>Harding Platform</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H334" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>HARDING</t>
         </is>
       </c>
       <c r="I334" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J334" t="n">
-        <v>44.0</v>
+        <v>16.0</v>
       </c>
       <c r="K334" t="n">
-        <v>10.0</v>
+        <v>46.24</v>
       </c>
       <c r="L334" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M334" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N334" t="n">
-        <v>29.0</v>
+        <v>30.0</v>
       </c>
       <c r="O334" t="n">
-        <v>39.0</v>
+        <v>58.04</v>
       </c>
       <c r="P334" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q334" t="n">
-        <v>206.0</v>
+        <v>9.0</v>
       </c>
       <c r="R334" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
       <c r="S334" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T334" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V334" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W334" t="n">
+        <v>24.4</v>
       </c>
       <c r="X334" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z334" t="inlineStr">
         <is>
-          <t/>
+          <t>Conductor Tensioner - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>IRS/2025/6850/PON1</t>
+          <t>IRS/2025/6857/PON1</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>14 October 2025 17:00</t>
+          <t>17 October 2025 14:45</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E335" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>Clair Ridge DP Template</t>
+          <t>Rough CD Platform</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H335" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="I335" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="J335" t="n">
-        <v>44.0</v>
+        <v>50.0</v>
       </c>
       <c r="K335" t="n">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="L335" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M335" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N335" t="n">
-        <v>29.0</v>
+        <v>26.0</v>
       </c>
       <c r="O335" t="n">
-        <v>39.0</v>
+        <v>34.8</v>
       </c>
       <c r="P335" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q335" t="n">
-        <v>206.0</v>
+        <v>47.0</v>
       </c>
       <c r="R335" t="n">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="S335" t="inlineStr">
         <is>
-          <t/>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="T335" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U335" t="n">
+        <v>4.505E-4</v>
       </c>
       <c r="V335" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X335" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z335" t="inlineStr">
         <is>
-          <t/>
+          <t>Sheen - Deluge Testing</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>IRS/2025/6853/PON1</t>
+          <t>IRS/2025/6858/PON1</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>17 October 2025 08:03</t>
+          <t>17 October 2025 15:45</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>Harding Platform</t>
+          <t>Lomond Platform</t>
         </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H336" t="inlineStr">
         <is>
-          <t>HARDING</t>
+          <t>LOMOND</t>
         </is>
       </c>
       <c r="I336" t="n">
-        <v>59.0</v>
+        <v>57.0</v>
       </c>
       <c r="J336" t="n">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
       <c r="K336" t="n">
-        <v>46.24</v>
+        <v>15.15</v>
       </c>
       <c r="L336" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M336" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N336" t="n">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="O336" t="n">
-        <v>58.04</v>
+        <v>41.51</v>
       </c>
       <c r="P336" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q336" t="n">
-        <v>9.0</v>
+        <v>23.0</v>
       </c>
       <c r="R336" t="n">
-        <v>23.0</v>
+        <v>21.0</v>
       </c>
       <c r="S336" t="inlineStr">
         <is>
-          <t/>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T336" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U336" t="n">
+        <v>2.25E-4</v>
       </c>
       <c r="V336" t="inlineStr">
         <is>
-          <t>Erifon 818 TLP</t>
-[...3 lines deleted...]
-        <v>24.4</v>
+          <t/>
+        </is>
       </c>
       <c r="X336" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z336" t="inlineStr">
         <is>
-          <t>Conductor Tensioner - Seal Failure</t>
+          <t>seal - level transmitter</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>IRS/2025/6857/PON1</t>
+          <t>IRS/2025/6871/PON1</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>17 October 2025 14:45</t>
+          <t>21 October 2025 14:00</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>PERENCO GAS (UK) LIMITED</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>Rough CD Platform</t>
+          <t>Cleeton CW Wellhead Tower</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H337" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>CLEETON</t>
         </is>
       </c>
       <c r="I337" t="n">
-        <v>53.0</v>
+        <v>54.0</v>
       </c>
       <c r="J337" t="n">
-        <v>50.0</v>
+        <v>2.0</v>
       </c>
       <c r="K337" t="n">
-        <v>4.0</v>
+        <v>0.144</v>
       </c>
       <c r="L337" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M337" t="n">
         <v>0.0</v>
       </c>
       <c r="N337" t="n">
-        <v>26.0</v>
+        <v>43.0</v>
       </c>
       <c r="O337" t="n">
-        <v>34.8</v>
+        <v>40.131</v>
       </c>
       <c r="P337" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q337" t="n">
-        <v>47.0</v>
+        <v>42.0</v>
       </c>
       <c r="R337" t="n">
-        <v>3.0</v>
+        <v>29.0</v>
       </c>
       <c r="S337" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T337" t="inlineStr">
         <is>
           <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U337" t="n">
-        <v>4.505E-4</v>
+        <v>2.862E-4</v>
       </c>
       <c r="V337" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X337" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z337" t="inlineStr">
         <is>
-          <t>Sheen - Deluge Testing</t>
+          <t>Wellheads - Spill Whilst Topping Up Annulus</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>IRS/2025/6858/PON1</t>
+          <t>IRS/2025/6872/PON1</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>17 October 2025 15:45</t>
+          <t>21 October 2025 09:27</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
-          <t>CHRYSAOR LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>Lomond Platform</t>
+          <t>Clyde Platform</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H338" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I338" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="J338" t="n">
-        <v>17.0</v>
+        <v>27.0</v>
       </c>
       <c r="K338" t="n">
-        <v>15.15</v>
+        <v>10.0</v>
       </c>
       <c r="L338" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M338" t="n">
         <v>2.0</v>
       </c>
       <c r="N338" t="n">
-        <v>10.0</v>
+        <v>17.0</v>
       </c>
       <c r="O338" t="n">
-        <v>41.51</v>
+        <v>18.0</v>
       </c>
       <c r="P338" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q338" t="n">
-        <v>23.0</v>
+        <v>30.0</v>
       </c>
       <c r="R338" t="n">
-        <v>21.0</v>
+        <v>17.0</v>
       </c>
       <c r="S338" t="inlineStr">
         <is>
-          <t>Condensate</t>
+          <t/>
         </is>
       </c>
       <c r="T338" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>2.25E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V338" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X338" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y338" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z338" t="inlineStr">
         <is>
-          <t>seal - level transmitter</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>IRS/2025/6871/PON1</t>
+          <t>IRS/2025/6876/PON1</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>21 October 2025 14:00</t>
+          <t>22 October 2025 08:25</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
-          <t>PERENCO GAS (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>Cleeton CW Wellhead Tower</t>
+          <t>Nelson Platform</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H339" t="inlineStr">
         <is>
-          <t>CLEETON</t>
+          <t>NELSON</t>
         </is>
       </c>
       <c r="I339" t="n">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="J339" t="n">
-        <v>2.0</v>
+        <v>39.0</v>
       </c>
       <c r="K339" t="n">
-        <v>0.144</v>
+        <v>44.0</v>
       </c>
       <c r="L339" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M339" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N339" t="n">
-        <v>43.0</v>
+        <v>8.0</v>
       </c>
       <c r="O339" t="n">
-        <v>40.131</v>
+        <v>38.0</v>
       </c>
       <c r="P339" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q339" t="n">
-        <v>42.0</v>
+        <v>22.0</v>
       </c>
       <c r="R339" t="n">
-        <v>29.0</v>
+        <v>11.0</v>
       </c>
       <c r="S339" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T339" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>2.862E-4</v>
+          <t/>
+        </is>
       </c>
       <c r="V339" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X339" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y339" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z339" t="inlineStr">
         <is>
-          <t>Wellheads - Spill Whilst Topping Up Annulus</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>IRS/2025/6872/PON1</t>
+          <t>IRS/2025/6877/PON1</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>21 October 2025 09:27</t>
+          <t>21 October 2025 19:42</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>Clyde Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H340" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
       <c r="I340" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="J340" t="n">
         <v>27.0</v>
       </c>
       <c r="K340" t="n">
-        <v>10.0</v>
+        <v>40.86</v>
       </c>
       <c r="L340" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M340" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="N340" t="n">
-        <v>17.0</v>
+        <v>15.0</v>
       </c>
       <c r="O340" t="n">
-        <v>18.0</v>
+        <v>3.83</v>
       </c>
       <c r="P340" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q340" t="n">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
       <c r="R340" t="n">
         <v>17.0</v>
       </c>
       <c r="S340" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T340" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V340" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X340" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y340" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z340" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>IRS/2025/6876/PON1</t>
+          <t>IRS/2025/6879/PON1</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>22 October 2025 08:25</t>
+          <t>20 July 2025 04:30</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>Nelson Platform</t>
+          <t>Brent C Platform</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H341" t="inlineStr">
         <is>
-          <t>NELSON</t>
+          <t>BRENT</t>
         </is>
       </c>
       <c r="I341" t="n">
-        <v>57.0</v>
+        <v>61.0</v>
       </c>
       <c r="J341" t="n">
-        <v>39.0</v>
+        <v>5.0</v>
       </c>
       <c r="K341" t="n">
         <v>44.0</v>
       </c>
       <c r="L341" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M341" t="n">
         <v>1.0</v>
       </c>
       <c r="N341" t="n">
-        <v>8.0</v>
+        <v>43.0</v>
       </c>
       <c r="O341" t="n">
-        <v>38.0</v>
+        <v>12.0</v>
       </c>
       <c r="P341" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q341" t="n">
-        <v>22.0</v>
+        <v>211.0</v>
       </c>
       <c r="R341" t="n">
-        <v>11.0</v>
+        <v>29.0</v>
       </c>
       <c r="S341" t="inlineStr">
         <is>
-          <t/>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T341" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U341" t="n">
+        <v>4.0E-4</v>
       </c>
       <c r="V341" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X341" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z341" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>IRS/2025/6877/PON1</t>
+          <t>IRS/2025/6907/PON1</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>21 October 2025 19:42</t>
+          <t>29 October 2025 14:08</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>PETRODEC UK LIMITED</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Obana</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H342" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>47/14 Amethyst C1D</t>
         </is>
       </c>
       <c r="I342" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J342" t="n">
-        <v>27.0</v>
+        <v>38.0</v>
       </c>
       <c r="K342" t="n">
-        <v>40.86</v>
+        <v>44.6</v>
       </c>
       <c r="L342" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M342" t="n">
         <v>0.0</v>
       </c>
       <c r="N342" t="n">
-        <v>15.0</v>
+        <v>36.0</v>
       </c>
       <c r="O342" t="n">
-        <v>3.83</v>
+        <v>13.5</v>
       </c>
       <c r="P342" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q342" t="n">
-        <v>15.0</v>
+        <v>47.0</v>
       </c>
       <c r="R342" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
       <c r="S342" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T342" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U342" t="n">
+        <v>0.0049</v>
       </c>
       <c r="V342" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X342" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z342" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>IRS/2025/6879/PON1</t>
+          <t>IRS/2025/6910/PON1</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>20 July 2025 04:30</t>
+          <t>30 October 2025 09:34</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>Brent C Platform</t>
+          <t>Glen Lyon FPSO</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H343" t="inlineStr">
         <is>
-          <t>BRENT</t>
+          <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="I343" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="J343" t="n">
-        <v>5.0</v>
+        <v>21.0</v>
       </c>
       <c r="K343" t="n">
-        <v>44.0</v>
+        <v>25.2</v>
       </c>
       <c r="L343" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M343" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="N343" t="n">
-        <v>43.0</v>
+        <v>3.0</v>
       </c>
       <c r="O343" t="n">
-        <v>12.0</v>
+        <v>57.6</v>
       </c>
       <c r="P343" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q343" t="n">
-        <v>211.0</v>
+        <v>204.0</v>
       </c>
       <c r="R343" t="n">
-        <v>29.0</v>
+        <v>20.0</v>
       </c>
       <c r="S343" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T343" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U343" t="n">
-        <v>4.0E-4</v>
+        <v>0.0522</v>
       </c>
       <c r="V343" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X343" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z343" t="inlineStr">
         <is>
-          <t>ROV/Vessel Operations</t>
+          <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>IRS/2025/6907/PON1</t>
+          <t>IRS/2025/6913/PON1</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>29 October 2025 14:08</t>
+          <t>31 October 2025 10:45</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
-          <t>PETRODEC UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>Obana</t>
+          <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H344" t="inlineStr">
         <is>
-          <t>47/14 Amethyst C1D</t>
+          <t>MUNGO</t>
         </is>
       </c>
       <c r="I344" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="J344" t="n">
-        <v>38.0</v>
+        <v>17.0</v>
       </c>
       <c r="K344" t="n">
-        <v>44.6</v>
+        <v>42.0</v>
       </c>
       <c r="L344" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M344" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N344" t="n">
-        <v>36.0</v>
+        <v>39.0</v>
       </c>
       <c r="O344" t="n">
-        <v>13.5</v>
+        <v>46.0</v>
       </c>
       <c r="P344" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q344" t="n">
-        <v>47.0</v>
+        <v>22.0</v>
       </c>
       <c r="R344" t="n">
-        <v>14.0</v>
+        <v>20.0</v>
       </c>
       <c r="S344" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T344" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U344" t="n">
-        <v>0.0049</v>
+        <v>0.05</v>
       </c>
       <c r="V344" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X344" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z344" t="inlineStr">
         <is>
-          <t>Decommissioning Related</t>
+          <t>Cuttings Pile spotting - spotting from Cuttings piles on seabed</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>IRS/2025/6910/PON1</t>
+          <t>IRS/2025/6928/PON1</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>30 October 2025 09:34</t>
+          <t>03 November 2025 12:20</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>Glen Lyon FPSO</t>
+          <t>Global Producer III</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H345" t="inlineStr">
         <is>
-          <t>SCHIEHALLION</t>
+          <t>DONAN</t>
         </is>
       </c>
       <c r="I345" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J345" t="n">
         <v>21.0</v>
       </c>
       <c r="K345" t="n">
-        <v>25.2</v>
+        <v>38.6</v>
       </c>
       <c r="L345" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M345" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="N345" t="n">
-        <v>3.0</v>
+        <v>52.0</v>
       </c>
       <c r="O345" t="n">
-        <v>57.6</v>
+        <v>4.69</v>
       </c>
       <c r="P345" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q345" t="n">
-        <v>204.0</v>
+        <v>15.0</v>
       </c>
       <c r="R345" t="n">
         <v>20.0</v>
       </c>
       <c r="S345" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T345" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Measured</t>
         </is>
       </c>
       <c r="U345" t="n">
-        <v>0.0522</v>
+        <v>0.15</v>
       </c>
       <c r="V345" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X345" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z345" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Fitting / Connections</t>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>IRS/2025/6913/PON1</t>
+          <t>IRS/2025/6937/PON1</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>31 October 2025 10:45</t>
+          <t>23 October 2025 11:00</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E346" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>Mungo NUI Platform</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H346" t="inlineStr">
         <is>
-          <t>MUNGO</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="I346" t="n">
         <v>57.0</v>
       </c>
       <c r="J346" t="n">
-        <v>17.0</v>
+        <v>57.0</v>
       </c>
       <c r="K346" t="n">
-        <v>42.0</v>
+        <v>26.0</v>
       </c>
       <c r="L346" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M346" t="n">
         <v>1.0</v>
       </c>
       <c r="N346" t="n">
-        <v>39.0</v>
+        <v>50.0</v>
       </c>
       <c r="O346" t="n">
-        <v>46.0</v>
+        <v>42.0</v>
       </c>
       <c r="P346" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q346" t="n">
         <v>22.0</v>
       </c>
       <c r="R346" t="n">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
       <c r="S346" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T346" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V346" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X346" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y346" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z346" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>IRS/2025/6928/PON1</t>
+          <t>IRS/2025/6939/PON1</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>03 November 2025 12:20</t>
+          <t>05 November 2025 16:00</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED</t>
+          <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>Global Producer III</t>
+          <t>Magnus Platform</t>
         </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H347" t="inlineStr">
         <is>
-          <t>DONAN</t>
+          <t>MAGNUS</t>
         </is>
       </c>
       <c r="I347" t="n">
-        <v>58.0</v>
+        <v>61.0</v>
       </c>
       <c r="J347" t="n">
-        <v>21.0</v>
+        <v>37.0</v>
       </c>
       <c r="K347" t="n">
-        <v>38.6</v>
+        <v>12.45</v>
       </c>
       <c r="L347" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M347" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N347" t="n">
-        <v>52.0</v>
+        <v>18.0</v>
       </c>
       <c r="O347" t="n">
-        <v>4.69</v>
+        <v>25.96</v>
       </c>
       <c r="P347" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q347" t="n">
-        <v>15.0</v>
+        <v>211.0</v>
       </c>
       <c r="R347" t="n">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
       <c r="S347" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T347" t="inlineStr">
         <is>
           <t>Measured</t>
         </is>
       </c>
       <c r="U347" t="n">
-        <v>0.15</v>
+        <v>0.001059</v>
       </c>
       <c r="V347" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X347" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z347" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t>Diesel Systems - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>IRS/2025/6937/PON1</t>
+          <t>IRS/2025/6942/PON1</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>23 October 2025 11:00</t>
+          <t>06 November 2025 06:00</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E348" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Guillemot A Manifold</t>
         </is>
       </c>
       <c r="G348" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H348" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>GUILLEMOT A</t>
         </is>
       </c>
       <c r="I348" t="n">
         <v>57.0</v>
       </c>
       <c r="J348" t="n">
-        <v>57.0</v>
+        <v>5.0</v>
       </c>
       <c r="K348" t="n">
-        <v>26.0</v>
+        <v>2.214</v>
       </c>
       <c r="L348" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M348" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N348" t="n">
-        <v>50.0</v>
+        <v>53.0</v>
       </c>
       <c r="O348" t="n">
-        <v>42.0</v>
+        <v>38.24</v>
       </c>
       <c r="P348" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q348" t="n">
-        <v>22.0</v>
+        <v>21.0</v>
       </c>
       <c r="R348" t="n">
-        <v>5.0</v>
+        <v>30.0</v>
       </c>
       <c r="S348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>IRS/2025/6939/PON1</t>
+          <t>IRS/2025/6943/PON1</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>05 November 2025 16:00</t>
+          <t>06 November 2025 07:30</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
         <is>
-          <t>ENQUEST HEATHER LIMITED</t>
+          <t>PERENCO GAS (UK) LIMITED</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>Magnus Platform</t>
+          <t>Hyde Platform</t>
         </is>
       </c>
       <c r="G349" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H349" t="inlineStr">
         <is>
-          <t>MAGNUS</t>
+          <t>WEST SOLE</t>
         </is>
       </c>
       <c r="I349" t="n">
-        <v>61.0</v>
+        <v>53.0</v>
       </c>
       <c r="J349" t="n">
-        <v>37.0</v>
+        <v>48.0</v>
       </c>
       <c r="K349" t="n">
-        <v>12.45</v>
+        <v>23.6</v>
       </c>
       <c r="L349" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M349" t="n">
         <v>1.0</v>
       </c>
       <c r="N349" t="n">
-        <v>18.0</v>
+        <v>1.0</v>
       </c>
       <c r="O349" t="n">
-        <v>25.96</v>
+        <v>37.8</v>
       </c>
       <c r="P349" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q349" t="n">
-        <v>211.0</v>
+        <v>48.0</v>
       </c>
       <c r="R349" t="n">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
       <c r="S349" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T349" t="inlineStr">
         <is>
-          <t>Measured</t>
-[...3 lines deleted...]
-        <v>0.001059</v>
+          <t/>
+        </is>
       </c>
       <c r="V349" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X349" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y349" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z349" t="inlineStr">
         <is>
-          <t>Diesel Systems - Pinhole Leak</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>IRS/2025/6942/PON1</t>
+          <t>IRS/2025/6944/PON1</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>06 November 2025 06:00</t>
+          <t>06 November 2025 08:00</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
-          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>Guillemot A Manifold</t>
+          <t>Beryl B Platform</t>
         </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H350" t="inlineStr">
         <is>
-          <t>GUILLEMOT A</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I350" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="J350" t="n">
-        <v>5.0</v>
+        <v>36.0</v>
       </c>
       <c r="K350" t="n">
-        <v>2.214</v>
+        <v>37.23</v>
       </c>
       <c r="L350" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M350" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N350" t="n">
-        <v>53.0</v>
+        <v>30.0</v>
       </c>
       <c r="O350" t="n">
-        <v>38.24</v>
+        <v>45.87</v>
       </c>
       <c r="P350" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q350" t="n">
-        <v>21.0</v>
+        <v>9.0</v>
       </c>
       <c r="R350" t="n">
-        <v>30.0</v>
+        <v>13.0</v>
       </c>
       <c r="S350" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T350" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V350" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X350" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y350" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z350" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>IRS/2025/6943/PON1</t>
+          <t>IRS/2025/6948/PON1</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>06 November 2025 07:30</t>
+          <t>07 November 2025 12:50</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
-          <t>PERENCO GAS (UK) LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>Hyde Platform</t>
+          <t>Shearwater C PUQ Platform</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
-      <c r="H351" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I351" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="J351" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K351" t="n">
         <v>53.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>23.6</v>
       </c>
       <c r="L351" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M351" t="n">
         <v>1.0</v>
       </c>
       <c r="N351" t="n">
-        <v>1.0</v>
+        <v>57.0</v>
       </c>
       <c r="O351" t="n">
-        <v>37.8</v>
+        <v>19.0</v>
       </c>
       <c r="P351" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q351" t="n">
-        <v>48.0</v>
+        <v>22.0</v>
       </c>
       <c r="R351" t="n">
-        <v>6.0</v>
+        <v>30.0</v>
       </c>
       <c r="S351" t="inlineStr">
         <is>
-          <t/>
+          <t>Lube Oil</t>
         </is>
       </c>
       <c r="T351" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U351" t="n">
+        <v>8.56224E-4</v>
       </c>
       <c r="V351" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X351" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z351" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Deck Drains</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>IRS/2025/6944/PON1</t>
+          <t>IRS/2025/6950/PON1</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>06 November 2025 08:00</t>
+          <t>09 November 2025 09:50</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E352" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>Beryl B Platform</t>
+          <t>Clair Ridge Platform</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H352" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
         </is>
       </c>
       <c r="I352" t="n">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="J352" t="n">
-        <v>36.0</v>
+        <v>44.0</v>
       </c>
       <c r="K352" t="n">
-        <v>37.23</v>
+        <v>10.0</v>
       </c>
       <c r="L352" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M352" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N352" t="n">
-        <v>30.0</v>
+        <v>29.0</v>
       </c>
       <c r="O352" t="n">
-        <v>45.87</v>
+        <v>39.0</v>
       </c>
       <c r="P352" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q352" t="n">
-        <v>9.0</v>
+        <v>206.0</v>
       </c>
       <c r="R352" t="n">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
       <c r="S352" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T352" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U352" t="n">
+        <v>5.0E-6</v>
       </c>
       <c r="V352" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X352" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z352" t="inlineStr">
         <is>
-          <t/>
+          <t>Drainage Systems - Overflow Of Vessel</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>IRS/2025/6948/PON1</t>
+          <t>IRS/2025/6955/PON1</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>07 November 2025 12:50</t>
+          <t>10 November 2025 02:46</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E353" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>ITHACA ENERGY PLC</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>Shearwater C PUQ Platform</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H353" t="inlineStr">
+        <is>
+          <t>Area B - Subsea</t>
+        </is>
+      </c>
       <c r="I353" t="n">
-        <v>52.0</v>
+        <v>58.0</v>
       </c>
       <c r="J353" t="n">
-        <v>1.0</v>
+        <v>18.0</v>
       </c>
       <c r="K353" t="n">
-        <v>53.0</v>
+        <v>1.428</v>
       </c>
       <c r="L353" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M353" t="n">
         <v>1.0</v>
       </c>
       <c r="N353" t="n">
-        <v>57.0</v>
+        <v>42.0</v>
       </c>
       <c r="O353" t="n">
-        <v>19.0</v>
+        <v>27.716</v>
       </c>
       <c r="P353" t="inlineStr">
         <is>
-          <t>East</t>
-[...6 lines deleted...]
-        <v>30.0</v>
+          <t>West</t>
+        </is>
       </c>
       <c r="S353" t="inlineStr">
         <is>
-          <t>Lube Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T353" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U353" t="n">
-        <v>8.56224E-4</v>
+        <v>1.8E-5</v>
       </c>
       <c r="V353" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X353" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z353" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Deck Drains</t>
+          <t>Subsea Intervention Work - Release During Operation</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>IRS/2025/6950/PON1</t>
+          <t>IRS/2025/6957/PON1</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>09 November 2025 09:50</t>
+          <t>10 November 2025 10:40</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E354" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>Clair Ridge Platform</t>
+          <t>Beryl A Platform</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H354" t="inlineStr">
         <is>
-          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+          <t>BERYL</t>
         </is>
       </c>
       <c r="I354" t="n">
-        <v>60.0</v>
+        <v>59.0</v>
       </c>
       <c r="J354" t="n">
-        <v>44.0</v>
+        <v>32.0</v>
       </c>
       <c r="K354" t="n">
-        <v>10.0</v>
+        <v>44.47</v>
       </c>
       <c r="L354" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M354" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N354" t="n">
-        <v>29.0</v>
+        <v>32.0</v>
       </c>
       <c r="O354" t="n">
-        <v>39.0</v>
+        <v>16.45</v>
       </c>
       <c r="P354" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q354" t="n">
-        <v>206.0</v>
+        <v>9.0</v>
       </c>
       <c r="R354" t="n">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
       <c r="S354" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T354" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U354" t="n">
-        <v>5.0E-6</v>
+        <v>0.003843</v>
       </c>
       <c r="V354" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X354" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z354" t="inlineStr">
         <is>
-          <t>Drainage Systems - Overflow Of Vessel</t>
+          <t>Bunkering Hose - Open To Environment</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>IRS/2025/6955/PON1</t>
+          <t>IRS/2025/6963/PON1</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>10 November 2025 02:46</t>
+          <t>12 November 2025 10:05</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E355" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY PLC</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H355" t="inlineStr">
         <is>
-          <t>Area B - Subsea</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="I355" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="J355" t="n">
-        <v>18.0</v>
+        <v>41.0</v>
       </c>
       <c r="K355" t="n">
-        <v>1.428</v>
+        <v>48.3</v>
       </c>
       <c r="L355" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M355" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N355" t="n">
-        <v>42.0</v>
+        <v>20.0</v>
       </c>
       <c r="O355" t="n">
-        <v>27.716</v>
+        <v>13.35</v>
       </c>
       <c r="P355" t="inlineStr">
         <is>
-          <t>West</t>
-        </is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q355" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="R355" t="n">
+        <v>7.0</v>
       </c>
       <c r="S355" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t/>
         </is>
       </c>
       <c r="T355" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>1.8E-5</v>
+          <t/>
+        </is>
       </c>
       <c r="V355" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X355" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y355" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z355" t="inlineStr">
         <is>
-          <t>Subsea Intervention Work - Release During Operation</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>IRS/2025/6957/PON1</t>
+          <t>IRS/2025/6963/PON1</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>10 November 2025 10:40</t>
+          <t>12 November 2025 10:05</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E356" t="inlineStr">
         <is>
-          <t>APACHE BERYL I LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>Beryl A Platform</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H356" t="inlineStr">
         <is>
-          <t>BERYL</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="I356" t="n">
-        <v>59.0</v>
+        <v>56.0</v>
       </c>
       <c r="J356" t="n">
-        <v>32.0</v>
+        <v>41.0</v>
       </c>
       <c r="K356" t="n">
-        <v>44.47</v>
+        <v>48.3</v>
       </c>
       <c r="L356" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M356" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="N356" t="n">
-        <v>32.0</v>
+        <v>20.0</v>
       </c>
       <c r="O356" t="n">
-        <v>16.45</v>
+        <v>13.35</v>
       </c>
       <c r="P356" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q356" t="n">
-        <v>9.0</v>
+        <v>30.0</v>
       </c>
       <c r="R356" t="n">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
       <c r="S356" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T356" t="inlineStr">
         <is>
-          <t>Estimated using Bonn Agreement Code</t>
-[...3 lines deleted...]
-        <v>0.003843</v>
+          <t/>
+        </is>
       </c>
       <c r="V356" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X356" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y356" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z356" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Open To Environment</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
           <t>IRS/2025/6963/PON1</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
           <t>12 November 2025 10:05</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E357" t="inlineStr">
@@ -37391,1812 +37345,1704 @@
       </c>
       <c r="V357" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X357" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y357" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z357" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>IRS/2025/6963/PON1</t>
+          <t>IRS/2025/6968/PON1</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>12 November 2025 10:05</t>
+          <t>15 November 2025 09:15</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E358" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENI</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Valaris 72</t>
         </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="H358" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>HAMILTON</t>
         </is>
       </c>
       <c r="I358" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="J358" t="n">
-        <v>41.0</v>
+        <v>34.0</v>
       </c>
       <c r="K358" t="n">
-        <v>48.3</v>
+        <v>1.0</v>
       </c>
       <c r="L358" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M358" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="N358" t="n">
-        <v>20.0</v>
+        <v>27.0</v>
       </c>
       <c r="O358" t="n">
-        <v>13.35</v>
+        <v>11.0</v>
       </c>
       <c r="P358" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q358" t="n">
-        <v>30.0</v>
+        <v>110.0</v>
       </c>
       <c r="R358" t="n">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
       <c r="S358" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T358" t="inlineStr">
         <is>
-          <t/>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="V358" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X358" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z358" t="inlineStr">
         <is>
-          <t/>
+          <t>Bunkering Hose - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>IRS/2025/6968/PON1</t>
+          <t>IRS/2025/6979/PON1</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>15 November 2025 09:15</t>
+          <t>18 November 2025 06:00</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E359" t="inlineStr">
         <is>
-          <t>ENI</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>Valaris 72</t>
+          <t>Judy Platform</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H359" t="inlineStr">
         <is>
-          <t>HAMILTON</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="I359" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="J359" t="n">
-        <v>34.0</v>
+        <v>41.0</v>
       </c>
       <c r="K359" t="n">
-        <v>1.0</v>
+        <v>48.3</v>
       </c>
       <c r="L359" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M359" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="N359" t="n">
-        <v>27.0</v>
+        <v>20.0</v>
       </c>
       <c r="O359" t="n">
-        <v>11.0</v>
+        <v>13.35</v>
       </c>
       <c r="P359" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q359" t="n">
-        <v>110.0</v>
+        <v>30.0</v>
       </c>
       <c r="R359" t="n">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
       <c r="S359" t="inlineStr">
         <is>
-          <t>Diesel</t>
+          <t/>
         </is>
       </c>
       <c r="T359" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t/>
         </is>
       </c>
       <c r="V359" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Bioguard Plus</t>
+        </is>
+      </c>
+      <c r="W359" t="n">
+        <v>0.008652</v>
       </c>
       <c r="X359" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z359" t="inlineStr">
         <is>
-          <t>Bunkering Hose - Pinhole Leak</t>
+          <t>Entrained Chemicals - Utility System</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>IRS/2025/6979/PON1</t>
+          <t>IRS/2025/6984/PON1</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>18 November 2025 06:00</t>
+          <t>10 November 2025 08:10</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E360" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED, DOLPHIN DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>Judy Platform</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H360" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>JOANNE</t>
         </is>
       </c>
       <c r="I360" t="n">
         <v>56.0</v>
       </c>
       <c r="J360" t="n">
         <v>41.0</v>
       </c>
       <c r="K360" t="n">
-        <v>48.3</v>
+        <v>44.35</v>
       </c>
       <c r="L360" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M360" t="n">
         <v>2.0</v>
       </c>
       <c r="N360" t="n">
-        <v>20.0</v>
+        <v>14.0</v>
       </c>
       <c r="O360" t="n">
-        <v>13.35</v>
+        <v>50.3</v>
       </c>
       <c r="P360" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q360" t="n">
         <v>30.0</v>
       </c>
       <c r="R360" t="n">
         <v>7.0</v>
       </c>
       <c r="S360" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T360" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V360" t="inlineStr">
         <is>
-          <t>Bioguard Plus</t>
+          <t>Castrol Brayco Micronic SV/4</t>
         </is>
       </c>
       <c r="W360" t="n">
-        <v>0.008652</v>
+        <v>0.84</v>
       </c>
       <c r="X360" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z360" t="inlineStr">
         <is>
-          <t>Entrained Chemicals - Utility System</t>
+          <t>Tree - hydraulic fitting</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>IRS/2025/6984/PON1</t>
+          <t>IRS/2025/6996/PON1</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>10 November 2025 08:10</t>
+          <t>22 November 2025 16:30</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E361" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED, DOLPHIN DRILLING LIMITED</t>
+          <t>alwyn</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Alwyn North NAA Platform</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>NPI</t>
-[...4 lines deleted...]
-          <t>JOANNE</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="I361" t="n">
-        <v>56.0</v>
+        <v>60.0</v>
       </c>
       <c r="J361" t="n">
-        <v>41.0</v>
+        <v>48.0</v>
       </c>
       <c r="K361" t="n">
-        <v>44.35</v>
+        <v>36.0</v>
       </c>
       <c r="L361" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M361" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N361" t="n">
-        <v>14.0</v>
+        <v>44.0</v>
       </c>
       <c r="O361" t="n">
-        <v>50.3</v>
+        <v>7.0</v>
       </c>
       <c r="P361" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q361" t="n">
-        <v>30.0</v>
+        <v>3.0</v>
       </c>
       <c r="R361" t="n">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="S361" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T361" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V361" t="inlineStr">
         <is>
-          <t>Castrol Brayco Micronic SV/4</t>
-[...3 lines deleted...]
-        <v>0.84</v>
+          <t/>
+        </is>
       </c>
       <c r="X361" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y361" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z361" t="inlineStr">
         <is>
-          <t>Tree - hydraulic fitting</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>IRS/2025/6996/PON1</t>
+          <t>IRS/2025/6998/PON1</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>22 November 2025 16:30</t>
+          <t>23 November 2025 08:15</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release, Chemical release</t>
         </is>
       </c>
       <c r="E362" t="inlineStr">
         <is>
-          <t>alwyn</t>
+          <t>NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>Alwyn North NAA Platform</t>
+          <t>Claymore A Platform</t>
         </is>
       </c>
       <c r="G362" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
+      <c r="H362" t="inlineStr">
+        <is>
+          <t>CLAYMORE</t>
+        </is>
+      </c>
       <c r="I362" t="n">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="J362" t="n">
-        <v>48.0</v>
+        <v>26.0</v>
       </c>
       <c r="K362" t="n">
-        <v>36.0</v>
+        <v>58.0</v>
       </c>
       <c r="L362" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M362" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N362" t="n">
-        <v>44.0</v>
+        <v>15.0</v>
       </c>
       <c r="O362" t="n">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
       <c r="P362" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q362" t="n">
-        <v>3.0</v>
+        <v>14.0</v>
       </c>
       <c r="R362" t="n">
-        <v>9.0</v>
+        <v>19.0</v>
       </c>
       <c r="S362" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T362" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V362" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X362" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y362" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z362" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>IRS/2025/6998/PON1</t>
+          <t>IRS/2025/7004/PON1</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>23 November 2025 08:15</t>
+          <t>24 November 2025 11:10</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
-          <t>Oil release, Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E363" t="inlineStr">
         <is>
-          <t>NEO NEXT ENERGY LIMITED</t>
+          <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>Claymore A Platform</t>
+          <t>Clipper PT Platform</t>
         </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H363" t="inlineStr">
         <is>
-          <t>CLAYMORE</t>
+          <t>SOLE PIT</t>
         </is>
       </c>
       <c r="I363" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="J363" t="n">
-        <v>26.0</v>
+        <v>27.0</v>
       </c>
       <c r="K363" t="n">
-        <v>58.0</v>
+        <v>33.0</v>
       </c>
       <c r="L363" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M363" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N363" t="n">
-        <v>15.0</v>
+        <v>43.0</v>
       </c>
       <c r="O363" t="n">
-        <v>13.0</v>
+        <v>56.0</v>
       </c>
       <c r="P363" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q363" t="n">
-        <v>14.0</v>
+        <v>48.0</v>
       </c>
       <c r="R363" t="n">
         <v>19.0</v>
       </c>
       <c r="S363" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T363" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U363" t="n">
+        <v>0.7391</v>
       </c>
       <c r="V363" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X363" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z363" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>IRS/2025/7004/PON1</t>
+          <t>IRS/2025/7036/PON1</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>24 November 2025 11:10</t>
+          <t>02 December 2025 00:59</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E364" t="inlineStr">
         <is>
-          <t>SHELL U.K. LIMITED</t>
+          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>Clipper PT Platform</t>
+          <t>BW Catcher</t>
         </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H364" t="inlineStr">
         <is>
-          <t>SOLE PIT</t>
+          <t>CATCHER</t>
         </is>
       </c>
       <c r="I364" t="n">
-        <v>53.0</v>
+        <v>56.0</v>
       </c>
       <c r="J364" t="n">
-        <v>27.0</v>
+        <v>46.0</v>
       </c>
       <c r="K364" t="n">
-        <v>33.0</v>
+        <v>12.0</v>
       </c>
       <c r="L364" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M364" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N364" t="n">
-        <v>43.0</v>
+        <v>42.0</v>
       </c>
       <c r="O364" t="n">
-        <v>56.0</v>
+        <v>46.0</v>
       </c>
       <c r="P364" t="inlineStr">
         <is>
-          <t>West</t>
+          <t>East</t>
         </is>
       </c>
       <c r="Q364" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
       <c r="R364" t="n">
-        <v>19.0</v>
+        <v>10.0</v>
       </c>
       <c r="S364" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Crude</t>
         </is>
       </c>
       <c r="T364" t="inlineStr">
         <is>
-          <t>Measured</t>
+          <t>Calculated</t>
         </is>
       </c>
       <c r="U364" t="n">
-        <v>0.7391</v>
+        <v>0.03</v>
       </c>
       <c r="V364" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X364" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z364" t="inlineStr">
         <is>
-          <t>Hydraulics - Closed System - Fitting / Connections</t>
+          <t>FPSOs, etc. - Offloading Hose - Failure</t>
         </is>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>IRS/2025/7036/PON1</t>
+          <t>IRS/2025/7046/PON1</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>02 December 2025 00:59</t>
+          <t>03 December 2025 04:00</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E365" t="inlineStr">
         <is>
-          <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
+          <t>CHRYSAOR NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>BW Catcher</t>
+          <t>Armada Platform</t>
         </is>
       </c>
       <c r="G365" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H365" t="inlineStr">
         <is>
-          <t>CATCHER</t>
+          <t>FLEMING</t>
         </is>
       </c>
       <c r="I365" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="J365" t="n">
-        <v>46.0</v>
+        <v>57.0</v>
       </c>
       <c r="K365" t="n">
-        <v>12.0</v>
+        <v>26.0</v>
       </c>
       <c r="L365" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M365" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N365" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="O365" t="n">
         <v>42.0</v>
       </c>
-      <c r="O365" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P365" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q365" t="n">
-        <v>28.0</v>
+        <v>22.0</v>
       </c>
       <c r="R365" t="n">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="S365" t="inlineStr">
         <is>
-          <t>Crude</t>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T365" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U365" t="n">
-        <v>0.03</v>
+        <v>0.03794</v>
       </c>
       <c r="V365" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X365" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z365" t="inlineStr">
         <is>
-          <t>FPSOs, etc. - Offloading Hose - Failure</t>
+          <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>IRS/2025/7046/PON1</t>
+          <t>IRS/2025/7056/PON1</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>03 December 2025 04:00</t>
+          <t>05 December 2025 15:30</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E366" t="inlineStr">
         <is>
-          <t>CHRYSAOR NORTH SEA LIMITED</t>
+          <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>Armada Platform</t>
+          <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H366" t="inlineStr">
         <is>
-          <t>FLEMING</t>
+          <t>ROUGH</t>
         </is>
       </c>
       <c r="I366" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="J366" t="n">
-        <v>57.0</v>
+        <v>26.0</v>
       </c>
       <c r="K366" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="L366" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M366" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N366" t="n">
         <v>26.0</v>
       </c>
-      <c r="L366" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="O366" t="n">
-        <v>42.0</v>
+        <v>15.0</v>
       </c>
       <c r="P366" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q366" t="n">
-        <v>22.0</v>
+        <v>47.0</v>
       </c>
       <c r="R366" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="S366" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t/>
         </is>
       </c>
       <c r="T366" t="inlineStr">
         <is>
-          <t>Calculated</t>
-[...3 lines deleted...]
-        <v>0.03794</v>
+          <t/>
+        </is>
       </c>
       <c r="V366" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X366" t="inlineStr">
         <is>
-          <t>No</t>
+          <t/>
+        </is>
+      </c>
+      <c r="Y366" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Z366" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
+          <t/>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>IRS/2025/7056/PON1</t>
+          <t>IRS/2025/7066/PON1</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>05 December 2025 15:30</t>
+          <t>07 December 2025 16:10</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E367" t="inlineStr">
         <is>
-          <t>CENTRICA ENERGY STORAGE LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>Rough BD Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H367" t="inlineStr">
         <is>
-          <t>ROUGH</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="I367" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="J367" t="n">
-        <v>26.0</v>
+        <v>27.0</v>
       </c>
       <c r="K367" t="n">
-        <v>15.0</v>
+        <v>41.0</v>
       </c>
       <c r="L367" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M367" t="n">
         <v>0.0</v>
       </c>
       <c r="N367" t="n">
-        <v>26.0</v>
+        <v>15.0</v>
       </c>
       <c r="O367" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="P367" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q367" t="n">
         <v>15.0</v>
       </c>
-      <c r="P367" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="R367" t="n">
-        <v>3.0</v>
+        <v>17.0</v>
       </c>
       <c r="S367" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T367" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V367" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X367" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y367" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z367" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>IRS/2025/7066/PON1</t>
+          <t>IRS/2025/7070/PON1</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>07 December 2025 16:10</t>
+          <t>09 December 2025 05:52</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E368" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>ADURA ENERGY LIMITED</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>P-4200 Seawater lift pump</t>
         </is>
       </c>
       <c r="G368" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H368" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>NELSON</t>
         </is>
       </c>
       <c r="I368" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J368" t="n">
-        <v>27.0</v>
+        <v>39.0</v>
       </c>
       <c r="K368" t="n">
-        <v>41.0</v>
+        <v>44.0</v>
       </c>
       <c r="L368" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M368" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N368" t="n">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
       <c r="O368" t="n">
-        <v>4.0</v>
+        <v>38.0</v>
       </c>
       <c r="P368" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q368" t="n">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
       <c r="R368" t="n">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
       <c r="S368" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T368" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V368" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X368" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y368" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z368" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>IRS/2025/7070/PON1</t>
+          <t>IRS/2025/7082/PON1</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>09 December 2025 05:52</t>
+          <t>06 December 2025 21:54</t>
         </is>
       </c>
       <c r="D369" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E369" t="inlineStr">
         <is>
-          <t>ADURA ENERGY LIMITED</t>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, CHRYSAOR PRODUCTION (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>P-4200 Seawater lift pump</t>
+          <t>Britannia Manifold</t>
         </is>
       </c>
       <c r="G369" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H369" t="inlineStr">
         <is>
-          <t>NELSON</t>
+          <t>BRITANNIA</t>
         </is>
       </c>
       <c r="I369" t="n">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="J369" t="n">
-        <v>39.0</v>
+        <v>4.0</v>
       </c>
       <c r="K369" t="n">
-        <v>44.0</v>
+        <v>27.3</v>
       </c>
       <c r="L369" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M369" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="N369" t="n">
-        <v>8.0</v>
+        <v>53.0</v>
       </c>
       <c r="O369" t="n">
-        <v>38.0</v>
+        <v>35.72</v>
       </c>
       <c r="P369" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q369" t="n">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="R369" t="n">
-        <v>11.0</v>
+        <v>30.0</v>
       </c>
       <c r="S369" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T369" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V369" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Castrol Transaqua SP</t>
+        </is>
+      </c>
+      <c r="W369" t="n">
+        <v>30.0</v>
       </c>
       <c r="X369" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z369" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
         </is>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>IRS/2025/7082/PON1</t>
+          <t>IRS/2025/7117/PON1</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>06 December 2025 21:54</t>
+          <t>19 December 2025 10:40</t>
         </is>
       </c>
       <c r="D370" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E370" t="inlineStr">
         <is>
-          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, CHRYSAOR PRODUCTION (U.K.) LIMITED</t>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>Britannia Manifold</t>
+          <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="G370" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H370" t="inlineStr">
         <is>
-          <t>BRITANNIA</t>
+          <t>CAPTAIN</t>
         </is>
       </c>
       <c r="I370" t="n">
         <v>58.0</v>
       </c>
       <c r="J370" t="n">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
       <c r="K370" t="n">
-        <v>27.3</v>
+        <v>27.0</v>
       </c>
       <c r="L370" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M370" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N370" t="n">
-        <v>53.0</v>
+        <v>46.0</v>
       </c>
       <c r="O370" t="n">
-        <v>35.72</v>
+        <v>6.0</v>
       </c>
       <c r="P370" t="inlineStr">
         <is>
-          <t>East</t>
+          <t>West</t>
         </is>
       </c>
       <c r="Q370" t="n">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
       <c r="R370" t="n">
-        <v>30.0</v>
+        <v>22.0</v>
       </c>
       <c r="S370" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T370" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U370" t="n">
+        <v>0.0011475</v>
       </c>
       <c r="V370" t="inlineStr">
         <is>
-          <t>Castrol Transaqua SP</t>
-[...3 lines deleted...]
-        <v>30.0</v>
+          <t/>
+        </is>
       </c>
       <c r="X370" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z370" t="inlineStr">
         <is>
-          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+          <t>Bunkering Hose - Hose Parted from Coupling / Break Away Coupling</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>IRS/2025/7117/PON1</t>
+          <t>IRS/2025/7123/PON1</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>19 December 2025 10:40</t>
+          <t>21 December 2025 10:00</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
-          <t>Oil release</t>
+          <t>Chemical release</t>
         </is>
       </c>
       <c r="E371" t="inlineStr">
         <is>
-          <t>ITHACA ENERGY (UK) LIMITED</t>
+          <t>BLUEWATER (HAEWENE BRIM) B.V.</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>Captain WPP'A'</t>
+          <t>Haewene Brim</t>
         </is>
       </c>
       <c r="G371" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H371" t="inlineStr">
         <is>
-          <t>CAPTAIN</t>
+          <t>PIERCE</t>
         </is>
       </c>
       <c r="I371" t="n">
-        <v>58.0</v>
+        <v>57.0</v>
       </c>
       <c r="J371" t="n">
-        <v>18.0</v>
+        <v>9.0</v>
       </c>
       <c r="K371" t="n">
+        <v>38.834</v>
+      </c>
+      <c r="L371" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M371" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N371" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="O371" t="n">
+        <v>35.13</v>
+      </c>
+      <c r="P371" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q371" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="R371" t="n">
         <v>27.0</v>
-      </c>
-[...23 lines deleted...]
-        <v>22.0</v>
       </c>
       <c r="S371" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T371" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V371" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X371" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y371" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z371" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>IRS/2025/7123/PON1</t>
+          <t>IRS/2025/7129/PON1</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>21 December 2025 10:00</t>
+          <t>24 December 2025 08:30</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
-          <t>Chemical release</t>
+          <t>Oil release</t>
         </is>
       </c>
       <c r="E372" t="inlineStr">
         <is>
-          <t>BLUEWATER (HAEWENE BRIM) B.V.</t>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>Haewene Brim</t>
+          <t>Paul B. Loyd, Jnr</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
-          <t>Production installation (including any connected infrastructure)</t>
+          <t>NPI</t>
         </is>
       </c>
       <c r="H372" t="inlineStr">
         <is>
-          <t>PIERCE</t>
+          <t>JOANNE</t>
         </is>
       </c>
       <c r="I372" t="n">
-        <v>57.0</v>
+        <v>56.0</v>
       </c>
       <c r="J372" t="n">
-        <v>9.0</v>
+        <v>41.0</v>
       </c>
       <c r="K372" t="n">
-        <v>38.834</v>
+        <v>7.0</v>
       </c>
       <c r="L372" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M372" t="n">
         <v>2.0</v>
       </c>
       <c r="N372" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
       <c r="O372" t="n">
-        <v>35.13</v>
+        <v>9.0</v>
       </c>
       <c r="P372" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
-      <c r="Q372" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="S372" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T372" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U372" t="n">
+        <v>0.02129</v>
       </c>
       <c r="V372" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X372" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z372" t="inlineStr">
         <is>
-          <t/>
+          <t>Well - Small Subsea Release From Well</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>IRS/2025/7129/PON1</t>
+          <t>IRS/2025/7138/PON1</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>24 December 2025 08:30</t>
+          <t>28 December 2025 11:30</t>
         </is>
       </c>
       <c r="D373" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E373" t="inlineStr">
         <is>
-          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+          <t>CHRYSAOR LIMITED</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>Paul B. Loyd, Jnr</t>
+          <t>Everest North Platform</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
-          <t>NPI</t>
+          <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H373" t="inlineStr">
         <is>
-          <t>JOANNE</t>
+          <t>EVEREST</t>
         </is>
       </c>
       <c r="I373" t="n">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="J373" t="n">
-        <v>41.0</v>
+        <v>45.0</v>
       </c>
       <c r="K373" t="n">
-        <v>7.0</v>
+        <v>30.89</v>
       </c>
       <c r="L373" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M373" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="N373" t="n">
-        <v>14.0</v>
+        <v>48.0</v>
       </c>
       <c r="O373" t="n">
+        <v>5.96</v>
+      </c>
+      <c r="P373" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q373" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R373" t="n">
         <v>9.0</v>
       </c>
-      <c r="P373" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S373" t="inlineStr">
         <is>
-          <t>Hydraulic Oil</t>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T373" t="inlineStr">
         <is>
-          <t>Calculated</t>
+          <t>Estimated using Bonn Agreement Code</t>
         </is>
       </c>
       <c r="U373" t="n">
-        <v>0.02129</v>
+        <v>0.01502226</v>
       </c>
       <c r="V373" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X373" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="Z373" t="inlineStr">
-        <is>
-[...102 lines deleted...]
-      <c r="Z374" t="inlineStr">
         <is>
           <t>Bursting Disc/PSV - Failure</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>