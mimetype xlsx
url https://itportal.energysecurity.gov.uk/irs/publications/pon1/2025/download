--- v6 (2026-03-01)
+++ v7 (2026-03-21)
@@ -1011,51 +1011,51 @@
           <t>Renolin B 15 HVI</t>
         </is>
       </c>
       <c r="W5" t="n">
         <v>76.5</v>
       </c>
       <c r="X5" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z5" t="inlineStr">
         <is>
           <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -1090,78 +1090,76 @@
         <v>45.0</v>
       </c>
       <c r="P6" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q6" t="n">
         <v>22.0</v>
       </c>
       <c r="R6" t="n">
         <v>25.0</v>
       </c>
       <c r="S6" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T6" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V6" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>EZ MUL NT</t>
+        </is>
+      </c>
+      <c r="W6" t="n">
+        <v>16.1</v>
       </c>
       <c r="X6" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z6" t="inlineStr">
         <is>
-          <t/>
+          <t>cuttings conveyor - Insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -1196,78 +1194,76 @@
         <v>45.0</v>
       </c>
       <c r="P7" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q7" t="n">
         <v>22.0</v>
       </c>
       <c r="R7" t="n">
         <v>25.0</v>
       </c>
       <c r="S7" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T7" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V7" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>BARITE</t>
+        </is>
+      </c>
+      <c r="W7" t="n">
+        <v>204.38</v>
       </c>
       <c r="X7" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z7" t="inlineStr">
         <is>
-          <t/>
+          <t>cuttings conveyor - Insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -1302,78 +1298,76 @@
         <v>45.0</v>
       </c>
       <c r="P8" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q8" t="n">
         <v>22.0</v>
       </c>
       <c r="R8" t="n">
         <v>25.0</v>
       </c>
       <c r="S8" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T8" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>GELTONE II</t>
+        </is>
+      </c>
+      <c r="W8" t="n">
+        <v>5.44</v>
       </c>
       <c r="X8" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z8" t="inlineStr">
         <is>
-          <t/>
+          <t>cuttings conveyor - Insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -1408,78 +1402,76 @@
         <v>45.0</v>
       </c>
       <c r="P9" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q9" t="n">
         <v>22.0</v>
       </c>
       <c r="R9" t="n">
         <v>25.0</v>
       </c>
       <c r="S9" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T9" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V9" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>LIME</t>
+        </is>
+      </c>
+      <c r="W9" t="n">
+        <v>2.72</v>
       </c>
       <c r="X9" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z9" t="inlineStr">
         <is>
-          <t/>
+          <t>cuttings conveyor - Insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -1514,78 +1506,76 @@
         <v>45.0</v>
       </c>
       <c r="P10" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q10" t="n">
         <v>22.0</v>
       </c>
       <c r="R10" t="n">
         <v>25.0</v>
       </c>
       <c r="S10" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T10" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>DURATONE® E</t>
+        </is>
+      </c>
+      <c r="W10" t="n">
+        <v>7.42</v>
       </c>
       <c r="X10" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z10" t="inlineStr">
         <is>
-          <t/>
+          <t>cuttings conveyor - Insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -1620,78 +1610,76 @@
         <v>45.0</v>
       </c>
       <c r="P11" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q11" t="n">
         <v>22.0</v>
       </c>
       <c r="R11" t="n">
         <v>25.0</v>
       </c>
       <c r="S11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V11" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>95% Calcium Chloride S2</t>
+        </is>
+      </c>
+      <c r="W11" t="n">
+        <v>15.9</v>
       </c>
       <c r="X11" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z11" t="inlineStr">
         <is>
-          <t/>
+          <t>cuttings conveyor - Insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -1726,78 +1714,76 @@
         <v>45.0</v>
       </c>
       <c r="P12" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q12" t="n">
         <v>22.0</v>
       </c>
       <c r="R12" t="n">
         <v>25.0</v>
       </c>
       <c r="S12" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T12" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V12" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>EDC 99-DW</t>
+        </is>
+      </c>
+      <c r="W12" t="n">
+        <v>90.07</v>
       </c>
       <c r="X12" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z12" t="inlineStr">
         <is>
-          <t/>
+          <t>cuttings conveyor - Insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>IRS/2025/5614/PON1</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>05 January 2025 16:15</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -1832,66 +1818,64 @@
         <v>45.0</v>
       </c>
       <c r="P13" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q13" t="n">
         <v>22.0</v>
       </c>
       <c r="R13" t="n">
         <v>25.0</v>
       </c>
       <c r="S13" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T13" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>EDC BIOLIFE 250</t>
+        </is>
+      </c>
+      <c r="W13" t="n">
+        <v>85.02</v>
       </c>
       <c r="X13" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z13" t="inlineStr">
         <is>
-          <t/>
+          <t>cuttings conveyor - Insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>IRS/2025/5618/PON1</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>06 January 2025 10:23</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
@@ -5569,51 +5553,51 @@
       </c>
       <c r="V49" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X49" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z49" t="inlineStr">
         <is>
           <t>Hydraulics - Closed System - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>IRS/2025/5778/PON1</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>12 February 2025 12:56</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Nelson Platform</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -5638,76 +5622,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M50" t="n">
         <v>1.0</v>
       </c>
       <c r="N50" t="n">
         <v>8.0</v>
       </c>
       <c r="O50" t="n">
         <v>38.0</v>
       </c>
       <c r="P50" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q50" t="n">
         <v>22.0</v>
       </c>
       <c r="R50" t="n">
         <v>11.0</v>
       </c>
       <c r="S50" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T50" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U50" t="n">
+        <v>0.38</v>
       </c>
       <c r="V50" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X50" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z50" t="inlineStr">
         <is>
-          <t/>
+          <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>IRS/2025/5780/PON1</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>12 February 2025 12:00</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
@@ -7106,51 +7088,51 @@
       </c>
       <c r="V64" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X64" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z64" t="inlineStr">
         <is>
           <t>Entrained Oil - Oil System</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -7185,78 +7167,76 @@
         <v>45.0</v>
       </c>
       <c r="P65" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q65" t="n">
         <v>222.0</v>
       </c>
       <c r="R65" t="n">
         <v>25.0</v>
       </c>
       <c r="S65" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T65" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V65" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>EZ MUL NT</t>
+        </is>
+      </c>
+      <c r="W65" t="n">
+        <v>0.0632</v>
       </c>
       <c r="X65" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z65" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -7291,78 +7271,76 @@
         <v>45.0</v>
       </c>
       <c r="P66" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q66" t="n">
         <v>222.0</v>
       </c>
       <c r="R66" t="n">
         <v>25.0</v>
       </c>
       <c r="S66" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T66" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V66" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>EDC BIOLIFE 250</t>
+        </is>
+      </c>
+      <c r="W66" t="n">
+        <v>0.37</v>
       </c>
       <c r="X66" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z66" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -7397,78 +7375,76 @@
         <v>45.0</v>
       </c>
       <c r="P67" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q67" t="n">
         <v>222.0</v>
       </c>
       <c r="R67" t="n">
         <v>25.0</v>
       </c>
       <c r="S67" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T67" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V67" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SUSPENTONE</t>
+        </is>
+      </c>
+      <c r="W67" t="n">
+        <v>0.0148</v>
       </c>
       <c r="X67" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z67" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -7503,78 +7479,76 @@
         <v>45.0</v>
       </c>
       <c r="P68" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q68" t="n">
         <v>222.0</v>
       </c>
       <c r="R68" t="n">
         <v>25.0</v>
       </c>
       <c r="S68" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T68" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V68" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Invermul NT</t>
+        </is>
+      </c>
+      <c r="W68" t="n">
+        <v>0.0134</v>
       </c>
       <c r="X68" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z68" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -7609,78 +7583,76 @@
         <v>45.0</v>
       </c>
       <c r="P69" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q69" t="n">
         <v>222.0</v>
       </c>
       <c r="R69" t="n">
         <v>25.0</v>
       </c>
       <c r="S69" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T69" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V69" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>DRILTREAT</t>
+        </is>
+      </c>
+      <c r="W69" t="n">
+        <v>0.0026</v>
       </c>
       <c r="X69" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z69" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -7715,78 +7687,76 @@
         <v>45.0</v>
       </c>
       <c r="P70" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q70" t="n">
         <v>222.0</v>
       </c>
       <c r="R70" t="n">
         <v>25.0</v>
       </c>
       <c r="S70" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T70" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V70" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Steelseal 1000</t>
+        </is>
+      </c>
+      <c r="W70" t="n">
+        <v>0.0029</v>
       </c>
       <c r="X70" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z70" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -7821,78 +7791,76 @@
         <v>45.0</v>
       </c>
       <c r="P71" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q71" t="n">
         <v>222.0</v>
       </c>
       <c r="R71" t="n">
         <v>25.0</v>
       </c>
       <c r="S71" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T71" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V71" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Baracarb (all grades)</t>
+        </is>
+      </c>
+      <c r="W71" t="n">
+        <v>0.0102</v>
       </c>
       <c r="X71" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z71" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -7927,78 +7895,76 @@
         <v>45.0</v>
       </c>
       <c r="P72" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q72" t="n">
         <v>222.0</v>
       </c>
       <c r="R72" t="n">
         <v>25.0</v>
       </c>
       <c r="S72" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T72" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V72" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>LIME</t>
+        </is>
+      </c>
+      <c r="W72" t="n">
+        <v>0.0182</v>
       </c>
       <c r="X72" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z72" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -8033,78 +7999,76 @@
         <v>45.0</v>
       </c>
       <c r="P73" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q73" t="n">
         <v>222.0</v>
       </c>
       <c r="R73" t="n">
         <v>25.0</v>
       </c>
       <c r="S73" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T73" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V73" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>STEELSEAL</t>
+        </is>
+      </c>
+      <c r="W73" t="n">
+        <v>0.003</v>
       </c>
       <c r="X73" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z73" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -8139,78 +8103,76 @@
         <v>45.0</v>
       </c>
       <c r="P74" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q74" t="n">
         <v>222.0</v>
       </c>
       <c r="R74" t="n">
         <v>25.0</v>
       </c>
       <c r="S74" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T74" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V74" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CMO 568</t>
+        </is>
+      </c>
+      <c r="W74" t="n">
+        <v>0.013</v>
       </c>
       <c r="X74" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z74" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -8245,78 +8207,76 @@
         <v>45.0</v>
       </c>
       <c r="P75" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q75" t="n">
         <v>222.0</v>
       </c>
       <c r="R75" t="n">
         <v>25.0</v>
       </c>
       <c r="S75" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T75" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V75" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>BENTONE® 38</t>
+        </is>
+      </c>
+      <c r="W75" t="n">
+        <v>0.0079</v>
       </c>
       <c r="X75" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z75" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -8351,78 +8311,76 @@
         <v>45.0</v>
       </c>
       <c r="P76" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q76" t="n">
         <v>222.0</v>
       </c>
       <c r="R76" t="n">
         <v>25.0</v>
       </c>
       <c r="S76" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T76" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V76" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>GELTONE II</t>
+        </is>
+      </c>
+      <c r="W76" t="n">
+        <v>0.0069</v>
       </c>
       <c r="X76" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z76" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -8457,78 +8415,76 @@
         <v>45.0</v>
       </c>
       <c r="P77" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q77" t="n">
         <v>222.0</v>
       </c>
       <c r="R77" t="n">
         <v>25.0</v>
       </c>
       <c r="S77" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T77" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V77" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>DURATONE® E</t>
+        </is>
+      </c>
+      <c r="W77" t="n">
+        <v>0.0324</v>
       </c>
       <c r="X77" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z77" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -8563,78 +8519,76 @@
         <v>45.0</v>
       </c>
       <c r="P78" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q78" t="n">
         <v>222.0</v>
       </c>
       <c r="R78" t="n">
         <v>25.0</v>
       </c>
       <c r="S78" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T78" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V78" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>95% Calcium Chloride S2</t>
+        </is>
+      </c>
+      <c r="W78" t="n">
+        <v>0.0368</v>
       </c>
       <c r="X78" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z78" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>IRS/2025/5879/PON1</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>03 March 2025 13:35</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -8669,66 +8623,64 @@
         <v>45.0</v>
       </c>
       <c r="P79" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q79" t="n">
         <v>222.0</v>
       </c>
       <c r="R79" t="n">
         <v>25.0</v>
       </c>
       <c r="S79" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T79" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V79" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>BARITE</t>
+        </is>
+      </c>
+      <c r="W79" t="n">
+        <v>0.7814</v>
       </c>
       <c r="X79" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z79" t="inlineStr">
         <is>
-          <t/>
+          <t>Cuttings conveyor - insufficient bunding</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>IRS/2025/5880/PON1</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>16 February 2025 12:00</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
@@ -11653,51 +11605,51 @@
       <c r="S108" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T108" t="inlineStr">
         <is>
           <t>Measured</t>
         </is>
       </c>
       <c r="U108" t="n">
         <v>0.0579</v>
       </c>
       <c r="V108" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X108" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z108" t="inlineStr">
         <is>
-          <t>Valves - Gland / Packing Failure</t>
+          <t>Hydraulic Manifold/Control Panel - Seal Failure</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>IRS/2025/6058/PON1</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>11 April 2025 15:30</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
@@ -17975,51 +17927,51 @@
       </c>
       <c r="V169" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X169" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z169" t="inlineStr">
         <is>
           <t>Cranes - greasing</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>IRS/2025/6338/PON1</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>22 June 2025 17:00</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>PAN-W</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -18044,76 +17996,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M170" t="n">
         <v>1.0</v>
       </c>
       <c r="N170" t="n">
         <v>29.0</v>
       </c>
       <c r="O170" t="n">
         <v>39.4986</v>
       </c>
       <c r="P170" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q170" t="n">
         <v>211.0</v>
       </c>
       <c r="R170" t="n">
         <v>13.0</v>
       </c>
       <c r="S170" t="inlineStr">
         <is>
-          <t/>
+          <t>Mineral Oil</t>
         </is>
       </c>
       <c r="T170" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U170" t="n">
+        <v>0.22825</v>
       </c>
       <c r="V170" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X170" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z170" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - SCM Failure (Otherwise Unspecified)</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>IRS/2025/6354/PON1</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>25 June 2025 18:45</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
@@ -20152,51 +20102,51 @@
       </c>
       <c r="X190" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y190" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z190" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>Stena Don</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -20231,78 +20181,81 @@
         <v>30.0</v>
       </c>
       <c r="P191" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q191" t="n">
         <v>29.0</v>
       </c>
       <c r="R191" t="n">
         <v>7.0</v>
       </c>
       <c r="S191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V191" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODIUM BROMIDE BRINE</t>
+        </is>
+      </c>
+      <c r="W191" t="n">
+        <v>128.0</v>
       </c>
       <c r="X191" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y191" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z191" t="inlineStr">
         <is>
-          <t/>
+          <t>Below Drill Floor to Riser / Conductor - Diverter</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>Stena Don</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -20337,78 +20290,81 @@
         <v>30.0</v>
       </c>
       <c r="P192" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q192" t="n">
         <v>29.0</v>
       </c>
       <c r="R192" t="n">
         <v>7.0</v>
       </c>
       <c r="S192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V192" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>NaCl - SODIUM CHLORIDE</t>
+        </is>
+      </c>
+      <c r="W192" t="n">
+        <v>320.0</v>
       </c>
       <c r="X192" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y192" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z192" t="inlineStr">
         <is>
-          <t/>
+          <t>Below Drill Floor to Riser / Conductor - Diverter</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>Stena Don</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -20443,78 +20399,81 @@
         <v>30.0</v>
       </c>
       <c r="P193" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q193" t="n">
         <v>29.0</v>
       </c>
       <c r="R193" t="n">
         <v>7.0</v>
       </c>
       <c r="S193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V193" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>FLOW-CARB SERIES</t>
+        </is>
+      </c>
+      <c r="W193" t="n">
+        <v>320.0</v>
       </c>
       <c r="X193" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y193" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z193" t="inlineStr">
         <is>
-          <t/>
+          <t>Below Drill Floor to Riser / Conductor - Diverter</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>Stena Don</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -20549,78 +20508,81 @@
         <v>30.0</v>
       </c>
       <c r="P194" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q194" t="n">
         <v>29.0</v>
       </c>
       <c r="R194" t="n">
         <v>7.0</v>
       </c>
       <c r="S194" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T194" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V194" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CAUSTIC SODA</t>
+        </is>
+      </c>
+      <c r="W194" t="n">
+        <v>1.6</v>
       </c>
       <c r="X194" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y194" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z194" t="inlineStr">
         <is>
-          <t/>
+          <t>Below Drill Floor to Riser / Conductor - Diverter</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>Stena Don</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -20655,78 +20617,81 @@
         <v>30.0</v>
       </c>
       <c r="P195" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q195" t="n">
         <v>29.0</v>
       </c>
       <c r="R195" t="n">
         <v>7.0</v>
       </c>
       <c r="S195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V195" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>BARITE</t>
+        </is>
+      </c>
+      <c r="W195" t="n">
+        <v>1120.0</v>
       </c>
       <c r="X195" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y195" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z195" t="inlineStr">
         <is>
-          <t/>
+          <t>Below Drill Floor to Riser / Conductor - Diverter</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>Stena Don</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -20761,78 +20726,81 @@
         <v>30.0</v>
       </c>
       <c r="P196" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q196" t="n">
         <v>29.0</v>
       </c>
       <c r="R196" t="n">
         <v>7.0</v>
       </c>
       <c r="S196" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T196" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V196" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>MILPAC (ALL GRADES)</t>
+        </is>
+      </c>
+      <c r="W196" t="n">
+        <v>11.84</v>
       </c>
       <c r="X196" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y196" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z196" t="inlineStr">
         <is>
-          <t/>
+          <t>Below Drill Floor to Riser / Conductor - Diverter</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>Stena Don</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -20867,78 +20835,81 @@
         <v>30.0</v>
       </c>
       <c r="P197" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q197" t="n">
         <v>29.0</v>
       </c>
       <c r="R197" t="n">
         <v>7.0</v>
       </c>
       <c r="S197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V197" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>MILSTARCH™</t>
+        </is>
+      </c>
+      <c r="W197" t="n">
+        <v>4.16</v>
       </c>
       <c r="X197" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y197" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z197" t="inlineStr">
         <is>
-          <t/>
+          <t>Below Drill Floor to Riser / Conductor - Diverter</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>Stena Don</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -20973,78 +20944,81 @@
         <v>30.0</v>
       </c>
       <c r="P198" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q198" t="n">
         <v>29.0</v>
       </c>
       <c r="R198" t="n">
         <v>7.0</v>
       </c>
       <c r="S198" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T198" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V198" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SODA ASH</t>
+        </is>
+      </c>
+      <c r="W198" t="n">
+        <v>1.6</v>
       </c>
       <c r="X198" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y198" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z198" t="inlineStr">
         <is>
-          <t/>
+          <t>Below Drill Floor to Riser / Conductor - Diverter</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>IRS/2025/6392/PON1</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>03 July 2025 01:15</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED, STENA DRILLING LIMITED</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>Stena Don</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>NPI</t>
@@ -21079,66 +21053,69 @@
         <v>30.0</v>
       </c>
       <c r="P199" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q199" t="n">
         <v>29.0</v>
       </c>
       <c r="R199" t="n">
         <v>7.0</v>
       </c>
       <c r="S199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V199" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>XAN-PLEX™ DSP</t>
+        </is>
+      </c>
+      <c r="W199" t="n">
+        <v>16.0</v>
       </c>
       <c r="X199" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Y199" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="Z199" t="inlineStr">
         <is>
-          <t/>
+          <t>Below Drill Floor to Riser / Conductor - Diverter</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>IRS/2025/6404/PON1</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>06 July 2025 10:30</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
@@ -21720,51 +21697,51 @@
       <c r="S205" t="inlineStr">
         <is>
           <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T205" t="inlineStr">
         <is>
           <t>Calculated</t>
         </is>
       </c>
       <c r="U205" t="n">
         <v>0.088</v>
       </c>
       <c r="V205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X205" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z205" t="inlineStr">
         <is>
-          <t>Hose (Topsides, Not Bunkering) - Release From Joint</t>
+          <t>Wellheads - Hydraulic System</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>IRS/2025/6437/PON1</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>14 July 2025 08:30</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
@@ -22351,51 +22328,51 @@
           <t>PURECHLOR 15</t>
         </is>
       </c>
       <c r="W211" t="n">
         <v>0.0101</v>
       </c>
       <c r="X211" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z211" t="inlineStr">
         <is>
           <t>Fixed Chemical Pipework (Utility Chemicals) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -22430,78 +22407,76 @@
         <v>19.22</v>
       </c>
       <c r="P212" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q212" t="n">
         <v>22.0</v>
       </c>
       <c r="R212" t="n">
         <v>30.0</v>
       </c>
       <c r="S212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V212" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>VERSATROL HT</t>
+        </is>
+      </c>
+      <c r="W212" t="n">
+        <v>0.101</v>
       </c>
       <c r="X212" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z212" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -22536,78 +22511,76 @@
         <v>19.22</v>
       </c>
       <c r="P213" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q213" t="n">
         <v>22.0</v>
       </c>
       <c r="R213" t="n">
         <v>30.0</v>
       </c>
       <c r="S213" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T213" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V213" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>VERSAWET</t>
+        </is>
+      </c>
+      <c r="W213" t="n">
+        <v>0.016</v>
       </c>
       <c r="X213" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z213" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -22642,78 +22615,76 @@
         <v>19.22</v>
       </c>
       <c r="P214" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q214" t="n">
         <v>22.0</v>
       </c>
       <c r="R214" t="n">
         <v>30.0</v>
       </c>
       <c r="S214" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T214" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V214" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>MUL XT</t>
+        </is>
+      </c>
+      <c r="W214" t="n">
+        <v>0.022</v>
       </c>
       <c r="X214" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z214" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -22748,78 +22719,76 @@
         <v>19.22</v>
       </c>
       <c r="P215" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q215" t="n">
         <v>22.0</v>
       </c>
       <c r="R215" t="n">
         <v>30.0</v>
       </c>
       <c r="S215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V215" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>CALCIUM CHLORIDE (ALL GRADES)</t>
+        </is>
+      </c>
+      <c r="W215" t="n">
+        <v>0.286</v>
       </c>
       <c r="X215" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z215" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -22854,78 +22823,76 @@
         <v>19.22</v>
       </c>
       <c r="P216" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q216" t="n">
         <v>22.0</v>
       </c>
       <c r="R216" t="n">
         <v>30.0</v>
       </c>
       <c r="S216" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T216" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V216" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ECOTROL HT</t>
+        </is>
+      </c>
+      <c r="W216" t="n">
+        <v>0.016</v>
       </c>
       <c r="X216" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z216" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -22960,78 +22927,76 @@
         <v>19.22</v>
       </c>
       <c r="P217" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q217" t="n">
         <v>22.0</v>
       </c>
       <c r="R217" t="n">
         <v>30.0</v>
       </c>
       <c r="S217" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T217" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V217" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>VERSAGEL HT</t>
+        </is>
+      </c>
+      <c r="W217" t="n">
+        <v>0.044</v>
       </c>
       <c r="X217" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z217" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -23066,78 +23031,76 @@
         <v>19.22</v>
       </c>
       <c r="P218" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q218" t="n">
         <v>22.0</v>
       </c>
       <c r="R218" t="n">
         <v>30.0</v>
       </c>
       <c r="S218" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T218" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V218" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>LIME</t>
+        </is>
+      </c>
+      <c r="W218" t="n">
+        <v>0.142</v>
       </c>
       <c r="X218" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z218" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -23172,78 +23135,76 @@
         <v>19.22</v>
       </c>
       <c r="P219" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q219" t="n">
         <v>22.0</v>
       </c>
       <c r="R219" t="n">
         <v>30.0</v>
       </c>
       <c r="S219" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T219" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V219" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>SAFE-CARB (All Grades)</t>
+        </is>
+      </c>
+      <c r="W219" t="n">
+        <v>0.5</v>
       </c>
       <c r="X219" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z219" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -23278,78 +23239,76 @@
         <v>19.22</v>
       </c>
       <c r="P220" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q220" t="n">
         <v>22.0</v>
       </c>
       <c r="R220" t="n">
         <v>30.0</v>
       </c>
       <c r="S220" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T220" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V220" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>ONE-MUL NS</t>
+        </is>
+      </c>
+      <c r="W220" t="n">
+        <v>0.072</v>
       </c>
       <c r="X220" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z220" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -23384,78 +23343,76 @@
         <v>19.22</v>
       </c>
       <c r="P221" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q221" t="n">
         <v>22.0</v>
       </c>
       <c r="R221" t="n">
         <v>30.0</v>
       </c>
       <c r="S221" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T221" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V221" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>RHEMUL</t>
+        </is>
+      </c>
+      <c r="W221" t="n">
+        <v>0.142</v>
       </c>
       <c r="X221" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z221" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -23490,78 +23447,76 @@
         <v>19.22</v>
       </c>
       <c r="P222" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q222" t="n">
         <v>22.0</v>
       </c>
       <c r="R222" t="n">
         <v>30.0</v>
       </c>
       <c r="S222" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T222" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V222" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>MICROBAR (GBL012)</t>
+        </is>
+      </c>
+      <c r="W222" t="n">
+        <v>2.61</v>
       </c>
       <c r="X222" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z222" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>IRS/2025/6456/PON1</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>18 July 2025 21:30</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>Shearwater A Wellhead Platform</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -23596,66 +23551,64 @@
         <v>19.22</v>
       </c>
       <c r="P223" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q223" t="n">
         <v>22.0</v>
       </c>
       <c r="R223" t="n">
         <v>30.0</v>
       </c>
       <c r="S223" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T223" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V223" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Saraline 185V</t>
+        </is>
+      </c>
+      <c r="W223" t="n">
+        <v>2.497</v>
       </c>
       <c r="X223" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z223" t="inlineStr">
         <is>
-          <t/>
+          <t>Hose (Topsides, Not Bunkering) - Pinhole Leak</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>IRS/2025/6463/PON1</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>21 July 2025 02:24</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
@@ -28297,51 +28250,51 @@
       </c>
       <c r="V269" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X269" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z269" t="inlineStr">
         <is>
           <t>Operator knocked over bucket during operations - Poor bunding arrangements for the operation</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>IRS/2025/6642/PON1</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>03 September 2025 16:50</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
           <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -28361,76 +28314,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M270" t="n">
         <v>1.0</v>
       </c>
       <c r="N270" t="n">
         <v>34.0</v>
       </c>
       <c r="O270" t="n">
         <v>47.1</v>
       </c>
       <c r="P270" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q270" t="n">
         <v>211.0</v>
       </c>
       <c r="R270" t="n">
         <v>18.0</v>
       </c>
       <c r="S270" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T270" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U270" t="n">
+        <v>2.09848E-4</v>
       </c>
       <c r="V270" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X270" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z270" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>IRS/2025/6643/PON1</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <t>03 September 2025 23:35</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
@@ -31195,51 +31146,51 @@
       </c>
       <c r="X297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z297" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
           <t>IRS/2025/6812/PON1</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
           <t>08 October 2025 16:30</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
           <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -31264,76 +31215,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M298" t="n">
         <v>1.0</v>
       </c>
       <c r="N298" t="n">
         <v>34.0</v>
       </c>
       <c r="O298" t="n">
         <v>47.1</v>
       </c>
       <c r="P298" t="inlineStr">
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="Q298" t="n">
         <v>211.0</v>
       </c>
       <c r="R298" t="n">
         <v>18.0</v>
       </c>
       <c r="S298" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T298" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U298" t="n">
+        <v>6.2361E-5</v>
       </c>
       <c r="V298" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X298" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z298" t="inlineStr">
         <is>
-          <t/>
+          <t>Decommissioning Related</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
           <t>IRS/2025/6813/PON1</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
           <t>08 October 2025 11:30</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
@@ -32515,51 +32464,51 @@
         <v>1.0</v>
       </c>
       <c r="N310" t="n">
         <v>39.0</v>
       </c>
       <c r="O310" t="n">
         <v>46.0</v>
       </c>
       <c r="P310" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S310" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T310" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V310" t="inlineStr">
         <is>
-          <t>PARA16464A</t>
+          <t>HYDT16919A</t>
         </is>
       </c>
       <c r="W310" t="n">
         <v>7.0</v>
       </c>
       <c r="X310" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z310" t="inlineStr">
         <is>
           <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -32608,51 +32557,51 @@
         <v>1.0</v>
       </c>
       <c r="N311" t="n">
         <v>39.0</v>
       </c>
       <c r="O311" t="n">
         <v>46.0</v>
       </c>
       <c r="P311" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S311" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T311" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V311" t="inlineStr">
         <is>
-          <t>SCAL16566A</t>
+          <t>PARA16464A</t>
         </is>
       </c>
       <c r="W311" t="n">
         <v>7.0</v>
       </c>
       <c r="X311" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z311" t="inlineStr">
         <is>
           <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -32701,51 +32650,51 @@
         <v>1.0</v>
       </c>
       <c r="N312" t="n">
         <v>39.0</v>
       </c>
       <c r="O312" t="n">
         <v>46.0</v>
       </c>
       <c r="P312" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S312" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T312" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V312" t="inlineStr">
         <is>
-          <t>ASPH11620F2</t>
+          <t>SCAL16566A</t>
         </is>
       </c>
       <c r="W312" t="n">
         <v>7.0</v>
       </c>
       <c r="X312" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z312" t="inlineStr">
         <is>
           <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -32794,51 +32743,51 @@
         <v>1.0</v>
       </c>
       <c r="N313" t="n">
         <v>39.0</v>
       </c>
       <c r="O313" t="n">
         <v>46.0</v>
       </c>
       <c r="P313" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S313" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T313" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V313" t="inlineStr">
         <is>
-          <t>SCAL12504A</t>
+          <t>ASPH11620F2</t>
         </is>
       </c>
       <c r="W313" t="n">
         <v>7.0</v>
       </c>
       <c r="X313" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z313" t="inlineStr">
         <is>
           <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -32887,51 +32836,51 @@
         <v>1.0</v>
       </c>
       <c r="N314" t="n">
         <v>39.0</v>
       </c>
       <c r="O314" t="n">
         <v>46.0</v>
       </c>
       <c r="P314" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S314" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T314" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V314" t="inlineStr">
         <is>
-          <t>EMBR43442A</t>
+          <t>SCAL12504A</t>
         </is>
       </c>
       <c r="W314" t="n">
         <v>7.0</v>
       </c>
       <c r="X314" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z314" t="inlineStr">
         <is>
           <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -32980,51 +32929,51 @@
         <v>1.0</v>
       </c>
       <c r="N315" t="n">
         <v>39.0</v>
       </c>
       <c r="O315" t="n">
         <v>46.0</v>
       </c>
       <c r="P315" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S315" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T315" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V315" t="inlineStr">
         <is>
-          <t>CORR11426A</t>
+          <t>EMBR43442A</t>
         </is>
       </c>
       <c r="W315" t="n">
         <v>7.0</v>
       </c>
       <c r="X315" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z315" t="inlineStr">
         <is>
           <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>IRS/2025/6819/PON1</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -33073,51 +33022,51 @@
         <v>1.0</v>
       </c>
       <c r="N316" t="n">
         <v>39.0</v>
       </c>
       <c r="O316" t="n">
         <v>46.0</v>
       </c>
       <c r="P316" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S316" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T316" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V316" t="inlineStr">
         <is>
-          <t>HYDT16919A</t>
+          <t>CORR11426A</t>
         </is>
       </c>
       <c r="W316" t="n">
         <v>7.0</v>
       </c>
       <c r="X316" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="Z316" t="inlineStr">
         <is>
           <t>PWRI Pump - Pump seal failure</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>IRS/2025/6820/PON1</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -36415,51 +36364,51 @@
       </c>
       <c r="X348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z348" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
           <t>IRS/2025/6943/PON1</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
           <t>06 November 2025 07:30</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
         <is>
           <t>PERENCO GAS (UK) LIMITED</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
           <t>Hyde Platform</t>
         </is>
       </c>
       <c r="G349" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -36484,76 +36433,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M349" t="n">
         <v>1.0</v>
       </c>
       <c r="N349" t="n">
         <v>1.0</v>
       </c>
       <c r="O349" t="n">
         <v>37.8</v>
       </c>
       <c r="P349" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q349" t="n">
         <v>48.0</v>
       </c>
       <c r="R349" t="n">
         <v>6.0</v>
       </c>
       <c r="S349" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel</t>
         </is>
       </c>
       <c r="T349" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U349" t="n">
+        <v>0.13</v>
       </c>
       <c r="V349" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X349" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z349" t="inlineStr">
         <is>
-          <t/>
+          <t>Diesel Systems - Failure Of Equipment</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
           <t>IRS/2025/6944/PON1</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
           <t>06 November 2025 08:00</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
@@ -38178,51 +38125,51 @@
       </c>
       <c r="V365" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X365" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z365" t="inlineStr">
         <is>
           <t>Hose (Topsides, Not Bunkering) - Total Rupture</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
           <t>IRS/2025/7056/PON1</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
           <t>05 December 2025 15:30</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E366" t="inlineStr">
         <is>
           <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
           <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -38257,66 +38204,64 @@
         <v>15.0</v>
       </c>
       <c r="P366" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q366" t="n">
         <v>47.0</v>
       </c>
       <c r="R366" t="n">
         <v>3.0</v>
       </c>
       <c r="S366" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T366" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V366" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>GLYCOL/WATER MIXES</t>
+        </is>
+      </c>
+      <c r="W366" t="n">
+        <v>22.0</v>
       </c>
       <c r="X366" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z366" t="inlineStr">
         <is>
-          <t/>
+          <t>Cranes - Coolant System</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
           <t>IRS/2025/7066/PON1</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
           <t>07 December 2025 16:10</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E367" t="inlineStr">