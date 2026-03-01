--- v0 (2026-01-29)
+++ v1 (2026-03-01)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z2"/>
+  <dimension ref="A2:Z32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -686,50 +686,3159 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="T2" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
           <t>Castrol Transaqua SP</t>
         </is>
       </c>
       <c r="W2" t="n">
         <v>988.0</v>
       </c>
       <c r="X2" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z2" t="inlineStr">
         <is>
           <t>Hydraulics - Open System - Valve Failure</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>IRS/2026/7157/PON1</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>03 January 2026 14:45</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Captain WPP'A'</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>CAPTAIN</t>
+        </is>
+      </c>
+      <c r="I3" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J3" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K3" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M3" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N3" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="O3" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="P3" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q3" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="R3" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="S3" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T3" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V3" t="inlineStr">
+        <is>
+          <t>DMO86906</t>
+        </is>
+      </c>
+      <c r="W3" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="X3" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z3" t="inlineStr">
+        <is>
+          <t>Bunkering Hose - Total Rupture</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>IRS/2026/7164/PON1</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>06 January 2026 10:15</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Mungo NUI Platform</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I4" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J4" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="K4" t="n">
+        <v>31.24</v>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M4" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N4" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="O4" t="n">
+        <v>53.12</v>
+      </c>
+      <c r="P4" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S4" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T4" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V4" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X4" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y4" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z4" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>IRS/2026/7177/PON1</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>10 January 2026 10:45</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Buzzard Wellhead Platform</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I5" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J5" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="K5" t="n">
+        <v>53.915</v>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M5" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N5" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="O5" t="n">
+        <v>22.047</v>
+      </c>
+      <c r="P5" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q5" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="R5" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="S5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>IRS/2026/7190/PON1</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>12 January 2026 21:20</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED, DOLPHIN DRILLING LIMITED</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Paul B. Loyd, Jnr</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>JOANNE</t>
+        </is>
+      </c>
+      <c r="I6" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J6" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="K6" t="n">
+        <v>46.777</v>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M6" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N6" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="O6" t="n">
+        <v>55.762</v>
+      </c>
+      <c r="P6" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S6" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T6" t="inlineStr">
+        <is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U6" t="n">
+        <v>7.515E-4</v>
+      </c>
+      <c r="V6" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X6" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z6" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I7" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J7" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K7" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M7" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N7" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O7" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q7" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R7" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S7" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T7" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V7" t="inlineStr">
+        <is>
+          <t>M-I WATE (All Grades)</t>
+        </is>
+      </c>
+      <c r="W7" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="X7" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z7" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I8" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J8" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K8" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M8" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N8" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O8" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P8" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q8" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R8" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S8" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T8" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V8" t="inlineStr">
+        <is>
+          <t>FLO-VIS PLUS</t>
+        </is>
+      </c>
+      <c r="W8" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="X8" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z8" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I9" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J9" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K9" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M9" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N9" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O9" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P9" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q9" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R9" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S9" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T9" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V9" t="inlineStr">
+        <is>
+          <t>FLO-TROL</t>
+        </is>
+      </c>
+      <c r="W9" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="X9" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z9" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I10" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J10" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K10" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M10" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N10" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O10" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P10" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q10" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R10" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S10" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T10" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V10" t="inlineStr">
+        <is>
+          <t>Nuosept®78</t>
+        </is>
+      </c>
+      <c r="W10" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="X10" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z10" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I11" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J11" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K11" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M11" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N11" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O11" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P11" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q11" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R11" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S11" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T11" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V11" t="inlineStr">
+        <is>
+          <t>ULTRAFREE NS</t>
+        </is>
+      </c>
+      <c r="W11" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="X11" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z11" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I12" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J12" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K12" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M12" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N12" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O12" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P12" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q12" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R12" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S12" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T12" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V12" t="inlineStr">
+        <is>
+          <t>KLA-STOP</t>
+        </is>
+      </c>
+      <c r="W12" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="X12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z12" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I13" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J13" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K13" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M13" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N13" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O13" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P13" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q13" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R13" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S13" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T13" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V13" t="inlineStr">
+        <is>
+          <t>PTS 200</t>
+        </is>
+      </c>
+      <c r="W13" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="X13" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z13" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I14" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J14" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K14" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N14" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O14" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P14" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q14" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S14" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T14" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V14" t="inlineStr">
+        <is>
+          <t>SODA ASH</t>
+        </is>
+      </c>
+      <c r="W14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="X14" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z14" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I15" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J15" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K15" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N15" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O15" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P15" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q15" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R15" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S15" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T15" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V15" t="inlineStr">
+        <is>
+          <t>ULTRACAP (GBL092)</t>
+        </is>
+      </c>
+      <c r="W15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="X15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z15" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I16" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J16" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K16" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M16" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N16" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O16" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P16" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q16" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R16" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S16" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T16" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V16" t="inlineStr">
+        <is>
+          <t>MAGNESIUM OXIDE</t>
+        </is>
+      </c>
+      <c r="W16" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="X16" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z16" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I17" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J17" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K17" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M17" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N17" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O17" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P17" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q17" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R17" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S17" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T17" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V17" t="inlineStr">
+        <is>
+          <t>SAFE-SCAV NA</t>
+        </is>
+      </c>
+      <c r="W17" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="X17" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z17" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I18" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J18" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K18" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M18" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N18" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O18" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P18" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q18" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R18" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S18" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T18" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V18" t="inlineStr">
+        <is>
+          <t>SAFE-COR</t>
+        </is>
+      </c>
+      <c r="W18" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="X18" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z18" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I19" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J19" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K19" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M19" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N19" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O19" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q19" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R19" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S19" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T19" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V19" t="inlineStr">
+        <is>
+          <t>SODIUM CHLORIDE BRINE</t>
+        </is>
+      </c>
+      <c r="W19" t="n">
+        <v>132.0</v>
+      </c>
+      <c r="X19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z19" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>IRS/2026/7198/PON1</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>14 January 2026 12:05</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED, NOBLE DRILLING UK LTD</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Noble Innovator</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>MUNGO</t>
+        </is>
+      </c>
+      <c r="I20" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J20" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K20" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L20" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M20" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N20" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O20" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="P20" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q20" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R20" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S20" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T20" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V20" t="inlineStr">
+        <is>
+          <t>M-I PAC (All Grades)</t>
+        </is>
+      </c>
+      <c r="W20" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="X20" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z20" t="inlineStr">
+        <is>
+          <t>Drill Floor - Fitting / Connections</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>IRS/2026/7200/PON1</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>15 January 2026 15:45</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Culzean Wellhead Platform</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>CULZEAN</t>
+        </is>
+      </c>
+      <c r="I21" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J21" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="K21" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M21" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N21" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="O21" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="P21" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q21" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R21" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="S21" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T21" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V21" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X21" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y21" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z21" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>IRS/2026/7203/PON1</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>16 January 2026 20:38</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>PETRODEC UK LIMITED, PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Amethyst B1D Platform</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>AMETHYST EAST</t>
+        </is>
+      </c>
+      <c r="I22" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J22" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="K22" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="L22" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M22" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N22" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="O22" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="P22" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q22" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="R22" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="S22" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T22" t="inlineStr">
+        <is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U22" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="V22" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X22" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z22" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>IRS/2026/7204/PON1</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>17 January 2026 10:15</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>PETRODEC UK LIMITED, PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Amethyst B1D Platform</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>AMETHYST EAST</t>
+        </is>
+      </c>
+      <c r="I23" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J23" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="K23" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M23" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N23" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="O23" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="P23" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q23" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="R23" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="S23" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T23" t="inlineStr">
+        <is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U23" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="V23" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X23" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z23" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>IRS/2026/7208/PON1</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>18 January 2026 10:50</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Cygnus A PU Platform</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>CYGNUS</t>
+        </is>
+      </c>
+      <c r="I24" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="J24" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="K24" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M24" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N24" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="O24" t="n">
+        <v>23.12</v>
+      </c>
+      <c r="P24" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q24" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="R24" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="S24" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T24" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V24" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X24" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y24" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z24" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>IRS/2026/7209/PON1</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>18 January 2026 14:00</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Harding Platform</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>HARDING</t>
+        </is>
+      </c>
+      <c r="I25" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="J25" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="K25" t="n">
+        <v>46.24</v>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M25" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N25" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="O25" t="n">
+        <v>58.04</v>
+      </c>
+      <c r="P25" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q25" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="R25" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="S25" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T25" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V25" t="inlineStr">
+        <is>
+          <t>Erifon 818 TLP</t>
+        </is>
+      </c>
+      <c r="W25" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="X25" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z25" t="inlineStr">
+        <is>
+          <t>Hydraulic Manifold/Control Panel - Small Bore Fittings</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>IRS/2026/7211/PON1</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>19 January 2026 02:26</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>PETRODEC UK LIMITED, PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Amethyst B1D Platform</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>AMETHYST EAST</t>
+        </is>
+      </c>
+      <c r="I26" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J26" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="K26" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="L26" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M26" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N26" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="O26" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="P26" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q26" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="R26" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="S26" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T26" t="inlineStr">
+        <is>
+          <t>Measured</t>
+        </is>
+      </c>
+      <c r="U26" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="V26" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X26" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z26" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>IRS/2026/7233/PON1</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>25 January 2026 07:30</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Leman South Manifold</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>LEMAN SOUTH</t>
+        </is>
+      </c>
+      <c r="I27" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="J27" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="K27" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M27" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N27" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="O27" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="P27" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>IRS/2026/7241/PON1</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>02 October 2025 10:00</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Leman Echo FWV E06</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="I28" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J28" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K28" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M28" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N28" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="O28" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="P28" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q28" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="R28" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="S28" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T28" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U28" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="V28" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X28" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z28" t="inlineStr">
+        <is>
+          <t>Storage (Hydraulic Oils, Lube Oils) - Seal Failure</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>IRS/2026/7248/PON1</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>26 January 2026 22:40</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Golden Eagle PUQ Platform</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>GOLDEN EAGLE</t>
+        </is>
+      </c>
+      <c r="I29" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J29" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="K29" t="n">
+        <v>38.71</v>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M29" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N29" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="O29" t="n">
+        <v>58.39</v>
+      </c>
+      <c r="P29" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q29" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="R29" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="S29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>IRS/2026/7248/PON1</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>26 January 2026 22:40</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Golden Eagle PUQ Platform</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>GOLDEN EAGLE</t>
+        </is>
+      </c>
+      <c r="I30" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J30" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="K30" t="n">
+        <v>38.71</v>
+      </c>
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M30" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N30" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="O30" t="n">
+        <v>58.39</v>
+      </c>
+      <c r="P30" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q30" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="R30" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="S30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>IRS/2026/7248/PON1</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>26 January 2026 22:40</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Golden Eagle PUQ Platform</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>GOLDEN EAGLE</t>
+        </is>
+      </c>
+      <c r="I31" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J31" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="K31" t="n">
+        <v>38.71</v>
+      </c>
+      <c r="L31" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M31" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N31" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="O31" t="n">
+        <v>58.39</v>
+      </c>
+      <c r="P31" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q31" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="R31" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="S31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>IRS/2026/7250/PON1</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>28 January 2026 12:16</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>ADURA ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Penguins A2 (211/13A-14)</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Penguins</t>
+        </is>
+      </c>
+      <c r="I32" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="J32" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="K32" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="L32" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M32" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N32" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O32" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="P32" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="S32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z32" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>