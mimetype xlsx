--- v1 (2026-03-01)
+++ v2 (2026-03-21)
@@ -490,51 +490,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:Z32"/>
+  <dimension ref="A2:Z41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="12" max="12" customWidth="true" width="17.28515625"/>
     <col min="13" max="13" customWidth="true" width="17.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.7109375"/>
     <col min="15" max="15" customWidth="true" width="18.5703125"/>
     <col min="16" max="16" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -862,50 +862,56 @@
       <c r="J4" t="n">
         <v>22.0</v>
       </c>
       <c r="K4" t="n">
         <v>31.24</v>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M4" t="n">
         <v>1.0</v>
       </c>
       <c r="N4" t="n">
         <v>59.0</v>
       </c>
       <c r="O4" t="n">
         <v>53.12</v>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
+      <c r="Q4" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="R4" t="n">
+        <v>24.0</v>
+      </c>
       <c r="S4" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T4" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V4" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X4" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y4" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
@@ -1179,55 +1185,55 @@
         <v>46.0</v>
       </c>
       <c r="P7" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q7" t="n">
         <v>22.0</v>
       </c>
       <c r="R7" t="n">
         <v>20.0</v>
       </c>
       <c r="S7" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T7" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V7" t="inlineStr">
         <is>
-          <t>M-I WATE (All Grades)</t>
+          <t>SAFE-SCAV NA</t>
         </is>
       </c>
       <c r="W7" t="n">
-        <v>90.0</v>
+        <v>0.1</v>
       </c>
       <c r="X7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z7" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
@@ -1283,55 +1289,55 @@
         <v>46.0</v>
       </c>
       <c r="P8" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q8" t="n">
         <v>22.0</v>
       </c>
       <c r="R8" t="n">
         <v>20.0</v>
       </c>
       <c r="S8" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T8" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
-          <t>FLO-VIS PLUS</t>
+          <t>SAFE-COR</t>
         </is>
       </c>
       <c r="W8" t="n">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="X8" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z8" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
@@ -1387,55 +1393,55 @@
         <v>46.0</v>
       </c>
       <c r="P9" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q9" t="n">
         <v>22.0</v>
       </c>
       <c r="R9" t="n">
         <v>20.0</v>
       </c>
       <c r="S9" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T9" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V9" t="inlineStr">
         <is>
-          <t>FLO-TROL</t>
+          <t>SODIUM CHLORIDE BRINE</t>
         </is>
       </c>
       <c r="W9" t="n">
-        <v>1.7</v>
+        <v>132.0</v>
       </c>
       <c r="X9" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z9" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
@@ -1491,55 +1497,55 @@
         <v>46.0</v>
       </c>
       <c r="P10" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q10" t="n">
         <v>22.0</v>
       </c>
       <c r="R10" t="n">
         <v>20.0</v>
       </c>
       <c r="S10" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T10" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
-          <t>Nuosept®78</t>
+          <t>M-I PAC (All Grades)</t>
         </is>
       </c>
       <c r="W10" t="n">
-        <v>0.1</v>
+        <v>1.1</v>
       </c>
       <c r="X10" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z10" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
@@ -1595,55 +1601,55 @@
         <v>46.0</v>
       </c>
       <c r="P11" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q11" t="n">
         <v>22.0</v>
       </c>
       <c r="R11" t="n">
         <v>20.0</v>
       </c>
       <c r="S11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V11" t="inlineStr">
         <is>
-          <t>ULTRAFREE NS</t>
+          <t>M-I WATE (All Grades)</t>
         </is>
       </c>
       <c r="W11" t="n">
-        <v>12.0</v>
+        <v>90.0</v>
       </c>
       <c r="X11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z11" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
@@ -1699,55 +1705,55 @@
         <v>46.0</v>
       </c>
       <c r="P12" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q12" t="n">
         <v>22.0</v>
       </c>
       <c r="R12" t="n">
         <v>20.0</v>
       </c>
       <c r="S12" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T12" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V12" t="inlineStr">
         <is>
-          <t>KLA-STOP</t>
+          <t>FLO-VIS PLUS</t>
         </is>
       </c>
       <c r="W12" t="n">
-        <v>5.0</v>
+        <v>0.5</v>
       </c>
       <c r="X12" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z12" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
@@ -1803,55 +1809,55 @@
         <v>46.0</v>
       </c>
       <c r="P13" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q13" t="n">
         <v>22.0</v>
       </c>
       <c r="R13" t="n">
         <v>20.0</v>
       </c>
       <c r="S13" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T13" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
-          <t>PTS 200</t>
+          <t>FLO-TROL</t>
         </is>
       </c>
       <c r="W13" t="n">
-        <v>3.0</v>
+        <v>1.7</v>
       </c>
       <c r="X13" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z13" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
@@ -1907,51 +1913,51 @@
         <v>46.0</v>
       </c>
       <c r="P14" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q14" t="n">
         <v>22.0</v>
       </c>
       <c r="R14" t="n">
         <v>20.0</v>
       </c>
       <c r="S14" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T14" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V14" t="inlineStr">
         <is>
-          <t>SODA ASH</t>
+          <t>Nuosept®78</t>
         </is>
       </c>
       <c r="W14" t="n">
         <v>0.1</v>
       </c>
       <c r="X14" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z14" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Completed</t>
@@ -2011,55 +2017,55 @@
         <v>46.0</v>
       </c>
       <c r="P15" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q15" t="n">
         <v>22.0</v>
       </c>
       <c r="R15" t="n">
         <v>20.0</v>
       </c>
       <c r="S15" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T15" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V15" t="inlineStr">
         <is>
-          <t>ULTRACAP (GBL092)</t>
+          <t>ULTRAFREE NS</t>
         </is>
       </c>
       <c r="W15" t="n">
-        <v>0.6</v>
+        <v>12.0</v>
       </c>
       <c r="X15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z15" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
@@ -2115,55 +2121,55 @@
         <v>46.0</v>
       </c>
       <c r="P16" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q16" t="n">
         <v>22.0</v>
       </c>
       <c r="R16" t="n">
         <v>20.0</v>
       </c>
       <c r="S16" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T16" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V16" t="inlineStr">
         <is>
-          <t>MAGNESIUM OXIDE</t>
+          <t>KLA-STOP</t>
         </is>
       </c>
       <c r="W16" t="n">
-        <v>0.2</v>
+        <v>5.0</v>
       </c>
       <c r="X16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z16" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
@@ -2219,55 +2225,55 @@
         <v>46.0</v>
       </c>
       <c r="P17" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q17" t="n">
         <v>22.0</v>
       </c>
       <c r="R17" t="n">
         <v>20.0</v>
       </c>
       <c r="S17" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T17" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V17" t="inlineStr">
         <is>
-          <t>SAFE-SCAV NA</t>
+          <t>MAGNESIUM OXIDE</t>
         </is>
       </c>
       <c r="W17" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="X17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z17" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
@@ -2323,55 +2329,55 @@
         <v>46.0</v>
       </c>
       <c r="P18" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q18" t="n">
         <v>22.0</v>
       </c>
       <c r="R18" t="n">
         <v>20.0</v>
       </c>
       <c r="S18" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T18" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V18" t="inlineStr">
         <is>
-          <t>SAFE-COR</t>
+          <t>PTS 200</t>
         </is>
       </c>
       <c r="W18" t="n">
-        <v>0.3</v>
+        <v>3.0</v>
       </c>
       <c r="X18" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z18" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
@@ -2427,55 +2433,55 @@
         <v>46.0</v>
       </c>
       <c r="P19" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q19" t="n">
         <v>22.0</v>
       </c>
       <c r="R19" t="n">
         <v>20.0</v>
       </c>
       <c r="S19" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T19" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V19" t="inlineStr">
         <is>
-          <t>SODIUM CHLORIDE BRINE</t>
+          <t>SODA ASH</t>
         </is>
       </c>
       <c r="W19" t="n">
-        <v>132.0</v>
+        <v>0.1</v>
       </c>
       <c r="X19" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z19" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>IRS/2026/7198/PON1</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
@@ -2531,81 +2537,81 @@
         <v>46.0</v>
       </c>
       <c r="P20" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q20" t="n">
         <v>22.0</v>
       </c>
       <c r="R20" t="n">
         <v>20.0</v>
       </c>
       <c r="S20" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T20" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V20" t="inlineStr">
         <is>
-          <t>M-I PAC (All Grades)</t>
+          <t>ULTRACAP (GBL092)</t>
         </is>
       </c>
       <c r="W20" t="n">
-        <v>1.1</v>
+        <v>0.6</v>
       </c>
       <c r="X20" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z20" t="inlineStr">
         <is>
           <t>Drill Floor - Fitting / Connections</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>IRS/2026/7200/PON1</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>15 January 2026 15:45</t>
+          <t>09 March 2026 16:00</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Culzean Wellhead Platform</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>CULZEAN</t>
@@ -2870,51 +2876,51 @@
       </c>
       <c r="V23" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X23" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z23" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>IRS/2026/7208/PON1</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>18 January 2026 10:50</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cygnus A PU Platform</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>Other</t>
@@ -2939,76 +2945,74 @@
           <t>North</t>
         </is>
       </c>
       <c r="M24" t="n">
         <v>2.0</v>
       </c>
       <c r="N24" t="n">
         <v>17.0</v>
       </c>
       <c r="O24" t="n">
         <v>23.12</v>
       </c>
       <c r="P24" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="Q24" t="n">
         <v>44.0</v>
       </c>
       <c r="R24" t="n">
         <v>12.0</v>
       </c>
       <c r="S24" t="inlineStr">
         <is>
-          <t/>
+          <t>Condensate</t>
         </is>
       </c>
       <c r="T24" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U24" t="n">
+        <v>0.1</v>
       </c>
       <c r="V24" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X24" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z24" t="inlineStr">
         <is>
-          <t/>
+          <t>Sheen - Unknown Cause</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>IRS/2026/7209/PON1</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>18 January 2026 14:00</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Chemical release</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
@@ -3184,51 +3188,51 @@
       </c>
       <c r="V26" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="Z26" t="inlineStr">
         <is>
           <t>ROV/Vessel Operations</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>IRS/2026/7233/PON1</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>25 January 2026 07:30</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Leman South Manifold</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
           <t>Production installation (including any connected infrastructure)</t>
@@ -3247,76 +3251,74 @@
       </c>
       <c r="K27" t="n">
         <v>4.0</v>
       </c>
       <c r="L27" t="inlineStr">
         <is>
           <t>North</t>
         </is>
       </c>
       <c r="M27" t="n">
         <v>2.0</v>
       </c>
       <c r="N27" t="n">
         <v>18.0</v>
       </c>
       <c r="O27" t="n">
         <v>11.0</v>
       </c>
       <c r="P27" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="S27" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulic Oil</t>
         </is>
       </c>
       <c r="T27" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U27" t="n">
+        <v>0.3</v>
       </c>
       <c r="V27" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X27" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="Z27" t="inlineStr">
         <is>
-          <t/>
+          <t>Hydraulics - Closed System - Valve Failure</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>IRS/2026/7241/PON1</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>02 October 2025 10:00</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Oil release</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
@@ -3793,50 +3795,980 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="T32" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V32" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X32" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y32" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Z32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>IRS/2026/7279/PON1</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>05 February 2026 06:30</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Morecambe South CPP1 Platform</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>SOUTH MORECAMBE</t>
+        </is>
+      </c>
+      <c r="I33" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J33" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="K33" t="n">
+        <v>48.21</v>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M33" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="N33" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="O33" t="n">
+        <v>50.78</v>
+      </c>
+      <c r="P33" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q33" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="R33" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="S33" t="inlineStr">
+        <is>
+          <t>Diesel</t>
+        </is>
+      </c>
+      <c r="T33" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U33" t="n">
+        <v>0.073</v>
+      </c>
+      <c r="V33" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X33" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z33" t="inlineStr">
+        <is>
+          <t>Diesel Systems - Pinhole Leak</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>IRS/2026/7288/PON1</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>08 February 2026 08:30</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Ninian Central Platform</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I34" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J34" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="K34" t="n">
+        <v>24.42</v>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M34" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N34" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="O34" t="n">
+        <v>8.73</v>
+      </c>
+      <c r="P34" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q34" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="R34" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="S34" t="inlineStr">
+        <is>
+          <t>Unknown</t>
+        </is>
+      </c>
+      <c r="T34" t="inlineStr">
+        <is>
+          <t>Estimated using Bonn Agreement Code</t>
+        </is>
+      </c>
+      <c r="U34" t="n">
+        <v>0.002343177</v>
+      </c>
+      <c r="V34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X34" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z34" t="inlineStr">
+        <is>
+          <t>Sheen - Unknown Cause</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>IRS/2026/7294/PON1</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>06 February 2026 18:00</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Ninian Central Platform</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I35" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J35" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="K35" t="n">
+        <v>24.42</v>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M35" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N35" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="O35" t="n">
+        <v>8.73</v>
+      </c>
+      <c r="P35" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q35" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="R35" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="S35" t="inlineStr">
+        <is>
+          <t>Hydraulic Oil</t>
+        </is>
+      </c>
+      <c r="T35" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U35" t="n">
+        <v>0.0287</v>
+      </c>
+      <c r="V35" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X35" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z35" t="inlineStr">
+        <is>
+          <t>Hose (Topsides, Not Bunkering) - Sheared</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>IRS/2026/7301/PON1</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>11 February 2026 07:04</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Tiffany Platform</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>TIFFANY</t>
+        </is>
+      </c>
+      <c r="I36" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J36" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="K36" t="n">
+        <v>19.184</v>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M36" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N36" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O36" t="n">
+        <v>54.828</v>
+      </c>
+      <c r="P36" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q36" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="R36" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="S36" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T36" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V36" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X36" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y36" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z36" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>IRS/2026/7308/PON1</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>12 February 2026 13:30</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>CLAYMORE</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Claymore A Platform</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="I37" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J37" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="K37" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M37" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N37" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O37" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="P37" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q37" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="R37" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="S37" t="inlineStr">
+        <is>
+          <t>Crude</t>
+        </is>
+      </c>
+      <c r="T37" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U37" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="V37" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X37" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z37" t="inlineStr">
+        <is>
+          <t>Pipework - Pinhole Leak</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>IRS/2026/7310/PON1</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>13 February 2026 16:30</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Clair Ridge Platform</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>CLAIR-RIDGE [Part of CLAIR]</t>
+        </is>
+      </c>
+      <c r="I38" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="J38" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="K38" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M38" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N38" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="O38" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="P38" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="Q38" t="n">
+        <v>206.0</v>
+      </c>
+      <c r="R38" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="S38" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T38" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V38" t="inlineStr">
+        <is>
+          <t>Oil Based Mud</t>
+        </is>
+      </c>
+      <c r="W38" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="X38" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z38" t="inlineStr">
+        <is>
+          <t>Vent Line - H-Vac vapour condensate</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>IRS/2026/7311/PON1</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>14 February 2026 05:30</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>Oil release</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="I39" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J39" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="K39" t="n">
+        <v>40.86</v>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M39" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N39" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O39" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="P39" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q39" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="R39" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="S39" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T39" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V39" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X39" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y39" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z39" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>IRS/2026/7324/PON1</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>16 February 2026 10:45</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>Oil release, Chemical release</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Noble Patriot</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>NPI</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>OTTER</t>
+        </is>
+      </c>
+      <c r="I40" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="J40" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="K40" t="n">
+        <v>50.124</v>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M40" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N40" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="O40" t="n">
+        <v>56.554</v>
+      </c>
+      <c r="P40" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q40" t="n">
+        <v>210.0</v>
+      </c>
+      <c r="R40" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="S40" t="inlineStr">
+        <is>
+          <t>PMX-200</t>
+        </is>
+      </c>
+      <c r="T40" t="inlineStr">
+        <is>
+          <t>Calculated</t>
+        </is>
+      </c>
+      <c r="U40" t="n">
+        <v>4.835E-4</v>
+      </c>
+      <c r="V40" t="inlineStr">
+        <is>
+          <t>Pelagic 100H</t>
+        </is>
+      </c>
+      <c r="W40" t="n">
+        <v>158.1</v>
+      </c>
+      <c r="X40" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="Z40" t="inlineStr">
+        <is>
+          <t>ROV/Vessel Operations</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>IRS/2026/7338/PON1</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>19 February 2026 10:30</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>Chemical release</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>ITHACA (NE) E&amp;P LIMITED</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>Cygnus A Platform</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>Production installation (including any connected infrastructure)</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>CYGNUS</t>
+        </is>
+      </c>
+      <c r="I41" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="J41" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="K41" t="n">
+        <v>11.39</v>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="M41" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N41" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="O41" t="n">
+        <v>33.09</v>
+      </c>
+      <c r="P41" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="Q41" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="R41" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="S41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z41" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>