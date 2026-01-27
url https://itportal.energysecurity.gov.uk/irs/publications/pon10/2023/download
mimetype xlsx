--- v0 (2025-10-07)
+++ v1 (2026-01-27)
@@ -32016,51 +32016,51 @@
       </c>
       <c r="T188" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
       <c r="AO188" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP188" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>IRS/2023/3806/PON10</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>Banff SSIV Skid</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
           <t>BANFF</t>
         </is>
       </c>
       <c r="F189" t="n">
         <v>57.0</v>
       </c>
       <c r="G189" t="n">
         <v>0.0</v>
       </c>
       <c r="H189" t="n">
         <v>49.0</v>
@@ -32087,63 +32087,93 @@
       <c r="N189" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="O189" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="P189" t="inlineStr">
         <is>
           <t>21 December 2023 12:17</t>
         </is>
       </c>
       <c r="Q189" t="inlineStr">
         <is>
           <t>Consent Condition excluding Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R189" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S189" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T189" t="inlineStr">
         <is>
           <t>3. Location of Works</t>
         </is>
       </c>
+      <c r="AL189" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM189" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN189" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO189" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP189" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ189" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR189" t="inlineStr">
+        <is>
+          <t>Mooring and Buoys</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>IRS/2023/3816/PON10</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>SPIRIT ENERGY RESOURCES LIMITED</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
           <t>Grove Wellhead Platform</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">