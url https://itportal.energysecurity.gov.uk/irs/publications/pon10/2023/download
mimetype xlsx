--- v1 (2026-01-27)
+++ v2 (2026-02-25)
@@ -31921,51 +31921,51 @@
       </c>
       <c r="AP187" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ187" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR187" t="inlineStr">
         <is>
           <t>Main Lights, Operations during the Works, Primary Power Supply, Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>IRS/2023/3803/PON10</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>APACHE BERYL I LIMITED</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>Beryl SPM2 Loading Terminal</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
           <t>BERYL</t>
         </is>
       </c>
       <c r="F188" t="n">
         <v>59.0</v>
       </c>
       <c r="G188" t="n">
         <v>33.0</v>
       </c>
       <c r="H188" t="n">
         <v>16.0</v>
@@ -31992,63 +31992,113 @@
       <c r="N188" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="O188" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="P188" t="inlineStr">
         <is>
           <t>18 December 2023 11:14</t>
         </is>
       </c>
       <c r="Q188" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R188" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T188" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
+      <c r="U188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W188" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL188" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO188" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP188" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ188" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR188" t="inlineStr">
+        <is>
+          <t>Fog Signals</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>IRS/2023/3806/PON10</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>Banff SSIV Skid</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">