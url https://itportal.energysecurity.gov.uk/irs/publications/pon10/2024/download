--- v0 (2025-10-07)
+++ v1 (2026-01-20)
@@ -26476,51 +26476,51 @@
       </c>
       <c r="AP157" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ157" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR157" t="inlineStr">
         <is>
           <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>IRS/2024/5138/PON10</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Southwark Platform</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>SOUTHWARK</t>
         </is>
       </c>
       <c r="F158" t="n">
         <v>53.0</v>
       </c>
       <c r="G158" t="n">
         <v>10.0</v>
       </c>
       <c r="H158" t="n">
         <v>59.78</v>
@@ -26547,63 +26547,93 @@
       <c r="N158" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O158" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="P158" t="inlineStr">
         <is>
           <t>10 October 2024 05:40</t>
         </is>
       </c>
       <c r="Q158" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R158" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
+      <c r="S158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T158" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
+      <c r="AL158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO158" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP158" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ158" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR158" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>IRS/2024/5141/PON10</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Hyde Platform</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">