--- v1 (2026-01-20)
+++ v2 (2026-03-21)
@@ -19806,51 +19806,51 @@
       </c>
       <c r="AP118" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ118" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR118" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>IRS/2024/4812/PON10</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>golf</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>Leman</t>
         </is>
       </c>
       <c r="F119" t="n">
         <v>53.0</v>
       </c>
       <c r="G119" t="n">
         <v>7.0</v>
       </c>
       <c r="H119" t="n">
         <v>2.0</v>
@@ -19877,63 +19877,113 @@
       <c r="N119" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O119" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="P119" t="inlineStr">
         <is>
           <t>02 August 2024 15:00</t>
         </is>
       </c>
       <c r="Q119" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R119" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S119" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T119" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
+      <c r="U119" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="V119" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W119" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X119" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL119" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM119" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN119" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO119" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP119" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ119" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR119" t="inlineStr">
+        <is>
+          <t>Fog Signals</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>IRS/2024/4815/PON10</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">