--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -544,51 +544,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AR143"/>
+  <dimension ref="A2:AR154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="13" max="13" customWidth="true" width="17.28515625"/>
     <col min="14" max="14" customWidth="true" width="17.7109375"/>
     <col min="15" max="41" customWidth="true" width="18.7109375"/>
     <col min="42" max="42" customWidth="true" width="18.5703125"/>
     <col min="43" max="43" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -8781,51 +8781,51 @@
       </c>
       <c r="AP48" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ48" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR48" t="inlineStr">
         <is>
           <t>Fog Signals</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>IRS/2025/5927/PON10</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Clyde Platform</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>CLYDE</t>
         </is>
       </c>
       <c r="F49" t="n">
         <v>56.0</v>
       </c>
       <c r="G49" t="n">
         <v>27.0</v>
       </c>
       <c r="H49" t="n">
         <v>10.0</v>
@@ -8852,63 +8852,93 @@
       <c r="N49" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="O49" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="P49" t="inlineStr">
         <is>
           <t>11 March 2025 18:06</t>
         </is>
       </c>
       <c r="Q49" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R49" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S49" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T49" t="inlineStr">
         <is>
           <t>5. During the Works, A 5. ID Panel</t>
         </is>
       </c>
+      <c r="AL49" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM49" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN49" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO49" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP49" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ49" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR49" t="inlineStr">
+        <is>
+          <t>Identification Panels</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>IRS/2025/5928/PON10</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
@@ -10961,51 +10991,51 @@
       </c>
       <c r="AP61" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ61" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR61" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>IRS/2025/6021/PON10</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Calder</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>CALDER</t>
         </is>
       </c>
       <c r="F62" t="n">
         <v>53.0</v>
       </c>
       <c r="G62" t="n">
         <v>48.0</v>
       </c>
       <c r="H62" t="n">
         <v>26.82</v>
@@ -11032,63 +11062,113 @@
       <c r="N62" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="O62" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="P62" t="inlineStr">
         <is>
           <t>30 March 2025 13:00</t>
         </is>
       </c>
       <c r="Q62" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R62" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S62" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T62" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
+      <c r="U62" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V62" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W62" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X62" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL62" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM62" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN62" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO62" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP62" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ62" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR62" t="inlineStr">
+        <is>
+          <t>Fog Signals</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>IRS/2025/6036/PON10</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>ITHACA (NE) E&amp;P LIMITED</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Cygnus A PU Platform</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
@@ -14406,51 +14486,51 @@
       </c>
       <c r="AP84" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ84" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR84" t="inlineStr">
         <is>
           <t>Secondary Lights</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>IRS/2025/6293/PON10</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>Leman CP Platform [PERENCO]</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="F85" t="n">
         <v>53.0</v>
       </c>
       <c r="G85" t="n">
         <v>1.0</v>
       </c>
       <c r="H85" t="n">
         <v>35.0</v>
@@ -14477,63 +14557,93 @@
       <c r="N85" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O85" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="P85" t="inlineStr">
         <is>
           <t>08 June 2025 03:06</t>
         </is>
       </c>
       <c r="Q85" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R85" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S85" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T85" t="inlineStr">
         <is>
           <t>5. During the Works, A 1. General</t>
         </is>
       </c>
+      <c r="AL85" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM85" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN85" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO85" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP85" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ85" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR85" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>IRS/2025/6298/PON10</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>27H</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
@@ -22576,929 +22686,2544 @@
       </c>
       <c r="AO135" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP135" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ135" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR135" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>IRS/2025/6609/PON10</t>
+          <t>IRS/2025/6610/PON10</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>EQUINOR UK LIMITED</t>
+          <t>southwark</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>Mariner FSU</t>
+          <t>Southwark Platform</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>Vulcan saterlite hub</t>
         </is>
       </c>
       <c r="F136" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="G136" t="n">
-        <v>36.0</v>
+        <v>10.0</v>
       </c>
       <c r="H136" t="n">
-        <v>29.841</v>
+        <v>59.78</v>
       </c>
       <c r="I136" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J136" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="K136" t="n">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="L136" t="n">
-        <v>34.971</v>
+        <v>48.85</v>
       </c>
       <c r="M136" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N136" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O136" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>26</t>
         </is>
       </c>
       <c r="P136" t="inlineStr">
         <is>
-          <t>28 August 2025 17:20</t>
+          <t>27 August 2025 08:45</t>
         </is>
       </c>
       <c r="Q136" t="inlineStr">
         <is>
-          <t>Consent Condition and Marking Schedule Condition</t>
+          <t/>
         </is>
       </c>
       <c r="R136" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="T136" t="inlineStr">
         <is>
-          <t>5. During the Works, A 4. Fogs</t>
+          <t/>
         </is>
       </c>
       <c r="AO136" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP136" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>IRS/2025/6610/PON10</t>
+          <t>IRS/2025/6613/PON10</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>southwark</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>Southwark Platform</t>
+          <t>Waveney Platform</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
-          <t>Vulcan saterlite hub</t>
+          <t>WAVENEY</t>
         </is>
       </c>
       <c r="F137" t="n">
         <v>53.0</v>
       </c>
       <c r="G137" t="n">
-        <v>10.0</v>
+        <v>21.0</v>
       </c>
       <c r="H137" t="n">
-        <v>59.78</v>
+        <v>11.0</v>
       </c>
       <c r="I137" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J137" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="K137" t="n">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
       <c r="L137" t="n">
-        <v>48.85</v>
+        <v>15.0</v>
       </c>
       <c r="M137" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N137" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>48</t>
         </is>
       </c>
       <c r="O137" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>17</t>
         </is>
       </c>
       <c r="P137" t="inlineStr">
         <is>
-          <t>27 August 2025 08:45</t>
+          <t>29 August 2025 13:00</t>
         </is>
       </c>
       <c r="Q137" t="inlineStr">
         <is>
-          <t/>
+          <t>Consent Condition excluding Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R137" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="T137" t="inlineStr">
         <is>
-          <t/>
+          <t>10. Consent non-compliance</t>
         </is>
       </c>
       <c r="AO137" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP137" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>IRS/2025/6613/PON10</t>
+          <t>IRS/2025/6615/PON10</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>Waveney Platform</t>
+          <t>Piper B Platform</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>WAVENEY</t>
+          <t>PIPER</t>
         </is>
       </c>
       <c r="F138" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="G138" t="n">
-        <v>21.0</v>
+        <v>27.0</v>
       </c>
       <c r="H138" t="n">
-        <v>11.0</v>
+        <v>40.86</v>
       </c>
       <c r="I138" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J138" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="K138" t="n">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="L138" t="n">
-        <v>15.0</v>
+        <v>3.83</v>
       </c>
       <c r="M138" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N138" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>15</t>
         </is>
       </c>
       <c r="O138" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="P138" t="inlineStr">
         <is>
-          <t>29 August 2025 13:00</t>
+          <t>28 August 2025 13:00</t>
         </is>
       </c>
       <c r="Q138" t="inlineStr">
         <is>
-          <t>Consent Condition excluding Marking Schedule Condition</t>
+          <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R138" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T138" t="inlineStr">
         <is>
-          <t>10. Consent non-compliance</t>
+          <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
       <c r="AO138" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP138" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>IRS/2025/6615/PON10</t>
+          <t>IRS/2025/6628/PON10</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>Piper B Platform</t>
+          <t>Ensco 120</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>PIPER</t>
+          <t>JUDY</t>
         </is>
       </c>
       <c r="F139" t="n">
-        <v>58.0</v>
+        <v>56.0</v>
       </c>
       <c r="G139" t="n">
-        <v>27.0</v>
+        <v>41.0</v>
       </c>
       <c r="H139" t="n">
-        <v>40.86</v>
+        <v>56.0</v>
       </c>
       <c r="I139" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J139" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="K139" t="n">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="L139" t="n">
-        <v>3.83</v>
+        <v>13.0</v>
       </c>
       <c r="M139" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N139" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>30</t>
         </is>
       </c>
       <c r="O139" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P139" t="inlineStr">
         <is>
-          <t>28 August 2025 13:00</t>
+          <t>30 August 2025 08:00</t>
         </is>
       </c>
       <c r="Q139" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R139" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T139" t="inlineStr">
         <is>
-          <t>5. During the Works, A 4. Fogs</t>
+          <t>5. During the Works, 1. Consent Validity, 2. Description of Works, 3. Location of Works, A 3. Lights</t>
         </is>
       </c>
       <c r="AO139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP139" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>IRS/2025/6628/PON10</t>
+          <t>IRS/2025/6646/PON10</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>Ensco 120</t>
+          <t>Bruce PUQ Platform</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>BRUCE</t>
         </is>
       </c>
       <c r="F140" t="n">
-        <v>56.0</v>
+        <v>59.0</v>
       </c>
       <c r="G140" t="n">
-        <v>41.0</v>
+        <v>44.0</v>
       </c>
       <c r="H140" t="n">
-        <v>56.0</v>
+        <v>34.0</v>
       </c>
       <c r="I140" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J140" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="K140" t="n">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
       <c r="L140" t="n">
-        <v>13.0</v>
+        <v>22.0</v>
       </c>
       <c r="M140" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N140" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>9</t>
         </is>
       </c>
       <c r="O140" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P140" t="inlineStr">
         <is>
-          <t>30 August 2025 08:00</t>
+          <t>31 August 2025 17:00</t>
         </is>
       </c>
       <c r="Q140" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R140" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T140" t="inlineStr">
         <is>
-          <t>5. During the Works, 1. Consent Validity, 2. Description of Works, 3. Location of Works, A 3. Lights</t>
+          <t>10. Consent non-compliance, 5. During the Works, A 4. Fogs</t>
         </is>
       </c>
       <c r="AO140" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP140" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>IRS/2025/6646/PON10</t>
+          <t>IRS/2025/6653/PON10</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>SERICA ENERGY (UK) LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>Bruce PUQ Platform</t>
+          <t>18B</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>BRUCE</t>
+          <t>INDEFATIGABLE</t>
         </is>
       </c>
       <c r="F141" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="G141" t="n">
-        <v>44.0</v>
+        <v>23.0</v>
       </c>
       <c r="H141" t="n">
-        <v>34.0</v>
+        <v>33.0</v>
       </c>
       <c r="I141" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J141" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="K141" t="n">
-        <v>40.0</v>
+        <v>31.0</v>
       </c>
       <c r="L141" t="n">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
       <c r="M141" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N141" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O141" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>18</t>
         </is>
       </c>
       <c r="P141" t="inlineStr">
         <is>
-          <t>31 August 2025 17:00</t>
+          <t>06 September 2025 09:00</t>
         </is>
       </c>
       <c r="Q141" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R141" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S141" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T141" t="inlineStr">
         <is>
-          <t>10. Consent non-compliance, 5. During the Works, A 4. Fogs</t>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL141" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM141" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN141" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="AO141" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP141" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ141" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR141" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>IRS/2025/6653/PON10</t>
+          <t>IRS/2025/6658/PON10</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>18B</t>
+          <t>Leman ED Platform [PERENCO]</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="F142" t="n">
         <v>53.0</v>
       </c>
       <c r="G142" t="n">
-        <v>23.0</v>
+        <v>3.0</v>
       </c>
       <c r="H142" t="n">
-        <v>33.0</v>
+        <v>39.0</v>
       </c>
       <c r="I142" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J142" t="n">
         <v>2.0</v>
       </c>
       <c r="K142" t="n">
-        <v>31.0</v>
+        <v>12.0</v>
       </c>
       <c r="L142" t="n">
-        <v>30.0</v>
+        <v>39.0</v>
       </c>
       <c r="M142" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N142" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O142" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>27</t>
         </is>
       </c>
       <c r="P142" t="inlineStr">
         <is>
-          <t>06 September 2025 09:00</t>
+          <t>07 September 2025 13:00</t>
         </is>
       </c>
       <c r="Q142" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R142" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S142" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T142" t="inlineStr">
         <is>
-          <t>5. During the Works, A 1. General</t>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y142" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z142" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK142" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="AL142" t="inlineStr">
         <is>
           <t>Yes, primary only</t>
         </is>
       </c>
       <c r="AM142" t="inlineStr">
         <is>
-          <t/>
+          <t>07 September 2025</t>
         </is>
       </c>
       <c r="AN142" t="inlineStr">
         <is>
-          <t/>
+          <t>13:00</t>
         </is>
       </c>
       <c r="AO142" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP142" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ142" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR142" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>IRS/2025/6658/PON10</t>
+          <t>IRS/2025/6667/PON10</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>Leman ED Platform [PERENCO]</t>
+          <t>Morecambe South DP6 Platform</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>SOUTH MORECAMBE</t>
         </is>
       </c>
       <c r="F143" t="n">
         <v>53.0</v>
       </c>
       <c r="G143" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="H143" t="n">
+        <v>51.19</v>
+      </c>
+      <c r="I143" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J143" t="n">
         <v>3.0</v>
       </c>
-      <c r="H143" t="n">
+      <c r="K143" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="L143" t="n">
+        <v>5.49</v>
+      </c>
+      <c r="M143" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N143" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O143" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="P143" t="inlineStr">
+        <is>
+          <t>09 September 2025 12:00</t>
+        </is>
+      </c>
+      <c r="Q143" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R143" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S143" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T143" t="inlineStr">
+        <is>
+          <t>5. During the Works, 2. Description of Works, 10. Consent non-compliance, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL143" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM143" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN143" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO143" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP143" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ143" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR143" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>IRS/2025/6668/PON10</t>
+        </is>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>Morecambe South DP8 Platform</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>SOUTH MORECAMBE</t>
+        </is>
+      </c>
+      <c r="F144" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G144" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H144" t="n">
+        <v>33.92</v>
+      </c>
+      <c r="I144" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J144" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K144" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="L144" t="n">
+        <v>27.81</v>
+      </c>
+      <c r="M144" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N144" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O144" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="P144" t="inlineStr">
+        <is>
+          <t>09 September 2025 12:00</t>
+        </is>
+      </c>
+      <c r="Q144" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R144" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S144" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T144" t="inlineStr">
+        <is>
+          <t>5. During the Works, 10. Consent non-compliance, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL144" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM144" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN144" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO144" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP144" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ144" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR144" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>IRS/2025/6672/PON10</t>
+        </is>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>Leman FD Platform [PERENCO]</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F145" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G145" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H145" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I145" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J145" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K145" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="L145" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M145" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N145" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O145" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P145" t="inlineStr">
+        <is>
+          <t>11 September 2025 09:00</t>
+        </is>
+      </c>
+      <c r="Q145" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R145" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T145" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y145" t="inlineStr">
+        <is>
+          <t>Both main and subsidiary lights</t>
+        </is>
+      </c>
+      <c r="Z145" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH145" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL145" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM145" t="inlineStr">
+        <is>
+          <t>11 September 2025</t>
+        </is>
+      </c>
+      <c r="AN145" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="AO145" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ145" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR145" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>IRS/2025/6674/PON10</t>
+        </is>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>Excalibur A Platform</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>EXCALIBUR</t>
+        </is>
+      </c>
+      <c r="F146" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G146" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="H146" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="I146" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J146" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K146" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="L146" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="M146" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N146" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="O146" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="P146" t="inlineStr">
+        <is>
+          <t>10 September 2025 15:00</t>
+        </is>
+      </c>
+      <c r="Q146" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R146" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S146" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T146" t="inlineStr">
+        <is>
+          <t>2. Description of Works, 7. Inspections, 8. Consent review, 9. Consent variation, 10. Consent non-compliance, 1. Consent Validity, 3. Location of Works, 4. Commencement of Works, 6. Cessation of Works, 5. During the Works, A 4. Fogs, A 1. General</t>
+        </is>
+      </c>
+      <c r="U146" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V146" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W146" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X146" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL146" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM146" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN146" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO146" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP146" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ146" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR146" t="inlineStr">
+        <is>
+          <t>Fog Signals</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>IRS/2025/6692/PON10</t>
+        </is>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>Inde CD Platform (PERENCO)</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F147" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G147" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="H147" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I147" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J147" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K147" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="L147" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M147" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N147" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O147" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P147" t="inlineStr">
+        <is>
+          <t>15 September 2025 09:00</t>
+        </is>
+      </c>
+      <c r="Q147" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R147" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T147" t="inlineStr">
+        <is>
+          <t>1. Consent Validity, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y147" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z147" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL147" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM147" t="inlineStr">
+        <is>
+          <t>15 September 2025</t>
+        </is>
+      </c>
+      <c r="AN147" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="AO147" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ147" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR147" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>IRS/2025/6693/PON10</t>
+        </is>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>Inde BP Platform (PERENCO)</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F148" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G148" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="H148" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I148" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J148" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K148" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="L148" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M148" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N148" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O148" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P148" t="inlineStr">
+        <is>
+          <t>15 September 2025 09:00</t>
+        </is>
+      </c>
+      <c r="Q148" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R148" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T148" t="inlineStr">
+        <is>
+          <t>5. During the Works, 1. Consent Validity, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y148" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z148" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL148" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM148" t="inlineStr">
+        <is>
+          <t>15 September 2025</t>
+        </is>
+      </c>
+      <c r="AN148" t="inlineStr">
+        <is>
+          <t>09:00</t>
+        </is>
+      </c>
+      <c r="AO148" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ148" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR148" t="inlineStr">
+        <is>
+          <t>Main Lights, Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>IRS/2025/6694/PON10</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>Morecambe South DP6 Platform</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>SOUTH MORECAMBE</t>
+        </is>
+      </c>
+      <c r="F149" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G149" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="H149" t="n">
+        <v>51.19</v>
+      </c>
+      <c r="I149" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J149" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K149" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="L149" t="n">
+        <v>5.49</v>
+      </c>
+      <c r="M149" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N149" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O149" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P149" t="inlineStr">
+        <is>
+          <t>14 September 2025 12:30</t>
+        </is>
+      </c>
+      <c r="Q149" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R149" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S149" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T149" t="inlineStr">
+        <is>
+          <t>5. During the Works, 10. Consent non-compliance, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL149" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM149" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN149" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO149" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP149" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ149" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR149" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>IRS/2025/6699/PON10</t>
+        </is>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
+        </is>
+      </c>
+      <c r="F150" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G150" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="H150" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="I150" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J150" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K150" t="n">
         <v>39.0</v>
       </c>
-      <c r="I143" t="inlineStr">
+      <c r="L150" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="M150" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N150" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="O150" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="P150" t="inlineStr">
+        <is>
+          <t>16 September 2025 03:04</t>
+        </is>
+      </c>
+      <c r="Q150" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R150" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T150" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO150" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>IRS/2025/6701/PON10</t>
+        </is>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>Leman BT Platform [SHELL]</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F151" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G151" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="H151" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="I151" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="J143" t="n">
+      <c r="J151" t="n">
         <v>2.0</v>
       </c>
-      <c r="K143" t="n">
-[...2 lines deleted...]
-      <c r="L143" t="n">
+      <c r="K151" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L151" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="M151" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N151" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O151" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P151" t="inlineStr">
+        <is>
+          <t>16 September 2025 00:00</t>
+        </is>
+      </c>
+      <c r="Q151" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R151" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T151" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO151" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP151" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>IRS/2025/6719/PON10</t>
+        </is>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>Leman G Platform [PERENCO]</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F152" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G152" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H152" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="I152" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J152" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K152" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="L152" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M152" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N152" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O152" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P152" t="inlineStr">
+        <is>
+          <t>21 September 2025 05:30</t>
+        </is>
+      </c>
+      <c r="Q152" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R152" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S152" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T152" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL152" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM152" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN152" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO152" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP152" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ152" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR152" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>IRS/2025/6732/PON10</t>
+        </is>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>PETRODEC UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>Trent Platform</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>TRENT</t>
+        </is>
+      </c>
+      <c r="F153" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="G153" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="H153" t="n">
+        <v>58.86</v>
+      </c>
+      <c r="I153" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J153" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K153" t="n">
         <v>39.0</v>
       </c>
-      <c r="M143" t="inlineStr">
+      <c r="L153" t="n">
+        <v>35.56</v>
+      </c>
+      <c r="M153" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
-      <c r="N143" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Q143" t="inlineStr">
+      <c r="N153" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="O153" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="P153" t="inlineStr">
+        <is>
+          <t>20 August 2025 00:00</t>
+        </is>
+      </c>
+      <c r="Q153" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
-      <c r="R143" t="inlineStr">
-[...109 lines deleted...]
-      <c r="AR143" t="inlineStr">
+      <c r="R153" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T153" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="U153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL153" t="inlineStr">
+        <is>
+          <t>Yes, primary and secondary power</t>
+        </is>
+      </c>
+      <c r="AM153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO153" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ153" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR153" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>IRS/2025/6739/PON10</t>
+        </is>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>Thistle A Platform</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>THISTLE</t>
+        </is>
+      </c>
+      <c r="F154" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="G154" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="H154" t="n">
+        <v>46.93</v>
+      </c>
+      <c r="I154" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J154" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K154" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="L154" t="n">
+        <v>47.14</v>
+      </c>
+      <c r="M154" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N154" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="O154" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P154" t="inlineStr">
+        <is>
+          <t>25 September 2025 14:00</t>
+        </is>
+      </c>
+      <c r="Q154" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R154" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T154" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs</t>
+        </is>
+      </c>
+      <c r="AO154" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP154" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>