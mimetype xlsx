--- v1 (2025-10-27)
+++ v2 (2025-11-18)
@@ -544,51 +544,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AR154"/>
+  <dimension ref="A2:AR171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="13" max="13" customWidth="true" width="17.28515625"/>
     <col min="14" max="14" customWidth="true" width="17.7109375"/>
     <col min="15" max="41" customWidth="true" width="18.7109375"/>
     <col min="42" max="42" customWidth="true" width="18.5703125"/>
     <col min="43" max="43" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -17611,51 +17611,51 @@
       </c>
       <c r="T104" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
         </is>
       </c>
       <c r="AO104" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP104" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>IRS/2025/6415/PON10</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="F105" t="n">
         <v>56.0</v>
       </c>
       <c r="G105" t="n">
         <v>41.0</v>
       </c>
       <c r="H105" t="n">
         <v>48.3</v>
@@ -17682,63 +17682,113 @@
       <c r="N105" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="O105" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="P105" t="inlineStr">
         <is>
           <t>08 July 2025 15:00</t>
         </is>
       </c>
       <c r="Q105" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R105" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S105" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T105" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
+      <c r="U105" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V105" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W105" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X105" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL105" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM105" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN105" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO105" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP105" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ105" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR105" t="inlineStr">
+        <is>
+          <t>Fog Signals</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>IRS/2025/6416/PON10</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>NEO ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Global Producer III</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
@@ -21741,51 +21791,51 @@
       </c>
       <c r="AP129" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ129" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR129" t="inlineStr">
         <is>
           <t>Main Lights, Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>IRS/2025/6576/PON10</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Judy Platform</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>JUDY</t>
         </is>
       </c>
       <c r="F130" t="n">
         <v>56.0</v>
       </c>
       <c r="G130" t="n">
         <v>41.0</v>
       </c>
       <c r="H130" t="n">
         <v>48.3</v>
@@ -21812,63 +21862,93 @@
       <c r="N130" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="O130" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="P130" t="inlineStr">
         <is>
           <t>20 August 2025 08:50</t>
         </is>
       </c>
       <c r="Q130" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R130" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S130" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T130" t="inlineStr">
         <is>
           <t>5. During the Works, A 5. ID Panel</t>
         </is>
       </c>
+      <c r="AL130" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM130" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN130" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO130" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP130" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ130" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR130" t="inlineStr">
+        <is>
+          <t>Identification Panels</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>IRS/2025/6587/PON10</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
           <t>Alwyn North NAB Platform</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
@@ -25180,50 +25260,2230 @@
         </is>
       </c>
       <c r="Q154" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R154" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T154" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
       <c r="AO154" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP154" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>IRS/2025/6754/PON10</t>
+        </is>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>18B</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F155" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G155" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="H155" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I155" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J155" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K155" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="L155" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M155" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N155" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O155" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P155" t="inlineStr">
+        <is>
+          <t>29 September 2025 21:10</t>
+        </is>
+      </c>
+      <c r="Q155" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R155" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S155" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T155" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL155" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM155" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN155" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO155" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP155" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ155" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR155" t="inlineStr">
+        <is>
+          <t>Main Lights, Secondary Lights, Subsidiary Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>IRS/2025/6758/PON10</t>
+        </is>
+      </c>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>27H</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F156" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G156" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H156" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I156" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J156" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K156" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="L156" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="M156" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N156" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O156" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P156" t="inlineStr">
+        <is>
+          <t>26 September 2025 20:47</t>
+        </is>
+      </c>
+      <c r="Q156" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R156" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T156" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO156" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP156" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>IRS/2025/6760/PON10</t>
+        </is>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>Alwyn North</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>ALWYN NORTH</t>
+        </is>
+      </c>
+      <c r="F157" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="G157" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="H157" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="I157" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J157" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K157" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="L157" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="M157" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N157" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O157" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P157" t="inlineStr">
+        <is>
+          <t>01 October 2025 11:00</t>
+        </is>
+      </c>
+      <c r="Q157" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R157" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T157" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y157" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z157" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL157" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO157" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ157" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR157" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>IRS/2025/6770/PON10</t>
+        </is>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>Clyde Platform</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>CLYDE</t>
+        </is>
+      </c>
+      <c r="F158" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="G158" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="H158" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="I158" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J158" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K158" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="L158" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M158" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N158" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="O158" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="P158" t="inlineStr">
+        <is>
+          <t>02 October 2025 20:08</t>
+        </is>
+      </c>
+      <c r="Q158" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R158" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T158" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO158" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>IRS/2025/6774/PON10</t>
+        </is>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>Galleon PN Platform</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>GALLEON</t>
+        </is>
+      </c>
+      <c r="F159" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G159" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="H159" t="n">
+        <v>43.064</v>
+      </c>
+      <c r="I159" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J159" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K159" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="L159" t="n">
+        <v>1.909</v>
+      </c>
+      <c r="M159" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N159" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="O159" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="P159" t="inlineStr">
+        <is>
+          <t>03 October 2025 20:10</t>
+        </is>
+      </c>
+      <c r="Q159" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R159" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T159" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO159" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP159" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>IRS/2025/6781/PON10</t>
+        </is>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>Inde BP Platform (PERENCO)</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F160" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G160" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="H160" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I160" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J160" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K160" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="L160" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N160" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O160" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P160" t="inlineStr">
+        <is>
+          <t>05 October 2025 02:00</t>
+        </is>
+      </c>
+      <c r="Q160" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R160" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T160" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y160" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z160" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL160" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM160" t="inlineStr">
+        <is>
+          <t>05 October 2025</t>
+        </is>
+      </c>
+      <c r="AN160" t="inlineStr">
+        <is>
+          <t>02:00</t>
+        </is>
+      </c>
+      <c r="AO160" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ160" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR160" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>IRS/2025/6801/PON10</t>
+        </is>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>ITHACA OIL AND GAS LIMITED</t>
+        </is>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>Alba FSU</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>ALBA</t>
+        </is>
+      </c>
+      <c r="F161" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G161" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H161" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="I161" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J161" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K161" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L161" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="M161" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N161" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="O161" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P161" t="inlineStr">
+        <is>
+          <t>06 October 2025 19:43</t>
+        </is>
+      </c>
+      <c r="Q161" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R161" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T161" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y161" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH161" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL161" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO161" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ161" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR161" t="inlineStr">
+        <is>
+          <t>Subsidiary Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>IRS/2025/6802/PON10</t>
+        </is>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>southwark</t>
+        </is>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>Southwark Platform</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>Sothwark</t>
+        </is>
+      </c>
+      <c r="F162" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G162" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="H162" t="n">
+        <v>59.78</v>
+      </c>
+      <c r="I162" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J162" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K162" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L162" t="n">
+        <v>48.85</v>
+      </c>
+      <c r="M162" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N162" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O162" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P162" t="inlineStr">
+        <is>
+          <t>05 October 2025 05:15</t>
+        </is>
+      </c>
+      <c r="Q162" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R162" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="T162" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO162" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP162" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>IRS/2025/6810/PON10</t>
+        </is>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>Arbroath Platform</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>ARBROATH</t>
+        </is>
+      </c>
+      <c r="F163" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G163" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="H163" t="n">
+        <v>29.84</v>
+      </c>
+      <c r="I163" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J163" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K163" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="L163" t="n">
+        <v>59.36</v>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N163" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="O163" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="P163" t="inlineStr">
+        <is>
+          <t>08 October 2025 07:00</t>
+        </is>
+      </c>
+      <c r="Q163" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R163" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="T163" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO163" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP163" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>IRS/2025/6816/PON10</t>
+        </is>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>ITHACA OIL AND GAS LIMITED</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>Alba FSU</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>ALBA</t>
+        </is>
+      </c>
+      <c r="F164" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G164" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H164" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="I164" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J164" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K164" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L164" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="M164" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N164" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="O164" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P164" t="inlineStr">
+        <is>
+          <t>06 October 2025 19:45</t>
+        </is>
+      </c>
+      <c r="Q164" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R164" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T164" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 5. ID Panel</t>
+        </is>
+      </c>
+      <c r="AO164" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP164" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>IRS/2025/6833/PON10</t>
+        </is>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>Calder</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>CALDER</t>
+        </is>
+      </c>
+      <c r="F165" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G165" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="H165" t="n">
+        <v>26.82</v>
+      </c>
+      <c r="I165" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J165" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K165" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="L165" t="n">
+        <v>48.01</v>
+      </c>
+      <c r="M165" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N165" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="O165" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="P165" t="inlineStr">
+        <is>
+          <t>11 October 2025 12:00</t>
+        </is>
+      </c>
+      <c r="Q165" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R165" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T165" t="inlineStr">
+        <is>
+          <t>5. During the Works, 1. Consent Validity, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y165" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC165" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AD165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL165" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO165" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ165" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR165" t="inlineStr">
+        <is>
+          <t>Secondary Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>IRS/2025/6837/PON10</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>Valaris Stavanger</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>CULZEAN</t>
+        </is>
+      </c>
+      <c r="F166" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G166" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="H166" t="n">
+        <v>35.4</v>
+      </c>
+      <c r="I166" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J166" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K166" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="L166" t="n">
+        <v>45.4</v>
+      </c>
+      <c r="M166" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N166" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="O166" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="P166" t="inlineStr">
+        <is>
+          <t>13 October 2025 07:00</t>
+        </is>
+      </c>
+      <c r="Q166" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R166" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T166" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO166" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>IRS/2025/6847/PON10</t>
+        </is>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Blythe</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>Blythe Platform</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>BLYTHE</t>
+        </is>
+      </c>
+      <c r="F167" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G167" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="H167" t="n">
+        <v>35.31</v>
+      </c>
+      <c r="I167" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J167" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K167" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L167" t="n">
+        <v>50.55</v>
+      </c>
+      <c r="M167" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N167" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="O167" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P167" t="inlineStr">
+        <is>
+          <t>15 October 2025 11:00</t>
+        </is>
+      </c>
+      <c r="Q167" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R167" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="T167" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO167" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP167" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>IRS/2025/6849/PON10</t>
+        </is>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>Inde AC Platform (PERENCO)</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F168" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G168" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="H168" t="n">
+        <v>25.12</v>
+      </c>
+      <c r="I168" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J168" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K168" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="L168" t="n">
+        <v>29.68</v>
+      </c>
+      <c r="M168" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N168" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O168" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P168" t="inlineStr">
+        <is>
+          <t>15 October 2025 17:30</t>
+        </is>
+      </c>
+      <c r="Q168" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R168" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S168" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T168" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL168" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM168" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN168" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO168" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP168" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ168" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR168" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>IRS/2025/6854/PON10</t>
+        </is>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>Leman AC Platform [PERENCO]</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F169" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G169" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="H169" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I169" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J169" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K169" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="L169" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="M169" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N169" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O169" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P169" t="inlineStr">
+        <is>
+          <t>16 October 2025 15:00</t>
+        </is>
+      </c>
+      <c r="Q169" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R169" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S169" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T169" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL169" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM169" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN169" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO169" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP169" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ169" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR169" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>IRS/2025/6855/PON10</t>
+        </is>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>Captain FPSO</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>CAPTAIN</t>
+        </is>
+      </c>
+      <c r="F170" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G170" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="H170" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I170" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J170" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K170" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="L170" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="M170" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N170" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="O170" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P170" t="inlineStr">
+        <is>
+          <t>16 October 2025 16:00</t>
+        </is>
+      </c>
+      <c r="Q170" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R170" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T170" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO170" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>IRS/2025/6868/PON10</t>
+        </is>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>SPIRIT ENERGY RESOURCES LIMITED</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>Grove Wellhead Platform</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>GROVE</t>
+        </is>
+      </c>
+      <c r="F171" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G171" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="H171" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I171" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J171" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K171" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="L171" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M171" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N171" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O171" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="P171" t="inlineStr">
+        <is>
+          <t>20 October 2025 11:05</t>
+        </is>
+      </c>
+      <c r="Q171" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R171" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T171" t="inlineStr">
+        <is>
+          <t>5. During the Works, 1. Consent Validity, 2. Description of Works, 3. Location of Works, 4. Commencement of Works, 6. Cessation of Works, 7. Inspections, 8. Consent review, 9. Consent variation, 10. Consent non-compliance, A 1. General, A 3. Lights, A 2. Radio/Radar</t>
+        </is>
+      </c>
+      <c r="Y171" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z171" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL171" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM171" t="inlineStr">
+        <is>
+          <t>20 October 2025</t>
+        </is>
+      </c>
+      <c r="AN171" t="inlineStr">
+        <is>
+          <t>11:05</t>
+        </is>
+      </c>
+      <c r="AO171" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ171" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR171" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>