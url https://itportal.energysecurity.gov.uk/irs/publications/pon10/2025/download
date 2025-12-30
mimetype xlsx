--- v2 (2025-11-18)
+++ v3 (2025-12-30)
@@ -544,51 +544,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AR171"/>
+  <dimension ref="A2:AR200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="13" max="13" customWidth="true" width="17.28515625"/>
     <col min="14" max="14" customWidth="true" width="17.7109375"/>
     <col min="15" max="41" customWidth="true" width="18.7109375"/>
     <col min="42" max="42" customWidth="true" width="18.5703125"/>
     <col min="43" max="43" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -13496,51 +13496,51 @@
       </c>
       <c r="AP77" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ77" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR77" t="inlineStr">
         <is>
           <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>IRS/2025/6151/PON10</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Ocean GreatWhite</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="F78" t="n">
         <v>60.0</v>
       </c>
       <c r="G78" t="n">
         <v>22.0</v>
       </c>
       <c r="H78" t="n">
         <v>53.514</v>
@@ -13567,63 +13567,158 @@
       <c r="N78" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="O78" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="P78" t="inlineStr">
         <is>
           <t>01 May 2025 13:40</t>
         </is>
       </c>
       <c r="Q78" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R78" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T78" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y78" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC78" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AD78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL78" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO78" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP78" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ78" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR78" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>IRS/2025/6175/PON10</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>CENTRICA ENERGY STORAGE LIMITED</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Rough BD Platform</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
@@ -17421,51 +17516,51 @@
       </c>
       <c r="AP102" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ102" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR102" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>IRS/2025/6405/PON10</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>THISTLE</t>
         </is>
       </c>
       <c r="F103" t="n">
         <v>61.0</v>
       </c>
       <c r="G103" t="n">
         <v>21.0</v>
       </c>
       <c r="H103" t="n">
         <v>46.901</v>
@@ -17492,63 +17587,158 @@
       <c r="N103" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="O103" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="P103" t="inlineStr">
         <is>
           <t>06 July 2025 07:30</t>
         </is>
       </c>
       <c r="Q103" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R103" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T103" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y103" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH103" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL103" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO103" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP103" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ103" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR103" t="inlineStr">
+        <is>
+          <t>Secondary Lights</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>IRS/2025/6414/PON10</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>Leman CP Platform [SHELL]</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
@@ -25176,51 +25366,51 @@
       </c>
       <c r="AP153" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ153" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR153" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>IRS/2025/6739/PON10</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>THISTLE</t>
         </is>
       </c>
       <c r="F154" t="n">
         <v>61.0</v>
       </c>
       <c r="G154" t="n">
         <v>21.0</v>
       </c>
       <c r="H154" t="n">
         <v>46.93</v>
@@ -25247,63 +25437,113 @@
       <c r="N154" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="O154" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="P154" t="inlineStr">
         <is>
           <t>25 September 2025 14:00</t>
         </is>
       </c>
       <c r="Q154" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R154" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S154" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T154" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
+      <c r="U154" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V154" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W154" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X154" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL154" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM154" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN154" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO154" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP154" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ154" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR154" t="inlineStr">
+        <is>
+          <t>Fog Signals</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>IRS/2025/6754/PON10</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>18B</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
@@ -26441,51 +26681,51 @@
       </c>
       <c r="T163" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO163" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP163" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>IRS/2025/6816/PON10</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>ITHACA OIL AND GAS LIMITED</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Alba FSU</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>ALBA</t>
         </is>
       </c>
       <c r="F164" t="n">
         <v>58.0</v>
       </c>
       <c r="G164" t="n">
         <v>2.0</v>
       </c>
       <c r="H164" t="n">
         <v>54.0</v>
@@ -26512,63 +26752,93 @@
       <c r="N164" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="O164" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="P164" t="inlineStr">
         <is>
           <t>06 October 2025 19:45</t>
         </is>
       </c>
       <c r="Q164" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R164" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S164" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T164" t="inlineStr">
         <is>
           <t>5. During the Works, A 5. ID Panel</t>
         </is>
       </c>
+      <c r="AL164" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM164" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN164" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO164" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP164" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ164" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR164" t="inlineStr">
+        <is>
+          <t>Identification Panels</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>IRS/2025/6833/PON10</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
           <t>Calder</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
@@ -26726,51 +26996,51 @@
       </c>
       <c r="AP165" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ165" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR165" t="inlineStr">
         <is>
           <t>Secondary Lights</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>IRS/2025/6837/PON10</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <t>Valaris Stavanger</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
           <t>CULZEAN</t>
         </is>
       </c>
       <c r="F166" t="n">
         <v>57.0</v>
       </c>
       <c r="G166" t="n">
         <v>11.0</v>
       </c>
       <c r="H166" t="n">
         <v>35.4</v>
@@ -26797,75 +27067,170 @@
       <c r="N166" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="O166" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="P166" t="inlineStr">
         <is>
           <t>13 October 2025 07:00</t>
         </is>
       </c>
       <c r="Q166" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R166" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T166" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y166" t="inlineStr">
+        <is>
+          <t>Both main and subsidiary lights</t>
+        </is>
+      </c>
+      <c r="Z166" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH166" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL166" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO166" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP166" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ166" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR166" t="inlineStr">
+        <is>
+          <t>Main Lights, Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>IRS/2025/6847/PON10</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>Blythe</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Blythe Platform</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>BLYTHE</t>
         </is>
       </c>
       <c r="F167" t="n">
         <v>53.0</v>
       </c>
       <c r="G167" t="n">
         <v>14.0</v>
       </c>
       <c r="H167" t="n">
         <v>35.31</v>
@@ -26892,63 +27257,93 @@
       <c r="N167" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="O167" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P167" t="inlineStr">
         <is>
           <t>15 October 2025 11:00</t>
         </is>
       </c>
       <c r="Q167" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R167" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
+      <c r="S167" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T167" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
+      <c r="AL167" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM167" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN167" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO167" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP167" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ167" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR167" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>IRS/2025/6849/PON10</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Inde AC Platform (PERENCO)</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
@@ -27440,50 +27835,3975 @@
         </is>
       </c>
       <c r="AN171" t="inlineStr">
         <is>
           <t>11:05</t>
         </is>
       </c>
       <c r="AO171" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP171" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ171" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR171" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>IRS/2025/6880/PON10</t>
+        </is>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>Douglas DA Platform</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>DOUGLAS</t>
+        </is>
+      </c>
+      <c r="F172" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G172" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="H172" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="I172" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J172" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K172" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="L172" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="M172" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N172" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="O172" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="P172" t="inlineStr">
+        <is>
+          <t>23 October 2025 21:00</t>
+        </is>
+      </c>
+      <c r="Q172" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R172" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T172" t="inlineStr">
+        <is>
+          <t>5. During the Works, 1. Consent Validity, 6. Cessation of Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO172" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>IRS/2025/6883/PON10</t>
+        </is>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>Clair Phase 1 Platform</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>CLAIR</t>
+        </is>
+      </c>
+      <c r="F173" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="G173" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="H173" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="I173" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J173" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K173" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="L173" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="M173" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N173" t="inlineStr">
+        <is>
+          <t>206</t>
+        </is>
+      </c>
+      <c r="O173" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="P173" t="inlineStr">
+        <is>
+          <t>24 October 2025 19:30</t>
+        </is>
+      </c>
+      <c r="Q173" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R173" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T173" t="inlineStr">
+        <is>
+          <t>5. During the Works, 2. Description of Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y173" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z173" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL173" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM173" t="inlineStr">
+        <is>
+          <t>24 October 2025</t>
+        </is>
+      </c>
+      <c r="AN173" t="inlineStr">
+        <is>
+          <t>19:30</t>
+        </is>
+      </c>
+      <c r="AO173" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ173" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR173" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>IRS/2025/6885/PON10</t>
+        </is>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>Hamilton North Platform</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>HAMILTON NORTH</t>
+        </is>
+      </c>
+      <c r="F174" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G174" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="H174" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="I174" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J174" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K174" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="L174" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="M174" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N174" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="O174" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="P174" t="inlineStr">
+        <is>
+          <t>24 October 2025 18:00</t>
+        </is>
+      </c>
+      <c r="Q174" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R174" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T174" t="inlineStr">
+        <is>
+          <t>5. During the Works, 2. Description of Works, 1. Consent Validity, 3. Location of Works, 8. Consent review, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y174" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB174" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD174" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AE174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL174" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM174" t="inlineStr">
+        <is>
+          <t>24 October 2025</t>
+        </is>
+      </c>
+      <c r="AN174" t="inlineStr">
+        <is>
+          <t>07:45</t>
+        </is>
+      </c>
+      <c r="AO174" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ174" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR174" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>IRS/2025/6891/PON10</t>
+        </is>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>23C</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F175" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G175" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="H175" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I175" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J175" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K175" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="L175" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M175" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N175" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O175" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P175" t="inlineStr">
+        <is>
+          <t>26 October 2025 01:32</t>
+        </is>
+      </c>
+      <c r="Q175" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R175" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S175" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T175" t="inlineStr">
+        <is>
+          <t>6. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL175" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM175" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN175" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO175" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP175" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ175" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR175" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>IRS/2025/6893/PON10</t>
+        </is>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>Inde AC Platform (PERENCO)</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F176" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G176" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="H176" t="n">
+        <v>25.12</v>
+      </c>
+      <c r="I176" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J176" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K176" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="L176" t="n">
+        <v>29.68</v>
+      </c>
+      <c r="M176" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N176" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O176" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P176" t="inlineStr">
+        <is>
+          <t>26 October 2025 06:40</t>
+        </is>
+      </c>
+      <c r="Q176" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R176" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S176" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T176" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL176" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM176" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN176" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO176" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP176" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ176" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR176" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>IRS/2025/6894/PON10</t>
+        </is>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>18B</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F177" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G177" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="H177" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I177" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J177" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K177" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="L177" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M177" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N177" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O177" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P177" t="inlineStr">
+        <is>
+          <t>26 October 2025 06:40</t>
+        </is>
+      </c>
+      <c r="Q177" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R177" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S177" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T177" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL177" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM177" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN177" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO177" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP177" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ177" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR177" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>IRS/2025/6897/PON10</t>
+        </is>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>Culzean Wellhead Platform</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>CULZEAN</t>
+        </is>
+      </c>
+      <c r="F178" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G178" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="H178" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I178" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J178" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K178" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="L178" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M178" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N178" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="O178" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="P178" t="inlineStr">
+        <is>
+          <t>27 October 2025 08:00</t>
+        </is>
+      </c>
+      <c r="Q178" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R178" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T178" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y178" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH178" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL178" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO178" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ178" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR178" t="inlineStr">
+        <is>
+          <t>Subsidiary Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>IRS/2025/6930/PON10</t>
+        </is>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>Leman G Platform [PERENCO]</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F179" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G179" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H179" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="I179" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J179" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K179" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="L179" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M179" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N179" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O179" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P179" t="inlineStr">
+        <is>
+          <t>03 November 2025 16:00</t>
+        </is>
+      </c>
+      <c r="Q179" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R179" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T179" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y179" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z179" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL179" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM179" t="inlineStr">
+        <is>
+          <t>03 November 2025</t>
+        </is>
+      </c>
+      <c r="AN179" t="inlineStr">
+        <is>
+          <t>16:00</t>
+        </is>
+      </c>
+      <c r="AO179" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ179" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR179" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>IRS/2025/6933/PON10</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>ANASURIA HIBISCUS UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>Shelf Drilling Fortress</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>TEAL WEST</t>
+        </is>
+      </c>
+      <c r="F180" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G180" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="H180" t="n">
+        <v>31.16</v>
+      </c>
+      <c r="I180" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J180" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K180" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="L180" t="n">
+        <v>28.76</v>
+      </c>
+      <c r="M180" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N180" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="O180" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="P180" t="inlineStr">
+        <is>
+          <t>03 November 2025 22:00</t>
+        </is>
+      </c>
+      <c r="Q180" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R180" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T180" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO180" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>IRS/2025/6934/PON10</t>
+        </is>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>Ninian Central Platform</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>NINIAN</t>
+        </is>
+      </c>
+      <c r="F181" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="G181" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="H181" t="n">
+        <v>34.4</v>
+      </c>
+      <c r="I181" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J181" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K181" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="L181" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="M181" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N181" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O181" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="P181" t="inlineStr">
+        <is>
+          <t>01 October 2025 07:20</t>
+        </is>
+      </c>
+      <c r="Q181" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R181" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T181" t="inlineStr">
+        <is>
+          <t>5. During the Works, 4. Commencement of Works, A 4. Fogs</t>
+        </is>
+      </c>
+      <c r="AO181" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP181" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>IRS/2025/6941/PON10</t>
+        </is>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>Southwark Platform</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>SOUTHWARK</t>
+        </is>
+      </c>
+      <c r="F182" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G182" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="H182" t="n">
+        <v>59.78</v>
+      </c>
+      <c r="I182" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J182" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K182" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L182" t="n">
+        <v>48.85</v>
+      </c>
+      <c r="M182" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N182" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O182" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P182" t="inlineStr">
+        <is>
+          <t>06 November 2025 06:00</t>
+        </is>
+      </c>
+      <c r="Q182" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R182" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="T182" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO182" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP182" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>IRS/2025/6949/PON10</t>
+        </is>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>Thistle A Platform</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>THISTLE</t>
+        </is>
+      </c>
+      <c r="F183" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="G183" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="H183" t="n">
+        <v>46.93</v>
+      </c>
+      <c r="I183" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J183" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K183" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="L183" t="n">
+        <v>47.14</v>
+      </c>
+      <c r="M183" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N183" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="O183" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P183" t="inlineStr">
+        <is>
+          <t>08 November 2025 23:00</t>
+        </is>
+      </c>
+      <c r="Q183" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R183" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T183" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y183" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH183" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL183" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO183" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ183" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR183" t="inlineStr">
+        <is>
+          <t>Subsidiary Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>IRS/2025/6954/PON10</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>Alwyn North NAB Platform</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>ALWYN NORTH</t>
+        </is>
+      </c>
+      <c r="F184" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="G184" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="H184" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="I184" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J184" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K184" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="L184" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="M184" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N184" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O184" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P184" t="inlineStr">
+        <is>
+          <t>09 November 2025 12:42</t>
+        </is>
+      </c>
+      <c r="Q184" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R184" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T184" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y184" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z184" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL184" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO184" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ184" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR184" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>IRS/2025/6967/PON10</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>18B</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F185" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G185" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="H185" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I185" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J185" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K185" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="L185" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M185" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N185" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O185" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P185" t="inlineStr">
+        <is>
+          <t>13 November 2025 21:42</t>
+        </is>
+      </c>
+      <c r="Q185" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R185" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T185" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs, A 1. General, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="U185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL185" t="inlineStr">
+        <is>
+          <t>Yes, primary and secondary power</t>
+        </is>
+      </c>
+      <c r="AM185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO185" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ185" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR185" t="inlineStr">
+        <is>
+          <t>Primary Power Supply, Secondary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>IRS/2025/6971/PON10</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>Lennox Platform</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>LENNOX</t>
+        </is>
+      </c>
+      <c r="F186" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G186" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="H186" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="I186" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J186" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K186" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L186" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N186" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="O186" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P186" t="inlineStr">
+        <is>
+          <t>15 November 2025 17:00</t>
+        </is>
+      </c>
+      <c r="Q186" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R186" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T186" t="inlineStr">
+        <is>
+          <t>1. Consent Validity, 5. During the Works, 2. Description of Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AO186" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP186" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>IRS/2025/6972/PON10</t>
+        </is>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>Bessemer Platform</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F187" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G187" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="H187" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="I187" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J187" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K187" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="L187" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="M187" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N187" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O187" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P187" t="inlineStr">
+        <is>
+          <t>15 November 2025 22:23</t>
+        </is>
+      </c>
+      <c r="Q187" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R187" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T187" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs</t>
+        </is>
+      </c>
+      <c r="AO187" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>IRS/2025/6982/PON10</t>
+        </is>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>18B</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F188" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G188" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="H188" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I188" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J188" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K188" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="L188" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M188" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N188" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O188" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P188" t="inlineStr">
+        <is>
+          <t>18 November 2025 12:32</t>
+        </is>
+      </c>
+      <c r="Q188" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R188" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T188" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="U188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL188" t="inlineStr">
+        <is>
+          <t>Yes, primary and secondary power</t>
+        </is>
+      </c>
+      <c r="AM188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO188" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ188" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR188" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>IRS/2025/6987/PON10</t>
+        </is>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>Dunbar Platform</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>DUNBAR</t>
+        </is>
+      </c>
+      <c r="F189" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="G189" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="H189" t="n">
+        <v>45.816</v>
+      </c>
+      <c r="I189" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J189" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K189" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="L189" t="n">
+        <v>9.557</v>
+      </c>
+      <c r="M189" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N189" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O189" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="P189" t="inlineStr">
+        <is>
+          <t>19 November 2025 09:00</t>
+        </is>
+      </c>
+      <c r="Q189" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R189" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T189" t="inlineStr">
+        <is>
+          <t>4. During the Works, 5. Cessation of Works, A 5. ID Panel</t>
+        </is>
+      </c>
+      <c r="AO189" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP189" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>IRS/2025/6989/PON10</t>
+        </is>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>27F</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F190" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G190" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H190" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I190" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J190" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K190" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="L190" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M190" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N190" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O190" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P190" t="inlineStr">
+        <is>
+          <t>19 November 2025 12:30</t>
+        </is>
+      </c>
+      <c r="Q190" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R190" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S190" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T190" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL190" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM190" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN190" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO190" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP190" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ190" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR190" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>IRS/2025/6990/PON10</t>
+        </is>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>27G</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F191" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G191" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H191" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="I191" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J191" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K191" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="L191" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M191" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N191" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O191" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P191" t="inlineStr">
+        <is>
+          <t>20 November 2025 11:35</t>
+        </is>
+      </c>
+      <c r="Q191" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R191" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T191" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL191" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO191" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ191" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR191" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>IRS/2025/6992/PON10</t>
+        </is>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>Brae A Platform</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
+        </is>
+      </c>
+      <c r="F192" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G192" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="H192" t="n">
+        <v>33.5</v>
+      </c>
+      <c r="I192" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J192" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K192" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="L192" t="n">
+        <v>54.7</v>
+      </c>
+      <c r="M192" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N192" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="O192" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="P192" t="inlineStr">
+        <is>
+          <t>10 November 2025 03:20</t>
+        </is>
+      </c>
+      <c r="Q192" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R192" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T192" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y192" t="inlineStr">
+        <is>
+          <t>Both main and subsidiary lights</t>
+        </is>
+      </c>
+      <c r="Z192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC192" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AD192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI192" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AJ192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL192" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO192" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ192" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR192" t="inlineStr">
+        <is>
+          <t>Main Lights, Subsidiary Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>IRS/2025/7010/PON10</t>
+        </is>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>Tiffany Platform</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>TIFFANY</t>
+        </is>
+      </c>
+      <c r="F193" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G193" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="H193" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I193" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J193" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K193" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="L193" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M193" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N193" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="O193" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="P193" t="inlineStr">
+        <is>
+          <t>25 November 2025 17:00</t>
+        </is>
+      </c>
+      <c r="Q193" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R193" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T193" t="inlineStr">
+        <is>
+          <t>5. During the Works, 10. Consent non-compliance, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO193" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>IRS/2025/7011/PON10</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>THREE60 OPERATIONS SERVICES LIMITED</t>
+        </is>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>Beatrice C Platform</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>BEATRICE</t>
+        </is>
+      </c>
+      <c r="F194" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G194" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="H194" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I194" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J194" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K194" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="L194" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="M194" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N194" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="O194" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P194" t="inlineStr">
+        <is>
+          <t>24 November 2025 09:30</t>
+        </is>
+      </c>
+      <c r="Q194" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R194" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T194" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO194" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>IRS/2025/7013/PON10</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>Leman G Platform [PERENCO]</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F195" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G195" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H195" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="I195" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J195" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K195" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="L195" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M195" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N195" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O195" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P195" t="inlineStr">
+        <is>
+          <t>27 November 2025 06:15</t>
+        </is>
+      </c>
+      <c r="Q195" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R195" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T195" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y195" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z195" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL195" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM195" t="inlineStr">
+        <is>
+          <t>27 November 2025</t>
+        </is>
+      </c>
+      <c r="AN195" t="inlineStr">
+        <is>
+          <t>06:15</t>
+        </is>
+      </c>
+      <c r="AO195" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ195" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR195" t="inlineStr">
+        <is>
+          <t>Main Lights, Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>IRS/2025/7014/PON10</t>
+        </is>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>THREE60 OPERATIONS SERVICES LIMITED</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>Beatrice B Platform</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>BEATRICE</t>
+        </is>
+      </c>
+      <c r="F196" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G196" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="H196" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="I196" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J196" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K196" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L196" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="M196" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N196" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="O196" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P196" t="inlineStr">
+        <is>
+          <t>24 November 2025 09:30</t>
+        </is>
+      </c>
+      <c r="Q196" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R196" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T196" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO196" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>IRS/2025/7015/PON10</t>
+        </is>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>THREE60 OPERATIONS SERVICES LIMITED</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>Beatrice AP Platform</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>BEATRICE</t>
+        </is>
+      </c>
+      <c r="F197" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G197" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="H197" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I197" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J197" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K197" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L197" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="M197" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N197" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="O197" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P197" t="inlineStr">
+        <is>
+          <t>24 November 2025 09:30</t>
+        </is>
+      </c>
+      <c r="Q197" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R197" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T197" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO197" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>IRS/2025/7020/PON10</t>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>18B</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F198" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G198" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="H198" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I198" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J198" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K198" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="L198" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M198" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N198" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O198" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P198" t="inlineStr">
+        <is>
+          <t>28 November 2025 16:45</t>
+        </is>
+      </c>
+      <c r="Q198" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R198" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T198" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO198" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP198" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>IRS/2025/7031/PON10</t>
+        </is>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>Blythe Platform</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>BLYTHE</t>
+        </is>
+      </c>
+      <c r="F199" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G199" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="H199" t="n">
+        <v>35.31</v>
+      </c>
+      <c r="I199" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J199" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K199" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L199" t="n">
+        <v>50.55</v>
+      </c>
+      <c r="M199" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N199" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="O199" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P199" t="inlineStr">
+        <is>
+          <t>01 December 2025 07:15</t>
+        </is>
+      </c>
+      <c r="Q199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R199" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO199" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ199" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR199" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>IRS/2025/7033/PON10</t>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>Eider Platform</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>EIDER</t>
+        </is>
+      </c>
+      <c r="F200" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="G200" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="H200" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I200" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J200" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K200" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="L200" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="M200" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N200" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="O200" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="P200" t="inlineStr">
+        <is>
+          <t>30 November 2025 01:33</t>
+        </is>
+      </c>
+      <c r="Q200" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R200" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T200" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO200" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP200" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>