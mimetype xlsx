--- v3 (2025-12-30)
+++ v4 (2026-01-20)
@@ -544,51 +544,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AR200"/>
+  <dimension ref="A2:AR214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="13" max="13" customWidth="true" width="17.28515625"/>
     <col min="14" max="14" customWidth="true" width="17.7109375"/>
     <col min="15" max="41" customWidth="true" width="18.7109375"/>
     <col min="42" max="42" customWidth="true" width="18.5703125"/>
     <col min="43" max="43" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -21761,51 +21761,51 @@
       </c>
       <c r="AP127" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ127" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AR127" t="inlineStr">
         <is>
           <t>Fog Signals, Operations during the Works</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>IRS/2025/6573/PON10</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>ONE-DYAS UK LIMITED</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>Sean PP Platform</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>SOUTH SEAN</t>
         </is>
       </c>
       <c r="F128" t="n">
         <v>53.0</v>
       </c>
       <c r="G128" t="n">
         <v>11.0</v>
       </c>
       <c r="H128" t="n">
         <v>23.0</v>
@@ -21832,63 +21832,158 @@
       <c r="N128" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O128" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="P128" t="inlineStr">
         <is>
           <t>19 August 2025 08:00</t>
         </is>
       </c>
       <c r="Q128" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R128" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T128" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y128" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC128" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AD128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL128" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO128" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP128" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ128" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR128" t="inlineStr">
+        <is>
+          <t>Main Lights, Secondary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>IRS/2025/6574/PON10</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Leman ED Platform [PERENCO]</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
@@ -22961,51 +23056,51 @@
       </c>
       <c r="AP135" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ135" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR135" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>IRS/2025/6610/PON10</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>southwark</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Southwark Platform</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>Vulcan saterlite hub</t>
         </is>
       </c>
       <c r="F136" t="n">
         <v>53.0</v>
       </c>
       <c r="G136" t="n">
         <v>10.0</v>
       </c>
       <c r="H136" t="n">
         <v>59.78</v>
@@ -23032,63 +23127,93 @@
       <c r="N136" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O136" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="P136" t="inlineStr">
         <is>
           <t>27 August 2025 08:45</t>
         </is>
       </c>
       <c r="Q136" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R136" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
+      <c r="S136" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T136" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
+      <c r="AL136" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM136" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN136" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO136" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP136" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ136" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR136" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>IRS/2025/6613/PON10</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Waveney Platform</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
@@ -23251,119 +23376,119 @@
       </c>
       <c r="AO138" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP138" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>IRS/2025/6628/PON10</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>Ensco 120</t>
+          <t>Hamilton North Platform</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>JUDY</t>
+          <t>HAMILTON NORTH</t>
         </is>
       </c>
       <c r="F139" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="G139" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="H139" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="I139" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J139" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K139" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="L139" t="n">
         <v>41.0</v>
       </c>
-      <c r="H139" t="n">
-[...15 lines deleted...]
-      </c>
       <c r="M139" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>W</t>
         </is>
       </c>
       <c r="N139" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>110</t>
         </is>
       </c>
       <c r="O139" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P139" t="inlineStr">
         <is>
           <t>30 August 2025 08:00</t>
         </is>
       </c>
       <c r="Q139" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R139" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T139" t="inlineStr">
         <is>
-          <t>5. During the Works, 1. Consent Validity, 2. Description of Works, 3. Location of Works, A 3. Lights</t>
+          <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
       <c r="AO139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP139" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>IRS/2025/6646/PON10</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
@@ -26491,51 +26616,51 @@
       </c>
       <c r="AP161" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ161" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR161" t="inlineStr">
         <is>
           <t>Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>IRS/2025/6802/PON10</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>southwark</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Southwark Platform</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>Sothwark</t>
         </is>
       </c>
       <c r="F162" t="n">
         <v>53.0</v>
       </c>
       <c r="G162" t="n">
         <v>10.0</v>
       </c>
       <c r="H162" t="n">
         <v>59.78</v>
@@ -26562,63 +26687,93 @@
       <c r="N162" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O162" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="P162" t="inlineStr">
         <is>
           <t>05 October 2025 05:15</t>
         </is>
       </c>
       <c r="Q162" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R162" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
+      <c r="S162" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T162" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
+      <c r="AL162" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM162" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN162" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO162" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP162" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ162" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR162" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>IRS/2025/6810/PON10</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Arbroath Platform</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
@@ -29266,51 +29421,51 @@
       </c>
       <c r="T181" t="inlineStr">
         <is>
           <t>5. During the Works, 4. Commencement of Works, A 4. Fogs</t>
         </is>
       </c>
       <c r="AO181" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP181" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>IRS/2025/6941/PON10</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>Southwark Platform</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>SOUTHWARK</t>
         </is>
       </c>
       <c r="F182" t="n">
         <v>53.0</v>
       </c>
       <c r="G182" t="n">
         <v>10.0</v>
       </c>
       <c r="H182" t="n">
         <v>59.78</v>
@@ -29337,63 +29492,93 @@
       <c r="N182" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O182" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="P182" t="inlineStr">
         <is>
           <t>06 November 2025 06:00</t>
         </is>
       </c>
       <c r="Q182" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R182" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
+      <c r="S182" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T182" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
+      <c r="AL182" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM182" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN182" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO182" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP182" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ182" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR182" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>IRS/2025/6949/PON10</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
@@ -30886,51 +31071,51 @@
       </c>
       <c r="AP192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ192" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR192" t="inlineStr">
         <is>
           <t>Main Lights, Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>IRS/2025/7010/PON10</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Tiffany Platform</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>TIFFANY</t>
         </is>
       </c>
       <c r="F193" t="n">
         <v>58.0</v>
       </c>
       <c r="G193" t="n">
         <v>29.0</v>
       </c>
       <c r="H193" t="n">
         <v>0.0</v>
@@ -30957,63 +31142,178 @@
       <c r="N193" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="O193" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="P193" t="inlineStr">
         <is>
           <t>25 November 2025 17:00</t>
         </is>
       </c>
       <c r="Q193" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R193" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T193" t="inlineStr">
         <is>
           <t>5. During the Works, 10. Consent non-compliance, A 4. Fogs, A 3. Lights</t>
         </is>
       </c>
+      <c r="U193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL193" t="inlineStr">
+        <is>
+          <t>Yes, primary and secondary power</t>
+        </is>
+      </c>
+      <c r="AM193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO193" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP193" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ193" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR193" t="inlineStr">
+        <is>
+          <t>Primary Power Supply, Secondary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>IRS/2025/7011/PON10</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>THREE60 OPERATIONS SERVICES LIMITED</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>Beatrice C Platform</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
@@ -31361,51 +31661,51 @@
       </c>
       <c r="T196" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
       <c r="AO196" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP196" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>IRS/2025/7015/PON10</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>THREE60 OPERATIONS SERVICES LIMITED</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Beatrice AP Platform</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>BEATRICE</t>
         </is>
       </c>
       <c r="F197" t="n">
         <v>58.0</v>
       </c>
       <c r="G197" t="n">
         <v>6.0</v>
       </c>
       <c r="H197" t="n">
         <v>55.0</v>
@@ -31432,63 +31732,158 @@
       <c r="N197" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="O197" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P197" t="inlineStr">
         <is>
           <t>24 November 2025 09:30</t>
         </is>
       </c>
       <c r="Q197" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R197" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T197" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y197" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD197" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AE197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL197" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO197" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP197" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ197" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR197" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>IRS/2025/7020/PON10</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>18B</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
@@ -31758,50 +32153,2155 @@
         <is>
           <t>30 November 2025 01:33</t>
         </is>
       </c>
       <c r="Q200" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R200" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T200" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
       <c r="AO200" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>IRS/2025/7051/PON10</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>APACHE NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>Forties FC Platform</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>FORTIES</t>
+        </is>
+      </c>
+      <c r="F201" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G201" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="H201" t="n">
+        <v>37.03</v>
+      </c>
+      <c r="I201" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J201" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K201" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="L201" t="n">
+        <v>50.74</v>
+      </c>
+      <c r="M201" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N201" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="O201" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="P201" t="inlineStr">
+        <is>
+          <t>11 November 2025 01:37</t>
+        </is>
+      </c>
+      <c r="Q201" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R201" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T201" t="inlineStr">
+        <is>
+          <t>5. Cessation of Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y201" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH201" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL201" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO201" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ201" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR201" t="inlineStr">
+        <is>
+          <t>Secondary Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>IRS/2025/7057/PON10</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>Leman G Platform [PERENCO]</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F202" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G202" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H202" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="I202" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J202" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K202" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="L202" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M202" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N202" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O202" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P202" t="inlineStr">
+        <is>
+          <t>06 December 2025 02:00</t>
+        </is>
+      </c>
+      <c r="Q202" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R202" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T202" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y202" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z202" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL202" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM202" t="inlineStr">
+        <is>
+          <t>06 December 2025</t>
+        </is>
+      </c>
+      <c r="AN202" t="inlineStr">
+        <is>
+          <t>02:00</t>
+        </is>
+      </c>
+      <c r="AO202" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ202" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR202" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>IRS/2025/7068/PON10</t>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>Southwark Platform</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>SOUTHWARK</t>
+        </is>
+      </c>
+      <c r="F203" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G203" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="H203" t="n">
+        <v>59.78</v>
+      </c>
+      <c r="I203" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J203" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K203" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L203" t="n">
+        <v>48.85</v>
+      </c>
+      <c r="M203" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N203" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O203" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P203" t="inlineStr">
+        <is>
+          <t>07 December 2025 08:00</t>
+        </is>
+      </c>
+      <c r="Q203" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R203" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S203" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T203" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL203" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM203" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN203" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO203" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP203" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ203" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR203" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>IRS/2025/7074/PON10</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>18B</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F204" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G204" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="H204" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I204" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J204" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K204" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="L204" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M204" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N204" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O204" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P204" t="inlineStr">
+        <is>
+          <t>09 December 2025 04:15</t>
+        </is>
+      </c>
+      <c r="Q204" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R204" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T204" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL204" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO204" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ204" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR204" t="inlineStr">
+        <is>
+          <t>Main Lights, Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>IRS/2025/7081/PON10</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>BUMI ARMADA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>Kraken FPSO</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>KRAKEN</t>
+        </is>
+      </c>
+      <c r="F205" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="G205" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="H205" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="I205" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J205" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K205" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="L205" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M205" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N205" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="O205" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P205" t="inlineStr">
+        <is>
+          <t>10 December 2025 22:00</t>
+        </is>
+      </c>
+      <c r="Q205" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R205" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T205" t="inlineStr">
+        <is>
+          <t>5. During the Works, 1. Consent Validity, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y205" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z205" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL205" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO205" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ205" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR205" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>IRS/2025/7087/PON10</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>18B</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F206" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G206" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="H206" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I206" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J206" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K206" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="L206" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M206" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N206" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O206" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="P206" t="inlineStr">
+        <is>
+          <t>12 December 2025 19:15</t>
+        </is>
+      </c>
+      <c r="Q206" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R206" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T206" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="U206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL206" t="inlineStr">
+        <is>
+          <t>Yes, primary and secondary power</t>
+        </is>
+      </c>
+      <c r="AM206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO206" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ206" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR206" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>IRS/2025/7089/PON10</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>Clair Phase 1 Platform</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>CLAIR</t>
+        </is>
+      </c>
+      <c r="F207" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="G207" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="H207" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="I207" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J207" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K207" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="L207" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="M207" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N207" t="inlineStr">
+        <is>
+          <t>206</t>
+        </is>
+      </c>
+      <c r="O207" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="P207" t="inlineStr">
+        <is>
+          <t>14 December 2025 04:30</t>
+        </is>
+      </c>
+      <c r="Q207" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R207" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T207" t="inlineStr">
+        <is>
+          <t>5. During the Works, 2. Description of Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y207" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z207" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL207" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM207" t="inlineStr">
+        <is>
+          <t>14 December 2025</t>
+        </is>
+      </c>
+      <c r="AN207" t="inlineStr">
+        <is>
+          <t>04:30</t>
+        </is>
+      </c>
+      <c r="AO207" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ207" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR207" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>IRS/2025/7092/PON10</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>Lennox Platform</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>LENNOX</t>
+        </is>
+      </c>
+      <c r="F208" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G208" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="H208" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="I208" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J208" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K208" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L208" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="M208" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N208" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="O208" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P208" t="inlineStr">
+        <is>
+          <t>14 December 2025 11:30</t>
+        </is>
+      </c>
+      <c r="Q208" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R208" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T208" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO208" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>IRS/2025/7094/PON10</t>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>APACHE NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>Forties FE Platform</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>FORTIES</t>
+        </is>
+      </c>
+      <c r="F209" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G209" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="H209" t="n">
+        <v>58.33</v>
+      </c>
+      <c r="I209" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J209" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K209" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L209" t="n">
+        <v>55.64</v>
+      </c>
+      <c r="M209" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N209" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="O209" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="P209" t="inlineStr">
+        <is>
+          <t>13 December 2025 15:06</t>
+        </is>
+      </c>
+      <c r="Q209" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R209" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T209" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y209" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z209" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA209" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AB209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL209" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO209" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ209" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR209" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>IRS/2025/7100/PON10</t>
+        </is>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>INEOS E&amp;P (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>Clipper South</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>CLIPPER SOUTH</t>
+        </is>
+      </c>
+      <c r="F210" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G210" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="H210" t="n">
+        <v>16.67</v>
+      </c>
+      <c r="I210" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J210" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K210" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="L210" t="n">
+        <v>5.13</v>
+      </c>
+      <c r="M210" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N210" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="O210" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="P210" t="inlineStr">
+        <is>
+          <t>16 December 2025 01:00</t>
+        </is>
+      </c>
+      <c r="Q210" t="inlineStr">
+        <is>
+          <t>Consent Condition excluding Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R210" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T210" t="inlineStr">
+        <is>
+          <t>6. During the Works</t>
+        </is>
+      </c>
+      <c r="AL210" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO210" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ210" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR210" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>IRS/2025/7105/PON10</t>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>Douglas OSI</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>DOUGLAS</t>
+        </is>
+      </c>
+      <c r="F211" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G211" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="H211" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="I211" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J211" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K211" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="L211" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="M211" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N211" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="O211" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="P211" t="inlineStr">
+        <is>
+          <t>16 December 2025 11:00</t>
+        </is>
+      </c>
+      <c r="Q211" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R211" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T211" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y211" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA211" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AB211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL211" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO211" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ211" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR211" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>IRS/2025/7115/PON10</t>
+        </is>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>Marnock ETAP PDR Platform</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
+        </is>
+      </c>
+      <c r="F212" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G212" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="H212" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="I212" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J212" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K212" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="L212" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="M212" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N212" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="O212" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="P212" t="inlineStr">
+        <is>
+          <t>18 December 2025 00:00</t>
+        </is>
+      </c>
+      <c r="Q212" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R212" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T212" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO212" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP212" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>IRS/2025/7116/PON10</t>
+        </is>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>Culzean Wellhead Platform</t>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>CULZEAN</t>
+        </is>
+      </c>
+      <c r="F213" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G213" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="H213" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I213" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J213" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K213" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="L213" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M213" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N213" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="O213" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="P213" t="inlineStr">
+        <is>
+          <t>19 December 2025 11:00</t>
+        </is>
+      </c>
+      <c r="Q213" t="inlineStr">
+        <is>
+          <t>Consent Condition excluding Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R213" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T213" t="inlineStr">
+        <is>
+          <t>2. Description of Works</t>
+        </is>
+      </c>
+      <c r="AO213" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP213" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>IRS/2025/7126/PON10</t>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>ADURA OPERATIONS LIMITED</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>Mariner FSU</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>MARINER</t>
+        </is>
+      </c>
+      <c r="F214" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="G214" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="H214" t="n">
+        <v>29.841</v>
+      </c>
+      <c r="I214" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J214" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K214" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="L214" t="n">
+        <v>34.971</v>
+      </c>
+      <c r="M214" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N214" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="O214" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="P214" t="inlineStr">
+        <is>
+          <t>09 November 2025 20:00</t>
+        </is>
+      </c>
+      <c r="Q214" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R214" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T214" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO214" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP214" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>