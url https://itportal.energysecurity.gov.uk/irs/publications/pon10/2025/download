--- v4 (2026-01-20)
+++ v5 (2026-02-09)
@@ -544,51 +544,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AR214"/>
+  <dimension ref="A2:AR217"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="13" max="13" customWidth="true" width="17.28515625"/>
     <col min="14" max="14" customWidth="true" width="17.7109375"/>
     <col min="15" max="41" customWidth="true" width="18.7109375"/>
     <col min="42" max="42" customWidth="true" width="18.5703125"/>
     <col min="43" max="43" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -8081,51 +8081,51 @@
       </c>
       <c r="AP43" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ43" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR43" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>IRS/2025/5898/PON10</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Ocean GreatWhite</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>SCHIEHALLION</t>
         </is>
       </c>
       <c r="F44" t="n">
         <v>60.0</v>
       </c>
       <c r="G44" t="n">
         <v>22.0</v>
       </c>
       <c r="H44" t="n">
         <v>53.0</v>
@@ -8152,63 +8152,93 @@
       <c r="N44" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="O44" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="P44" t="inlineStr">
         <is>
           <t>06 March 2025 14:15</t>
         </is>
       </c>
       <c r="Q44" t="inlineStr">
         <is>
           <t>Consent Condition excluding Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R44" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T44" t="inlineStr">
         <is>
           <t>1. Consent Validity</t>
         </is>
       </c>
+      <c r="AL44" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO44" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP44" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ44" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR44" t="inlineStr">
+        <is>
+          <t>Commencement of Works</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>IRS/2025/5903/PON10</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>NEO ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Global Producer III</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
@@ -9096,51 +9126,51 @@
       </c>
       <c r="AP50" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ50" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR50" t="inlineStr">
         <is>
           <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>IRS/2025/5929/PON10</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>CAPTAIN</t>
         </is>
       </c>
       <c r="F51" t="n">
         <v>58.0</v>
       </c>
       <c r="G51" t="n">
         <v>17.0</v>
       </c>
       <c r="H51" t="n">
         <v>57.099</v>
@@ -9167,63 +9197,158 @@
       <c r="N51" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="O51" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P51" t="inlineStr">
         <is>
           <t>12 March 2025 12:00</t>
         </is>
       </c>
       <c r="Q51" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R51" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T51" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y51" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI51" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AJ51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL51" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO51" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP51" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ51" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR51" t="inlineStr">
+        <is>
+          <t>Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>IRS/2025/5940/PON10</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Hoton Platform</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
@@ -11576,51 +11701,51 @@
       </c>
       <c r="AP65" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ65" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR65" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>IRS/2025/6069/PON10</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Captain Bridge Lnked Platform</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>CAPTAIN</t>
         </is>
       </c>
       <c r="F66" t="n">
         <v>58.0</v>
       </c>
       <c r="G66" t="n">
         <v>17.0</v>
       </c>
       <c r="H66" t="n">
         <v>57.099</v>
@@ -11647,63 +11772,158 @@
       <c r="N66" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="O66" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
           <t>13 April 2025 02:00</t>
         </is>
       </c>
       <c r="Q66" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R66" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T66" t="inlineStr">
         <is>
           <t>5. Cessation of Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y66" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH66" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL66" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO66" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP66" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ66" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR66" t="inlineStr">
+        <is>
+          <t>Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>IRS/2025/6075/PON10</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>ITHACA (NE) E&amp;P LIMITED</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Cygnus B Platform</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
@@ -24966,51 +25186,51 @@
       </c>
       <c r="AP149" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ149" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR149" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>IRS/2025/6699/PON10</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="F150" t="n">
         <v>57.0</v>
       </c>
       <c r="G150" t="n">
         <v>17.0</v>
       </c>
       <c r="H150" t="n">
         <v>42.0</v>
@@ -25037,63 +25257,158 @@
       <c r="N150" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="O150" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="P150" t="inlineStr">
         <is>
           <t>16 September 2025 03:04</t>
         </is>
       </c>
       <c r="Q150" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R150" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T150" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y150" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z150" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL150" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO150" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP150" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ150" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR150" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>IRS/2025/6701/PON10</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>Leman BT Platform [SHELL]</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
@@ -27716,51 +28031,51 @@
       </c>
       <c r="AP169" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ169" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR169" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>IRS/2025/6855/PON10</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Captain FPSO</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>CAPTAIN</t>
         </is>
       </c>
       <c r="F170" t="n">
         <v>58.0</v>
       </c>
       <c r="G170" t="n">
         <v>18.0</v>
       </c>
       <c r="H170" t="n">
         <v>2.0</v>
@@ -27787,63 +28102,158 @@
       <c r="N170" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="O170" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P170" t="inlineStr">
         <is>
           <t>16 October 2025 16:00</t>
         </is>
       </c>
       <c r="Q170" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R170" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T170" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y170" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH170" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL170" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO170" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP170" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ170" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR170" t="inlineStr">
+        <is>
+          <t>Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>IRS/2025/6868/PON10</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>SPIRIT ENERGY RESOURCES LIMITED</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Grove Wellhead Platform</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
@@ -29231,51 +29641,51 @@
       </c>
       <c r="AP179" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ179" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR179" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>IRS/2025/6933/PON10</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>ANASURIA HIBISCUS UK LIMITED</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>Shelf Drilling Fortress</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>TEAL WEST</t>
         </is>
       </c>
       <c r="F180" t="n">
         <v>57.0</v>
       </c>
       <c r="G180" t="n">
         <v>16.0</v>
       </c>
       <c r="H180" t="n">
         <v>31.16</v>
@@ -29302,63 +29712,178 @@
       <c r="N180" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="O180" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="P180" t="inlineStr">
         <is>
           <t>03 November 2025 22:00</t>
         </is>
       </c>
       <c r="Q180" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R180" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T180" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
         </is>
       </c>
+      <c r="U180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V180" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="W180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y180" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC180" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AD180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL180" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO180" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP180" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ180" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR180" t="inlineStr">
+        <is>
+          <t>Description of Works</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>IRS/2025/6934/PON10</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
@@ -34260,50 +34785,555 @@
         </is>
       </c>
       <c r="Q214" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R214" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T214" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
         </is>
       </c>
       <c r="AO214" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP214" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr">
+        <is>
+          <t>IRS/2025/7130/PON10</t>
+        </is>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>Leman FD Platform [PERENCO]</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F215" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G215" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H215" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I215" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J215" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K215" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="L215" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M215" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N215" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O215" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P215" t="inlineStr">
+        <is>
+          <t>24 December 2025 17:30</t>
+        </is>
+      </c>
+      <c r="Q215" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R215" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T215" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y215" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z215" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL215" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM215" t="inlineStr">
+        <is>
+          <t>24 December 2025</t>
+        </is>
+      </c>
+      <c r="AN215" t="inlineStr">
+        <is>
+          <t>17:30</t>
+        </is>
+      </c>
+      <c r="AO215" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ215" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR215" t="inlineStr">
+        <is>
+          <t>Main Lights, Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
+        <is>
+          <t>IRS/2025/7133/PON10</t>
+        </is>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>Hamilton North Platform</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>HAMILTON NORTH</t>
+        </is>
+      </c>
+      <c r="F216" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G216" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="H216" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="I216" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J216" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K216" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="L216" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="M216" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N216" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="O216" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="P216" t="inlineStr">
+        <is>
+          <t>27 December 2025 16:18</t>
+        </is>
+      </c>
+      <c r="Q216" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R216" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T216" t="inlineStr">
+        <is>
+          <t>5. During the Works, 1. Consent Validity, 2. Description of Works, 8. Consent review, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y216" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB216" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AC216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL216" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM216" t="inlineStr">
+        <is>
+          <t>27 December 2025</t>
+        </is>
+      </c>
+      <c r="AN216" t="inlineStr">
+        <is>
+          <t>16:18</t>
+        </is>
+      </c>
+      <c r="AO216" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ216" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR216" t="inlineStr">
+        <is>
+          <t>Main Lights, Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>IRS/2025/7142/PON10</t>
+        </is>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>Blythe Platform</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>BLYTHE</t>
+        </is>
+      </c>
+      <c r="F217" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G217" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="H217" t="n">
+        <v>35.31</v>
+      </c>
+      <c r="I217" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J217" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K217" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L217" t="n">
+        <v>50.55</v>
+      </c>
+      <c r="M217" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N217" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="O217" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P217" t="inlineStr">
+        <is>
+          <t>30 December 2025 14:00</t>
+        </is>
+      </c>
+      <c r="Q217" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R217" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S217" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T217" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL217" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM217" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN217" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO217" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP217" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ217" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR217" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>