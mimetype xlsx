--- v5 (2026-02-09)
+++ v6 (2026-03-21)
@@ -544,51 +544,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AR217"/>
+  <dimension ref="A2:AR216"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="13" max="13" customWidth="true" width="17.28515625"/>
     <col min="14" max="14" customWidth="true" width="17.7109375"/>
     <col min="15" max="41" customWidth="true" width="18.7109375"/>
     <col min="42" max="42" customWidth="true" width="18.5703125"/>
     <col min="43" max="43" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5006,51 +5006,51 @@
       </c>
       <c r="AP26" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ26" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR26" t="inlineStr">
         <is>
           <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>IRS/2025/5765/PON10</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Ninian Southern Platform</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="F27" t="n">
         <v>60.0</v>
       </c>
       <c r="G27" t="n">
         <v>48.0</v>
       </c>
       <c r="H27" t="n">
         <v>20.0</v>
@@ -5077,63 +5077,73 @@
       <c r="N27" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
           <t>08 February 2025 16:30</t>
         </is>
       </c>
       <c r="Q27" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R27" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
+      <c r="S27" t="inlineStr">
+        <is>
+          <t>82A (1)</t>
+        </is>
+      </c>
       <c r="T27" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO27" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP27" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ27" t="inlineStr">
+        <is>
+          <t>Yes</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>IRS/2025/5802/PON10</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Douglas DA Platform</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
@@ -22611,51 +22621,51 @@
       </c>
       <c r="AP131" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ131" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR131" t="inlineStr">
         <is>
           <t>Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>IRS/2025/6589/PON10</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>THREE60 OPERATIONS SERVICES LIMITED</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>Tartan A Platform</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>TARTAN</t>
         </is>
       </c>
       <c r="F132" t="n">
         <v>58.0</v>
       </c>
       <c r="G132" t="n">
         <v>22.0</v>
       </c>
       <c r="H132" t="n">
         <v>11.0</v>
@@ -22682,63 +22692,178 @@
       <c r="N132" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="O132" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="P132" t="inlineStr">
         <is>
           <t>20 August 2025 14:25</t>
         </is>
       </c>
       <c r="Q132" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R132" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T132" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
         </is>
       </c>
+      <c r="U132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL132" t="inlineStr">
+        <is>
+          <t>Yes, primary and secondary power</t>
+        </is>
+      </c>
+      <c r="AM132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO132" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP132" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ132" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR132" t="inlineStr">
+        <is>
+          <t>Main Lights, Primary Power Supply, Secondary Lights, Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>IRS/2025/6603/PON10</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Calder</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
@@ -23496,51 +23621,51 @@
       </c>
       <c r="T137" t="inlineStr">
         <is>
           <t>10. Consent non-compliance</t>
         </is>
       </c>
       <c r="AO137" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP137" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>IRS/2025/6615/PON10</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Piper B Platform</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>PIPER</t>
         </is>
       </c>
       <c r="F138" t="n">
         <v>58.0</v>
       </c>
       <c r="G138" t="n">
         <v>27.0</v>
       </c>
       <c r="H138" t="n">
         <v>40.86</v>
@@ -23567,63 +23692,113 @@
       <c r="N138" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="O138" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="P138" t="inlineStr">
         <is>
           <t>28 August 2025 13:00</t>
         </is>
       </c>
       <c r="Q138" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R138" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S138" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T138" t="inlineStr">
         <is>
           <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
+      <c r="U138" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V138" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W138" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X138" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL138" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM138" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN138" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO138" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP138" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ138" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR138" t="inlineStr">
+        <is>
+          <t>Fog Signals, Operations during the Works</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>IRS/2025/6628/PON10</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Hamilton North Platform</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
@@ -23686,51 +23861,51 @@
       </c>
       <c r="T139" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
       <c r="AO139" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP139" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>IRS/2025/6646/PON10</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>SERICA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <t>Bruce PUQ Platform</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <t>BRUCE</t>
         </is>
       </c>
       <c r="F140" t="n">
         <v>59.0</v>
       </c>
       <c r="G140" t="n">
         <v>44.0</v>
       </c>
       <c r="H140" t="n">
         <v>34.0</v>
@@ -23757,63 +23932,113 @@
       <c r="N140" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="O140" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P140" t="inlineStr">
         <is>
           <t>31 August 2025 17:00</t>
         </is>
       </c>
       <c r="Q140" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R140" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S140" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T140" t="inlineStr">
         <is>
           <t>10. Consent non-compliance, 5. During the Works, A 4. Fogs</t>
         </is>
       </c>
+      <c r="U140" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V140" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W140" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X140" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL140" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM140" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN140" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO140" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP140" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ140" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR140" t="inlineStr">
+        <is>
+          <t>Fog Signals</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>IRS/2025/6653/PON10</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>18B</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
@@ -26361,51 +26586,51 @@
       </c>
       <c r="AP157" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ157" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR157" t="inlineStr">
         <is>
           <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>IRS/2025/6770/PON10</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>NEO ENERGY RESOURCES UK LIMITED</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Clyde Platform</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>CLYDE</t>
         </is>
       </c>
       <c r="F158" t="n">
         <v>56.0</v>
       </c>
       <c r="G158" t="n">
         <v>27.0</v>
       </c>
       <c r="H158" t="n">
         <v>10.0</v>
@@ -26432,63 +26657,158 @@
       <c r="N158" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="O158" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="P158" t="inlineStr">
         <is>
           <t>02 October 2025 20:08</t>
         </is>
       </c>
       <c r="Q158" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R158" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T158" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y158" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z158" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL158" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO158" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP158" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ158" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR158" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>IRS/2025/6774/PON10</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Galleon PN Platform</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
@@ -28411,51 +28731,51 @@
       </c>
       <c r="AP171" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ171" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR171" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>IRS/2025/6880/PON10</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Douglas DA Platform</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>DOUGLAS</t>
         </is>
       </c>
       <c r="F172" t="n">
         <v>53.0</v>
       </c>
       <c r="G172" t="n">
         <v>32.0</v>
       </c>
       <c r="H172" t="n">
         <v>13.0</v>
@@ -28482,63 +28802,158 @@
       <c r="N172" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="O172" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="P172" t="inlineStr">
         <is>
           <t>23 October 2025 21:00</t>
         </is>
       </c>
       <c r="Q172" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R172" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T172" t="inlineStr">
         <is>
           <t>5. During the Works, 1. Consent Validity, 6. Cessation of Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y172" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI172" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AJ172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL172" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO172" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP172" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ172" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR172" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>IRS/2025/6883/PON10</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
@@ -29851,51 +30266,51 @@
       </c>
       <c r="AP180" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ180" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR180" t="inlineStr">
         <is>
           <t>Description of Works</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>IRS/2025/6934/PON10</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>Ninian Central Platform</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>NINIAN</t>
         </is>
       </c>
       <c r="F181" t="n">
         <v>60.0</v>
       </c>
       <c r="G181" t="n">
         <v>51.0</v>
       </c>
       <c r="H181" t="n">
         <v>34.4</v>
@@ -29922,63 +30337,113 @@
       <c r="N181" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="O181" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P181" t="inlineStr">
         <is>
           <t>01 October 2025 07:20</t>
         </is>
       </c>
       <c r="Q181" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R181" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S181" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T181" t="inlineStr">
         <is>
           <t>5. During the Works, 4. Commencement of Works, A 4. Fogs</t>
         </is>
       </c>
+      <c r="U181" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V181" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W181" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X181" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AL181" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM181" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN181" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO181" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP181" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ181" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR181" t="inlineStr">
+        <is>
+          <t>Fog Signals</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>IRS/2025/6941/PON10</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>Southwark Platform</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
@@ -30656,609 +31121,639 @@
       </c>
       <c r="AO185" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP185" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ185" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR185" t="inlineStr">
         <is>
           <t>Primary Power Supply, Secondary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>IRS/2025/6971/PON10</t>
+          <t>IRS/2025/6972/PON10</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>Lennox Platform</t>
+          <t>Bessemer Platform</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
-          <t>LENNOX</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="F186" t="n">
         <v>53.0</v>
       </c>
       <c r="G186" t="n">
-        <v>37.0</v>
+        <v>11.0</v>
       </c>
       <c r="H186" t="n">
-        <v>52.0</v>
+        <v>53.0</v>
       </c>
       <c r="I186" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J186" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="K186" t="n">
-        <v>10.0</v>
+        <v>29.0</v>
       </c>
       <c r="L186" t="n">
-        <v>35.0</v>
+        <v>8.0</v>
       </c>
       <c r="M186" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>E</t>
         </is>
       </c>
       <c r="N186" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O186" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>23</t>
         </is>
       </c>
       <c r="P186" t="inlineStr">
         <is>
-          <t>15 November 2025 17:00</t>
+          <t>15 November 2025 22:23</t>
         </is>
       </c>
       <c r="Q186" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R186" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T186" t="inlineStr">
         <is>
-          <t>1. Consent Validity, 5. During the Works, 2. Description of Works, A 1. General</t>
+          <t>5. During the Works, A 4. Fogs</t>
         </is>
       </c>
       <c r="AO186" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP186" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>IRS/2025/6972/PON10</t>
+          <t>IRS/2025/6982/PON10</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>Bessemer Platform</t>
+          <t>18B</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
           <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="F187" t="n">
         <v>53.0</v>
       </c>
       <c r="G187" t="n">
-        <v>11.0</v>
+        <v>23.0</v>
       </c>
       <c r="H187" t="n">
-        <v>53.0</v>
+        <v>33.0</v>
       </c>
       <c r="I187" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J187" t="n">
         <v>2.0</v>
       </c>
       <c r="K187" t="n">
-        <v>29.0</v>
+        <v>31.0</v>
       </c>
       <c r="L187" t="n">
-        <v>8.0</v>
+        <v>30.0</v>
       </c>
       <c r="M187" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N187" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O187" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>18</t>
         </is>
       </c>
       <c r="P187" t="inlineStr">
         <is>
-          <t>15 November 2025 22:23</t>
+          <t>18 November 2025 12:32</t>
         </is>
       </c>
       <c r="Q187" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R187" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T187" t="inlineStr">
         <is>
-          <t>5. During the Works, A 4. Fogs</t>
+          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="U187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL187" t="inlineStr">
+        <is>
+          <t>Yes, primary and secondary power</t>
+        </is>
+      </c>
+      <c r="AM187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN187" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="AO187" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP187" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ187" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR187" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>IRS/2025/6982/PON10</t>
+          <t>IRS/2025/6987/PON10</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>18B</t>
+          <t>Dunbar Platform</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>DUNBAR</t>
         </is>
       </c>
       <c r="F188" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="G188" t="n">
-        <v>23.0</v>
+        <v>37.0</v>
       </c>
       <c r="H188" t="n">
-        <v>33.0</v>
+        <v>45.816</v>
       </c>
       <c r="I188" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J188" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="K188" t="n">
-        <v>31.0</v>
+        <v>39.0</v>
       </c>
       <c r="L188" t="n">
-        <v>30.0</v>
+        <v>9.557</v>
       </c>
       <c r="M188" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N188" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>3</t>
         </is>
       </c>
       <c r="O188" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P188" t="inlineStr">
         <is>
-          <t>18 November 2025 12:32</t>
+          <t>19 November 2025 09:00</t>
         </is>
       </c>
       <c r="Q188" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R188" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
-      <c r="S188" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T188" t="inlineStr">
         <is>
-          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
-[...99 lines deleted...]
-          <t/>
+          <t>4. During the Works, 5. Cessation of Works, A 5. ID Panel</t>
         </is>
       </c>
       <c r="AO188" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AP188" t="inlineStr">
         <is>
           <t/>
-        </is>
-[...8 lines deleted...]
-          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>IRS/2025/6987/PON10</t>
+          <t>IRS/2025/6989/PON10</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>Dunbar Platform</t>
+          <t>27F</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
-          <t>DUNBAR</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="F189" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="G189" t="n">
-        <v>37.0</v>
+        <v>2.0</v>
       </c>
       <c r="H189" t="n">
-        <v>45.816</v>
+        <v>26.0</v>
       </c>
       <c r="I189" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J189" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="K189" t="n">
-        <v>39.0</v>
+        <v>18.0</v>
       </c>
       <c r="L189" t="n">
-        <v>9.557</v>
+        <v>53.0</v>
       </c>
       <c r="M189" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N189" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O189" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>27</t>
         </is>
       </c>
       <c r="P189" t="inlineStr">
         <is>
-          <t>19 November 2025 09:00</t>
+          <t>19 November 2025 12:30</t>
         </is>
       </c>
       <c r="Q189" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R189" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S189" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T189" t="inlineStr">
         <is>
-          <t>4. During the Works, 5. Cessation of Works, A 5. ID Panel</t>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AL189" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM189" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN189" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="AO189" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP189" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ189" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR189" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>IRS/2025/6989/PON10</t>
+          <t>IRS/2025/6990/PON10</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>27F</t>
+          <t>27G</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
           <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="F190" t="n">
         <v>53.0</v>
       </c>
       <c r="G190" t="n">
         <v>2.0</v>
       </c>
       <c r="H190" t="n">
-        <v>26.0</v>
+        <v>14.0</v>
       </c>
       <c r="I190" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J190" t="n">
         <v>2.0</v>
       </c>
       <c r="K190" t="n">
-        <v>18.0</v>
+        <v>22.0</v>
       </c>
       <c r="L190" t="n">
         <v>53.0</v>
       </c>
       <c r="M190" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N190" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O190" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="P190" t="inlineStr">
         <is>
-          <t>19 November 2025 12:30</t>
+          <t>20 November 2025 11:35</t>
         </is>
       </c>
       <c r="Q190" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R190" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S190" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T190" t="inlineStr">
         <is>
           <t>5. During the Works, A 1. General</t>
         </is>
       </c>
       <c r="AL190" t="inlineStr">
         <is>
           <t>Yes, primary only</t>
@@ -31276,1069 +31771,1324 @@
       </c>
       <c r="AO190" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP190" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ190" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR190" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>IRS/2025/6990/PON10</t>
+          <t>IRS/2025/6992/PON10</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>27G</t>
+          <t>Brae A Platform</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>BRAE-SOUTH [Part of BRAE]</t>
         </is>
       </c>
       <c r="F191" t="n">
-        <v>53.0</v>
+        <v>58.0</v>
       </c>
       <c r="G191" t="n">
-        <v>2.0</v>
+        <v>41.0</v>
       </c>
       <c r="H191" t="n">
-        <v>14.0</v>
+        <v>33.5</v>
       </c>
       <c r="I191" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J191" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="K191" t="n">
-        <v>22.0</v>
+        <v>16.0</v>
       </c>
       <c r="L191" t="n">
-        <v>53.0</v>
+        <v>54.7</v>
       </c>
       <c r="M191" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N191" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>16</t>
         </is>
       </c>
       <c r="O191" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P191" t="inlineStr">
         <is>
-          <t>20 November 2025 11:35</t>
+          <t>10 November 2025 03:20</t>
         </is>
       </c>
       <c r="Q191" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R191" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T191" t="inlineStr">
         <is>
-          <t>5. During the Works, A 1. General</t>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y191" t="inlineStr">
+        <is>
+          <t>Both main and subsidiary lights</t>
+        </is>
+      </c>
+      <c r="Z191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC191" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AD191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI191" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AJ191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK191" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="AL191" t="inlineStr">
         <is>
-          <t>Yes, primary only</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AM191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AN191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO191" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP191" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ191" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR191" t="inlineStr">
         <is>
-          <t>Primary Power Supply</t>
+          <t>Main Lights, Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>IRS/2025/6992/PON10</t>
+          <t>IRS/2025/7010/PON10</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>Brae A Platform</t>
+          <t>Tiffany Platform</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
-          <t>BRAE-SOUTH [Part of BRAE]</t>
+          <t>TIFFANY</t>
         </is>
       </c>
       <c r="F192" t="n">
         <v>58.0</v>
       </c>
       <c r="G192" t="n">
-        <v>41.0</v>
+        <v>29.0</v>
       </c>
       <c r="H192" t="n">
-        <v>33.5</v>
+        <v>0.0</v>
       </c>
       <c r="I192" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J192" t="n">
         <v>1.0</v>
       </c>
       <c r="K192" t="n">
         <v>16.0</v>
       </c>
       <c r="L192" t="n">
-        <v>54.7</v>
+        <v>0.0</v>
       </c>
       <c r="M192" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N192" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="O192" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>17</t>
         </is>
       </c>
       <c r="P192" t="inlineStr">
         <is>
-          <t>10 November 2025 03:20</t>
+          <t>25 November 2025 17:00</t>
         </is>
       </c>
       <c r="Q192" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R192" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T192" t="inlineStr">
         <is>
-          <t>5. During the Works, A 3. Lights</t>
+          <t>5. During the Works, 10. Consent non-compliance, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="U192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X192" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Y192" t="inlineStr">
         <is>
-          <t>Both main and subsidiary lights</t>
+          <t/>
         </is>
       </c>
       <c r="Z192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AB192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC192" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
         </is>
       </c>
       <c r="AD192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AF192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AG192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AH192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AI192" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
         </is>
       </c>
       <c r="AJ192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AK192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AL192" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes, primary and secondary power</t>
         </is>
       </c>
       <c r="AM192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AN192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO192" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP192" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ192" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR192" t="inlineStr">
         <is>
-          <t>Main Lights, Subsidiary Lights</t>
+          <t>Primary Power Supply, Secondary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>IRS/2025/7010/PON10</t>
+          <t>IRS/2025/7011/PON10</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+          <t>THREE60 OPERATIONS SERVICES LIMITED</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>Tiffany Platform</t>
+          <t>Beatrice C Platform</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
-          <t>TIFFANY</t>
+          <t>BEATRICE</t>
         </is>
       </c>
       <c r="F193" t="n">
         <v>58.0</v>
       </c>
       <c r="G193" t="n">
-        <v>29.0</v>
+        <v>5.0</v>
       </c>
       <c r="H193" t="n">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
       <c r="I193" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J193" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="K193" t="n">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
       <c r="L193" t="n">
-        <v>0.0</v>
+        <v>0.6</v>
       </c>
       <c r="M193" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>W</t>
         </is>
       </c>
       <c r="N193" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>11</t>
         </is>
       </c>
       <c r="O193" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P193" t="inlineStr">
         <is>
-          <t>25 November 2025 17:00</t>
+          <t>24 November 2025 09:30</t>
         </is>
       </c>
       <c r="Q193" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R193" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T193" t="inlineStr">
         <is>
-          <t>5. During the Works, 10. Consent non-compliance, A 4. Fogs, A 3. Lights</t>
-[...19 lines deleted...]
-          <t/>
+          <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
       <c r="Y193" t="inlineStr">
         <is>
-          <t/>
+          <t>Main lights only</t>
         </is>
       </c>
       <c r="Z193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AB193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AD193" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AE193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AF193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AG193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AH193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AI193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AJ193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AK193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AL193" t="inlineStr">
         <is>
-          <t>Yes, primary and secondary power</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AM193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AN193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO193" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP193" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ193" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR193" t="inlineStr">
         <is>
-          <t>Primary Power Supply, Secondary Power Supply</t>
+          <t>Main Lights, Secondary Lights</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>IRS/2025/7011/PON10</t>
+          <t>IRS/2025/7013/PON10</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>THREE60 OPERATIONS SERVICES LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>Beatrice C Platform</t>
+          <t>Leman G Platform [PERENCO]</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
-          <t>BEATRICE</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="F194" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="G194" t="n">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="H194" t="n">
-        <v>41.0</v>
+        <v>14.0</v>
       </c>
       <c r="I194" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J194" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="K194" t="n">
-        <v>9.0</v>
+        <v>22.0</v>
       </c>
       <c r="L194" t="n">
-        <v>0.6</v>
+        <v>53.0</v>
       </c>
       <c r="M194" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>E</t>
         </is>
       </c>
       <c r="N194" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O194" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>27</t>
         </is>
       </c>
       <c r="P194" t="inlineStr">
         <is>
-          <t>24 November 2025 09:30</t>
+          <t>27 November 2025 06:15</t>
         </is>
       </c>
       <c r="Q194" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R194" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T194" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y194" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z194" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL194" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM194" t="inlineStr">
+        <is>
+          <t>27 November 2025</t>
+        </is>
+      </c>
+      <c r="AN194" t="inlineStr">
+        <is>
+          <t>06:15</t>
+        </is>
+      </c>
       <c r="AO194" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP194" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ194" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR194" t="inlineStr">
+        <is>
+          <t>Main Lights, Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>IRS/2025/7013/PON10</t>
+          <t>IRS/2025/7014/PON10</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>THREE60 OPERATIONS SERVICES LIMITED</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>Leman G Platform [PERENCO]</t>
+          <t>Beatrice B Platform</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>BEATRICE</t>
         </is>
       </c>
       <c r="F195" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G195" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="H195" t="n">
         <v>53.0</v>
       </c>
-      <c r="G195" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I195" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J195" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="K195" t="n">
-        <v>22.0</v>
+        <v>1.0</v>
       </c>
       <c r="L195" t="n">
-        <v>53.0</v>
+        <v>12.0</v>
       </c>
       <c r="M195" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>W</t>
         </is>
       </c>
       <c r="N195" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>11</t>
         </is>
       </c>
       <c r="O195" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>30</t>
         </is>
       </c>
       <c r="P195" t="inlineStr">
         <is>
-          <t>27 November 2025 06:15</t>
+          <t>24 November 2025 09:30</t>
         </is>
       </c>
       <c r="Q195" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R195" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T195" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
       <c r="Y195" t="inlineStr">
         <is>
           <t>Main lights only</t>
         </is>
       </c>
       <c r="Z195" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
         </is>
       </c>
       <c r="AA195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AB195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AD195" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AE195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AF195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AG195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AH195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AI195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AJ195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AK195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AL195" t="inlineStr">
         <is>
-          <t>Yes, primary only</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AM195" t="inlineStr">
         <is>
-          <t>27 November 2025</t>
+          <t/>
         </is>
       </c>
       <c r="AN195" t="inlineStr">
         <is>
-          <t>06:15</t>
+          <t/>
         </is>
       </c>
       <c r="AO195" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP195" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ195" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR195" t="inlineStr">
         <is>
-          <t>Main Lights, Primary Power Supply</t>
+          <t>Main Lights, Secondary Lights, Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>IRS/2025/7014/PON10</t>
+          <t>IRS/2025/7015/PON10</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>THREE60 OPERATIONS SERVICES LIMITED</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>Beatrice B Platform</t>
+          <t>Beatrice AP Platform</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>BEATRICE</t>
         </is>
       </c>
       <c r="F196" t="n">
         <v>58.0</v>
       </c>
       <c r="G196" t="n">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="H196" t="n">
-        <v>53.0</v>
+        <v>55.0</v>
       </c>
       <c r="I196" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J196" t="n">
         <v>3.0</v>
       </c>
       <c r="K196" t="n">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="L196" t="n">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
       <c r="M196" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="N196" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="O196" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="P196" t="inlineStr">
         <is>
           <t>24 November 2025 09:30</t>
         </is>
       </c>
       <c r="Q196" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R196" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T196" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y196" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD196" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AE196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL196" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO196" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP196" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ196" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR196" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>IRS/2025/7015/PON10</t>
+          <t>IRS/2025/7020/PON10</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>THREE60 OPERATIONS SERVICES LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>Beatrice AP Platform</t>
+          <t>18B</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
-          <t>BEATRICE</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="F197" t="n">
-        <v>58.0</v>
+        <v>53.0</v>
       </c>
       <c r="G197" t="n">
-        <v>6.0</v>
+        <v>23.0</v>
       </c>
       <c r="H197" t="n">
-        <v>55.0</v>
+        <v>33.0</v>
       </c>
       <c r="I197" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J197" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="K197" t="n">
-        <v>5.0</v>
+        <v>31.0</v>
       </c>
       <c r="L197" t="n">
-        <v>9.0</v>
+        <v>30.0</v>
       </c>
       <c r="M197" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>E</t>
         </is>
       </c>
       <c r="N197" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O197" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>18</t>
         </is>
       </c>
       <c r="P197" t="inlineStr">
         <is>
-          <t>24 November 2025 09:30</t>
+          <t>28 November 2025 16:45</t>
         </is>
       </c>
       <c r="Q197" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R197" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T197" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
       <c r="Y197" t="inlineStr">
         <is>
           <t>Main lights only</t>
         </is>
       </c>
       <c r="Z197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AB197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC197" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AD197" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
         </is>
       </c>
       <c r="AE197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AF197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AG197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AH197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AI197" t="inlineStr">
         <is>
           <t/>
@@ -32364,1096 +33114,1306 @@
           <t/>
         </is>
       </c>
       <c r="AN197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO197" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP197" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ197" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR197" t="inlineStr">
         <is>
-          <t>Main Lights</t>
+          <t>Secondary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>IRS/2025/7020/PON10</t>
+          <t>IRS/2025/7031/PON10</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>18B</t>
+          <t>Blythe Platform</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>BLYTHE</t>
         </is>
       </c>
       <c r="F198" t="n">
         <v>53.0</v>
       </c>
       <c r="G198" t="n">
-        <v>23.0</v>
+        <v>14.0</v>
       </c>
       <c r="H198" t="n">
-        <v>33.0</v>
+        <v>35.31</v>
       </c>
       <c r="I198" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J198" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="K198" t="n">
-        <v>31.0</v>
+        <v>26.0</v>
       </c>
       <c r="L198" t="n">
-        <v>30.0</v>
+        <v>50.55</v>
       </c>
       <c r="M198" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N198" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>48</t>
         </is>
       </c>
       <c r="O198" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P198" t="inlineStr">
         <is>
-          <t>28 November 2025 16:45</t>
+          <t>01 December 2025 07:15</t>
         </is>
       </c>
       <c r="Q198" t="inlineStr">
         <is>
-          <t>Consent Condition and Marking Schedule Condition</t>
+          <t/>
         </is>
       </c>
       <c r="R198" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S198" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="T198" t="inlineStr">
         <is>
-          <t>5. During the Works, A 3. Lights</t>
+          <t/>
+        </is>
+      </c>
+      <c r="AL198" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM198" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN198" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="AO198" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP198" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ198" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR198" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>IRS/2025/7031/PON10</t>
+          <t>IRS/2025/7033/PON10</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>ODE ASSET MANAGEMENT LIMITED</t>
+          <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>Blythe Platform</t>
+          <t>Eider Platform</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
-          <t>BLYTHE</t>
+          <t>EIDER</t>
         </is>
       </c>
       <c r="F199" t="n">
-        <v>53.0</v>
+        <v>61.0</v>
       </c>
       <c r="G199" t="n">
-        <v>14.0</v>
+        <v>21.0</v>
       </c>
       <c r="H199" t="n">
-        <v>35.31</v>
+        <v>26.0</v>
       </c>
       <c r="I199" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J199" t="n">
         <v>1.0</v>
       </c>
       <c r="K199" t="n">
-        <v>26.0</v>
+        <v>9.0</v>
       </c>
       <c r="L199" t="n">
-        <v>50.55</v>
+        <v>40.0</v>
       </c>
       <c r="M199" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N199" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>211</t>
         </is>
       </c>
       <c r="O199" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>16</t>
         </is>
       </c>
       <c r="P199" t="inlineStr">
         <is>
-          <t>01 December 2025 07:15</t>
+          <t>30 November 2025 01:33</t>
         </is>
       </c>
       <c r="Q199" t="inlineStr">
         <is>
-          <t/>
+          <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R199" t="inlineStr">
         <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T199" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y199" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z199" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL199" t="inlineStr">
+        <is>
           <t>No</t>
         </is>
       </c>
-      <c r="S199" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AM199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AN199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO199" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP199" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ199" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR199" t="inlineStr">
         <is>
-          <t>Primary Power Supply</t>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>IRS/2025/7033/PON10</t>
+          <t>IRS/2025/7051/PON10</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>TAQA BRATANI LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>Eider Platform</t>
+          <t>Forties FC Platform</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>EIDER</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="F200" t="n">
-        <v>61.0</v>
+        <v>57.0</v>
       </c>
       <c r="G200" t="n">
-        <v>21.0</v>
+        <v>43.0</v>
       </c>
       <c r="H200" t="n">
-        <v>26.0</v>
+        <v>37.03</v>
       </c>
       <c r="I200" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J200" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="K200" t="n">
-        <v>9.0</v>
+        <v>50.0</v>
       </c>
       <c r="L200" t="n">
-        <v>40.0</v>
+        <v>50.74</v>
       </c>
       <c r="M200" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N200" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>21</t>
         </is>
       </c>
       <c r="O200" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P200" t="inlineStr">
         <is>
-          <t>30 November 2025 01:33</t>
+          <t>11 November 2025 01:37</t>
         </is>
       </c>
       <c r="Q200" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R200" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T200" t="inlineStr">
         <is>
-          <t>5. During the Works, A 3. Lights</t>
+          <t>5. Cessation of Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y200" t="inlineStr">
+        <is>
+          <t>Subsidiary lights only</t>
+        </is>
+      </c>
+      <c r="Z200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH200" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AI200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL200" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN200" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="AO200" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP200" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ200" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR200" t="inlineStr">
+        <is>
+          <t>Secondary Lights</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>IRS/2025/7051/PON10</t>
+          <t>IRS/2025/7057/PON10</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>Forties FC Platform</t>
+          <t>Leman G Platform [PERENCO]</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="F201" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="G201" t="n">
-        <v>43.0</v>
+        <v>2.0</v>
       </c>
       <c r="H201" t="n">
-        <v>37.03</v>
+        <v>14.0</v>
       </c>
       <c r="I201" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J201" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="K201" t="n">
-        <v>50.0</v>
+        <v>22.0</v>
       </c>
       <c r="L201" t="n">
-        <v>50.74</v>
+        <v>53.0</v>
       </c>
       <c r="M201" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N201" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O201" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>27</t>
         </is>
       </c>
       <c r="P201" t="inlineStr">
         <is>
-          <t>11 November 2025 01:37</t>
+          <t>06 December 2025 02:00</t>
         </is>
       </c>
       <c r="Q201" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R201" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T201" t="inlineStr">
         <is>
-          <t>5. Cessation of Works, A 3. Lights</t>
+          <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
       <c r="Y201" t="inlineStr">
         <is>
-          <t>Subsidiary lights only</t>
+          <t>Main lights only</t>
         </is>
       </c>
       <c r="Z201" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AA201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AB201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AD201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AF201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AG201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AH201" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
         </is>
       </c>
       <c r="AI201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AJ201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AK201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AL201" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes, primary only</t>
         </is>
       </c>
       <c r="AM201" t="inlineStr">
         <is>
-          <t/>
+          <t>06 December 2025</t>
         </is>
       </c>
       <c r="AN201" t="inlineStr">
         <is>
-          <t/>
+          <t>02:00</t>
         </is>
       </c>
       <c r="AO201" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP201" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ201" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR201" t="inlineStr">
         <is>
-          <t>Secondary Lights</t>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>IRS/2025/7057/PON10</t>
+          <t>IRS/2025/7068/PON10</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>Leman G Platform [PERENCO]</t>
+          <t>Southwark Platform</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>SOUTHWARK</t>
         </is>
       </c>
       <c r="F202" t="n">
         <v>53.0</v>
       </c>
       <c r="G202" t="n">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="H202" t="n">
-        <v>14.0</v>
+        <v>59.78</v>
       </c>
       <c r="I202" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J202" t="n">
         <v>2.0</v>
       </c>
       <c r="K202" t="n">
-        <v>22.0</v>
+        <v>5.0</v>
       </c>
       <c r="L202" t="n">
-        <v>53.0</v>
+        <v>48.85</v>
       </c>
       <c r="M202" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N202" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O202" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>26</t>
         </is>
       </c>
       <c r="P202" t="inlineStr">
         <is>
-          <t>06 December 2025 02:00</t>
+          <t>07 December 2025 08:00</t>
         </is>
       </c>
       <c r="Q202" t="inlineStr">
         <is>
-          <t>Consent Condition and Marking Schedule Condition</t>
+          <t/>
         </is>
       </c>
       <c r="R202" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="S202" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T202" t="inlineStr">
         <is>
-          <t>5. During the Works, A 3. Lights</t>
-[...63 lines deleted...]
-        <is>
           <t/>
         </is>
       </c>
       <c r="AL202" t="inlineStr">
         <is>
-          <t>Yes, primary only</t>
+          <t/>
         </is>
       </c>
       <c r="AM202" t="inlineStr">
         <is>
-          <t>06 December 2025</t>
+          <t/>
         </is>
       </c>
       <c r="AN202" t="inlineStr">
         <is>
-          <t>02:00</t>
+          <t/>
         </is>
       </c>
       <c r="AO202" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP202" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ202" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR202" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>IRS/2025/7068/PON10</t>
+          <t>IRS/2025/7074/PON10</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>ODE ASSET MANAGEMENT LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>Southwark Platform</t>
+          <t>18B</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
-          <t>SOUTHWARK</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="F203" t="n">
         <v>53.0</v>
       </c>
       <c r="G203" t="n">
-        <v>10.0</v>
+        <v>23.0</v>
       </c>
       <c r="H203" t="n">
-        <v>59.78</v>
+        <v>33.0</v>
       </c>
       <c r="I203" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J203" t="n">
         <v>2.0</v>
       </c>
       <c r="K203" t="n">
-        <v>5.0</v>
+        <v>31.0</v>
       </c>
       <c r="L203" t="n">
-        <v>48.85</v>
+        <v>30.0</v>
       </c>
       <c r="M203" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N203" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O203" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>18</t>
         </is>
       </c>
       <c r="P203" t="inlineStr">
         <is>
-          <t>07 December 2025 08:00</t>
+          <t>09 December 2025 04:15</t>
         </is>
       </c>
       <c r="Q203" t="inlineStr">
         <is>
-          <t/>
+          <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R203" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="S203" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T203" t="inlineStr">
         <is>
-          <t/>
+          <t>5. During the Works, A 1. General</t>
         </is>
       </c>
       <c r="AL203" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes, primary only</t>
         </is>
       </c>
       <c r="AM203" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AN203" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO203" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP203" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ203" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR203" t="inlineStr">
         <is>
-          <t>Primary Power Supply</t>
+          <t>Main Lights, Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>IRS/2025/7074/PON10</t>
+          <t>IRS/2025/7081/PON10</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>BUMI ARMADA UK LIMITED</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>18B</t>
+          <t>Kraken FPSO</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>KRAKEN</t>
         </is>
       </c>
       <c r="F204" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="G204" t="n">
-        <v>23.0</v>
+        <v>55.0</v>
       </c>
       <c r="H204" t="n">
-        <v>33.0</v>
+        <v>31.0</v>
       </c>
       <c r="I204" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J204" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="K204" t="n">
-        <v>31.0</v>
+        <v>17.0</v>
       </c>
       <c r="L204" t="n">
-        <v>30.0</v>
+        <v>34.0</v>
       </c>
       <c r="M204" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N204" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>9</t>
         </is>
       </c>
       <c r="O204" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>2</t>
         </is>
       </c>
       <c r="P204" t="inlineStr">
         <is>
-          <t>09 December 2025 04:15</t>
+          <t>10 December 2025 22:00</t>
         </is>
       </c>
       <c r="Q204" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R204" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S204" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T204" t="inlineStr">
         <is>
-          <t>5. During the Works, A 1. General</t>
+          <t>5. During the Works, 1. Consent Validity, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y204" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z204" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK204" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="AL204" t="inlineStr">
         <is>
-          <t>Yes, primary only</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AM204" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AN204" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO204" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP204" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ204" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR204" t="inlineStr">
         <is>
-          <t>Main Lights, Primary Power Supply</t>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>IRS/2025/7081/PON10</t>
+          <t>IRS/2025/7087/PON10</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>BUMI ARMADA UK LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>Kraken FPSO</t>
+          <t>18B</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>KRAKEN</t>
+          <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="F205" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="G205" t="n">
-        <v>55.0</v>
+        <v>23.0</v>
       </c>
       <c r="H205" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I205" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J205" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K205" t="n">
         <v>31.0</v>
       </c>
-      <c r="I205" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="L205" t="n">
-        <v>34.0</v>
+        <v>30.0</v>
       </c>
       <c r="M205" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N205" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O205" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>18</t>
         </is>
       </c>
       <c r="P205" t="inlineStr">
         <is>
-          <t>10 December 2025 22:00</t>
+          <t>12 December 2025 19:15</t>
         </is>
       </c>
       <c r="Q205" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R205" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T205" t="inlineStr">
         <is>
-          <t>5. During the Works, 1. Consent Validity, A 3. Lights</t>
+          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="U205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X205" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="Y205" t="inlineStr">
         <is>
-          <t>Main lights only</t>
+          <t/>
         </is>
       </c>
       <c r="Z205" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
         </is>
       </c>
       <c r="AA205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AB205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AD205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE205" t="inlineStr">
         <is>
           <t/>
@@ -33469,201 +34429,181 @@
           <t/>
         </is>
       </c>
       <c r="AH205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AI205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AJ205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AK205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AL205" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes, primary and secondary power</t>
         </is>
       </c>
       <c r="AM205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AN205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO205" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP205" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ205" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR205" t="inlineStr">
         <is>
-          <t>Main Lights</t>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>IRS/2025/7087/PON10</t>
+          <t>IRS/2025/7089/PON10</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>18B</t>
+          <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>INDEFATIGABLE [PERENCO]</t>
+          <t>CLAIR</t>
         </is>
       </c>
       <c r="F206" t="n">
-        <v>53.0</v>
+        <v>60.0</v>
       </c>
       <c r="G206" t="n">
-        <v>23.0</v>
+        <v>41.0</v>
       </c>
       <c r="H206" t="n">
-        <v>33.0</v>
+        <v>30.0</v>
       </c>
       <c r="I206" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J206" t="n">
         <v>2.0</v>
       </c>
       <c r="K206" t="n">
-        <v>31.0</v>
+        <v>32.0</v>
       </c>
       <c r="L206" t="n">
-        <v>30.0</v>
+        <v>40.0</v>
       </c>
       <c r="M206" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>W</t>
         </is>
       </c>
       <c r="N206" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>206</t>
         </is>
       </c>
       <c r="O206" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P206" t="inlineStr">
         <is>
-          <t>12 December 2025 19:15</t>
+          <t>14 December 2025 04:30</t>
         </is>
       </c>
       <c r="Q206" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R206" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T206" t="inlineStr">
         <is>
-          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
-[...19 lines deleted...]
-          <t/>
+          <t>5. During the Works, 2. Description of Works, A 3. Lights</t>
         </is>
       </c>
       <c r="Y206" t="inlineStr">
         <is>
-          <t/>
+          <t>Main lights only</t>
         </is>
       </c>
       <c r="Z206" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AA206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AB206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AD206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE206" t="inlineStr">
         <is>
           <t/>
@@ -33679,1266 +34619,1266 @@
           <t/>
         </is>
       </c>
       <c r="AH206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AI206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AJ206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AK206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AL206" t="inlineStr">
         <is>
-          <t>Yes, primary and secondary power</t>
+          <t>Yes, primary only</t>
         </is>
       </c>
       <c r="AM206" t="inlineStr">
         <is>
-          <t/>
+          <t>14 December 2025</t>
         </is>
       </c>
       <c r="AN206" t="inlineStr">
         <is>
-          <t/>
+          <t>04:30</t>
         </is>
       </c>
       <c r="AO206" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP206" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ206" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR206" t="inlineStr">
         <is>
-          <t>Primary Power Supply</t>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>IRS/2025/7089/PON10</t>
+          <t>IRS/2025/7092/PON10</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>Clair Phase 1 Platform</t>
+          <t>Lennox Platform</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>CLAIR</t>
+          <t>LENNOX</t>
         </is>
       </c>
       <c r="F207" t="n">
-        <v>60.0</v>
+        <v>53.0</v>
       </c>
       <c r="G207" t="n">
-        <v>41.0</v>
+        <v>37.0</v>
       </c>
       <c r="H207" t="n">
-        <v>30.0</v>
+        <v>52.0</v>
       </c>
       <c r="I207" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J207" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="K207" t="n">
-        <v>32.0</v>
+        <v>10.0</v>
       </c>
       <c r="L207" t="n">
-        <v>40.0</v>
+        <v>35.0</v>
       </c>
       <c r="M207" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="N207" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>110</t>
         </is>
       </c>
       <c r="O207" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>15</t>
         </is>
       </c>
       <c r="P207" t="inlineStr">
         <is>
-          <t>14 December 2025 04:30</t>
+          <t>14 December 2025 11:30</t>
         </is>
       </c>
       <c r="Q207" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R207" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
-      <c r="S207" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T207" t="inlineStr">
         <is>
-          <t>5. During the Works, 2. Description of Works, A 3. Lights</t>
-[...79 lines deleted...]
-          <t>04:30</t>
+          <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
       <c r="AO207" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="AP207" t="inlineStr">
         <is>
           <t/>
-        </is>
-[...8 lines deleted...]
-          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>IRS/2025/7092/PON10</t>
+          <t>IRS/2025/7094/PON10</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>APACHE NORTH SEA LIMITED</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>Lennox Platform</t>
+          <t>Forties FE Platform</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
-          <t>LENNOX</t>
+          <t>FORTIES</t>
         </is>
       </c>
       <c r="F208" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="G208" t="n">
-        <v>37.0</v>
+        <v>42.0</v>
       </c>
       <c r="H208" t="n">
-        <v>52.0</v>
+        <v>58.33</v>
       </c>
       <c r="I208" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J208" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="K208" t="n">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="L208" t="n">
-        <v>35.0</v>
+        <v>55.64</v>
       </c>
       <c r="M208" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>E</t>
         </is>
       </c>
       <c r="N208" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>22</t>
         </is>
       </c>
       <c r="O208" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P208" t="inlineStr">
         <is>
-          <t>14 December 2025 11:30</t>
+          <t>13 December 2025 15:06</t>
         </is>
       </c>
       <c r="Q208" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R208" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T208" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y208" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z208" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA208" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AB208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL208" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO208" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP208" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ208" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR208" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>IRS/2025/7094/PON10</t>
+          <t>IRS/2025/7100/PON10</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>APACHE NORTH SEA LIMITED</t>
+          <t>INEOS E&amp;P (UK) LIMITED</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>Forties FE Platform</t>
+          <t>Clipper South</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>FORTIES</t>
+          <t>CLIPPER SOUTH</t>
         </is>
       </c>
       <c r="F209" t="n">
-        <v>57.0</v>
+        <v>53.0</v>
       </c>
       <c r="G209" t="n">
-        <v>42.0</v>
+        <v>24.0</v>
       </c>
       <c r="H209" t="n">
-        <v>58.33</v>
+        <v>16.67</v>
       </c>
       <c r="I209" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J209" t="n">
         <v>1.0</v>
       </c>
       <c r="K209" t="n">
-        <v>1.0</v>
+        <v>47.0</v>
       </c>
       <c r="L209" t="n">
-        <v>55.64</v>
+        <v>5.13</v>
       </c>
       <c r="M209" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N209" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>48</t>
         </is>
       </c>
       <c r="O209" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>19</t>
         </is>
       </c>
       <c r="P209" t="inlineStr">
         <is>
-          <t>13 December 2025 15:06</t>
+          <t>16 December 2025 01:00</t>
         </is>
       </c>
       <c r="Q209" t="inlineStr">
         <is>
-          <t>Consent Condition and Marking Schedule Condition</t>
+          <t>Consent Condition excluding Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R209" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S209" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T209" t="inlineStr">
         <is>
-          <t>5. During the Works, A 3. Lights</t>
-[...64 lines deleted...]
-          <t/>
+          <t>6. During the Works</t>
         </is>
       </c>
       <c r="AL209" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AM209" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AN209" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO209" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP209" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ209" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR209" t="inlineStr">
         <is>
-          <t>Main Lights</t>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>IRS/2025/7100/PON10</t>
+          <t>IRS/2025/7105/PON10</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>INEOS E&amp;P (UK) LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>Clipper South</t>
+          <t>Douglas OSI</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>CLIPPER SOUTH</t>
+          <t>DOUGLAS</t>
         </is>
       </c>
       <c r="F210" t="n">
         <v>53.0</v>
       </c>
       <c r="G210" t="n">
-        <v>24.0</v>
+        <v>40.0</v>
       </c>
       <c r="H210" t="n">
-        <v>16.67</v>
+        <v>57.0</v>
       </c>
       <c r="I210" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J210" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="K210" t="n">
-        <v>47.0</v>
+        <v>32.0</v>
       </c>
       <c r="L210" t="n">
-        <v>5.13</v>
+        <v>46.0</v>
       </c>
       <c r="M210" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>W</t>
         </is>
       </c>
       <c r="N210" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>110</t>
         </is>
       </c>
       <c r="O210" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P210" t="inlineStr">
         <is>
-          <t>16 December 2025 01:00</t>
+          <t>16 December 2025 11:00</t>
         </is>
       </c>
       <c r="Q210" t="inlineStr">
         <is>
-          <t>Consent Condition excluding Marking Schedule Condition</t>
+          <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R210" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T210" t="inlineStr">
         <is>
-          <t>6. During the Works</t>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y210" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AA210" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AB210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK210" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
       <c r="AL210" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AM210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AN210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO210" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP210" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ210" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR210" t="inlineStr">
         <is>
-          <t>Primary Power Supply</t>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>IRS/2025/7105/PON10</t>
+          <t>IRS/2025/7115/PON10</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Completed</t>
+          <t>In review</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>Douglas OSI</t>
+          <t>Marnock ETAP PDR Platform</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>DOUGLAS</t>
+          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
         </is>
       </c>
       <c r="F211" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="G211" t="n">
-        <v>40.0</v>
+        <v>17.0</v>
       </c>
       <c r="H211" t="n">
-        <v>57.0</v>
+        <v>42.0</v>
       </c>
       <c r="I211" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J211" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="K211" t="n">
-        <v>32.0</v>
+        <v>39.0</v>
       </c>
       <c r="L211" t="n">
         <v>46.0</v>
       </c>
       <c r="M211" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>E</t>
         </is>
       </c>
       <c r="N211" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>22</t>
         </is>
       </c>
       <c r="O211" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>24</t>
         </is>
       </c>
       <c r="P211" t="inlineStr">
         <is>
-          <t>16 December 2025 11:00</t>
+          <t>18 December 2025 00:00</t>
         </is>
       </c>
       <c r="Q211" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R211" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
-      <c r="S211" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T211" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
-      <c r="Y211" t="inlineStr">
-[...64 lines deleted...]
-      <c r="AL211" t="inlineStr">
+      <c r="AO211" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
-      <c r="AM211" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AP211" t="inlineStr">
         <is>
           <t/>
-        </is>
-[...8 lines deleted...]
-          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>IRS/2025/7115/PON10</t>
+          <t>IRS/2025/7116/PON10</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>Marnock ETAP PDR Platform</t>
+          <t>Culzean Wellhead Platform</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>MARNOCK [pt. of MARNOCK-SKUA]</t>
+          <t>CULZEAN</t>
         </is>
       </c>
       <c r="F212" t="n">
         <v>57.0</v>
       </c>
       <c r="G212" t="n">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
       <c r="H212" t="n">
-        <v>42.0</v>
+        <v>28.0</v>
       </c>
       <c r="I212" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J212" t="n">
         <v>1.0</v>
       </c>
       <c r="K212" t="n">
-        <v>39.0</v>
+        <v>54.0</v>
       </c>
       <c r="L212" t="n">
-        <v>46.0</v>
+        <v>34.0</v>
       </c>
       <c r="M212" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N212" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="O212" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>25</t>
         </is>
       </c>
       <c r="P212" t="inlineStr">
         <is>
-          <t>18 December 2025 00:00</t>
+          <t>19 December 2025 11:00</t>
         </is>
       </c>
       <c r="Q212" t="inlineStr">
         <is>
-          <t>Consent Condition and Marking Schedule Condition</t>
+          <t>Consent Condition excluding Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R212" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T212" t="inlineStr">
         <is>
-          <t>5. During the Works, A 3. Lights</t>
+          <t>2. Description of Works</t>
         </is>
       </c>
       <c r="AO212" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP212" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>IRS/2025/7116/PON10</t>
+          <t>IRS/2025/7126/PON10</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+          <t>ADURA OPERATIONS LIMITED</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>Culzean Wellhead Platform</t>
+          <t>Mariner FSU</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>CULZEAN</t>
+          <t>MARINER</t>
         </is>
       </c>
       <c r="F213" t="n">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="G213" t="n">
-        <v>11.0</v>
+        <v>36.0</v>
       </c>
       <c r="H213" t="n">
-        <v>28.0</v>
+        <v>29.841</v>
       </c>
       <c r="I213" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J213" t="n">
         <v>1.0</v>
       </c>
       <c r="K213" t="n">
-        <v>54.0</v>
+        <v>4.0</v>
       </c>
       <c r="L213" t="n">
-        <v>34.0</v>
+        <v>34.971</v>
       </c>
       <c r="M213" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N213" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>9</t>
         </is>
       </c>
       <c r="O213" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P213" t="inlineStr">
         <is>
-          <t>19 December 2025 11:00</t>
+          <t>09 November 2025 20:00</t>
         </is>
       </c>
       <c r="Q213" t="inlineStr">
         <is>
-          <t>Consent Condition excluding Marking Schedule Condition</t>
+          <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R213" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="T213" t="inlineStr">
         <is>
-          <t>2. Description of Works</t>
+          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
         </is>
       </c>
       <c r="AO213" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP213" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>IRS/2025/7126/PON10</t>
+          <t>IRS/2025/7130/PON10</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>ADURA OPERATIONS LIMITED</t>
+          <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>Mariner FSU</t>
+          <t>Leman FD Platform [PERENCO]</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>MARINER</t>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="F214" t="n">
-        <v>59.0</v>
+        <v>53.0</v>
       </c>
       <c r="G214" t="n">
-        <v>36.0</v>
+        <v>2.0</v>
       </c>
       <c r="H214" t="n">
-        <v>29.841</v>
+        <v>26.0</v>
       </c>
       <c r="I214" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J214" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="K214" t="n">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
       <c r="L214" t="n">
-        <v>34.971</v>
+        <v>53.0</v>
       </c>
       <c r="M214" t="inlineStr">
         <is>
           <t>E</t>
         </is>
       </c>
       <c r="N214" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>49</t>
         </is>
       </c>
       <c r="O214" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>27</t>
         </is>
       </c>
       <c r="P214" t="inlineStr">
         <is>
-          <t>09 November 2025 20:00</t>
+          <t>24 December 2025 17:30</t>
         </is>
       </c>
       <c r="Q214" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R214" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T214" t="inlineStr">
         <is>
-          <t>5. During the Works, A 4. Fogs, A 3. Lights</t>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y214" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z214" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL214" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM214" t="inlineStr">
+        <is>
+          <t>24 December 2025</t>
+        </is>
+      </c>
+      <c r="AN214" t="inlineStr">
+        <is>
+          <t>17:30</t>
         </is>
       </c>
       <c r="AO214" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP214" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ214" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR214" t="inlineStr">
+        <is>
+          <t>Main Lights, Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>IRS/2025/7130/PON10</t>
+          <t>IRS/2025/7133/PON10</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>PERENCO UK LIMITED</t>
+          <t>ENI UK LIMITED</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>Leman FD Platform [PERENCO]</t>
+          <t>Hamilton North Platform</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+          <t>HAMILTON NORTH</t>
         </is>
       </c>
       <c r="F215" t="n">
         <v>53.0</v>
       </c>
       <c r="G215" t="n">
-        <v>2.0</v>
+        <v>38.0</v>
       </c>
       <c r="H215" t="n">
-        <v>26.0</v>
+        <v>46.0</v>
       </c>
       <c r="I215" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J215" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="K215" t="n">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="L215" t="n">
-        <v>53.0</v>
+        <v>41.0</v>
       </c>
       <c r="M215" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>W</t>
         </is>
       </c>
       <c r="N215" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>110</t>
         </is>
       </c>
       <c r="O215" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P215" t="inlineStr">
         <is>
-          <t>24 December 2025 17:30</t>
+          <t>27 December 2025 16:18</t>
         </is>
       </c>
       <c r="Q215" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R215" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T215" t="inlineStr">
         <is>
-          <t>5. During the Works, A 3. Lights</t>
+          <t>5. During the Works, 1. Consent Validity, 2. Description of Works, 8. Consent review, A 3. Lights</t>
         </is>
       </c>
       <c r="Y215" t="inlineStr">
         <is>
           <t>Main lights only</t>
         </is>
       </c>
       <c r="Z215" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t/>
         </is>
       </c>
       <c r="AA215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AB215" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AC215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AD215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AF215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AG215" t="inlineStr">
         <is>
           <t/>
@@ -34949,389 +35889,199 @@
           <t/>
         </is>
       </c>
       <c r="AI215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AJ215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AK215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AL215" t="inlineStr">
         <is>
           <t>Yes, primary only</t>
         </is>
       </c>
       <c r="AM215" t="inlineStr">
         <is>
-          <t>24 December 2025</t>
+          <t>27 December 2025</t>
         </is>
       </c>
       <c r="AN215" t="inlineStr">
         <is>
-          <t>17:30</t>
+          <t>16:18</t>
         </is>
       </c>
       <c r="AO215" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP215" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ215" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR215" t="inlineStr">
         <is>
           <t>Main Lights, Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>IRS/2025/7133/PON10</t>
+          <t>IRS/2025/7142/PON10</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>ENI UK LIMITED</t>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>Hamilton North Platform</t>
+          <t>Blythe Platform</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>HAMILTON NORTH</t>
+          <t>BLYTHE</t>
         </is>
       </c>
       <c r="F216" t="n">
         <v>53.0</v>
       </c>
       <c r="G216" t="n">
-        <v>38.0</v>
+        <v>14.0</v>
       </c>
       <c r="H216" t="n">
-        <v>46.0</v>
+        <v>35.31</v>
       </c>
       <c r="I216" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="J216" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="K216" t="n">
-        <v>28.0</v>
+        <v>26.0</v>
       </c>
       <c r="L216" t="n">
-        <v>41.0</v>
+        <v>50.55</v>
       </c>
       <c r="M216" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>E</t>
         </is>
       </c>
       <c r="N216" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>48</t>
         </is>
       </c>
       <c r="O216" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>22</t>
         </is>
       </c>
       <c r="P216" t="inlineStr">
         <is>
-          <t>27 December 2025 16:18</t>
+          <t>30 December 2025 14:00</t>
         </is>
       </c>
       <c r="Q216" t="inlineStr">
         <is>
-          <t>Consent Condition and Marking Schedule Condition</t>
+          <t/>
         </is>
       </c>
       <c r="R216" t="inlineStr">
         <is>
-          <t>Yes</t>
+          <t>No</t>
         </is>
       </c>
       <c r="S216" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T216" t="inlineStr">
         <is>
-          <t>5. During the Works, 1. Consent Validity, 2. Description of Works, 8. Consent review, A 3. Lights</t>
-[...63 lines deleted...]
-        <is>
           <t/>
         </is>
       </c>
       <c r="AL216" t="inlineStr">
         <is>
-          <t>Yes, primary only</t>
+          <t/>
         </is>
       </c>
       <c r="AM216" t="inlineStr">
         <is>
-          <t>27 December 2025</t>
+          <t/>
         </is>
       </c>
       <c r="AN216" t="inlineStr">
         <is>
-          <t>16:18</t>
+          <t/>
         </is>
       </c>
       <c r="AO216" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP216" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ216" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR216" t="inlineStr">
-        <is>
-[...123 lines deleted...]
-      <c r="AR217" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>