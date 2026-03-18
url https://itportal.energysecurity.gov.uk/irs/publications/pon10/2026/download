--- v0 (2026-02-25)
+++ v1 (2026-03-18)
@@ -544,51 +544,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:AR28"/>
+  <dimension ref="A2:AR47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="13" max="13" customWidth="true" width="17.28515625"/>
     <col min="14" max="14" customWidth="true" width="17.7109375"/>
     <col min="15" max="41" customWidth="true" width="18.7109375"/>
     <col min="42" max="42" customWidth="true" width="18.5703125"/>
     <col min="43" max="43" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -921,51 +921,51 @@
       </c>
       <c r="T3" t="inlineStr">
         <is>
           <t>5. During the Works, 1. Consent Validity, A 3. Lights</t>
         </is>
       </c>
       <c r="AO3" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP3" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>IRS/2026/7169/PON10</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>23D</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>INDEFATIGABLE [PERENCO]</t>
         </is>
       </c>
       <c r="F4" t="n">
         <v>53.0</v>
       </c>
       <c r="G4" t="n">
         <v>18.0</v>
       </c>
       <c r="H4" t="n">
         <v>8.0</v>
@@ -992,63 +992,93 @@
       <c r="N4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="O4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>06 January 2026 23:06</t>
         </is>
       </c>
       <c r="Q4" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R4" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S4" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T4" t="inlineStr">
         <is>
           <t>5. During the Works, A 1. General</t>
         </is>
       </c>
+      <c r="AL4" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM4" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN4" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO4" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP4" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ4" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR4" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>IRS/2026/7170/PON10</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>TAQA BRATANI LIMITED</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Harding Platform</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
@@ -3331,51 +3361,51 @@
       </c>
       <c r="T18" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO18" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="AP18" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>IRS/2026/7206/PON10</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>SPIRIT ENERGY PRODUCTION UK LIMITED</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Calder</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>CALDER</t>
         </is>
       </c>
       <c r="F19" t="n">
         <v>53.0</v>
       </c>
       <c r="G19" t="n">
         <v>48.0</v>
       </c>
       <c r="H19" t="n">
         <v>26.82</v>
@@ -3402,63 +3432,93 @@
       <c r="N19" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="O19" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="P19" t="inlineStr">
         <is>
           <t>18 January 2026 00:01</t>
         </is>
       </c>
       <c r="Q19" t="inlineStr">
         <is>
           <t>Consent Condition excluding Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R19" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S19" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T19" t="inlineStr">
         <is>
           <t>5. During the Works, 10. Consent non-compliance</t>
         </is>
       </c>
+      <c r="AL19" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM19" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN19" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO19" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP19" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ19" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR19" t="inlineStr">
+        <is>
+          <t>Subsidiary Lights</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>IRS/2026/7214/PON10</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>ADURA OPERATIONS LIMITED</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Rosebank WI Satellite J</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
@@ -4511,51 +4571,51 @@
       </c>
       <c r="AP26" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ26" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR26" t="inlineStr">
         <is>
           <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>IRS/2026/7249/PON10</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>INEOS UK SNS LIMITED</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Breagh Platform</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>BREAGH</t>
         </is>
       </c>
       <c r="F27" t="n">
         <v>54.0</v>
       </c>
       <c r="G27" t="n">
         <v>35.0</v>
       </c>
       <c r="H27" t="n">
         <v>44.0</v>
@@ -4582,63 +4642,158 @@
       <c r="N27" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
           <t>26 January 2026 23:02</t>
         </is>
       </c>
       <c r="Q27" t="inlineStr">
         <is>
           <t>Consent Condition and Marking Schedule Condition</t>
         </is>
       </c>
       <c r="R27" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
+      <c r="S27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="T27" t="inlineStr">
         <is>
           <t>5. During the Works, A 3. Lights</t>
         </is>
       </c>
+      <c r="Y27" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z27" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL27" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="AO27" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>Yes</t>
         </is>
       </c>
       <c r="AP27" t="inlineStr">
         <is>
           <t/>
+        </is>
+      </c>
+      <c r="AQ27" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR27" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>IRS/2026/7251/PON10</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Completed</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>SHELL U.K. LIMITED</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Cutter QC Platform</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
@@ -4785,50 +4940,2475 @@
         </is>
       </c>
       <c r="AN28" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO28" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AP28" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AQ28" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="AR28" t="inlineStr">
         <is>
           <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>IRS/2026/7252/PON10</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>Hamilton A Platform</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>HAMILTON</t>
+        </is>
+      </c>
+      <c r="F29" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G29" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="H29" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J29" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K29" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="L29" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="O29" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="P29" t="inlineStr">
+        <is>
+          <t>26 January 2026 07:30</t>
+        </is>
+      </c>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R29" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T29" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y29" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z29" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL29" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO29" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ29" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR29" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>IRS/2026/7253/PON10</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>Southwark Platform</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>SOUTHWARK</t>
+        </is>
+      </c>
+      <c r="F30" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G30" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="H30" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J30" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K30" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L30" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O30" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P30" t="inlineStr">
+        <is>
+          <t>29 January 2026 18:30</t>
+        </is>
+      </c>
+      <c r="Q30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R30" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO30" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ30" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR30" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>IRS/2026/7260/PON10</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>CNR INTERNATIONAL (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>Petrojarl Banff</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>BANFF</t>
+        </is>
+      </c>
+      <c r="F31" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="G31" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H31" t="n">
+        <v>53.97</v>
+      </c>
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J31" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K31" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="L31" t="n">
+        <v>22.89</v>
+      </c>
+      <c r="M31" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="O31" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P31" t="inlineStr">
+        <is>
+          <t>31 January 2026 23:34</t>
+        </is>
+      </c>
+      <c r="Q31" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R31" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T31" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO31" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>IRS/2026/7263/PON10</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>DUNLIN MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>Dunlin A Platform</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>DUNLIN</t>
+        </is>
+      </c>
+      <c r="F32" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="G32" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="H32" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="I32" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J32" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K32" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="L32" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="M32" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="O32" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P32" t="inlineStr">
+        <is>
+          <t>02 February 2026 10:36</t>
+        </is>
+      </c>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R32" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T32" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y32" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z32" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA32" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AB32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL32" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM32" t="inlineStr">
+        <is>
+          <t>02 February 2026</t>
+        </is>
+      </c>
+      <c r="AN32" t="inlineStr">
+        <is>
+          <t>10:36</t>
+        </is>
+      </c>
+      <c r="AO32" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ32" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR32" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>IRS/2026/7267/PON10</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>PREMIER OIL UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>Solan Platform</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>SOLAN</t>
+        </is>
+      </c>
+      <c r="F33" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="G33" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="H33" t="n">
+        <v>41.8</v>
+      </c>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J33" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K33" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="L33" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr">
+        <is>
+          <t>206</t>
+        </is>
+      </c>
+      <c r="O33" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P33" t="inlineStr">
+        <is>
+          <t>31 January 2026 14:15</t>
+        </is>
+      </c>
+      <c r="Q33" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R33" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S33" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T33" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO33" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP33" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ33" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>IRS/2026/7274/PON10</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>Alwyn North NAA Platform</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>ALWYN NORTH</t>
+        </is>
+      </c>
+      <c r="F34" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="G34" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="H34" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J34" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K34" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="L34" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O34" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P34" t="inlineStr">
+        <is>
+          <t>03 February 2026 12:00</t>
+        </is>
+      </c>
+      <c r="Q34" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R34" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T34" t="inlineStr">
+        <is>
+          <t>5. During the Works, 2. Description of Works, 3. Location of Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="Y34" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z34" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AE34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL34" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO34" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ34" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR34" t="inlineStr">
+        <is>
+          <t>Main Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>IRS/2026/7275/PON10</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>Leman ED Platform [PERENCO]</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F35" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G35" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="H35" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J35" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K35" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="L35" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O35" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="P35" t="inlineStr">
+        <is>
+          <t>04 February 2026 06:00</t>
+        </is>
+      </c>
+      <c r="Q35" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R35" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T35" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO35" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP35" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>IRS/2026/7277/PON10</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>23D</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>INDEFATIGABLE [PERENCO]</t>
+        </is>
+      </c>
+      <c r="F36" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G36" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="H36" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J36" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K36" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="L36" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O36" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P36" t="inlineStr">
+        <is>
+          <t>04 February 2026 10:30</t>
+        </is>
+      </c>
+      <c r="Q36" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R36" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T36" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 1. General</t>
+        </is>
+      </c>
+      <c r="AO36" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP36" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>IRS/2026/7282/PON10</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>SPIRIT ENERGY NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>Chiswick Platform</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>GMA</t>
+        </is>
+      </c>
+      <c r="F37" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G37" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H37" t="n">
+        <v>23.882</v>
+      </c>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J37" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K37" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="L37" t="n">
+        <v>49.676</v>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N37" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O37" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="P37" t="inlineStr">
+        <is>
+          <t>06 February 2026 17:30</t>
+        </is>
+      </c>
+      <c r="Q37" t="inlineStr">
+        <is>
+          <t>Consent Condition excluding Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R37" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S37" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T37" t="inlineStr">
+        <is>
+          <t>1. Consent Validity</t>
+        </is>
+      </c>
+      <c r="AL37" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM37" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN37" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO37" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP37" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ37" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR37" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>IRS/2026/7286/PON10</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>SHELL U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>Golf</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>LEMAN [SHELL][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="F38" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G38" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="H38" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J38" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K38" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="L38" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O38" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P38" t="inlineStr">
+        <is>
+          <t>08 February 2026 12:00</t>
+        </is>
+      </c>
+      <c r="Q38" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R38" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T38" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 4. Fogs</t>
+        </is>
+      </c>
+      <c r="AO38" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP38" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>IRS/2026/7290/PON10</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>APACHE NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>Forties FD Platform</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>FORTIES</t>
+        </is>
+      </c>
+      <c r="F39" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G39" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="H39" t="n">
+        <v>20.65</v>
+      </c>
+      <c r="I39" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J39" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K39" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="L39" t="n">
+        <v>11.22</v>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="O39" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="P39" t="inlineStr">
+        <is>
+          <t>09 February 2026 11:30</t>
+        </is>
+      </c>
+      <c r="Q39" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R39" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T39" t="inlineStr">
+        <is>
+          <t>5. Cessation of Works, A 5. ID Panel</t>
+        </is>
+      </c>
+      <c r="AO39" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP39" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>IRS/2026/7291/PON10</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>THREE60 OPERATIONS SERVICES LIMITED</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>Saltire A Platform</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>SALTIRE</t>
+        </is>
+      </c>
+      <c r="F40" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G40" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="H40" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="I40" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J40" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K40" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="L40" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N40" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="O40" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="P40" t="inlineStr">
+        <is>
+          <t>09 February 2026 09:43</t>
+        </is>
+      </c>
+      <c r="Q40" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R40" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S40" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T40" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 5. ID Panel</t>
+        </is>
+      </c>
+      <c r="AL40" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AM40" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN40" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO40" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP40" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ40" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR40" t="inlineStr">
+        <is>
+          <t>Identification Panels</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>IRS/2026/7292/PON10</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>Southwark Platform</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>SOUTHWARK</t>
+        </is>
+      </c>
+      <c r="F41" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G41" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="H41" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="I41" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J41" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K41" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L41" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N41" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O41" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="P41" t="inlineStr">
+        <is>
+          <t>08 February 2026 10:00</t>
+        </is>
+      </c>
+      <c r="Q41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R41" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO41" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ41" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR41" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>IRS/2026/7295/PON10</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>VALARIS PLC</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>Valaris 72</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>HAMILTON</t>
+        </is>
+      </c>
+      <c r="F42" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G42" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="H42" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J42" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K42" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="L42" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="O42" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="P42" t="inlineStr">
+        <is>
+          <t>09 February 2026 21:30</t>
+        </is>
+      </c>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R42" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="T42" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO42" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP42" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>IRS/2026/7302/PON10</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>Blythe Platform</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>BLYTHE</t>
+        </is>
+      </c>
+      <c r="F43" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G43" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="H43" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J43" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K43" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L43" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="O43" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P43" t="inlineStr">
+        <is>
+          <t>11 February 2026 07:00</t>
+        </is>
+      </c>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R43" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S43" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T43" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL43" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM43" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN43" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO43" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP43" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ43" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR43" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>IRS/2026/7309/PON10</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>West Franklin WHP</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>FRANKLIN</t>
+        </is>
+      </c>
+      <c r="F44" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="G44" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H44" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J44" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K44" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="L44" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="O44" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="P44" t="inlineStr">
+        <is>
+          <t>13 February 2026 17:45</t>
+        </is>
+      </c>
+      <c r="Q44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R44" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO44" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ44" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR44" t="inlineStr">
+        <is>
+          <t>Subsidiary Lights</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>IRS/2026/7312/PON10</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>SPIRIT ENERGY RESOURCES LIMITED</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>Grove Wellhead Platform</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>GROVE</t>
+        </is>
+      </c>
+      <c r="F45" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G45" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="H45" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I45" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J45" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K45" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="L45" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="O45" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="P45" t="inlineStr">
+        <is>
+          <t>09 January 2026 07:30</t>
+        </is>
+      </c>
+      <c r="Q45" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R45" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T45" t="inlineStr">
+        <is>
+          <t>5. During the Works, 1. Consent Validity, 2. Description of Works, 3. Location of Works, 6. Cessation of Works, 8. Consent review, 9. Consent variation, 7. Inspections, 10. Consent non-compliance, 4. Commencement of Works, A 4. Fogs, A 1. General, A 5. ID Panel, A 3. Lights, B 1. Moorings &amp; Buoys, A 2. Radio/Radar</t>
+        </is>
+      </c>
+      <c r="U45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W45" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="X45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y45" t="inlineStr">
+        <is>
+          <t>Main lights only</t>
+        </is>
+      </c>
+      <c r="Z45" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AA45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AB45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AC45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AD45" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AE45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AF45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AG45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AH45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AI45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AJ45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AK45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL45" t="inlineStr">
+        <is>
+          <t>Yes, primary only</t>
+        </is>
+      </c>
+      <c r="AM45" t="inlineStr">
+        <is>
+          <t>14 February 2026</t>
+        </is>
+      </c>
+      <c r="AN45" t="inlineStr">
+        <is>
+          <t>07:30</t>
+        </is>
+      </c>
+      <c r="AO45" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ45" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR45" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>IRS/2026/7328/PON10</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>Buzzard Production Platform</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>BUZZARD</t>
+        </is>
+      </c>
+      <c r="F46" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="G46" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="H46" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="I46" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J46" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K46" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="L46" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="O46" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="P46" t="inlineStr">
+        <is>
+          <t>17 February 2026 08:00</t>
+        </is>
+      </c>
+      <c r="Q46" t="inlineStr">
+        <is>
+          <t>Consent Condition and Marking Schedule Condition</t>
+        </is>
+      </c>
+      <c r="R46" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="T46" t="inlineStr">
+        <is>
+          <t>5. During the Works, A 3. Lights</t>
+        </is>
+      </c>
+      <c r="AO46" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="AP46" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>IRS/2026/7331/PON10</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>ODE ASSET MANAGEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>Blythe Platform</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>BLYTHE</t>
+        </is>
+      </c>
+      <c r="F47" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="G47" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="H47" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="I47" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="J47" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K47" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L47" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M47" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="O47" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P47" t="inlineStr">
+        <is>
+          <t>18 February 2026 13:00</t>
+        </is>
+      </c>
+      <c r="Q47" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R47" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S47" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T47" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AL47" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AM47" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AN47" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AO47" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AP47" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AQ47" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="AR47" t="inlineStr">
+        <is>
+          <t>Primary Power Supply</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>