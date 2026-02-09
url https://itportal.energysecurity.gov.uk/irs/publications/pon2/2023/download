--- v0 (2025-10-07)
+++ v1 (2026-02-09)
@@ -2676,51 +2676,51 @@
       </c>
       <c r="Q26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R26" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S26" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>IRS/2023/2858/PON2</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>28 May 2023 12:00</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Anglia A Platform</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>ANGLIA</t>
         </is>
       </c>
       <c r="G27" t="n">
         <v>53.0</v>
       </c>