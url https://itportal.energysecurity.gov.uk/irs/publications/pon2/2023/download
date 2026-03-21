--- v1 (2026-02-09)
+++ v2 (2026-03-21)
@@ -6416,51 +6416,51 @@
       </c>
       <c r="Q70" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="R70" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S70" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>IRS/2023/3488/PON2</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>22 October 2023 09:00</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>PETROFAC FACILITIES MANAGEMENT LIMITED</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>Kittiwake A Platform</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>KITTIWAKE</t>
         </is>
       </c>
       <c r="G71" t="n">
         <v>57.0</v>
       </c>