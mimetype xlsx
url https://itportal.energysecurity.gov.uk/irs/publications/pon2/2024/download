--- v0 (2025-10-07)
+++ v1 (2026-01-08)
@@ -8371,51 +8371,51 @@
       </c>
       <c r="Q93" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R93" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S93" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>IRS/2024/5411/PON2</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>02 December 2024 10:10</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>BW OFFSHORE CATCHER (UK) LIMITED</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>BW Catcher</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CATCHER</t>
         </is>
       </c>
       <c r="G94" t="n">
         <v>56.0</v>
       </c>