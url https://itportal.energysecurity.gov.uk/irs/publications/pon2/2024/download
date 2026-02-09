--- v1 (2026-01-08)
+++ v2 (2026-02-09)
@@ -6076,51 +6076,51 @@
       </c>
       <c r="Q66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R66" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>IRS/2024/4957/PON2</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>03 September 2024 14:15</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>ANCALA MIDSTREAM ACQUISITIONS LIMITED</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>SAGE Pipeline</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G67" t="n">
         <v>57.0</v>
       </c>
@@ -6246,51 +6246,51 @@
       </c>
       <c r="Q68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R68" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S68" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>IRS/2024/4984/PON2</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>07 September 2024 18:05</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>ANCALA MIDSTREAM ACQUISITIONS LIMITED</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>SAGE Pipeline</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G69" t="n">
         <v>57.0</v>
       </c>