--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -469,51 +469,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:S59"/>
+  <dimension ref="A2:S66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3696,51 +3696,51 @@
       </c>
       <c r="Q38" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="R38" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S38" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>IRS/2025/6211/PON2</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>14 May 2025 09:00</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Deep Energy</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>ROSEBANK</t>
         </is>
       </c>
       <c r="G39" t="n">
         <v>61.0</v>
       </c>
@@ -5468,50 +5468,645 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O59" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="P59" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="Q59" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="R59" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S59" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>IRS/2025/6673/PON2</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>11 September 2025 07:45</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>Douglas OSI</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>DOUGLAS</t>
+        </is>
+      </c>
+      <c r="G60" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H60" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I60" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="J60" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K60" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="L60" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M60" t="n">
+        <v>40.74</v>
+      </c>
+      <c r="N60" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O60" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="P60" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="Q60" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R60" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S60" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>IRS/2025/6697/PON2</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>13 September 2025 00:47</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>49/27A</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>LEMAN [PERENCO][pt. of LEMAN]</t>
+        </is>
+      </c>
+      <c r="G61" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H61" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="I61" t="n">
+        <v>16.234</v>
+      </c>
+      <c r="J61" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K61" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L61" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="M61" t="n">
+        <v>3.389</v>
+      </c>
+      <c r="N61" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O61" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="P61" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="Q61" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R61" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S61" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>IRS/2025/6707/PON2</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>18 September 2025 11:30</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>SERICA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>Bruce PUQ Platform</t>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>BRUCE</t>
+        </is>
+      </c>
+      <c r="G62" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H62" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="I62" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="J62" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K62" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L62" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="M62" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O62" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P62" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="Q62" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R62" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S62" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>IRS/2025/6710/PON2</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>18 September 2025 10:17</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>Claymore A Platform</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>CLAYMORE - EAST AREA</t>
+        </is>
+      </c>
+      <c r="G63" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H63" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I63" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="J63" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K63" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L63" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M63" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="N63" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O63" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="P63" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="Q63" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R63" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S63" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>IRS/2025/6740/PON2</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>26 September 2025 14:00</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>Clair Phase 1 Platform</t>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>CLAIR</t>
+        </is>
+      </c>
+      <c r="G64" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H64" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I64" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="J64" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K64" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L64" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M64" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="N64" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O64" t="inlineStr">
+        <is>
+          <t>206</t>
+        </is>
+      </c>
+      <c r="P64" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="Q64" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R64" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S64" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>IRS/2025/6748/PON2</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>29 September 2025 02:30</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>Gryphon A</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>Gryphon A</t>
+        </is>
+      </c>
+      <c r="G65" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H65" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I65" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K65" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L65" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="M65" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="N65" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O65" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P65" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="Q65" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R65" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S65" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>IRS/2025/6759/PON2</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>30 September 2025 20:56</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>Gryphon A</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>GRYPHON</t>
+        </is>
+      </c>
+      <c r="G66" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H66" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I66" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J66" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K66" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L66" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M66" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="N66" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O66" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P66" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="Q66" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R66" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>