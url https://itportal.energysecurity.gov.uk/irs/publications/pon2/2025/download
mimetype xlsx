--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -469,51 +469,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:S66"/>
+  <dimension ref="A2:S79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5821,51 +5821,51 @@
       </c>
       <c r="Q63" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R63" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S63" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>IRS/2025/6740/PON2</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>26 September 2025 14:00</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Clair Phase 1 Platform</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>CLAIR</t>
         </is>
       </c>
       <c r="G64" t="n">
         <v>60.0</v>
       </c>
@@ -6063,50 +6063,1155 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O66" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="Q66" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="R66" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S66" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>IRS/2025/6768/PON2</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>02 October 2025 07:57</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>PIERCE PRODUCTION COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>Haewene Brim</t>
+        </is>
+      </c>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>PIERCE</t>
+        </is>
+      </c>
+      <c r="G67" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H67" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="I67" t="n">
+        <v>38.834</v>
+      </c>
+      <c r="J67" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K67" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L67" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M67" t="n">
+        <v>35.13</v>
+      </c>
+      <c r="N67" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O67" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="P67" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="Q67" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R67" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S67" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>IRS/2025/6775/PON2</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>04 October 2025 03:00</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>Cormorant A Platform</t>
+        </is>
+      </c>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>SOUTH CORMORANT</t>
+        </is>
+      </c>
+      <c r="G68" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H68" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="I68" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J68" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K68" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L68" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="M68" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N68" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O68" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P68" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="Q68" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R68" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S68" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>IRS/2025/6776/PON2</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>04 October 2025 08:30</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>Triton FPSO</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>BITTERN</t>
+        </is>
+      </c>
+      <c r="G69" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H69" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="I69" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K69" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L69" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="M69" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O69" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P69" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="Q69" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R69" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S69" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>IRS/2025/6782/PON2</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>05 October 2025 04:45</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>APACHE NORTH SEA LIMITED</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>Forties FB Platform</t>
+        </is>
+      </c>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>FORTIES</t>
+        </is>
+      </c>
+      <c r="G70" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H70" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="I70" t="n">
+        <v>57.49</v>
+      </c>
+      <c r="J70" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K70" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L70" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="M70" t="n">
+        <v>54.21</v>
+      </c>
+      <c r="N70" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O70" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="P70" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="Q70" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R70" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S70" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>IRS/2025/6784/PON2</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>05 October 2025 08:15</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>Marnock ETAP QU Platform</t>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>etap</t>
+        </is>
+      </c>
+      <c r="G71" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H71" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I71" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K71" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L71" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="M71" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="N71" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O71" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="P71" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="Q71" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S71" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>IRS/2025/6790/PON2</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>05 October 2025 08:00</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>Britannia</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>BRITANNIA</t>
+        </is>
+      </c>
+      <c r="G72" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H72" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I72" t="n">
+        <v>55.13</v>
+      </c>
+      <c r="J72" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K72" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L72" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="M72" t="n">
+        <v>19.54</v>
+      </c>
+      <c r="N72" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O72" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="P72" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="Q72" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R72" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S72" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>IRS/2025/6792/PON2</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>05 October 2025 17:00</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>Everest North Platform</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>EVEREST</t>
+        </is>
+      </c>
+      <c r="G73" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H73" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="I73" t="n">
+        <v>28.89</v>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K73" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L73" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="M73" t="n">
+        <v>13.48</v>
+      </c>
+      <c r="N73" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O73" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P73" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="Q73" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R73" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S73" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>IRS/2025/6798/PON2</t>
+        </is>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>06 October 2025 13:00</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>Eider Platform</t>
+        </is>
+      </c>
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>EIDER</t>
+        </is>
+      </c>
+      <c r="G74" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H74" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I74" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="J74" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K74" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L74" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="M74" t="n">
+        <v>40.4</v>
+      </c>
+      <c r="N74" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O74" t="inlineStr">
+        <is>
+          <t>216</t>
+        </is>
+      </c>
+      <c r="P74" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="Q74" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R74" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S74" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>IRS/2025/6799/PON2</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>06 October 2025 14:00</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G75" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H75" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I75" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K75" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L75" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M75" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N75" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O75" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P75" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="Q75" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R75" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S75" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>IRS/2025/6807/PON2</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>08 October 2025 06:00</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>Lennox Platform</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>LENNOX</t>
+        </is>
+      </c>
+      <c r="G76" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H76" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I76" t="n">
+        <v>52.84</v>
+      </c>
+      <c r="J76" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K76" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="L76" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M76" t="n">
+        <v>35.68</v>
+      </c>
+      <c r="N76" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O76" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="P76" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="Q76" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R76" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S76" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>IRS/2025/6845/PON2</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>14 October 2025 20:00</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P NORTH SEA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>Gryphon A</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>GRYPHON</t>
+        </is>
+      </c>
+      <c r="G77" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H77" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I77" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K77" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L77" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M77" t="n">
+        <v>8.35</v>
+      </c>
+      <c r="N77" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O77" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P77" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="Q77" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R77" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S77" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>IRS/2025/6856/PON2</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>17 October 2025 08:00</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>Eider Platform</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>EIDER</t>
+        </is>
+      </c>
+      <c r="G78" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H78" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I78" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="J78" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K78" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L78" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="M78" t="n">
+        <v>40.4</v>
+      </c>
+      <c r="N78" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O78" t="inlineStr">
+        <is>
+          <t>216</t>
+        </is>
+      </c>
+      <c r="P78" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="Q78" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R78" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S78" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>IRS/2025/6875/PON2</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>21 October 2025 16:40</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>Magnus Platform</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>MAGNUS</t>
+        </is>
+      </c>
+      <c r="G79" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H79" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="I79" t="n">
+        <v>12.45</v>
+      </c>
+      <c r="J79" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K79" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L79" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M79" t="n">
+        <v>25.96</v>
+      </c>
+      <c r="N79" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O79" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P79" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="Q79" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R79" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S79" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>