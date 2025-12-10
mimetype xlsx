--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -469,51 +469,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:S79"/>
+  <dimension ref="A2:S84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5141,51 +5141,51 @@
       </c>
       <c r="Q55" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="R55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S55" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>IRS/2025/6563/PON2</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>16 August 2025 20:30</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>TOTALENERGIES E&amp;P UK LIMITED</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>Elgin Wellhead Platform A</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ELGIN</t>
         </is>
       </c>
       <c r="G56" t="n">
         <v>57.0</v>
       </c>
@@ -7168,50 +7168,475 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O79" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="P79" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="Q79" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R79" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S79" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>IRS/2025/6886/PON2</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>26 October 2025 07:30</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>Montrose A Platform</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>MONTROSE</t>
+        </is>
+      </c>
+      <c r="G80" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H80" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I80" t="n">
+        <v>59.46</v>
+      </c>
+      <c r="J80" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K80" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L80" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="M80" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="N80" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O80" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P80" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="Q80" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R80" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S80" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>IRS/2025/6927/PON2</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>03 November 2025 09:00</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G81" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H81" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I81" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J81" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K81" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L81" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M81" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N81" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O81" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P81" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="Q81" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R81" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S81" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>IRS/2025/6931/PON2</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>03 November 2025 22:00</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>Clair Ridge Platform</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>CLAIR</t>
+        </is>
+      </c>
+      <c r="G82" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H82" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="I82" t="n">
+        <v>13.125</v>
+      </c>
+      <c r="J82" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K82" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L82" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="M82" t="n">
+        <v>32.606</v>
+      </c>
+      <c r="N82" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O82" t="inlineStr">
+        <is>
+          <t>206</t>
+        </is>
+      </c>
+      <c r="P82" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="Q82" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R82" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S82" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>IRS/2025/6936/PON2</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>05 November 2025 14:00</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>Clair Phase 1 Platform</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>CLAIR</t>
+        </is>
+      </c>
+      <c r="G83" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="H83" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I83" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K83" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L83" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M83" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="N83" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O83" t="inlineStr">
+        <is>
+          <t>206</t>
+        </is>
+      </c>
+      <c r="P83" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="Q83" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R83" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S83" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>IRS/2025/6953/PON2</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>09 November 2025 13:58</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PRODUCTION (U.K.) LIMITED</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>Hawksley WHPS</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>HAWKSLEY</t>
+        </is>
+      </c>
+      <c r="G84" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="H84" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I84" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K84" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L84" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="M84" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="N84" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O84" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="P84" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="Q84" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R84" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S84" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>