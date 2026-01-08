--- v3 (2025-12-10)
+++ v4 (2026-01-08)
@@ -469,51 +469,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:S84"/>
+  <dimension ref="A2:S93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -7593,50 +7593,815 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O84" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="P84" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="Q84" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="R84" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S84" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>IRS/2025/7009/PON2</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>23 November 2025 18:40</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>Scott JU Platform</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>SCOTT</t>
+        </is>
+      </c>
+      <c r="G85" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H85" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I85" t="n">
+        <v>25.0872</v>
+      </c>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K85" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L85" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="M85" t="n">
+        <v>1.5261</v>
+      </c>
+      <c r="N85" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O85" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P85" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="Q85" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R85" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S85" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>IRS/2025/7018/PON2</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>28 November 2025 13:00</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>Thistle A Platform</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>DEVERON</t>
+        </is>
+      </c>
+      <c r="G86" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H86" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I86" t="n">
+        <v>49.901</v>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K86" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L86" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M86" t="n">
+        <v>47.1</v>
+      </c>
+      <c r="N86" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O86" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P86" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="Q86" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R86" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S86" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>IRS/2025/7025/PON2</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>30 November 2025 11:00</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>CHRYSAOR (U.K.) BRITANNIA LIMITED</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>Britannia</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>BRITANNIA</t>
+        </is>
+      </c>
+      <c r="G87" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H87" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I87" t="n">
+        <v>55.55</v>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K87" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L87" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="M87" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="N87" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O87" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="P87" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="Q87" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R87" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S87" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>IRS/2025/7053/PON2</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>04 December 2025 12:50</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>ITHACA (NE) E&amp;P LIMITED</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>Cygnus B Platform</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>CYGNUS</t>
+        </is>
+      </c>
+      <c r="G88" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="H88" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="I88" t="n">
+        <v>2.33</v>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K88" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L88" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="M88" t="n">
+        <v>46.69</v>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="P88" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="Q88" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R88" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S88" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>IRS/2025/7054/PON2</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>04 December 2025 16:30</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>Siem Day</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>GRYPHON</t>
+        </is>
+      </c>
+      <c r="G89" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H89" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I89" t="n">
+        <v>38.41</v>
+      </c>
+      <c r="J89" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K89" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L89" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M89" t="n">
+        <v>12.84</v>
+      </c>
+      <c r="N89" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O89" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P89" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="Q89" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R89" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S89" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>IRS/2025/7061/PON2</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>06 December 2025 22:15</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>Paul B. Loyd, Jnr</t>
+        </is>
+      </c>
+      <c r="F90" t="inlineStr">
+        <is>
+          <t>JOANNE</t>
+        </is>
+      </c>
+      <c r="G90" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H90" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I90" t="n">
+        <v>44.35</v>
+      </c>
+      <c r="J90" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K90" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L90" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="M90" t="n">
+        <v>50.27</v>
+      </c>
+      <c r="N90" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O90" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P90" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="Q90" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R90" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S90" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>IRS/2025/7071/PON2</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>08 December 2025 04:30</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>Amethyst B1D Platform</t>
+        </is>
+      </c>
+      <c r="F91" t="inlineStr">
+        <is>
+          <t>AMETHYST EAST</t>
+        </is>
+      </c>
+      <c r="G91" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H91" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="I91" t="n">
+        <v>4.75</v>
+      </c>
+      <c r="J91" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K91" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L91" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="M91" t="n">
+        <v>43.62</v>
+      </c>
+      <c r="N91" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O91" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="P91" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="Q91" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R91" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S91" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>IRS/2025/7072/PON2</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>08 December 2025 04:30</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>Amethyst B1D Platform</t>
+        </is>
+      </c>
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>AMETHYST EAST</t>
+        </is>
+      </c>
+      <c r="G92" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H92" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I92" t="n">
+        <v>42.21</v>
+      </c>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K92" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L92" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="M92" t="n">
+        <v>43.91</v>
+      </c>
+      <c r="N92" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O92" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="P92" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="Q92" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R92" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S92" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>IRS/2025/7077/PON2</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>10 December 2025 01:20</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>CHRYSAOR LIMITED</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>Everest North Platform</t>
+        </is>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>EVEREST</t>
+        </is>
+      </c>
+      <c r="G93" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H93" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="I93" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="J93" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K93" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L93" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="M93" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="N93" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O93" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P93" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="Q93" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R93" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S93" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>