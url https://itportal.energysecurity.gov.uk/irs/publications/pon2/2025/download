--- v4 (2026-01-08)
+++ v5 (2026-02-09)
@@ -469,51 +469,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:S93"/>
+  <dimension ref="A2:S96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -2336,51 +2336,51 @@
       </c>
       <c r="Q22" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R22" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S22" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>IRS/2025/5826/PON2</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>19 February 2025 08:50</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>ITHACA ENERGY (UK) LIMITED</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Captain WPP'A'</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>CAPTAIN</t>
         </is>
       </c>
       <c r="G23" t="n">
         <v>58.0</v>
       </c>
@@ -6416,51 +6416,51 @@
       </c>
       <c r="Q70" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R70" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S70" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>IRS/2025/6784/PON2</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>05 October 2025 08:15</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>Marnock ETAP QU Platform</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>etap</t>
         </is>
       </c>
       <c r="G71" t="n">
         <v>57.0</v>
       </c>
@@ -8358,50 +8358,305 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O93" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P93" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="Q93" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R93" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S93" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>IRS/2025/7101/PON2</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>16 December 2025 07:40</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>ONE-DYAS UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>Sean PP Platform</t>
+        </is>
+      </c>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>SOUTH SEAN</t>
+        </is>
+      </c>
+      <c r="G94" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H94" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="I94" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="J94" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K94" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L94" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="M94" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="N94" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O94" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="P94" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="Q94" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R94" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S94" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>IRS/2025/7112/PON2</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>16 December 2025 08:00</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>ENQUEST HEATHER LIMITED</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>Thistle A Platform</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>DEVERON</t>
+        </is>
+      </c>
+      <c r="G95" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H95" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I95" t="n">
+        <v>49.901</v>
+      </c>
+      <c r="J95" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K95" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L95" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M95" t="n">
+        <v>47.1</v>
+      </c>
+      <c r="N95" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O95" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P95" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="Q95" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R95" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S95" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>IRS/2025/7128/PON2</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>23 December 2025 15:00</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>NEO NEXT ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>Piper B Platform</t>
+        </is>
+      </c>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>PIPER</t>
+        </is>
+      </c>
+      <c r="G96" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H96" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="I96" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="J96" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K96" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L96" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M96" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="N96" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O96" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P96" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="Q96" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R96" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S96" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>