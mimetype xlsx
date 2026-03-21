--- v5 (2026-02-09)
+++ v6 (2026-03-21)
@@ -3186,61 +3186,61 @@
       </c>
       <c r="Q32" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R32" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S32" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>IRS/2025/6059/PON2</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>11 April 2025 15:00</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>BP P.L.C.</t>
+          <t>BP EXPLORATION OPERATING COMPANY LIMITED</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Mungo NUI Platform</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>MUNGO</t>
         </is>
       </c>
       <c r="G33" t="n">
         <v>57.0</v>
       </c>
       <c r="H33" t="n">
         <v>22.0</v>
       </c>
       <c r="I33" t="n">
         <v>31.24</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
           <t>North</t>
         </is>
@@ -5566,51 +5566,51 @@
       </c>
       <c r="Q60" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="R60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S60" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>IRS/2025/6697/PON2</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>13 September 2025 00:47</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>PERENCO UK LIMITED</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>49/27A</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>LEMAN [PERENCO][pt. of LEMAN]</t>
         </is>
       </c>
       <c r="G61" t="n">
         <v>53.0</v>
       </c>
@@ -7181,51 +7181,51 @@
       </c>
       <c r="Q79" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R79" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S79" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>IRS/2025/6886/PON2</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>26 October 2025 07:30</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>NEO NEXT ENERGY LIMITED</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Montrose A Platform</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>MONTROSE</t>
         </is>
       </c>
       <c r="G80" t="n">
         <v>57.0</v>
       </c>
@@ -7691,51 +7691,51 @@
       </c>
       <c r="Q85" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="R85" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="S85" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>IRS/2025/7018/PON2</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>28 November 2025 13:00</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>ENQUEST HEATHER LIMITED</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>Thistle A Platform</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>DEVERON</t>
         </is>
       </c>
       <c r="G86" t="n">
         <v>61.0</v>
       </c>