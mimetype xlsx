--- v0 (2026-02-09)
+++ v1 (2026-03-01)
@@ -469,51 +469,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:S6"/>
+  <dimension ref="A2:S11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -963,50 +963,475 @@
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O6" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="Q6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R6" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S6" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>IRS/2026/7207/PON2</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>18 January 2026 07:30</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>TAQA BRATANI LIMITED</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Cormorant A Platform</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>SOUTH CORMORANT</t>
+        </is>
+      </c>
+      <c r="G7" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="H7" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="I7" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K7" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L7" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="M7" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O7" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="Q7" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R7" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S7" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>IRS/2026/7229/PON2</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>22 January 2024 07:00</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>ITHACA ENERGY (UK) LIMITED</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Captain FPSO</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>CAPTAIN</t>
+        </is>
+      </c>
+      <c r="G8" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H8" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="I8" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K8" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L8" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M8" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O8" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="P8" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="Q8" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R8" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S8" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>IRS/2026/7239/PON2</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>26 January 2026 09:00</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Claymore A Platform</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>CLAYMORE</t>
+        </is>
+      </c>
+      <c r="G9" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H9" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I9" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K9" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L9" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M9" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O9" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="P9" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="Q9" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R9" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S9" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>IRS/2026/7240/PON2</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>26 January 2026 06:53</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>PERENCO UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Amethyst B1D Platform</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>AMETHYST EAST</t>
+        </is>
+      </c>
+      <c r="G10" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H10" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I10" t="n">
+        <v>42.5</v>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K10" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L10" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="M10" t="n">
+        <v>43.5</v>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O10" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="P10" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="Q10" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R10" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S10" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>IRS/2026/7246/PON2</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>27 January 2026 14:32</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>NEO ENERGY RESOURCES UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Claymore A Platform</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>CLAYMORE</t>
+        </is>
+      </c>
+      <c r="G11" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H11" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I11" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K11" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L11" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M11" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O11" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="P11" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="Q11" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R11" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>