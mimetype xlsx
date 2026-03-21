--- v1 (2026-03-01)
+++ v2 (2026-03-21)
@@ -469,51 +469,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE085212-80B4-45EF-9482-795B403C1311}">
-  <dimension ref="A2:S11"/>
+  <dimension ref="A2:S17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -1388,50 +1388,560 @@
         <is>
           <t>West</t>
         </is>
       </c>
       <c r="O11" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="P11" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="Q11" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="R11" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="S11" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>IRS/2026/7268/PON2</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>02 February 2026 12:00</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>CHRYSAOR PETROLEUM COMPANY U.K. LIMITED</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Judy Platform</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>JUDY</t>
+        </is>
+      </c>
+      <c r="G12" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H12" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="I12" t="n">
+        <v>48.3</v>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K12" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L12" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M12" t="n">
+        <v>13.35</v>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="P12" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="Q12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R12" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S12" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>IRS/2026/7307/PON2</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>12 February 2026 09:45</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>ADURA ENERGY LIMITED</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Shearwater C PUQ Platform</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>SHEARWATER</t>
+        </is>
+      </c>
+      <c r="G13" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H13" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="I13" t="n">
+        <v>53.58</v>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K13" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L13" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="M13" t="n">
+        <v>19.22</v>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P13" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="Q13" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R13" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S13" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>IRS/2026/7332/PON2</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>18 February 2026 14:30</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>ITHACA (NE) E&amp;P LIMITED</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Cygnus A PU Platform</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>CYGNUS</t>
+        </is>
+      </c>
+      <c r="G14" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="H14" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="I14" t="n">
+        <v>5.43</v>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K14" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L14" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M14" t="n">
+        <v>18.27</v>
+      </c>
+      <c r="N14" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O14" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="P14" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="Q14" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R14" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="S14" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>IRS/2026/7333/PON2</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>18 February 2026 16:00</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED, VALARIS PLC</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>Valaris 72</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>HAMILTON</t>
+        </is>
+      </c>
+      <c r="G15" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H15" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="I15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="L15" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="M15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O15" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="P15" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="Q15" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S15" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>IRS/2026/7341/PON2</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>20 February 2026 17:48</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>APACHE BERYL I LIMITED</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>Beryl SPM3 Loading Terminal</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>BERYL</t>
+        </is>
+      </c>
+      <c r="G16" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H16" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="I16" t="n">
+        <v>5.92</v>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K16" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L16" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="M16" t="n">
+        <v>32.08</v>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O16" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P16" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="Q16" t="inlineStr">
+        <is>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R16" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S16" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>IRS/2026/7344/PON2</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Completed</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>21 February 2026 10:35</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES E&amp;P UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>Culzean Utilities Living Quart</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>CULZEAN</t>
+        </is>
+      </c>
+      <c r="G17" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H17" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="I17" t="n">
+        <v>24.89</v>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K17" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L17" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="M17" t="n">
+        <v>28.43</v>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O17" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="P17" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="Q17" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="R17" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="S17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>