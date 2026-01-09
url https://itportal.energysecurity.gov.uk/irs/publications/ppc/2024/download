--- v0 (2025-10-07)
+++ v1 (2026-01-09)
@@ -1092,51 +1092,51 @@
           <t>Sulphur Oxides (SOx)</t>
         </is>
       </c>
       <c r="V6" t="n">
         <v>1.79</v>
       </c>
       <c r="W6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="X6" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>IRS/2024/5505/PPC</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>21 October 2024 06:00</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>DANA PETROLEUM (E&amp;P) LIMITED</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Triton FPSO</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>GUILLEMOT WEST</t>
         </is>
       </c>
       <c r="G7" t="n">
         <v>57.0</v>
       </c>
@@ -1155,71 +1155,66 @@
         <v>0.0</v>
       </c>
       <c r="L7" t="n">
         <v>53.0</v>
       </c>
       <c r="M7" t="n">
         <v>32.8</v>
       </c>
       <c r="N7" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O7" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="Q7" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R7" t="inlineStr">
+        <is>
+          <t>7(d)</t>
         </is>
       </c>
       <c r="T7" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="W7" t="inlineStr">
         <is>
-          <t/>
+          <t>No</t>
         </is>
       </c>
       <c r="X7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>IRS/2024/5526/PPC</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>05 December 2024 09:00</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">