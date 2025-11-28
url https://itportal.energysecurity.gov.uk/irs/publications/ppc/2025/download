--- v0 (2025-10-07)
+++ v1 (2025-11-28)
@@ -486,51 +486,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B28D915B-BF79-485A-B908-0CA450CCAE76}">
-  <dimension ref="A2:X28"/>
+  <dimension ref="A2:X29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3260,50 +3260,150 @@
       </c>
       <c r="R28" t="inlineStr">
         <is>
           <t>Table 3. Total annual emissions of polluting substances from combustion equipment authorised under the permit.</t>
         </is>
       </c>
       <c r="T28" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="U28" t="inlineStr">
         <is>
           <t>CH4</t>
         </is>
       </c>
       <c r="V28" t="n">
         <v>18.59</v>
       </c>
       <c r="W28" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="X28" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>IRS/2025/6912/PPC</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>30 October 2025 12:00</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>BUMI ARMADA UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Kraken FPSO</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>KRAKEN</t>
+        </is>
+      </c>
+      <c r="G29" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H29" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I29" t="n">
+        <v>31.635</v>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K29" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L29" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M29" t="n">
+        <v>34.315</v>
+      </c>
+      <c r="N29" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O29" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="P29" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="S29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X29" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>