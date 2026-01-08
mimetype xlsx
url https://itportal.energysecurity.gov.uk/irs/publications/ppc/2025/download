--- v1 (2025-11-28)
+++ v2 (2026-01-08)
@@ -486,51 +486,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B28D915B-BF79-485A-B908-0CA450CCAE76}">
-  <dimension ref="A2:X29"/>
+  <dimension ref="A2:X30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -1963,51 +1963,51 @@
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W15" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X15" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>IRS/2025/5792/PPC</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>14 February 2025 09:00</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>MARINER</t>
         </is>
       </c>
       <c r="G16" t="n">
         <v>59.0</v>
       </c>
@@ -2026,88 +2026,91 @@
         <v>1.0</v>
       </c>
       <c r="L16" t="n">
         <v>3.0</v>
       </c>
       <c r="M16" t="n">
         <v>17.314</v>
       </c>
       <c r="N16" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O16" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="Q16" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R16" t="inlineStr">
+        <is>
+          <t>- Regulation 9a (c) c) the emissions do not exceed the emission limit values set out in Annex 2 - Regulation 11G Emission limit values: compliance 11G. The emission limit values shall be regarded as having been complied with if the results of monitoring conducted in accordance with the conditions of the permit show that the emissions for the combustion installation and the pollutant concerned do not exceed the emission limit value which applies in respect of that installation and that pollutant.</t>
         </is>
       </c>
       <c r="T16" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="U16" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Carbon Monoxide (CO)</t>
+        </is>
+      </c>
+      <c r="V16" t="n">
+        <v>47.72</v>
       </c>
       <c r="W16" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="X16" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>IRS/2025/5792/PPC</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>In review</t>
+          <t>Completed</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>14 February 2025 09:00</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>EQUINOR UK LIMITED</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Mariner PDQ Platform</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>MARINER</t>
         </is>
       </c>
       <c r="G17" t="n">
         <v>59.0</v>
       </c>
@@ -2126,71 +2129,74 @@
         <v>1.0</v>
       </c>
       <c r="L17" t="n">
         <v>3.0</v>
       </c>
       <c r="M17" t="n">
         <v>17.314</v>
       </c>
       <c r="N17" t="inlineStr">
         <is>
           <t>East</t>
         </is>
       </c>
       <c r="O17" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="Q17" t="inlineStr">
         <is>
-          <t/>
-[...4 lines deleted...]
-          <t/>
+          <t>Yes</t>
+        </is>
+      </c>
+      <c r="R17" t="inlineStr">
+        <is>
+          <t>- Regulation 9a (c) c) the emissions do not exceed the emission limit values set out in Annex 2 - Regulation 11G Emission limit values: compliance 11G. The emission limit values shall be regarded as having been complied with if the results of monitoring conducted in accordance with the conditions of the permit show that the emissions for the combustion installation and the pollutant concerned do not exceed the emission limit value which applies in respect of that installation and that pollutant.</t>
         </is>
       </c>
       <c r="T17" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="U17" t="inlineStr">
         <is>
-          <t/>
-        </is>
+          <t>Methane (CH4)</t>
+        </is>
+      </c>
+      <c r="V17" t="n">
+        <v>8.66</v>
       </c>
       <c r="W17" t="inlineStr">
         <is>
-          <t/>
+          <t>Yes</t>
         </is>
       </c>
       <c r="X17" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>IRS/2025/5974/PPC</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>In review</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>16 March 2025 09:40</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
@@ -3360,50 +3366,150 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="S29" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T29" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="U29" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W29" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X29" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>IRS/2025/6946/PPC</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>05 November 2025 07:25</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>ENI UK LIMITED</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>Douglas OSI</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>DOUGLAS</t>
+        </is>
+      </c>
+      <c r="G30" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="H30" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="I30" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J30" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K30" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="L30" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M30" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="N30" t="inlineStr">
+        <is>
+          <t>West</t>
+        </is>
+      </c>
+      <c r="O30" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="P30" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="Q30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="S30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X30" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>