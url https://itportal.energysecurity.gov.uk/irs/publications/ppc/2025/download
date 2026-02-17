--- v2 (2026-01-08)
+++ v3 (2026-02-17)
@@ -486,51 +486,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B28D915B-BF79-485A-B908-0CA450CCAE76}">
-  <dimension ref="A2:X30"/>
+  <dimension ref="A2:X31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="11" max="11" customWidth="true" width="17.28515625"/>
     <col min="12" max="12" customWidth="true" width="17.7109375"/>
     <col min="13" max="13" customWidth="true" width="18.7109375"/>
     <col min="14" max="14" customWidth="true" width="18.5703125"/>
     <col min="15" max="15" customWidth="true" width="18.7109375"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" s="1" customFormat="1" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3466,50 +3466,150 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="S30" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="T30" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="U30" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W30" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="X30" t="inlineStr">
+        <is>
+          <t>No</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>IRS/2025/7097/PPC</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>In review</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>15 December 2025 11:00</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>CNOOC PETROLEUM EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>Scott JD Platform</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>SCOTT</t>
+        </is>
+      </c>
+      <c r="G31" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="H31" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I31" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t>North</t>
+        </is>
+      </c>
+      <c r="K31" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L31" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="M31" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="N31" t="inlineStr">
+        <is>
+          <t>East</t>
+        </is>
+      </c>
+      <c r="O31" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="P31" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="Q31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="S31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X31" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>